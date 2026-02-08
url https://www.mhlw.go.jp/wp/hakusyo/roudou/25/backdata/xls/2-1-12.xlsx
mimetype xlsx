--- v0 (2025-12-21)
+++ v1 (2026-02-08)
@@ -4,56 +4,56 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="4" documentId="11_C11DA6C1BB08893643F9A8CAD93D7D0F02BAE863" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00C7B967-D86C-418F-B276-D0AADB3ADDB4}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{1B645E00-FC13-4E31-B9F8-946A5F67E370}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{36F28AC6-5213-4D2D-A26A-190A4BF7AACB}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2-1-12" sheetId="1" r:id="rId1"/>
+    <sheet name="2-1-12" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="8">
   <si>
     <t>第２－（１）－12図　中小企業の資本装備率及びソフトウェア装備率</t>
@@ -93,51 +93,51 @@
     </rPh>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>非製造業</t>
     <rPh sb="0" eb="1">
       <t>ヒ</t>
     </rPh>
     <rPh sb="1" eb="4">
       <t>セイゾウギョウ</t>
     </rPh>
     <phoneticPr fontId="22"/>
   </si>
   <si>
     <t>（２）中小企業の一人当たりソフトウェア装備率</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="#,##0.0_ "/>
     <numFmt numFmtId="177" formatCode="0.00_);[Red]\(0.00\)"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
@@ -278,50 +278,57 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="6"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1231,172 +1238,172 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{808FEE22-C74D-4167-8142-424D97DB0F31}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C70"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="9.375" style="1" customWidth="1"/>
     <col min="2" max="2" width="18.875" style="1" customWidth="1"/>
     <col min="3" max="3" width="13.875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9" style="1"/>
     <col min="5" max="5" width="22.75" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.375" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C3" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="10">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="5"/>
       <c r="B5" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="11">
-        <v>0.3577524368470697</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A7" s="6"/>
       <c r="B7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="12">
-        <v>0.20829538452983404</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C10" s="2" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="10">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="5"/>
       <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="11">
-        <v>5.2317450152936838E-2</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="11">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="6"/>
       <c r="B14" s="9" t="s">
         <v>5</v>
       </c>
       <c r="C14" s="12">
-        <v>7.0492141312678627E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
     </row>
     <row r="43" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A43" s="3"/>
     </row>
     <row r="44" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A44" s="3"/>
     </row>
     <row r="45" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="3"/>
     </row>
     <row r="46" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="3"/>
     </row>
     <row r="47" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="3"/>
     </row>
     <row r="48" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="3"/>
     </row>
     <row r="49" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49" s="3"/>
     </row>
     <row r="50" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A50" s="3"/>
@@ -1440,75 +1447,71 @@
     <row r="63" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C63" s="3"/>
     </row>
     <row r="64" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C64" s="3"/>
     </row>
     <row r="65" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C65" s="3"/>
     </row>
     <row r="66" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C66" s="3"/>
     </row>
     <row r="67" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C67" s="3"/>
     </row>
     <row r="68" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C68" s="3"/>
     </row>
     <row r="69" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C69" s="3"/>
     </row>
     <row r="70" spans="3:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C70" s="3"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="22"/>
+  <phoneticPr fontId="23"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
-  <headerFooter>
-[...2 lines deleted...]
-  </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B99D29E08615A743A8B3DFECCCBDE406" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="cc50dcba28f64dda932c541fd485e8aa">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="85a8cf449084857efa5e3c250f737ef7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B99D29E08615A743A8B3DFECCCBDE406" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="c7c252ae7668368f6a5bb344a5e91d98">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a2d4c0ba7aa31da4d9f14f18aadf61bc" ns2:_="" ns3:_="">
     <xsd:import namespace="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1713,109 +1716,106 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78">
-[...3 lines deleted...]
-    <_Flow_SignoffStatus xmlns="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78" xsi:nil="true"/>
     <Owner xmlns="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="3d9cc5ed-0a7a-4ed9-b0d2-c94abc7a2d78" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D703D66-9B39-4D53-B7B0-18538DD28120}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{225B7891-CB89-43BE-9A64-669AC68F0B87}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89A8A830-C205-4304-863A-47FC5531E6D9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49E90D66-21AA-4300-86F2-28C1C099DF56}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{521786A9-54DE-4000-A4B1-A01AA1818F16}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{025A3626-88F5-4F1A-9AD5-D29E9343BECF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2-1-12</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B99D29E08615A743A8B3DFECCCBDE406</vt:lpwstr>
   </property>
 </Properties>
 </file>