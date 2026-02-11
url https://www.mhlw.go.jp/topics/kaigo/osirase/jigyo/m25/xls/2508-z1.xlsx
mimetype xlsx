--- v0 (2025-11-13)
+++ v1 (2026-02-11)
@@ -8,56 +8,56 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12303500/WorkingDocLib/06計画係/令和７年度/09　介護保険事業状況報告（作業）/月報作業/07-08保険者数（1574)/⑤HP登録と各種通知/01_HP登録申請/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12303500/WorkingDocLib/06計画係/令和７年度/09　介護保険事業状況報告（作業）/月報作業/◆令和7年月報に係る/HP掲載後の修正/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{C37B499B-4A68-4CF9-925A-CF2625F4A0B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7CF90087-8883-48EC-BA2D-39760C852618}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0522C5B1-C54F-47D6-8724-485887D3CB91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{93830BF4-3630-4A68-A929-BB8B56FC5221}"/>
+    <workbookView xWindow="-105" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{93830BF4-3630-4A68-A929-BB8B56FC5221}"/>
   </bookViews>
   <sheets>
     <sheet name="全国集計１" sheetId="1" r:id="rId1"/>
     <sheet name="全国集計２" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_ja1">#REF!</definedName>
     <definedName name="_wa1">#REF!</definedName>
     <definedName name="_xa1">#REF!</definedName>
     <definedName name="cz">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">全国集計１!$A$1:$R$134</definedName>
     <definedName name="R_H27">INDIRECT("'サービス見込量等(H27)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H27)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H28">INDIRECT("'サービス見込量等(H28)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H28)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H29">INDIRECT("'サービス見込量等(H29)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H29)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H30">INDIRECT("'サービス見込量等(H30)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H30)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H31">INDIRECT("'サービス見込量等(H31)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H31)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H32">INDIRECT("'サービス見込量等(H32)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H32)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H37">INDIRECT("'サービス見込量等(H37)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H37)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_HS">INDIRECT("'保険料推計'!$A$10:$AGs$"&amp;COUNTA([1]保険料推計!$A$1:$A$65536)+8)</definedName>
     <definedName name="R_LIST">INDIRECT("'プルダウンリスト'!$A$2:$B$"&amp;COUNTA([1]プルダウンリスト!$A$1:$A$65536))</definedName>
     <definedName name="R_TH">INDIRECT("'都道府県別の保険料'!$A$6:$Q$"&amp;COUNTA([1]都道府県別の保険料!$A$1:$A$65536)+4)</definedName>
   </definedNames>
@@ -734,54 +734,50 @@
   <si>
     <t>地域密着型通所介護（回）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>認知症対応型通所介護（回）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>小規模多機能型居宅介護（短期利用）（日）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>認知症対応型共同生活介護（短期利用）（日）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>地域密着型特定施設入居者生活介護（短期利用）（日）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>複合型サービス（看護小規模多機能型居宅介護・短期利用）（日）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>居宅介護（介護予防）サービス計画費</t>
-[...2 lines deleted...]
-  <si>
     <t>居宅介護（介護予防）サービス費</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>施設介護サービス費</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 居宅介護（介護予防）サービス費には、居宅介護（介護予防）福祉用具購入費、居宅介護（介護予防）住宅改修費を含む。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※ 現物給付分のみのサービス別受給者数であり、国民健康保険団体連合会から提出されるデータを基にしたものである。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>介護保険事業状況報告月報（暫定）</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 数値は、百万円未満を四捨五入しているため、計に一致しない場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>（令和7年8月分）</t>
@@ -827,50 +823,54 @@
     <t>７－３－３．（再掲）地域密着型（介護予防）サービスの利用回（日）数 ・第１号被保険者の３割負担対象者</t>
     <rPh sb="30" eb="31">
       <t>ニチ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 同一月に２施設以上でサービスを受けた場合、施設ごとにそれぞれ受給者数を１人と計上するが、合計には１人と計上しているため、４施設の合算と合計が一致しない。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※２ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 同一月に２施設以上でサービスを受けた場合、施設ごとにそれぞれ受給者数を１人と計上する。
 ※２ 現物給付分のみのサービス別受給者数であり、国民健康保険団体連合会から提出されるデータを基にしたものである。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※６ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※４ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>居宅介護（介護予防）支援費</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="_ * #,##0;_ * &quot;△&quot;#,##0;_ * &quot;‐&quot;"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
@@ -3434,50 +3434,299 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="129" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="134" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="117" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3530,532 +3779,166 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="41" fontId="6" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
-[...27 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="2"/>
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...202 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="129" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="160" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="162" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="163" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="164" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="165" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...85 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="130" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...42 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="150" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="151" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="151" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="152" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
@@ -4070,115 +3953,232 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="156" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="157" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="136" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="158" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="137" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="159" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="146" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="105" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="98" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="122" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="148" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="149" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="160" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="161" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="162" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="136" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="163" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="165" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="135" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\file3.inside.mhlw.go.jp\&#35506;&#23460;&#38936;&#22495;3\Users\MTFGU\AppData\Local\Microsoft\Windows\Temporary%20Internet%20Files\Content.Outlook\4QHURF47\&#33659;&#37326;&#20462;&#27491;.xlsx" TargetMode="External"/></Relationships>
@@ -22649,1203 +22649,1203 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:R137"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="125" zoomScaleNormal="125" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="M41" sqref="M41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1.375" style="20" customWidth="1"/>
     <col min="2" max="2" width="2.25" style="20" customWidth="1"/>
     <col min="3" max="3" width="4.375" style="20" customWidth="1"/>
     <col min="4" max="18" width="6.625" style="20" customWidth="1"/>
     <col min="19" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
       <c r="N1" s="19"/>
-      <c r="O1" s="120" t="s">
-[...4 lines deleted...]
-      <c r="R1" s="122"/>
+      <c r="O1" s="203" t="s">
+        <v>0</v>
+      </c>
+      <c r="P1" s="204"/>
+      <c r="Q1" s="205"/>
+      <c r="R1" s="205"/>
     </row>
     <row r="2" spans="1:18" s="21" customFormat="1" ht="15" customHeight="1">
-      <c r="A2" s="123" t="s">
-[...18 lines deleted...]
-      <c r="R2" s="123"/>
+      <c r="A2" s="206" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+      <c r="H2" s="206"/>
+      <c r="I2" s="206"/>
+      <c r="J2" s="206"/>
+      <c r="K2" s="206"/>
+      <c r="L2" s="206"/>
+      <c r="M2" s="206"/>
+      <c r="N2" s="206"/>
+      <c r="O2" s="206"/>
+      <c r="P2" s="206"/>
+      <c r="Q2" s="206"/>
+      <c r="R2" s="206"/>
     </row>
     <row r="3" spans="1:18" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="A3" s="124" t="s">
-[...18 lines deleted...]
-      <c r="R3" s="124"/>
+      <c r="A3" s="207" t="s">
+        <v>177</v>
+      </c>
+      <c r="B3" s="207"/>
+      <c r="C3" s="207"/>
+      <c r="D3" s="207"/>
+      <c r="E3" s="207"/>
+      <c r="F3" s="207"/>
+      <c r="G3" s="207"/>
+      <c r="H3" s="207"/>
+      <c r="I3" s="207"/>
+      <c r="J3" s="207"/>
+      <c r="K3" s="207"/>
+      <c r="L3" s="207"/>
+      <c r="M3" s="207"/>
+      <c r="N3" s="207"/>
+      <c r="O3" s="207"/>
+      <c r="P3" s="207"/>
+      <c r="Q3" s="207"/>
+      <c r="R3" s="207"/>
     </row>
     <row r="4" spans="1:18" s="18" customFormat="1" ht="3.75" customHeight="1"/>
     <row r="5" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A5" s="18" t="s">
         <v>1</v>
       </c>
       <c r="P5" s="22" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B6" s="125" t="s">
+      <c r="B6" s="208" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="126"/>
-[...1 lines deleted...]
-      <c r="E6" s="126" t="s">
+      <c r="C6" s="209"/>
+      <c r="D6" s="209"/>
+      <c r="E6" s="209" t="s">
         <v>3</v>
       </c>
-      <c r="F6" s="126"/>
-      <c r="G6" s="126" t="s">
+      <c r="F6" s="209"/>
+      <c r="G6" s="209" t="s">
         <v>4</v>
       </c>
-      <c r="H6" s="126"/>
-      <c r="I6" s="127" t="s">
+      <c r="H6" s="209"/>
+      <c r="I6" s="210" t="s">
         <v>5</v>
       </c>
-      <c r="J6" s="128"/>
-[...5 lines deleted...]
-      <c r="P6" s="129"/>
+      <c r="J6" s="211"/>
+      <c r="K6" s="211"/>
+      <c r="L6" s="211"/>
+      <c r="M6" s="211"/>
+      <c r="N6" s="211"/>
+      <c r="O6" s="211"/>
+      <c r="P6" s="212"/>
     </row>
     <row r="7" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B7" s="130">
+      <c r="B7" s="213">
         <v>35857106</v>
       </c>
-      <c r="C7" s="131"/>
-[...1 lines deleted...]
-      <c r="E7" s="136">
+      <c r="C7" s="214"/>
+      <c r="D7" s="215"/>
+      <c r="E7" s="219">
         <v>136010</v>
       </c>
-      <c r="F7" s="137"/>
-      <c r="G7" s="136">
+      <c r="F7" s="220"/>
+      <c r="G7" s="219">
         <v>126836</v>
       </c>
-      <c r="H7" s="137"/>
-      <c r="I7" s="140">
+      <c r="H7" s="220"/>
+      <c r="I7" s="223">
         <v>35866280</v>
       </c>
-      <c r="J7" s="141"/>
-      <c r="K7" s="143" t="s">
+      <c r="J7" s="224"/>
+      <c r="K7" s="226" t="s">
         <v>6</v>
       </c>
-      <c r="L7" s="144"/>
-      <c r="M7" s="143" t="s">
+      <c r="L7" s="227"/>
+      <c r="M7" s="226" t="s">
         <v>7</v>
       </c>
-      <c r="N7" s="144"/>
-      <c r="O7" s="145" t="s">
+      <c r="N7" s="227"/>
+      <c r="O7" s="228" t="s">
         <v>8</v>
       </c>
-      <c r="P7" s="146"/>
+      <c r="P7" s="229"/>
     </row>
     <row r="8" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B8" s="133"/>
-[...8 lines deleted...]
-      <c r="K8" s="147">
+      <c r="B8" s="216"/>
+      <c r="C8" s="217"/>
+      <c r="D8" s="218"/>
+      <c r="E8" s="221"/>
+      <c r="F8" s="222"/>
+      <c r="G8" s="221"/>
+      <c r="H8" s="222"/>
+      <c r="I8" s="221"/>
+      <c r="J8" s="225"/>
+      <c r="K8" s="230">
         <v>14925393</v>
       </c>
-      <c r="L8" s="148"/>
-      <c r="M8" s="149">
+      <c r="L8" s="231"/>
+      <c r="M8" s="232">
         <v>14226511</v>
       </c>
-      <c r="N8" s="150"/>
-      <c r="O8" s="142">
+      <c r="N8" s="233"/>
+      <c r="O8" s="225">
         <v>6714376</v>
       </c>
-      <c r="P8" s="151"/>
+      <c r="P8" s="234"/>
     </row>
     <row r="9" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
       <c r="B9" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="24"/>
       <c r="D9" s="24"/>
       <c r="E9" s="24"/>
       <c r="F9" s="24"/>
       <c r="G9" s="24"/>
       <c r="H9" s="24"/>
     </row>
     <row r="10" spans="1:18" s="18" customFormat="1" ht="2.25" customHeight="1"/>
     <row r="11" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A11" s="18" t="s">
         <v>10</v>
       </c>
       <c r="M11" s="22" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="O11" s="22"/>
     </row>
     <row r="12" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B12" s="152" t="s">
+      <c r="B12" s="192" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="155" t="s">
+      <c r="C12" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D12" s="156"/>
-      <c r="E12" s="157"/>
+      <c r="D12" s="195"/>
+      <c r="E12" s="196"/>
       <c r="F12" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K12" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N12" s="24"/>
       <c r="O12" s="24"/>
     </row>
     <row r="13" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B13" s="153"/>
+      <c r="B13" s="193"/>
       <c r="C13" s="30" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="31"/>
       <c r="E13" s="32"/>
       <c r="F13" s="1">
         <v>343488</v>
       </c>
       <c r="G13" s="1">
         <v>303896</v>
       </c>
       <c r="H13" s="1">
         <v>495394</v>
       </c>
       <c r="I13" s="1">
         <v>419223</v>
       </c>
       <c r="J13" s="1">
         <v>304353</v>
       </c>
       <c r="K13" s="1">
         <v>259412</v>
       </c>
       <c r="L13" s="1">
         <v>154556</v>
       </c>
       <c r="M13" s="2">
         <v>2280322</v>
       </c>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
     </row>
     <row r="14" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B14" s="153"/>
-      <c r="D14" s="158" t="s">
+      <c r="B14" s="193"/>
+      <c r="D14" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E14" s="159"/>
+      <c r="E14" s="198"/>
       <c r="F14" s="4">
         <v>14794</v>
       </c>
       <c r="G14" s="4">
         <v>16052</v>
       </c>
       <c r="H14" s="4">
         <v>20185</v>
       </c>
       <c r="I14" s="4">
         <v>20784</v>
       </c>
       <c r="J14" s="4">
         <v>14759</v>
       </c>
       <c r="K14" s="4">
         <v>13238</v>
       </c>
       <c r="L14" s="4">
         <v>10710</v>
       </c>
       <c r="M14" s="5">
         <v>110522</v>
       </c>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
     </row>
     <row r="15" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B15" s="153"/>
-      <c r="D15" s="158" t="s">
+      <c r="B15" s="193"/>
+      <c r="D15" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="159"/>
+      <c r="E15" s="198"/>
       <c r="F15" s="4">
         <v>30705</v>
       </c>
       <c r="G15" s="4">
         <v>31559</v>
       </c>
       <c r="H15" s="4">
         <v>42072</v>
       </c>
       <c r="I15" s="4">
         <v>41805</v>
       </c>
       <c r="J15" s="4">
         <v>29480</v>
       </c>
       <c r="K15" s="4">
         <v>26643</v>
       </c>
       <c r="L15" s="4">
         <v>18852</v>
       </c>
       <c r="M15" s="5">
         <v>221116</v>
       </c>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
     </row>
     <row r="16" spans="1:18" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B16" s="153"/>
+      <c r="B16" s="193"/>
       <c r="C16" s="33"/>
-      <c r="D16" s="158" t="s">
+      <c r="D16" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E16" s="159"/>
+      <c r="E16" s="198"/>
       <c r="F16" s="6">
         <v>58531</v>
       </c>
       <c r="G16" s="6">
         <v>55242</v>
       </c>
       <c r="H16" s="6">
         <v>80938</v>
       </c>
       <c r="I16" s="6">
         <v>73647</v>
       </c>
       <c r="J16" s="6">
         <v>52164</v>
       </c>
       <c r="K16" s="6">
         <v>45229</v>
       </c>
       <c r="L16" s="6">
         <v>30099</v>
       </c>
       <c r="M16" s="7">
         <v>395850</v>
       </c>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
     </row>
     <row r="17" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B17" s="153"/>
+      <c r="B17" s="193"/>
       <c r="C17" s="33"/>
-      <c r="D17" s="158" t="s">
+      <c r="D17" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E17" s="159"/>
+      <c r="E17" s="198"/>
       <c r="F17" s="4">
         <v>87027</v>
       </c>
       <c r="G17" s="4">
         <v>71734</v>
       </c>
       <c r="H17" s="4">
         <v>118565</v>
       </c>
       <c r="I17" s="4">
         <v>94671</v>
       </c>
       <c r="J17" s="4">
         <v>65337</v>
       </c>
       <c r="K17" s="4">
         <v>55385</v>
       </c>
       <c r="L17" s="4">
         <v>33569</v>
       </c>
       <c r="M17" s="5">
         <v>526288</v>
       </c>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="18" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B18" s="153"/>
+      <c r="B18" s="193"/>
       <c r="C18" s="33"/>
-      <c r="D18" s="158" t="s">
+      <c r="D18" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E18" s="159"/>
+      <c r="E18" s="198"/>
       <c r="F18" s="4">
         <v>91549</v>
       </c>
       <c r="G18" s="4">
         <v>73741</v>
       </c>
       <c r="H18" s="4">
         <v>129831</v>
       </c>
       <c r="I18" s="4">
         <v>99052</v>
       </c>
       <c r="J18" s="4">
         <v>71359</v>
       </c>
       <c r="K18" s="4">
         <v>59024</v>
       </c>
       <c r="L18" s="4">
         <v>32465</v>
       </c>
       <c r="M18" s="5">
         <v>557021</v>
       </c>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="19" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B19" s="153"/>
+      <c r="B19" s="193"/>
       <c r="C19" s="34"/>
-      <c r="D19" s="160" t="s">
+      <c r="D19" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E19" s="161"/>
+      <c r="E19" s="200"/>
       <c r="F19" s="8">
         <v>60882</v>
       </c>
       <c r="G19" s="8">
         <v>55568</v>
       </c>
       <c r="H19" s="8">
         <v>103803</v>
       </c>
       <c r="I19" s="8">
         <v>89264</v>
       </c>
       <c r="J19" s="8">
         <v>71254</v>
       </c>
       <c r="K19" s="8">
         <v>59893</v>
       </c>
       <c r="L19" s="8">
         <v>28861</v>
       </c>
       <c r="M19" s="9">
         <v>469525</v>
       </c>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="20" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B20" s="153"/>
+      <c r="B20" s="193"/>
       <c r="C20" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D20" s="36"/>
       <c r="E20" s="37"/>
       <c r="F20" s="10">
         <v>6966</v>
       </c>
       <c r="G20" s="10">
         <v>11462</v>
       </c>
       <c r="H20" s="10">
         <v>11551</v>
       </c>
       <c r="I20" s="10">
         <v>16046</v>
       </c>
       <c r="J20" s="10">
         <v>10672</v>
       </c>
       <c r="K20" s="10">
         <v>9285</v>
       </c>
       <c r="L20" s="10">
         <v>8904</v>
       </c>
       <c r="M20" s="11">
         <v>74886</v>
       </c>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="21" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B21" s="154"/>
-      <c r="C21" s="162" t="s">
+      <c r="B21" s="194"/>
+      <c r="C21" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D21" s="163"/>
-      <c r="E21" s="164"/>
+      <c r="D21" s="201"/>
+      <c r="E21" s="202"/>
       <c r="F21" s="12">
         <v>350454</v>
       </c>
       <c r="G21" s="12">
         <v>315358</v>
       </c>
       <c r="H21" s="12">
         <v>506945</v>
       </c>
       <c r="I21" s="12">
         <v>435269</v>
       </c>
       <c r="J21" s="12">
         <v>315025</v>
       </c>
       <c r="K21" s="12">
         <v>268697</v>
       </c>
       <c r="L21" s="12">
         <v>163460</v>
       </c>
       <c r="M21" s="13">
         <v>2355208</v>
       </c>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="22" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B22" s="152" t="s">
+      <c r="B22" s="192" t="s">
         <v>30</v>
       </c>
-      <c r="C22" s="155" t="s">
+      <c r="C22" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D22" s="156"/>
-      <c r="E22" s="157"/>
+      <c r="D22" s="195"/>
+      <c r="E22" s="196"/>
       <c r="F22" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
     </row>
     <row r="23" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B23" s="153"/>
+      <c r="B23" s="193"/>
       <c r="C23" s="30" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="31"/>
       <c r="E23" s="32"/>
       <c r="F23" s="1">
         <v>725414</v>
       </c>
       <c r="G23" s="1">
         <v>723100</v>
       </c>
       <c r="H23" s="1">
         <v>994938</v>
       </c>
       <c r="I23" s="1">
         <v>782051</v>
       </c>
       <c r="J23" s="1">
         <v>626084</v>
       </c>
       <c r="K23" s="1">
         <v>642718</v>
       </c>
       <c r="L23" s="1">
         <v>415043</v>
       </c>
       <c r="M23" s="2">
         <v>4909348</v>
       </c>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="24" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B24" s="153"/>
-      <c r="D24" s="158" t="s">
+      <c r="B24" s="193"/>
+      <c r="D24" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E24" s="159"/>
+      <c r="E24" s="198"/>
       <c r="F24" s="4">
         <v>14641</v>
       </c>
       <c r="G24" s="4">
         <v>16553</v>
       </c>
       <c r="H24" s="4">
         <v>15535</v>
       </c>
       <c r="I24" s="4">
         <v>15291</v>
       </c>
       <c r="J24" s="4">
         <v>10052</v>
       </c>
       <c r="K24" s="4">
         <v>9892</v>
       </c>
       <c r="L24" s="4">
         <v>9015</v>
       </c>
       <c r="M24" s="5">
         <v>90979</v>
       </c>
       <c r="N24" s="3"/>
       <c r="O24" s="3"/>
     </row>
     <row r="25" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B25" s="153"/>
-      <c r="D25" s="158" t="s">
+      <c r="B25" s="193"/>
+      <c r="D25" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E25" s="159"/>
+      <c r="E25" s="198"/>
       <c r="F25" s="4">
         <v>41705</v>
       </c>
       <c r="G25" s="4">
         <v>42276</v>
       </c>
       <c r="H25" s="4">
         <v>40543</v>
       </c>
       <c r="I25" s="4">
         <v>34921</v>
       </c>
       <c r="J25" s="4">
         <v>23063</v>
       </c>
       <c r="K25" s="4">
         <v>23079</v>
       </c>
       <c r="L25" s="4">
         <v>18790</v>
       </c>
       <c r="M25" s="5">
         <v>224377</v>
       </c>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="26" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B26" s="153"/>
+      <c r="B26" s="193"/>
       <c r="C26" s="33"/>
-      <c r="D26" s="158" t="s">
+      <c r="D26" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E26" s="159"/>
+      <c r="E26" s="198"/>
       <c r="F26" s="6">
         <v>112498</v>
       </c>
       <c r="G26" s="6">
         <v>102257</v>
       </c>
       <c r="H26" s="6">
         <v>109736</v>
       </c>
       <c r="I26" s="6">
         <v>79571</v>
       </c>
       <c r="J26" s="6">
         <v>54810</v>
       </c>
       <c r="K26" s="6">
         <v>53011</v>
       </c>
       <c r="L26" s="6">
         <v>41082</v>
       </c>
       <c r="M26" s="7">
         <v>552965</v>
       </c>
       <c r="N26" s="3"/>
       <c r="O26" s="3"/>
     </row>
     <row r="27" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B27" s="153"/>
+      <c r="B27" s="193"/>
       <c r="C27" s="33"/>
-      <c r="D27" s="158" t="s">
+      <c r="D27" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E27" s="159"/>
+      <c r="E27" s="198"/>
       <c r="F27" s="4">
         <v>213234</v>
       </c>
       <c r="G27" s="4">
         <v>183436</v>
       </c>
       <c r="H27" s="4">
         <v>225487</v>
       </c>
       <c r="I27" s="4">
         <v>149041</v>
       </c>
       <c r="J27" s="4">
         <v>104710</v>
       </c>
       <c r="K27" s="4">
         <v>99054</v>
       </c>
       <c r="L27" s="4">
         <v>69199</v>
       </c>
       <c r="M27" s="5">
         <v>1044161</v>
       </c>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="28" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B28" s="153"/>
+      <c r="B28" s="193"/>
       <c r="C28" s="33"/>
-      <c r="D28" s="158" t="s">
+      <c r="D28" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E28" s="159"/>
+      <c r="E28" s="198"/>
       <c r="F28" s="4">
         <v>215079</v>
       </c>
       <c r="G28" s="4">
         <v>209120</v>
       </c>
       <c r="H28" s="4">
         <v>296610</v>
       </c>
       <c r="I28" s="4">
         <v>213883</v>
       </c>
       <c r="J28" s="4">
         <v>160799</v>
       </c>
       <c r="K28" s="4">
         <v>154528</v>
       </c>
       <c r="L28" s="4">
         <v>99086</v>
       </c>
       <c r="M28" s="5">
         <v>1349105</v>
       </c>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="29" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B29" s="153"/>
+      <c r="B29" s="193"/>
       <c r="C29" s="34"/>
-      <c r="D29" s="160" t="s">
+      <c r="D29" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E29" s="161"/>
+      <c r="E29" s="200"/>
       <c r="F29" s="8">
         <v>128257</v>
       </c>
       <c r="G29" s="8">
         <v>169458</v>
       </c>
       <c r="H29" s="8">
         <v>307027</v>
       </c>
       <c r="I29" s="8">
         <v>289344</v>
       </c>
       <c r="J29" s="8">
         <v>272650</v>
       </c>
       <c r="K29" s="8">
         <v>303154</v>
       </c>
       <c r="L29" s="8">
         <v>177871</v>
       </c>
       <c r="M29" s="9">
         <v>1647761</v>
       </c>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
     </row>
     <row r="30" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B30" s="153"/>
+      <c r="B30" s="193"/>
       <c r="C30" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D30" s="36"/>
       <c r="E30" s="37"/>
       <c r="F30" s="10">
         <v>5635</v>
       </c>
       <c r="G30" s="10">
         <v>9607</v>
       </c>
       <c r="H30" s="10">
         <v>8967</v>
       </c>
       <c r="I30" s="10">
         <v>11970</v>
       </c>
       <c r="J30" s="10">
         <v>7684</v>
       </c>
       <c r="K30" s="10">
         <v>7331</v>
       </c>
       <c r="L30" s="10">
         <v>7715</v>
       </c>
       <c r="M30" s="11">
         <v>58909</v>
       </c>
       <c r="N30" s="3"/>
       <c r="O30" s="3"/>
     </row>
     <row r="31" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B31" s="154"/>
-      <c r="C31" s="162" t="s">
+      <c r="B31" s="194"/>
+      <c r="C31" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D31" s="163"/>
-      <c r="E31" s="164"/>
+      <c r="D31" s="201"/>
+      <c r="E31" s="202"/>
       <c r="F31" s="12">
         <v>731049</v>
       </c>
       <c r="G31" s="12">
         <v>732707</v>
       </c>
       <c r="H31" s="12">
         <v>1003905</v>
       </c>
       <c r="I31" s="12">
         <v>794021</v>
       </c>
       <c r="J31" s="12">
         <v>633768</v>
       </c>
       <c r="K31" s="12">
         <v>650049</v>
       </c>
       <c r="L31" s="12">
         <v>422758</v>
       </c>
       <c r="M31" s="13">
         <v>4968257</v>
       </c>
       <c r="N31" s="3"/>
       <c r="O31" s="3"/>
     </row>
     <row r="32" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B32" s="152" t="s">
+      <c r="B32" s="192" t="s">
         <v>31</v>
       </c>
-      <c r="C32" s="155" t="s">
+      <c r="C32" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D32" s="156"/>
-      <c r="E32" s="157"/>
+      <c r="D32" s="195"/>
+      <c r="E32" s="196"/>
       <c r="F32" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K32" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N32" s="24"/>
       <c r="O32" s="24"/>
     </row>
     <row r="33" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B33" s="153"/>
+      <c r="B33" s="193"/>
       <c r="C33" s="30" t="s">
         <v>21</v>
       </c>
       <c r="D33" s="31"/>
       <c r="E33" s="32"/>
       <c r="F33" s="1">
         <v>1068902</v>
       </c>
       <c r="G33" s="1">
         <v>1026996</v>
       </c>
       <c r="H33" s="1">
         <v>1490332</v>
       </c>
       <c r="I33" s="1">
         <v>1201274</v>
       </c>
       <c r="J33" s="1">
         <v>930437</v>
       </c>
       <c r="K33" s="1">
         <v>902130</v>
       </c>
       <c r="L33" s="1">
         <v>569599</v>
       </c>
       <c r="M33" s="2">
         <v>7189670</v>
       </c>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
     </row>
     <row r="34" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B34" s="153"/>
-      <c r="D34" s="158" t="s">
+      <c r="B34" s="193"/>
+      <c r="D34" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E34" s="159"/>
+      <c r="E34" s="198"/>
       <c r="F34" s="4">
         <v>29435</v>
       </c>
       <c r="G34" s="4">
         <v>32605</v>
       </c>
       <c r="H34" s="4">
         <v>35720</v>
       </c>
       <c r="I34" s="4">
         <v>36075</v>
       </c>
       <c r="J34" s="4">
         <v>24811</v>
       </c>
       <c r="K34" s="4">
         <v>23130</v>
       </c>
       <c r="L34" s="4">
         <v>19725</v>
       </c>
       <c r="M34" s="5">
         <v>201501</v>
       </c>
       <c r="N34" s="3"/>
       <c r="O34" s="3"/>
     </row>
     <row r="35" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B35" s="153"/>
-      <c r="D35" s="158" t="s">
+      <c r="B35" s="193"/>
+      <c r="D35" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E35" s="159"/>
+      <c r="E35" s="198"/>
       <c r="F35" s="4">
         <v>72410</v>
       </c>
       <c r="G35" s="4">
         <v>73835</v>
       </c>
       <c r="H35" s="4">
         <v>82615</v>
       </c>
       <c r="I35" s="4">
         <v>76726</v>
       </c>
       <c r="J35" s="4">
         <v>52543</v>
       </c>
       <c r="K35" s="4">
         <v>49722</v>
       </c>
       <c r="L35" s="4">
         <v>37642</v>
       </c>
       <c r="M35" s="5">
         <v>445493</v>
       </c>
       <c r="N35" s="3"/>
       <c r="O35" s="3"/>
     </row>
     <row r="36" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B36" s="153"/>
+      <c r="B36" s="193"/>
       <c r="C36" s="33"/>
-      <c r="D36" s="158" t="s">
+      <c r="D36" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E36" s="159"/>
+      <c r="E36" s="198"/>
       <c r="F36" s="6">
         <v>171029</v>
       </c>
       <c r="G36" s="6">
         <v>157499</v>
       </c>
       <c r="H36" s="6">
         <v>190674</v>
       </c>
       <c r="I36" s="6">
         <v>153218</v>
       </c>
       <c r="J36" s="6">
         <v>106974</v>
       </c>
       <c r="K36" s="6">
         <v>98240</v>
       </c>
       <c r="L36" s="6">
         <v>71181</v>
       </c>
       <c r="M36" s="7">
         <v>948815</v>
       </c>
       <c r="N36" s="3"/>
       <c r="O36" s="3"/>
     </row>
     <row r="37" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B37" s="153"/>
+      <c r="B37" s="193"/>
       <c r="C37" s="33"/>
-      <c r="D37" s="158" t="s">
+      <c r="D37" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E37" s="159"/>
+      <c r="E37" s="198"/>
       <c r="F37" s="4">
         <v>300261</v>
       </c>
       <c r="G37" s="4">
         <v>255170</v>
       </c>
       <c r="H37" s="4">
         <v>344052</v>
       </c>
       <c r="I37" s="4">
         <v>243712</v>
       </c>
       <c r="J37" s="4">
         <v>170047</v>
       </c>
       <c r="K37" s="4">
         <v>154439</v>
       </c>
       <c r="L37" s="4">
         <v>102768</v>
       </c>
       <c r="M37" s="5">
         <v>1570449</v>
       </c>
       <c r="N37" s="3"/>
       <c r="O37" s="3"/>
     </row>
     <row r="38" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B38" s="153"/>
+      <c r="B38" s="193"/>
       <c r="C38" s="33"/>
-      <c r="D38" s="158" t="s">
+      <c r="D38" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E38" s="159"/>
+      <c r="E38" s="198"/>
       <c r="F38" s="4">
         <v>306628</v>
       </c>
       <c r="G38" s="4">
         <v>282861</v>
       </c>
       <c r="H38" s="4">
         <v>426441</v>
       </c>
       <c r="I38" s="4">
         <v>312935</v>
       </c>
       <c r="J38" s="4">
         <v>232158</v>
       </c>
       <c r="K38" s="4">
         <v>213552</v>
       </c>
       <c r="L38" s="4">
         <v>131551</v>
       </c>
       <c r="M38" s="5">
         <v>1906126</v>
       </c>
       <c r="N38" s="3"/>
       <c r="O38" s="3"/>
     </row>
     <row r="39" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B39" s="153"/>
+      <c r="B39" s="193"/>
       <c r="C39" s="34"/>
-      <c r="D39" s="160" t="s">
+      <c r="D39" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E39" s="161"/>
+      <c r="E39" s="200"/>
       <c r="F39" s="8">
         <v>189139</v>
       </c>
       <c r="G39" s="8">
         <v>225026</v>
       </c>
       <c r="H39" s="8">
         <v>410830</v>
       </c>
       <c r="I39" s="8">
         <v>378608</v>
       </c>
       <c r="J39" s="8">
         <v>343904</v>
       </c>
       <c r="K39" s="8">
         <v>363047</v>
       </c>
       <c r="L39" s="8">
         <v>206732</v>
       </c>
       <c r="M39" s="9">
         <v>2117286</v>
       </c>
       <c r="N39" s="3"/>
       <c r="O39" s="3"/>
     </row>
     <row r="40" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B40" s="153"/>
+      <c r="B40" s="193"/>
       <c r="C40" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D40" s="36"/>
       <c r="E40" s="37"/>
       <c r="F40" s="10">
         <v>12601</v>
       </c>
       <c r="G40" s="10">
         <v>21069</v>
       </c>
       <c r="H40" s="10">
         <v>20518</v>
       </c>
       <c r="I40" s="10">
         <v>28016</v>
       </c>
       <c r="J40" s="10">
         <v>18356</v>
       </c>
       <c r="K40" s="10">
         <v>16616</v>
       </c>
       <c r="L40" s="10">
         <v>16619</v>
       </c>
       <c r="M40" s="11">
         <v>133795</v>
       </c>
       <c r="N40" s="3"/>
       <c r="O40" s="3"/>
     </row>
     <row r="41" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B41" s="154"/>
-      <c r="C41" s="162" t="s">
+      <c r="B41" s="194"/>
+      <c r="C41" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D41" s="163"/>
-      <c r="E41" s="164"/>
+      <c r="D41" s="201"/>
+      <c r="E41" s="202"/>
       <c r="F41" s="12">
         <v>1081503</v>
       </c>
       <c r="G41" s="12">
         <v>1048065</v>
       </c>
       <c r="H41" s="12">
         <v>1510850</v>
       </c>
       <c r="I41" s="12">
         <v>1229290</v>
       </c>
       <c r="J41" s="12">
         <v>948793</v>
       </c>
       <c r="K41" s="12">
         <v>918746</v>
       </c>
       <c r="L41" s="12">
         <v>586218</v>
       </c>
       <c r="M41" s="13">
         <v>7323465</v>
       </c>
       <c r="N41" s="3"/>
@@ -23861,843 +23861,843 @@
       <c r="H42" s="26"/>
       <c r="I42" s="26"/>
       <c r="J42" s="26"/>
       <c r="K42" s="26"/>
       <c r="L42" s="26"/>
       <c r="M42" s="26"/>
       <c r="N42" s="26"/>
     </row>
     <row r="43" spans="1:15" s="18" customFormat="1" ht="4.5" customHeight="1">
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
       <c r="G43" s="26"/>
       <c r="H43" s="26"/>
       <c r="I43" s="26"/>
       <c r="J43" s="26"/>
       <c r="K43" s="26"/>
       <c r="L43" s="26"/>
       <c r="M43" s="26"/>
       <c r="N43" s="26"/>
     </row>
     <row r="44" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A44" s="18" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="22" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="O44" s="22"/>
     </row>
     <row r="45" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B45" s="152" t="s">
+      <c r="B45" s="192" t="s">
         <v>11</v>
       </c>
-      <c r="C45" s="155" t="s">
+      <c r="C45" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D45" s="156"/>
-      <c r="E45" s="157"/>
+      <c r="D45" s="195"/>
+      <c r="E45" s="196"/>
       <c r="F45" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H45" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I45" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J45" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N45" s="24"/>
       <c r="O45" s="24"/>
     </row>
     <row r="46" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B46" s="153"/>
-      <c r="D46" s="158" t="s">
+      <c r="B46" s="193"/>
+      <c r="D46" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E46" s="159"/>
+      <c r="E46" s="198"/>
       <c r="F46" s="4">
         <v>794</v>
       </c>
       <c r="G46" s="4">
         <v>827</v>
       </c>
       <c r="H46" s="4">
         <v>906</v>
       </c>
       <c r="I46" s="4">
         <v>805</v>
       </c>
       <c r="J46" s="4">
         <v>531</v>
       </c>
       <c r="K46" s="4">
         <v>468</v>
       </c>
       <c r="L46" s="4">
         <v>417</v>
       </c>
       <c r="M46" s="14">
         <v>4748</v>
       </c>
       <c r="N46" s="3"/>
       <c r="O46" s="3"/>
     </row>
     <row r="47" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B47" s="153"/>
-      <c r="D47" s="158" t="s">
+      <c r="B47" s="193"/>
+      <c r="D47" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E47" s="159"/>
+      <c r="E47" s="198"/>
       <c r="F47" s="4">
         <v>2129</v>
       </c>
       <c r="G47" s="4">
         <v>1963</v>
       </c>
       <c r="H47" s="4">
         <v>2306</v>
       </c>
       <c r="I47" s="4">
         <v>2069</v>
       </c>
       <c r="J47" s="4">
         <v>1405</v>
       </c>
       <c r="K47" s="4">
         <v>1156</v>
       </c>
       <c r="L47" s="4">
         <v>940</v>
       </c>
       <c r="M47" s="5">
         <v>11968</v>
       </c>
       <c r="N47" s="3"/>
       <c r="O47" s="3"/>
     </row>
     <row r="48" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B48" s="153"/>
+      <c r="B48" s="193"/>
       <c r="C48" s="33"/>
-      <c r="D48" s="158" t="s">
+      <c r="D48" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E48" s="159"/>
+      <c r="E48" s="198"/>
       <c r="F48" s="6">
         <v>4423</v>
       </c>
       <c r="G48" s="6">
         <v>3805</v>
       </c>
       <c r="H48" s="6">
         <v>5094</v>
       </c>
       <c r="I48" s="6">
         <v>4269</v>
       </c>
       <c r="J48" s="6">
         <v>2712</v>
       </c>
       <c r="K48" s="6">
         <v>2333</v>
       </c>
       <c r="L48" s="6">
         <v>1688</v>
       </c>
       <c r="M48" s="7">
         <v>24324</v>
       </c>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
     </row>
     <row r="49" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B49" s="153"/>
+      <c r="B49" s="193"/>
       <c r="C49" s="33"/>
-      <c r="D49" s="158" t="s">
+      <c r="D49" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E49" s="159"/>
+      <c r="E49" s="198"/>
       <c r="F49" s="4">
         <v>10101</v>
       </c>
       <c r="G49" s="4">
         <v>7810</v>
       </c>
       <c r="H49" s="4">
         <v>12435</v>
       </c>
       <c r="I49" s="4">
         <v>8737</v>
       </c>
       <c r="J49" s="4">
         <v>5474</v>
       </c>
       <c r="K49" s="4">
         <v>4474</v>
       </c>
       <c r="L49" s="4">
         <v>2968</v>
       </c>
       <c r="M49" s="5">
         <v>51999</v>
       </c>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
     </row>
     <row r="50" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B50" s="153"/>
+      <c r="B50" s="193"/>
       <c r="C50" s="33"/>
-      <c r="D50" s="158" t="s">
+      <c r="D50" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E50" s="159"/>
+      <c r="E50" s="198"/>
       <c r="F50" s="4">
         <v>17352</v>
       </c>
       <c r="G50" s="4">
         <v>12867</v>
       </c>
       <c r="H50" s="4">
         <v>21508</v>
       </c>
       <c r="I50" s="4">
         <v>14969</v>
       </c>
       <c r="J50" s="4">
         <v>9886</v>
       </c>
       <c r="K50" s="4">
         <v>7930</v>
       </c>
       <c r="L50" s="4">
         <v>4607</v>
       </c>
       <c r="M50" s="5">
         <v>89119</v>
       </c>
       <c r="N50" s="3"/>
       <c r="O50" s="3"/>
     </row>
     <row r="51" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B51" s="153"/>
+      <c r="B51" s="193"/>
       <c r="C51" s="34"/>
-      <c r="D51" s="160" t="s">
+      <c r="D51" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E51" s="161"/>
+      <c r="E51" s="200"/>
       <c r="F51" s="8">
         <v>17427</v>
       </c>
       <c r="G51" s="8">
         <v>14945</v>
       </c>
       <c r="H51" s="8">
         <v>26396</v>
       </c>
       <c r="I51" s="8">
         <v>21082</v>
       </c>
       <c r="J51" s="8">
         <v>15641</v>
       </c>
       <c r="K51" s="8">
         <v>13037</v>
       </c>
       <c r="L51" s="8">
         <v>6488</v>
       </c>
       <c r="M51" s="9">
         <v>115016</v>
       </c>
       <c r="N51" s="3"/>
       <c r="O51" s="3"/>
     </row>
     <row r="52" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B52" s="154"/>
-      <c r="C52" s="162" t="s">
+      <c r="B52" s="194"/>
+      <c r="C52" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D52" s="163"/>
-      <c r="E52" s="164"/>
+      <c r="D52" s="201"/>
+      <c r="E52" s="202"/>
       <c r="F52" s="12">
         <v>52226</v>
       </c>
       <c r="G52" s="12">
         <v>42217</v>
       </c>
       <c r="H52" s="12">
         <v>68645</v>
       </c>
       <c r="I52" s="12">
         <v>51931</v>
       </c>
       <c r="J52" s="12">
         <v>35649</v>
       </c>
       <c r="K52" s="12">
         <v>29398</v>
       </c>
       <c r="L52" s="12">
         <v>17108</v>
       </c>
       <c r="M52" s="13">
         <v>297174</v>
       </c>
       <c r="N52" s="3"/>
       <c r="O52" s="3"/>
     </row>
     <row r="53" spans="2:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B53" s="152" t="s">
+      <c r="B53" s="192" t="s">
         <v>30</v>
       </c>
-      <c r="C53" s="155" t="s">
+      <c r="C53" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D53" s="156"/>
-      <c r="E53" s="157"/>
+      <c r="D53" s="195"/>
+      <c r="E53" s="196"/>
       <c r="F53" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H53" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I53" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K53" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N53" s="24"/>
       <c r="O53" s="24"/>
     </row>
     <row r="54" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B54" s="153"/>
-      <c r="D54" s="158" t="s">
+      <c r="B54" s="193"/>
+      <c r="D54" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E54" s="159"/>
+      <c r="E54" s="198"/>
       <c r="F54" s="4">
         <v>269</v>
       </c>
       <c r="G54" s="4">
         <v>267</v>
       </c>
       <c r="H54" s="4">
         <v>166</v>
       </c>
       <c r="I54" s="4">
         <v>150</v>
       </c>
       <c r="J54" s="4">
         <v>97</v>
       </c>
       <c r="K54" s="4">
         <v>87</v>
       </c>
       <c r="L54" s="4">
         <v>80</v>
       </c>
       <c r="M54" s="14">
         <v>1116</v>
       </c>
       <c r="N54" s="3"/>
       <c r="O54" s="3"/>
     </row>
     <row r="55" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B55" s="153"/>
-      <c r="D55" s="158" t="s">
+      <c r="B55" s="193"/>
+      <c r="D55" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E55" s="159"/>
+      <c r="E55" s="198"/>
       <c r="F55" s="4">
         <v>611</v>
       </c>
       <c r="G55" s="4">
         <v>513</v>
       </c>
       <c r="H55" s="4">
         <v>398</v>
       </c>
       <c r="I55" s="4">
         <v>323</v>
       </c>
       <c r="J55" s="4">
         <v>194</v>
       </c>
       <c r="K55" s="4">
         <v>197</v>
       </c>
       <c r="L55" s="4">
         <v>181</v>
       </c>
       <c r="M55" s="5">
         <v>2417</v>
       </c>
       <c r="N55" s="3"/>
       <c r="O55" s="3"/>
     </row>
     <row r="56" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B56" s="153"/>
+      <c r="B56" s="193"/>
       <c r="C56" s="33"/>
-      <c r="D56" s="158" t="s">
+      <c r="D56" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E56" s="159"/>
+      <c r="E56" s="198"/>
       <c r="F56" s="6">
         <v>1351</v>
       </c>
       <c r="G56" s="6">
         <v>1146</v>
       </c>
       <c r="H56" s="6">
         <v>1045</v>
       </c>
       <c r="I56" s="6">
         <v>697</v>
       </c>
       <c r="J56" s="6">
         <v>448</v>
       </c>
       <c r="K56" s="6">
         <v>393</v>
       </c>
       <c r="L56" s="6">
         <v>320</v>
       </c>
       <c r="M56" s="7">
         <v>5400</v>
       </c>
       <c r="N56" s="3"/>
       <c r="O56" s="3"/>
     </row>
     <row r="57" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B57" s="153"/>
+      <c r="B57" s="193"/>
       <c r="C57" s="33"/>
-      <c r="D57" s="158" t="s">
+      <c r="D57" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E57" s="159"/>
+      <c r="E57" s="198"/>
       <c r="F57" s="4">
         <v>2730</v>
       </c>
       <c r="G57" s="4">
         <v>2146</v>
       </c>
       <c r="H57" s="4">
         <v>2558</v>
       </c>
       <c r="I57" s="4">
         <v>1466</v>
       </c>
       <c r="J57" s="4">
         <v>965</v>
       </c>
       <c r="K57" s="4">
         <v>841</v>
       </c>
       <c r="L57" s="4">
         <v>661</v>
       </c>
       <c r="M57" s="5">
         <v>11367</v>
       </c>
       <c r="N57" s="3"/>
       <c r="O57" s="3"/>
     </row>
     <row r="58" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B58" s="153"/>
+      <c r="B58" s="193"/>
       <c r="C58" s="33"/>
-      <c r="D58" s="158" t="s">
+      <c r="D58" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E58" s="159"/>
+      <c r="E58" s="198"/>
       <c r="F58" s="4">
         <v>3269</v>
       </c>
       <c r="G58" s="4">
         <v>2991</v>
       </c>
       <c r="H58" s="4">
         <v>3975</v>
       </c>
       <c r="I58" s="4">
         <v>2767</v>
       </c>
       <c r="J58" s="4">
         <v>1803</v>
       </c>
       <c r="K58" s="4">
         <v>1679</v>
       </c>
       <c r="L58" s="4">
         <v>1169</v>
       </c>
       <c r="M58" s="5">
         <v>17653</v>
       </c>
       <c r="N58" s="3"/>
       <c r="O58" s="3"/>
     </row>
     <row r="59" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B59" s="153"/>
+      <c r="B59" s="193"/>
       <c r="C59" s="34"/>
-      <c r="D59" s="160" t="s">
+      <c r="D59" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E59" s="161"/>
+      <c r="E59" s="200"/>
       <c r="F59" s="8">
         <v>2656</v>
       </c>
       <c r="G59" s="8">
         <v>3173</v>
       </c>
       <c r="H59" s="8">
         <v>5689</v>
       </c>
       <c r="I59" s="8">
         <v>5167</v>
       </c>
       <c r="J59" s="8">
         <v>4485</v>
       </c>
       <c r="K59" s="8">
         <v>4944</v>
       </c>
       <c r="L59" s="8">
         <v>3175</v>
       </c>
       <c r="M59" s="9">
         <v>29289</v>
       </c>
       <c r="N59" s="3"/>
       <c r="O59" s="3"/>
     </row>
     <row r="60" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B60" s="154"/>
-      <c r="C60" s="162" t="s">
+      <c r="B60" s="194"/>
+      <c r="C60" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D60" s="163"/>
-      <c r="E60" s="164"/>
+      <c r="D60" s="201"/>
+      <c r="E60" s="202"/>
       <c r="F60" s="12">
         <v>10886</v>
       </c>
       <c r="G60" s="12">
         <v>10236</v>
       </c>
       <c r="H60" s="12">
         <v>13831</v>
       </c>
       <c r="I60" s="12">
         <v>10570</v>
       </c>
       <c r="J60" s="12">
         <v>7992</v>
       </c>
       <c r="K60" s="12">
         <v>8141</v>
       </c>
       <c r="L60" s="12">
         <v>5586</v>
       </c>
       <c r="M60" s="13">
         <v>67242</v>
       </c>
       <c r="N60" s="3"/>
       <c r="O60" s="3"/>
     </row>
     <row r="61" spans="2:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B61" s="152" t="s">
+      <c r="B61" s="192" t="s">
         <v>31</v>
       </c>
-      <c r="C61" s="155" t="s">
+      <c r="C61" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D61" s="156"/>
-      <c r="E61" s="157"/>
+      <c r="D61" s="195"/>
+      <c r="E61" s="196"/>
       <c r="F61" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H61" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I61" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K61" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N61" s="24"/>
       <c r="O61" s="24"/>
     </row>
     <row r="62" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B62" s="153"/>
-      <c r="D62" s="158" t="s">
+      <c r="B62" s="193"/>
+      <c r="D62" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E62" s="159"/>
+      <c r="E62" s="198"/>
       <c r="F62" s="4">
         <v>1063</v>
       </c>
       <c r="G62" s="4">
         <v>1094</v>
       </c>
       <c r="H62" s="4">
         <v>1072</v>
       </c>
       <c r="I62" s="4">
         <v>955</v>
       </c>
       <c r="J62" s="4">
         <v>628</v>
       </c>
       <c r="K62" s="4">
         <v>555</v>
       </c>
       <c r="L62" s="4">
         <v>497</v>
       </c>
       <c r="M62" s="14">
         <v>5864</v>
       </c>
       <c r="N62" s="3"/>
       <c r="O62" s="3"/>
     </row>
     <row r="63" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B63" s="153"/>
-      <c r="D63" s="158" t="s">
+      <c r="B63" s="193"/>
+      <c r="D63" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E63" s="159"/>
+      <c r="E63" s="198"/>
       <c r="F63" s="4">
         <v>2740</v>
       </c>
       <c r="G63" s="4">
         <v>2476</v>
       </c>
       <c r="H63" s="4">
         <v>2704</v>
       </c>
       <c r="I63" s="4">
         <v>2392</v>
       </c>
       <c r="J63" s="4">
         <v>1599</v>
       </c>
       <c r="K63" s="4">
         <v>1353</v>
       </c>
       <c r="L63" s="4">
         <v>1121</v>
       </c>
       <c r="M63" s="5">
         <v>14385</v>
       </c>
       <c r="N63" s="3"/>
       <c r="O63" s="3"/>
     </row>
     <row r="64" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B64" s="153"/>
+      <c r="B64" s="193"/>
       <c r="C64" s="33"/>
-      <c r="D64" s="158" t="s">
+      <c r="D64" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E64" s="159"/>
+      <c r="E64" s="198"/>
       <c r="F64" s="6">
         <v>5774</v>
       </c>
       <c r="G64" s="6">
         <v>4951</v>
       </c>
       <c r="H64" s="6">
         <v>6139</v>
       </c>
       <c r="I64" s="6">
         <v>4966</v>
       </c>
       <c r="J64" s="6">
         <v>3160</v>
       </c>
       <c r="K64" s="6">
         <v>2726</v>
       </c>
       <c r="L64" s="6">
         <v>2008</v>
       </c>
       <c r="M64" s="7">
         <v>29724</v>
       </c>
       <c r="N64" s="3"/>
       <c r="O64" s="3"/>
     </row>
     <row r="65" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B65" s="153"/>
+      <c r="B65" s="193"/>
       <c r="C65" s="33"/>
-      <c r="D65" s="158" t="s">
+      <c r="D65" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E65" s="159"/>
+      <c r="E65" s="198"/>
       <c r="F65" s="4">
         <v>12831</v>
       </c>
       <c r="G65" s="4">
         <v>9956</v>
       </c>
       <c r="H65" s="4">
         <v>14993</v>
       </c>
       <c r="I65" s="4">
         <v>10203</v>
       </c>
       <c r="J65" s="4">
         <v>6439</v>
       </c>
       <c r="K65" s="4">
         <v>5315</v>
       </c>
       <c r="L65" s="4">
         <v>3629</v>
       </c>
       <c r="M65" s="5">
         <v>63366</v>
       </c>
       <c r="N65" s="3"/>
       <c r="O65" s="3"/>
     </row>
     <row r="66" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B66" s="153"/>
+      <c r="B66" s="193"/>
       <c r="C66" s="33"/>
-      <c r="D66" s="158" t="s">
+      <c r="D66" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E66" s="159"/>
+      <c r="E66" s="198"/>
       <c r="F66" s="4">
         <v>20621</v>
       </c>
       <c r="G66" s="4">
         <v>15858</v>
       </c>
       <c r="H66" s="4">
         <v>25483</v>
       </c>
       <c r="I66" s="4">
         <v>17736</v>
       </c>
       <c r="J66" s="4">
         <v>11689</v>
       </c>
       <c r="K66" s="4">
         <v>9609</v>
       </c>
       <c r="L66" s="4">
         <v>5776</v>
       </c>
       <c r="M66" s="5">
         <v>106772</v>
       </c>
       <c r="N66" s="3"/>
       <c r="O66" s="3"/>
     </row>
     <row r="67" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B67" s="153"/>
+      <c r="B67" s="193"/>
       <c r="C67" s="34"/>
-      <c r="D67" s="160" t="s">
+      <c r="D67" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E67" s="161"/>
+      <c r="E67" s="200"/>
       <c r="F67" s="8">
         <v>20083</v>
       </c>
       <c r="G67" s="8">
         <v>18118</v>
       </c>
       <c r="H67" s="8">
         <v>32085</v>
       </c>
       <c r="I67" s="8">
         <v>26249</v>
       </c>
       <c r="J67" s="8">
         <v>20126</v>
       </c>
       <c r="K67" s="8">
         <v>17981</v>
       </c>
       <c r="L67" s="8">
         <v>9663</v>
       </c>
       <c r="M67" s="9">
         <v>144305</v>
       </c>
       <c r="N67" s="3"/>
       <c r="O67" s="3"/>
     </row>
     <row r="68" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B68" s="154"/>
-      <c r="C68" s="162" t="s">
+      <c r="B68" s="194"/>
+      <c r="C68" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D68" s="163"/>
-      <c r="E68" s="164"/>
+      <c r="D68" s="201"/>
+      <c r="E68" s="202"/>
       <c r="F68" s="12">
         <v>63112</v>
       </c>
       <c r="G68" s="12">
         <v>52453</v>
       </c>
       <c r="H68" s="12">
         <v>82476</v>
       </c>
       <c r="I68" s="12">
         <v>62501</v>
       </c>
       <c r="J68" s="12">
         <v>43641</v>
       </c>
       <c r="K68" s="12">
         <v>37539</v>
       </c>
       <c r="L68" s="12">
         <v>22694</v>
       </c>
       <c r="M68" s="13">
         <v>364416</v>
       </c>
       <c r="N68" s="3"/>
@@ -24713,843 +24713,843 @@
       <c r="H69" s="26"/>
       <c r="I69" s="26"/>
       <c r="J69" s="26"/>
       <c r="K69" s="26"/>
       <c r="L69" s="26"/>
       <c r="M69" s="26"/>
       <c r="N69" s="26"/>
     </row>
     <row r="70" spans="1:15" s="18" customFormat="1" ht="4.5" customHeight="1">
       <c r="E70" s="26"/>
       <c r="F70" s="26"/>
       <c r="G70" s="26"/>
       <c r="H70" s="26"/>
       <c r="I70" s="26"/>
       <c r="J70" s="26"/>
       <c r="K70" s="26"/>
       <c r="L70" s="26"/>
       <c r="M70" s="26"/>
       <c r="N70" s="26"/>
     </row>
     <row r="71" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A71" s="18" t="s">
         <v>34</v>
       </c>
       <c r="M71" s="22" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="O71" s="22"/>
     </row>
     <row r="72" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B72" s="152" t="s">
+      <c r="B72" s="192" t="s">
         <v>11</v>
       </c>
-      <c r="C72" s="155" t="s">
+      <c r="C72" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D72" s="156"/>
-      <c r="E72" s="157"/>
+      <c r="D72" s="195"/>
+      <c r="E72" s="196"/>
       <c r="F72" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H72" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I72" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N72" s="24"/>
       <c r="O72" s="24"/>
     </row>
     <row r="73" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B73" s="153"/>
-      <c r="D73" s="158" t="s">
+      <c r="B73" s="193"/>
+      <c r="D73" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E73" s="159"/>
+      <c r="E73" s="198"/>
       <c r="F73" s="4">
         <v>1359</v>
       </c>
       <c r="G73" s="4">
         <v>1362</v>
       </c>
       <c r="H73" s="4">
         <v>1357</v>
       </c>
       <c r="I73" s="4">
         <v>1404</v>
       </c>
       <c r="J73" s="4">
         <v>902</v>
       </c>
       <c r="K73" s="4">
         <v>837</v>
       </c>
       <c r="L73" s="4">
         <v>710</v>
       </c>
       <c r="M73" s="14">
         <v>7931</v>
       </c>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
     </row>
     <row r="74" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B74" s="153"/>
-      <c r="D74" s="158" t="s">
+      <c r="B74" s="193"/>
+      <c r="D74" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E74" s="159"/>
+      <c r="E74" s="198"/>
       <c r="F74" s="4">
         <v>2500</v>
       </c>
       <c r="G74" s="4">
         <v>2544</v>
       </c>
       <c r="H74" s="4">
         <v>2680</v>
       </c>
       <c r="I74" s="4">
         <v>2627</v>
       </c>
       <c r="J74" s="4">
         <v>1634</v>
       </c>
       <c r="K74" s="4">
         <v>1551</v>
       </c>
       <c r="L74" s="4">
         <v>1234</v>
       </c>
       <c r="M74" s="5">
         <v>14770</v>
       </c>
       <c r="N74" s="3"/>
       <c r="O74" s="3"/>
     </row>
     <row r="75" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B75" s="153"/>
+      <c r="B75" s="193"/>
       <c r="C75" s="33"/>
-      <c r="D75" s="158" t="s">
+      <c r="D75" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E75" s="159"/>
+      <c r="E75" s="198"/>
       <c r="F75" s="6">
         <v>4434</v>
       </c>
       <c r="G75" s="6">
         <v>4276</v>
       </c>
       <c r="H75" s="6">
         <v>5334</v>
       </c>
       <c r="I75" s="6">
         <v>4775</v>
       </c>
       <c r="J75" s="6">
         <v>3035</v>
       </c>
       <c r="K75" s="6">
         <v>2662</v>
       </c>
       <c r="L75" s="6">
         <v>1987</v>
       </c>
       <c r="M75" s="7">
         <v>26503</v>
       </c>
       <c r="N75" s="3"/>
       <c r="O75" s="3"/>
     </row>
     <row r="76" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B76" s="153"/>
+      <c r="B76" s="193"/>
       <c r="C76" s="33"/>
-      <c r="D76" s="158" t="s">
+      <c r="D76" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E76" s="159"/>
+      <c r="E76" s="198"/>
       <c r="F76" s="4">
         <v>7818</v>
       </c>
       <c r="G76" s="4">
         <v>6468</v>
       </c>
       <c r="H76" s="4">
         <v>9341</v>
       </c>
       <c r="I76" s="4">
         <v>7106</v>
       </c>
       <c r="J76" s="4">
         <v>4299</v>
       </c>
       <c r="K76" s="4">
         <v>3742</v>
       </c>
       <c r="L76" s="4">
         <v>2456</v>
       </c>
       <c r="M76" s="5">
         <v>41230</v>
       </c>
       <c r="N76" s="3"/>
       <c r="O76" s="3"/>
     </row>
     <row r="77" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B77" s="153"/>
+      <c r="B77" s="193"/>
       <c r="C77" s="33"/>
-      <c r="D77" s="158" t="s">
+      <c r="D77" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E77" s="159"/>
+      <c r="E77" s="198"/>
       <c r="F77" s="4">
         <v>10197</v>
       </c>
       <c r="G77" s="4">
         <v>8184</v>
       </c>
       <c r="H77" s="4">
         <v>12364</v>
       </c>
       <c r="I77" s="4">
         <v>9192</v>
       </c>
       <c r="J77" s="4">
         <v>5788</v>
       </c>
       <c r="K77" s="4">
         <v>4810</v>
       </c>
       <c r="L77" s="4">
         <v>2811</v>
       </c>
       <c r="M77" s="5">
         <v>53346</v>
       </c>
       <c r="N77" s="3"/>
       <c r="O77" s="3"/>
     </row>
     <row r="78" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B78" s="153"/>
+      <c r="B78" s="193"/>
       <c r="C78" s="34"/>
-      <c r="D78" s="160" t="s">
+      <c r="D78" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E78" s="161"/>
+      <c r="E78" s="200"/>
       <c r="F78" s="8">
         <v>8523</v>
       </c>
       <c r="G78" s="8">
         <v>7753</v>
       </c>
       <c r="H78" s="8">
         <v>12684</v>
       </c>
       <c r="I78" s="8">
         <v>10788</v>
       </c>
       <c r="J78" s="8">
         <v>7788</v>
       </c>
       <c r="K78" s="8">
         <v>6696</v>
       </c>
       <c r="L78" s="8">
         <v>3226</v>
       </c>
       <c r="M78" s="9">
         <v>57458</v>
       </c>
       <c r="N78" s="3"/>
       <c r="O78" s="3"/>
     </row>
     <row r="79" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B79" s="154"/>
-      <c r="C79" s="162" t="s">
+      <c r="B79" s="194"/>
+      <c r="C79" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D79" s="163"/>
-      <c r="E79" s="164"/>
+      <c r="D79" s="201"/>
+      <c r="E79" s="202"/>
       <c r="F79" s="12">
         <v>34831</v>
       </c>
       <c r="G79" s="12">
         <v>30587</v>
       </c>
       <c r="H79" s="12">
         <v>43760</v>
       </c>
       <c r="I79" s="12">
         <v>35892</v>
       </c>
       <c r="J79" s="12">
         <v>23446</v>
       </c>
       <c r="K79" s="12">
         <v>20298</v>
       </c>
       <c r="L79" s="12">
         <v>12424</v>
       </c>
       <c r="M79" s="13">
         <v>201238</v>
       </c>
       <c r="N79" s="3"/>
       <c r="O79" s="3"/>
     </row>
     <row r="80" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B80" s="152" t="s">
+      <c r="B80" s="192" t="s">
         <v>30</v>
       </c>
-      <c r="C80" s="155" t="s">
+      <c r="C80" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D80" s="156"/>
-      <c r="E80" s="157"/>
+      <c r="D80" s="195"/>
+      <c r="E80" s="196"/>
       <c r="F80" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H80" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I80" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J80" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K80" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N80" s="24"/>
       <c r="O80" s="24"/>
     </row>
     <row r="81" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B81" s="153"/>
-      <c r="D81" s="158" t="s">
+      <c r="B81" s="193"/>
+      <c r="D81" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E81" s="159"/>
+      <c r="E81" s="198"/>
       <c r="F81" s="4">
         <v>438</v>
       </c>
       <c r="G81" s="4">
         <v>488</v>
       </c>
       <c r="H81" s="4">
         <v>346</v>
       </c>
       <c r="I81" s="4">
         <v>354</v>
       </c>
       <c r="J81" s="4">
         <v>196</v>
       </c>
       <c r="K81" s="4">
         <v>178</v>
       </c>
       <c r="L81" s="4">
         <v>184</v>
       </c>
       <c r="M81" s="14">
         <v>2184</v>
       </c>
       <c r="N81" s="3"/>
       <c r="O81" s="3"/>
     </row>
     <row r="82" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B82" s="153"/>
-      <c r="D82" s="158" t="s">
+      <c r="B82" s="193"/>
+      <c r="D82" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E82" s="159"/>
+      <c r="E82" s="198"/>
       <c r="F82" s="4">
         <v>1116</v>
       </c>
       <c r="G82" s="4">
         <v>1052</v>
       </c>
       <c r="H82" s="4">
         <v>879</v>
       </c>
       <c r="I82" s="4">
         <v>710</v>
       </c>
       <c r="J82" s="4">
         <v>391</v>
       </c>
       <c r="K82" s="4">
         <v>345</v>
       </c>
       <c r="L82" s="4">
         <v>314</v>
       </c>
       <c r="M82" s="5">
         <v>4807</v>
       </c>
       <c r="N82" s="3"/>
       <c r="O82" s="3"/>
     </row>
     <row r="83" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B83" s="153"/>
+      <c r="B83" s="193"/>
       <c r="C83" s="33"/>
-      <c r="D83" s="158" t="s">
+      <c r="D83" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E83" s="159"/>
+      <c r="E83" s="198"/>
       <c r="F83" s="6">
         <v>2777</v>
       </c>
       <c r="G83" s="6">
         <v>2397</v>
       </c>
       <c r="H83" s="6">
         <v>2335</v>
       </c>
       <c r="I83" s="6">
         <v>1562</v>
       </c>
       <c r="J83" s="6">
         <v>1018</v>
       </c>
       <c r="K83" s="6">
         <v>841</v>
       </c>
       <c r="L83" s="6">
         <v>688</v>
       </c>
       <c r="M83" s="7">
         <v>11618</v>
       </c>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
     </row>
     <row r="84" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B84" s="153"/>
+      <c r="B84" s="193"/>
       <c r="C84" s="33"/>
-      <c r="D84" s="158" t="s">
+      <c r="D84" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E84" s="159"/>
+      <c r="E84" s="198"/>
       <c r="F84" s="4">
         <v>4629</v>
       </c>
       <c r="G84" s="4">
         <v>3983</v>
       </c>
       <c r="H84" s="4">
         <v>4428</v>
       </c>
       <c r="I84" s="4">
         <v>2871</v>
       </c>
       <c r="J84" s="4">
         <v>1716</v>
       </c>
       <c r="K84" s="4">
         <v>1401</v>
       </c>
       <c r="L84" s="4">
         <v>1034</v>
       </c>
       <c r="M84" s="5">
         <v>20062</v>
       </c>
       <c r="N84" s="3"/>
       <c r="O84" s="3"/>
     </row>
     <row r="85" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B85" s="153"/>
+      <c r="B85" s="193"/>
       <c r="C85" s="33"/>
-      <c r="D85" s="158" t="s">
+      <c r="D85" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E85" s="159"/>
+      <c r="E85" s="198"/>
       <c r="F85" s="4">
         <v>4871</v>
       </c>
       <c r="G85" s="4">
         <v>4783</v>
       </c>
       <c r="H85" s="4">
         <v>6446</v>
       </c>
       <c r="I85" s="4">
         <v>4632</v>
       </c>
       <c r="J85" s="4">
         <v>2831</v>
       </c>
       <c r="K85" s="4">
         <v>2757</v>
       </c>
       <c r="L85" s="4">
         <v>1731</v>
       </c>
       <c r="M85" s="5">
         <v>28051</v>
       </c>
       <c r="N85" s="3"/>
       <c r="O85" s="3"/>
     </row>
     <row r="86" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B86" s="153"/>
+      <c r="B86" s="193"/>
       <c r="C86" s="34"/>
-      <c r="D86" s="160" t="s">
+      <c r="D86" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E86" s="161"/>
+      <c r="E86" s="200"/>
       <c r="F86" s="8">
         <v>3408</v>
       </c>
       <c r="G86" s="8">
         <v>4351</v>
       </c>
       <c r="H86" s="8">
         <v>7567</v>
       </c>
       <c r="I86" s="8">
         <v>7064</v>
       </c>
       <c r="J86" s="8">
         <v>5675</v>
       </c>
       <c r="K86" s="8">
         <v>6359</v>
       </c>
       <c r="L86" s="8">
         <v>3890</v>
       </c>
       <c r="M86" s="9">
         <v>38314</v>
       </c>
       <c r="N86" s="3"/>
       <c r="O86" s="3"/>
     </row>
     <row r="87" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B87" s="154"/>
-      <c r="C87" s="162" t="s">
+      <c r="B87" s="194"/>
+      <c r="C87" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D87" s="163"/>
-      <c r="E87" s="164"/>
+      <c r="D87" s="201"/>
+      <c r="E87" s="202"/>
       <c r="F87" s="12">
         <v>17239</v>
       </c>
       <c r="G87" s="12">
         <v>17054</v>
       </c>
       <c r="H87" s="12">
         <v>22001</v>
       </c>
       <c r="I87" s="12">
         <v>17193</v>
       </c>
       <c r="J87" s="12">
         <v>11827</v>
       </c>
       <c r="K87" s="12">
         <v>11881</v>
       </c>
       <c r="L87" s="12">
         <v>7841</v>
       </c>
       <c r="M87" s="13">
         <v>105036</v>
       </c>
       <c r="N87" s="3"/>
       <c r="O87" s="3"/>
     </row>
     <row r="88" spans="2:15" s="18" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B88" s="152" t="s">
+      <c r="B88" s="192" t="s">
         <v>31</v>
       </c>
-      <c r="C88" s="155" t="s">
+      <c r="C88" s="126" t="s">
         <v>12</v>
       </c>
-      <c r="D88" s="156"/>
-      <c r="E88" s="157"/>
+      <c r="D88" s="195"/>
+      <c r="E88" s="196"/>
       <c r="F88" s="28" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="28" t="s">
         <v>14</v>
       </c>
       <c r="H88" s="28" t="s">
         <v>15</v>
       </c>
       <c r="I88" s="28" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="28" t="s">
         <v>17</v>
       </c>
       <c r="K88" s="28" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="28" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="29" t="s">
         <v>20</v>
       </c>
       <c r="N88" s="24"/>
       <c r="O88" s="24"/>
     </row>
     <row r="89" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B89" s="153"/>
-      <c r="D89" s="158" t="s">
+      <c r="B89" s="193"/>
+      <c r="D89" s="197" t="s">
         <v>22</v>
       </c>
-      <c r="E89" s="159"/>
+      <c r="E89" s="198"/>
       <c r="F89" s="4">
         <v>1797</v>
       </c>
       <c r="G89" s="4">
         <v>1850</v>
       </c>
       <c r="H89" s="4">
         <v>1703</v>
       </c>
       <c r="I89" s="4">
         <v>1758</v>
       </c>
       <c r="J89" s="4">
         <v>1098</v>
       </c>
       <c r="K89" s="4">
         <v>1015</v>
       </c>
       <c r="L89" s="4">
         <v>894</v>
       </c>
       <c r="M89" s="14">
         <v>10115</v>
       </c>
       <c r="N89" s="3"/>
       <c r="O89" s="3"/>
     </row>
     <row r="90" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B90" s="153"/>
-      <c r="D90" s="158" t="s">
+      <c r="B90" s="193"/>
+      <c r="D90" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="E90" s="159"/>
+      <c r="E90" s="198"/>
       <c r="F90" s="4">
         <v>3616</v>
       </c>
       <c r="G90" s="4">
         <v>3596</v>
       </c>
       <c r="H90" s="4">
         <v>3559</v>
       </c>
       <c r="I90" s="4">
         <v>3337</v>
       </c>
       <c r="J90" s="4">
         <v>2025</v>
       </c>
       <c r="K90" s="4">
         <v>1896</v>
       </c>
       <c r="L90" s="4">
         <v>1548</v>
       </c>
       <c r="M90" s="5">
         <v>19577</v>
       </c>
       <c r="N90" s="3"/>
       <c r="O90" s="3"/>
     </row>
     <row r="91" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B91" s="153"/>
+      <c r="B91" s="193"/>
       <c r="C91" s="33"/>
-      <c r="D91" s="158" t="s">
+      <c r="D91" s="197" t="s">
         <v>24</v>
       </c>
-      <c r="E91" s="159"/>
+      <c r="E91" s="198"/>
       <c r="F91" s="6">
         <v>7211</v>
       </c>
       <c r="G91" s="6">
         <v>6673</v>
       </c>
       <c r="H91" s="6">
         <v>7669</v>
       </c>
       <c r="I91" s="6">
         <v>6337</v>
       </c>
       <c r="J91" s="6">
         <v>4053</v>
       </c>
       <c r="K91" s="6">
         <v>3503</v>
       </c>
       <c r="L91" s="6">
         <v>2675</v>
       </c>
       <c r="M91" s="7">
         <v>38121</v>
       </c>
       <c r="N91" s="3"/>
       <c r="O91" s="3"/>
     </row>
     <row r="92" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B92" s="153"/>
+      <c r="B92" s="193"/>
       <c r="C92" s="33"/>
-      <c r="D92" s="158" t="s">
+      <c r="D92" s="197" t="s">
         <v>25</v>
       </c>
-      <c r="E92" s="159"/>
+      <c r="E92" s="198"/>
       <c r="F92" s="4">
         <v>12447</v>
       </c>
       <c r="G92" s="4">
         <v>10451</v>
       </c>
       <c r="H92" s="4">
         <v>13769</v>
       </c>
       <c r="I92" s="4">
         <v>9977</v>
       </c>
       <c r="J92" s="4">
         <v>6015</v>
       </c>
       <c r="K92" s="4">
         <v>5143</v>
       </c>
       <c r="L92" s="4">
         <v>3490</v>
       </c>
       <c r="M92" s="5">
         <v>61292</v>
       </c>
       <c r="N92" s="3"/>
       <c r="O92" s="3"/>
     </row>
     <row r="93" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B93" s="153"/>
+      <c r="B93" s="193"/>
       <c r="C93" s="33"/>
-      <c r="D93" s="158" t="s">
+      <c r="D93" s="197" t="s">
         <v>26</v>
       </c>
-      <c r="E93" s="159"/>
+      <c r="E93" s="198"/>
       <c r="F93" s="4">
         <v>15068</v>
       </c>
       <c r="G93" s="4">
         <v>12967</v>
       </c>
       <c r="H93" s="4">
         <v>18810</v>
       </c>
       <c r="I93" s="4">
         <v>13824</v>
       </c>
       <c r="J93" s="4">
         <v>8619</v>
       </c>
       <c r="K93" s="4">
         <v>7567</v>
       </c>
       <c r="L93" s="4">
         <v>4542</v>
       </c>
       <c r="M93" s="5">
         <v>81397</v>
       </c>
       <c r="N93" s="3"/>
       <c r="O93" s="3"/>
     </row>
     <row r="94" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B94" s="153"/>
+      <c r="B94" s="193"/>
       <c r="C94" s="34"/>
-      <c r="D94" s="160" t="s">
+      <c r="D94" s="199" t="s">
         <v>27</v>
       </c>
-      <c r="E94" s="161"/>
+      <c r="E94" s="200"/>
       <c r="F94" s="8">
         <v>11931</v>
       </c>
       <c r="G94" s="8">
         <v>12104</v>
       </c>
       <c r="H94" s="8">
         <v>20251</v>
       </c>
       <c r="I94" s="8">
         <v>17852</v>
       </c>
       <c r="J94" s="8">
         <v>13463</v>
       </c>
       <c r="K94" s="8">
         <v>13055</v>
       </c>
       <c r="L94" s="8">
         <v>7116</v>
       </c>
       <c r="M94" s="9">
         <v>95772</v>
       </c>
       <c r="N94" s="3"/>
       <c r="O94" s="3"/>
     </row>
     <row r="95" spans="2:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B95" s="154"/>
-      <c r="C95" s="162" t="s">
+      <c r="B95" s="194"/>
+      <c r="C95" s="151" t="s">
         <v>29</v>
       </c>
-      <c r="D95" s="163"/>
-      <c r="E95" s="164"/>
+      <c r="D95" s="201"/>
+      <c r="E95" s="202"/>
       <c r="F95" s="12">
         <v>52070</v>
       </c>
       <c r="G95" s="12">
         <v>47641</v>
       </c>
       <c r="H95" s="12">
         <v>65761</v>
       </c>
       <c r="I95" s="12">
         <v>53085</v>
       </c>
       <c r="J95" s="12">
         <v>35273</v>
       </c>
       <c r="K95" s="12">
         <v>32179</v>
       </c>
       <c r="L95" s="12">
         <v>20265</v>
       </c>
       <c r="M95" s="13">
         <v>306274</v>
       </c>
       <c r="N95" s="3"/>
@@ -25565,729 +25565,729 @@
       <c r="H96" s="26"/>
       <c r="I96" s="26"/>
       <c r="J96" s="26"/>
       <c r="K96" s="26"/>
       <c r="L96" s="26"/>
       <c r="M96" s="26"/>
       <c r="N96" s="26"/>
     </row>
     <row r="97" spans="1:18" s="18" customFormat="1" ht="7.5" customHeight="1">
       <c r="E97" s="26"/>
       <c r="F97" s="26"/>
       <c r="G97" s="26"/>
       <c r="H97" s="26"/>
       <c r="I97" s="26"/>
       <c r="J97" s="26"/>
       <c r="K97" s="26"/>
       <c r="L97" s="26"/>
       <c r="M97" s="26"/>
       <c r="N97" s="26"/>
     </row>
     <row r="98" spans="1:18" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A98" s="18" t="s">
         <v>35</v>
       </c>
       <c r="R98" s="22" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
     </row>
     <row r="99" spans="1:18" s="18" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B99" s="175" t="s">
+      <c r="B99" s="166" t="s">
         <v>12</v>
       </c>
-      <c r="C99" s="176"/>
-[...1 lines deleted...]
-      <c r="E99" s="181" t="s">
+      <c r="C99" s="167"/>
+      <c r="D99" s="184"/>
+      <c r="E99" s="186" t="s">
         <v>36</v>
       </c>
-      <c r="F99" s="182"/>
-      <c r="G99" s="181" t="s">
+      <c r="F99" s="187"/>
+      <c r="G99" s="186" t="s">
         <v>37</v>
       </c>
-      <c r="H99" s="182"/>
-      <c r="I99" s="183" t="s">
+      <c r="H99" s="187"/>
+      <c r="I99" s="188" t="s">
         <v>38</v>
       </c>
-      <c r="J99" s="184"/>
-      <c r="K99" s="183" t="s">
+      <c r="J99" s="189"/>
+      <c r="K99" s="188" t="s">
         <v>39</v>
       </c>
-      <c r="L99" s="184"/>
-      <c r="M99" s="185" t="s">
+      <c r="L99" s="189"/>
+      <c r="M99" s="190" t="s">
         <v>40</v>
       </c>
-      <c r="N99" s="186"/>
-      <c r="O99" s="165" t="s">
+      <c r="N99" s="191"/>
+      <c r="O99" s="180" t="s">
         <v>41</v>
       </c>
-      <c r="P99" s="166"/>
-      <c r="Q99" s="165" t="s">
+      <c r="P99" s="181"/>
+      <c r="Q99" s="180" t="s">
         <v>20</v>
       </c>
-      <c r="R99" s="167"/>
+      <c r="R99" s="182"/>
     </row>
     <row r="100" spans="1:18" s="18" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B100" s="178"/>
-[...1 lines deleted...]
-      <c r="D100" s="180"/>
+      <c r="B100" s="169"/>
+      <c r="C100" s="170"/>
+      <c r="D100" s="185"/>
       <c r="E100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="F100" s="39" t="s">
         <v>43</v>
       </c>
       <c r="G100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="H100" s="39" t="s">
         <v>43</v>
       </c>
       <c r="I100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="J100" s="39" t="s">
         <v>43</v>
       </c>
       <c r="K100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="L100" s="39" t="s">
         <v>43</v>
       </c>
       <c r="M100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="N100" s="39" t="s">
         <v>43</v>
       </c>
       <c r="O100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="P100" s="40" t="s">
         <v>44</v>
       </c>
       <c r="Q100" s="38" t="s">
         <v>42</v>
       </c>
       <c r="R100" s="41" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="101" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B101" s="168" t="s">
+      <c r="B101" s="147" t="s">
         <v>133</v>
       </c>
-      <c r="C101" s="169"/>
-      <c r="D101" s="170"/>
+      <c r="C101" s="148"/>
+      <c r="D101" s="183"/>
       <c r="E101" s="42">
         <v>111786</v>
       </c>
       <c r="F101" s="43">
         <v>111760</v>
       </c>
       <c r="G101" s="42">
         <v>44172</v>
       </c>
       <c r="H101" s="44">
         <v>44168</v>
       </c>
       <c r="I101" s="42">
         <v>0</v>
       </c>
       <c r="J101" s="44">
         <v>0</v>
       </c>
       <c r="K101" s="42">
         <v>6391</v>
       </c>
       <c r="L101" s="44">
         <v>6389</v>
       </c>
       <c r="M101" s="42">
         <v>10040</v>
       </c>
       <c r="N101" s="44">
         <v>10042</v>
       </c>
       <c r="O101" s="42">
         <v>167882</v>
       </c>
       <c r="P101" s="44">
         <v>167862</v>
       </c>
       <c r="Q101" s="42">
         <v>340271</v>
       </c>
       <c r="R101" s="45">
         <v>340221</v>
       </c>
     </row>
     <row r="102" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B102" s="46"/>
-      <c r="C102" s="171" t="s">
+      <c r="C102" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D102" s="172"/>
+      <c r="D102" s="161"/>
       <c r="E102" s="47">
         <v>111266</v>
       </c>
       <c r="F102" s="48">
         <v>111240</v>
       </c>
       <c r="G102" s="47">
         <v>43946</v>
       </c>
       <c r="H102" s="48">
         <v>43942</v>
       </c>
       <c r="I102" s="47">
         <v>0</v>
       </c>
       <c r="J102" s="48">
         <v>0</v>
       </c>
       <c r="K102" s="47">
         <v>6333</v>
       </c>
       <c r="L102" s="48">
         <v>6331</v>
       </c>
       <c r="M102" s="47">
         <v>9997</v>
       </c>
       <c r="N102" s="48">
         <v>9999</v>
       </c>
       <c r="O102" s="47">
         <v>166735</v>
       </c>
       <c r="P102" s="48">
         <v>166715</v>
       </c>
       <c r="Q102" s="47">
         <v>338277</v>
       </c>
       <c r="R102" s="49">
         <v>338227</v>
       </c>
     </row>
     <row r="103" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B103" s="50"/>
-      <c r="C103" s="173" t="s">
+      <c r="C103" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D103" s="174"/>
+      <c r="D103" s="162"/>
       <c r="E103" s="51">
         <v>520</v>
       </c>
       <c r="F103" s="52">
         <v>520</v>
       </c>
       <c r="G103" s="51">
         <v>226</v>
       </c>
       <c r="H103" s="53">
         <v>226</v>
       </c>
       <c r="I103" s="51">
         <v>0</v>
       </c>
       <c r="J103" s="53">
         <v>0</v>
       </c>
       <c r="K103" s="51">
         <v>58</v>
       </c>
       <c r="L103" s="53">
         <v>58</v>
       </c>
       <c r="M103" s="51">
         <v>43</v>
       </c>
       <c r="N103" s="53">
         <v>43</v>
       </c>
       <c r="O103" s="51">
         <v>1147</v>
       </c>
       <c r="P103" s="53">
         <v>1147</v>
       </c>
       <c r="Q103" s="51">
         <v>1994</v>
       </c>
       <c r="R103" s="54">
         <v>1994</v>
       </c>
     </row>
     <row r="104" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B104" s="187" t="s">
+      <c r="B104" s="163" t="s">
         <v>134</v>
       </c>
-      <c r="C104" s="188"/>
-      <c r="D104" s="189"/>
+      <c r="C104" s="164"/>
+      <c r="D104" s="165"/>
       <c r="E104" s="42">
         <v>60444</v>
       </c>
       <c r="F104" s="43">
         <v>60232</v>
       </c>
       <c r="G104" s="42">
         <v>22376</v>
       </c>
       <c r="H104" s="55">
         <v>22288</v>
       </c>
       <c r="I104" s="42">
         <v>0</v>
       </c>
       <c r="J104" s="55">
         <v>0</v>
       </c>
       <c r="K104" s="42">
         <v>3288</v>
       </c>
       <c r="L104" s="55">
         <v>3271</v>
       </c>
       <c r="M104" s="42">
         <v>4445</v>
       </c>
       <c r="N104" s="55">
         <v>4436</v>
       </c>
       <c r="O104" s="42">
         <v>76969</v>
       </c>
       <c r="P104" s="55">
         <v>76853</v>
       </c>
       <c r="Q104" s="42">
         <v>167522</v>
       </c>
       <c r="R104" s="45">
         <v>167080</v>
       </c>
     </row>
     <row r="105" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B105" s="46"/>
-      <c r="C105" s="171" t="s">
+      <c r="C105" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D105" s="172"/>
+      <c r="D105" s="161"/>
       <c r="E105" s="47">
         <v>59771</v>
       </c>
       <c r="F105" s="48">
         <v>59560</v>
       </c>
       <c r="G105" s="47">
         <v>22112</v>
       </c>
       <c r="H105" s="48">
         <v>22027</v>
       </c>
       <c r="I105" s="47">
         <v>0</v>
       </c>
       <c r="J105" s="48">
         <v>0</v>
       </c>
       <c r="K105" s="47">
         <v>3228</v>
       </c>
       <c r="L105" s="48">
         <v>3212</v>
       </c>
       <c r="M105" s="47">
         <v>4408</v>
       </c>
       <c r="N105" s="48">
         <v>4399</v>
       </c>
       <c r="O105" s="47">
         <v>75816</v>
       </c>
       <c r="P105" s="48">
         <v>75700</v>
       </c>
       <c r="Q105" s="47">
         <v>165335</v>
       </c>
       <c r="R105" s="49">
         <v>164898</v>
       </c>
     </row>
     <row r="106" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B106" s="50"/>
-      <c r="C106" s="173" t="s">
+      <c r="C106" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D106" s="174"/>
+      <c r="D106" s="162"/>
       <c r="E106" s="56">
         <v>673</v>
       </c>
       <c r="F106" s="57">
         <v>672</v>
       </c>
       <c r="G106" s="56">
         <v>264</v>
       </c>
       <c r="H106" s="58">
         <v>261</v>
       </c>
       <c r="I106" s="56">
         <v>0</v>
       </c>
       <c r="J106" s="58">
         <v>0</v>
       </c>
       <c r="K106" s="56">
         <v>60</v>
       </c>
       <c r="L106" s="58">
         <v>59</v>
       </c>
       <c r="M106" s="56">
         <v>37</v>
       </c>
       <c r="N106" s="58">
         <v>37</v>
       </c>
       <c r="O106" s="56">
         <v>1153</v>
       </c>
       <c r="P106" s="58">
         <v>1153</v>
       </c>
       <c r="Q106" s="56">
         <v>2187</v>
       </c>
       <c r="R106" s="59">
         <v>2182</v>
       </c>
     </row>
     <row r="107" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B107" s="168" t="s">
+      <c r="B107" s="147" t="s">
         <v>46</v>
       </c>
-      <c r="C107" s="169"/>
-      <c r="D107" s="170"/>
+      <c r="C107" s="148"/>
+      <c r="D107" s="183"/>
       <c r="E107" s="42">
         <v>75238</v>
       </c>
       <c r="F107" s="43">
         <v>74946</v>
       </c>
       <c r="G107" s="42">
         <v>27060</v>
       </c>
       <c r="H107" s="55">
         <v>26886</v>
       </c>
       <c r="I107" s="42">
         <v>0</v>
       </c>
       <c r="J107" s="55">
         <v>0</v>
       </c>
       <c r="K107" s="42">
         <v>3704</v>
       </c>
       <c r="L107" s="55">
         <v>3670</v>
       </c>
       <c r="M107" s="42">
         <v>5875</v>
       </c>
       <c r="N107" s="55">
         <v>5872</v>
       </c>
       <c r="O107" s="42">
         <v>92482</v>
       </c>
       <c r="P107" s="55">
         <v>92293</v>
       </c>
       <c r="Q107" s="42">
         <v>204359</v>
       </c>
       <c r="R107" s="45">
         <v>203667</v>
       </c>
     </row>
     <row r="108" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B108" s="46"/>
-      <c r="C108" s="171" t="s">
+      <c r="C108" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D108" s="172"/>
+      <c r="D108" s="161"/>
       <c r="E108" s="47">
         <v>74703</v>
       </c>
       <c r="F108" s="48">
         <v>74412</v>
       </c>
       <c r="G108" s="47">
         <v>26740</v>
       </c>
       <c r="H108" s="48">
         <v>26567</v>
       </c>
       <c r="I108" s="47">
         <v>0</v>
       </c>
       <c r="J108" s="48">
         <v>0</v>
       </c>
       <c r="K108" s="47">
         <v>3645</v>
       </c>
       <c r="L108" s="48">
         <v>3611</v>
       </c>
       <c r="M108" s="47">
         <v>5837</v>
       </c>
       <c r="N108" s="48">
         <v>5834</v>
       </c>
       <c r="O108" s="47">
         <v>91045</v>
       </c>
       <c r="P108" s="48">
         <v>90857</v>
       </c>
       <c r="Q108" s="47">
         <v>201970</v>
       </c>
       <c r="R108" s="49">
         <v>201281</v>
       </c>
     </row>
     <row r="109" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B109" s="50"/>
-      <c r="C109" s="173" t="s">
+      <c r="C109" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D109" s="174"/>
+      <c r="D109" s="162"/>
       <c r="E109" s="56">
         <v>535</v>
       </c>
       <c r="F109" s="57">
         <v>534</v>
       </c>
       <c r="G109" s="56">
         <v>320</v>
       </c>
       <c r="H109" s="58">
         <v>319</v>
       </c>
       <c r="I109" s="56">
         <v>0</v>
       </c>
       <c r="J109" s="58">
         <v>0</v>
       </c>
       <c r="K109" s="56">
         <v>59</v>
       </c>
       <c r="L109" s="58">
         <v>59</v>
       </c>
       <c r="M109" s="56">
         <v>38</v>
       </c>
       <c r="N109" s="58">
         <v>38</v>
       </c>
       <c r="O109" s="56">
         <v>1437</v>
       </c>
       <c r="P109" s="58">
         <v>1436</v>
       </c>
       <c r="Q109" s="56">
         <v>2389</v>
       </c>
       <c r="R109" s="59">
         <v>2386</v>
       </c>
     </row>
     <row r="110" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B110" s="187" t="s">
+      <c r="B110" s="163" t="s">
         <v>47</v>
       </c>
-      <c r="C110" s="188"/>
-      <c r="D110" s="189"/>
+      <c r="C110" s="164"/>
+      <c r="D110" s="165"/>
       <c r="E110" s="60">
         <v>17497</v>
       </c>
       <c r="F110" s="61">
         <v>18084</v>
       </c>
       <c r="G110" s="60">
         <v>7679</v>
       </c>
       <c r="H110" s="44">
         <v>7953</v>
       </c>
       <c r="I110" s="60">
         <v>0</v>
       </c>
       <c r="J110" s="44">
         <v>0</v>
       </c>
       <c r="K110" s="60">
         <v>1531</v>
       </c>
       <c r="L110" s="44">
         <v>1589</v>
       </c>
       <c r="M110" s="60">
         <v>586</v>
       </c>
       <c r="N110" s="44">
         <v>601</v>
       </c>
       <c r="O110" s="60">
         <v>37794</v>
       </c>
       <c r="P110" s="44">
         <v>38146</v>
       </c>
       <c r="Q110" s="60">
         <v>65087</v>
       </c>
       <c r="R110" s="62">
         <v>66373</v>
       </c>
     </row>
     <row r="111" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B111" s="46"/>
-      <c r="C111" s="171" t="s">
+      <c r="C111" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D111" s="172"/>
+      <c r="D111" s="161"/>
       <c r="E111" s="47">
         <v>17474</v>
       </c>
       <c r="F111" s="48">
         <v>18059</v>
       </c>
       <c r="G111" s="47">
         <v>7657</v>
       </c>
       <c r="H111" s="48">
         <v>7927</v>
       </c>
       <c r="I111" s="47">
         <v>0</v>
       </c>
       <c r="J111" s="48">
         <v>0</v>
       </c>
       <c r="K111" s="47">
         <v>1525</v>
       </c>
       <c r="L111" s="48">
         <v>1582</v>
       </c>
       <c r="M111" s="47">
         <v>586</v>
       </c>
       <c r="N111" s="48">
         <v>601</v>
       </c>
       <c r="O111" s="47">
         <v>37755</v>
       </c>
       <c r="P111" s="48">
         <v>38105</v>
       </c>
       <c r="Q111" s="47">
         <v>64997</v>
       </c>
       <c r="R111" s="49">
         <v>66274</v>
       </c>
     </row>
     <row r="112" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1">
       <c r="B112" s="50"/>
-      <c r="C112" s="173" t="s">
+      <c r="C112" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D112" s="174"/>
+      <c r="D112" s="162"/>
       <c r="E112" s="51">
         <v>23</v>
       </c>
       <c r="F112" s="52">
         <v>25</v>
       </c>
       <c r="G112" s="51">
         <v>22</v>
       </c>
       <c r="H112" s="53">
         <v>26</v>
       </c>
       <c r="I112" s="51">
         <v>0</v>
       </c>
       <c r="J112" s="53">
         <v>0</v>
       </c>
       <c r="K112" s="51">
         <v>6</v>
       </c>
       <c r="L112" s="53">
         <v>7</v>
       </c>
       <c r="M112" s="51">
         <v>0</v>
       </c>
       <c r="N112" s="53">
         <v>0</v>
       </c>
       <c r="O112" s="51">
         <v>39</v>
       </c>
       <c r="P112" s="53">
         <v>41</v>
       </c>
       <c r="Q112" s="51">
         <v>90</v>
       </c>
       <c r="R112" s="54">
         <v>99</v>
       </c>
     </row>
     <row r="113" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B113" s="190" t="s">
+      <c r="B113" s="122" t="s">
         <v>29</v>
       </c>
-      <c r="C113" s="191"/>
-      <c r="D113" s="191"/>
+      <c r="C113" s="123"/>
+      <c r="D113" s="123"/>
       <c r="E113" s="63">
         <v>264965</v>
       </c>
       <c r="F113" s="64">
         <v>265022</v>
       </c>
       <c r="G113" s="63">
         <v>101287</v>
       </c>
       <c r="H113" s="64">
         <v>101295</v>
       </c>
       <c r="I113" s="63">
         <v>0</v>
       </c>
       <c r="J113" s="64">
         <v>0</v>
       </c>
       <c r="K113" s="63">
         <v>14914</v>
       </c>
       <c r="L113" s="64">
         <v>14919</v>
       </c>
       <c r="M113" s="63">
@@ -26314,2652 +26314,2652 @@
         <v>149</v>
       </c>
       <c r="C114" s="65"/>
       <c r="D114" s="65"/>
       <c r="E114" s="27"/>
       <c r="F114" s="27"/>
       <c r="G114" s="27"/>
       <c r="H114" s="27"/>
       <c r="I114" s="27"/>
       <c r="J114" s="27"/>
       <c r="K114" s="27"/>
       <c r="L114" s="27"/>
       <c r="M114" s="27"/>
       <c r="N114" s="27"/>
       <c r="O114" s="27"/>
       <c r="P114" s="27"/>
       <c r="Q114" s="17"/>
       <c r="R114" s="17"/>
     </row>
     <row r="115" spans="1:18" s="18" customFormat="1" ht="17.25" customHeight="1"/>
     <row r="116" spans="1:18" s="18" customFormat="1" ht="12" thickBot="1">
       <c r="A116" s="18" t="s">
         <v>48</v>
       </c>
       <c r="J116" s="66" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L116" s="22"/>
     </row>
     <row r="117" spans="1:18" s="18" customFormat="1" ht="11.25">
-      <c r="B117" s="175" t="s">
+      <c r="B117" s="166" t="s">
         <v>12</v>
       </c>
-      <c r="C117" s="176"/>
-[...1 lines deleted...]
-      <c r="E117" s="194" t="s">
+      <c r="C117" s="167"/>
+      <c r="D117" s="168"/>
+      <c r="E117" s="172" t="s">
         <v>49</v>
       </c>
-      <c r="F117" s="195"/>
-      <c r="G117" s="196" t="s">
+      <c r="F117" s="173"/>
+      <c r="G117" s="174" t="s">
         <v>50</v>
       </c>
-      <c r="H117" s="197"/>
-      <c r="I117" s="198"/>
+      <c r="H117" s="175"/>
+      <c r="I117" s="176"/>
     </row>
     <row r="118" spans="1:18" s="18" customFormat="1" ht="11.25">
-      <c r="B118" s="178"/>
-[...1 lines deleted...]
-      <c r="D118" s="193"/>
+      <c r="B118" s="169"/>
+      <c r="C118" s="170"/>
+      <c r="D118" s="171"/>
       <c r="E118" s="67" t="s">
         <v>42</v>
       </c>
       <c r="F118" s="68" t="s">
         <v>43</v>
       </c>
-      <c r="G118" s="199"/>
-[...1 lines deleted...]
-      <c r="I118" s="201"/>
+      <c r="G118" s="177"/>
+      <c r="H118" s="178"/>
+      <c r="I118" s="179"/>
     </row>
     <row r="119" spans="1:18" s="18" customFormat="1" ht="11.25">
-      <c r="B119" s="168" t="s">
+      <c r="B119" s="147" t="s">
         <v>45</v>
       </c>
-      <c r="C119" s="202"/>
-      <c r="D119" s="203"/>
+      <c r="C119" s="155"/>
+      <c r="D119" s="156"/>
       <c r="E119" s="69">
         <v>24</v>
       </c>
       <c r="F119" s="70">
         <v>21</v>
       </c>
-      <c r="G119" s="204" t="s">
+      <c r="G119" s="157" t="s">
         <v>51</v>
       </c>
-      <c r="H119" s="205"/>
+      <c r="H119" s="158"/>
       <c r="I119" s="71">
         <v>50</v>
       </c>
       <c r="K119" s="27"/>
     </row>
     <row r="120" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B120" s="46"/>
-      <c r="C120" s="171" t="s">
+      <c r="C120" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D120" s="206"/>
+      <c r="D120" s="153"/>
       <c r="E120" s="69">
         <v>24</v>
       </c>
       <c r="F120" s="72">
         <v>21</v>
       </c>
-      <c r="G120" s="207" t="s">
+      <c r="G120" s="159" t="s">
         <v>21</v>
       </c>
-      <c r="H120" s="208"/>
+      <c r="H120" s="160"/>
       <c r="I120" s="71">
         <v>50</v>
       </c>
       <c r="K120" s="27"/>
     </row>
     <row r="121" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B121" s="50"/>
-      <c r="C121" s="173" t="s">
+      <c r="C121" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D121" s="209"/>
+      <c r="D121" s="144"/>
       <c r="E121" s="69">
         <v>0</v>
       </c>
       <c r="F121" s="72">
         <v>0</v>
       </c>
-      <c r="G121" s="210" t="s">
+      <c r="G121" s="145" t="s">
         <v>28</v>
       </c>
-      <c r="H121" s="211"/>
+      <c r="H121" s="146"/>
       <c r="I121" s="71">
         <v>0</v>
       </c>
       <c r="K121" s="27"/>
     </row>
     <row r="122" spans="1:18" s="18" customFormat="1" ht="11.25">
-      <c r="B122" s="168" t="s">
+      <c r="B122" s="147" t="s">
         <v>46</v>
       </c>
-      <c r="C122" s="202"/>
-      <c r="D122" s="203"/>
+      <c r="C122" s="155"/>
+      <c r="D122" s="156"/>
       <c r="E122" s="73">
         <v>215</v>
       </c>
       <c r="F122" s="74">
         <v>192</v>
       </c>
-      <c r="G122" s="204" t="s">
+      <c r="G122" s="157" t="s">
         <v>52</v>
       </c>
-      <c r="H122" s="205"/>
+      <c r="H122" s="158"/>
       <c r="I122" s="75">
         <v>38</v>
       </c>
       <c r="K122" s="27"/>
     </row>
     <row r="123" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B123" s="46"/>
-      <c r="C123" s="171" t="s">
+      <c r="C123" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D123" s="206"/>
+      <c r="D123" s="153"/>
       <c r="E123" s="69">
         <v>215</v>
       </c>
       <c r="F123" s="72">
         <v>192</v>
       </c>
-      <c r="G123" s="207" t="s">
+      <c r="G123" s="159" t="s">
         <v>21</v>
       </c>
-      <c r="H123" s="208"/>
+      <c r="H123" s="160"/>
       <c r="I123" s="71">
         <v>38</v>
       </c>
       <c r="K123" s="27"/>
     </row>
     <row r="124" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B124" s="50"/>
-      <c r="C124" s="173" t="s">
+      <c r="C124" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D124" s="209"/>
+      <c r="D124" s="144"/>
       <c r="E124" s="69">
         <v>0</v>
       </c>
       <c r="F124" s="72">
         <v>0</v>
       </c>
-      <c r="G124" s="210" t="s">
+      <c r="G124" s="145" t="s">
         <v>28</v>
       </c>
-      <c r="H124" s="211"/>
+      <c r="H124" s="146"/>
       <c r="I124" s="71">
         <v>0</v>
       </c>
       <c r="K124" s="27"/>
     </row>
     <row r="125" spans="1:18" s="18" customFormat="1" ht="12" thickBot="1">
-      <c r="B125" s="168" t="s">
+      <c r="B125" s="147" t="s">
         <v>53</v>
       </c>
-      <c r="C125" s="169"/>
-      <c r="D125" s="212"/>
+      <c r="C125" s="148"/>
+      <c r="D125" s="149"/>
       <c r="E125" s="73">
         <v>30</v>
       </c>
       <c r="F125" s="74">
         <v>54</v>
       </c>
-      <c r="G125" s="213" t="s">
+      <c r="G125" s="150" t="s">
         <v>29</v>
       </c>
-      <c r="H125" s="162"/>
+      <c r="H125" s="151"/>
       <c r="I125" s="76">
         <v>88</v>
       </c>
       <c r="K125" s="27"/>
     </row>
     <row r="126" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B126" s="46"/>
-      <c r="C126" s="171" t="s">
+      <c r="C126" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D126" s="206"/>
+      <c r="D126" s="153"/>
       <c r="E126" s="69">
         <v>30</v>
       </c>
       <c r="F126" s="72">
         <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:18" s="18" customFormat="1" ht="11.25">
       <c r="B127" s="50"/>
-      <c r="C127" s="173" t="s">
+      <c r="C127" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="D127" s="209"/>
+      <c r="D127" s="144"/>
       <c r="E127" s="69">
         <v>0</v>
       </c>
       <c r="F127" s="72">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:18" s="18" customFormat="1" ht="12" thickBot="1">
-      <c r="B128" s="190" t="s">
+      <c r="B128" s="122" t="s">
         <v>29</v>
       </c>
-      <c r="C128" s="191"/>
-      <c r="D128" s="217"/>
+      <c r="C128" s="123"/>
+      <c r="D128" s="124"/>
       <c r="E128" s="77">
         <v>269</v>
       </c>
       <c r="F128" s="78">
         <v>267</v>
       </c>
     </row>
     <row r="129" spans="1:13" s="18" customFormat="1" ht="11.25"/>
     <row r="130" spans="1:13" s="18" customFormat="1" ht="12" thickBot="1">
       <c r="A130" s="18" t="s">
         <v>54</v>
       </c>
       <c r="J130" s="66" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="L130" s="22"/>
       <c r="M130" s="22"/>
     </row>
     <row r="131" spans="1:13" s="18" customFormat="1" ht="11.25">
-      <c r="B131" s="218" t="s">
+      <c r="B131" s="125" t="s">
         <v>12</v>
       </c>
-      <c r="C131" s="155"/>
-[...1 lines deleted...]
-      <c r="E131" s="220" t="s">
+      <c r="C131" s="126"/>
+      <c r="D131" s="127"/>
+      <c r="E131" s="128" t="s">
         <v>55</v>
       </c>
-      <c r="F131" s="221"/>
-      <c r="G131" s="220" t="s">
+      <c r="F131" s="129"/>
+      <c r="G131" s="128" t="s">
         <v>56</v>
       </c>
-      <c r="H131" s="221"/>
-      <c r="I131" s="222" t="s">
+      <c r="H131" s="129"/>
+      <c r="I131" s="130" t="s">
         <v>57</v>
       </c>
-      <c r="J131" s="223"/>
+      <c r="J131" s="131"/>
     </row>
     <row r="132" spans="1:13" s="18" customFormat="1" ht="11.25">
-      <c r="B132" s="229" t="s">
+      <c r="B132" s="137" t="s">
         <v>58</v>
       </c>
-      <c r="C132" s="230"/>
-[...1 lines deleted...]
-      <c r="E132" s="232">
+      <c r="C132" s="138"/>
+      <c r="D132" s="139"/>
+      <c r="E132" s="140">
         <v>20</v>
       </c>
-      <c r="F132" s="233"/>
-      <c r="G132" s="232">
+      <c r="F132" s="141"/>
+      <c r="G132" s="140">
         <v>37</v>
       </c>
-      <c r="H132" s="233"/>
-      <c r="I132" s="232">
+      <c r="H132" s="141"/>
+      <c r="I132" s="140">
         <v>100</v>
       </c>
-      <c r="J132" s="234"/>
+      <c r="J132" s="142"/>
     </row>
     <row r="133" spans="1:13" s="18" customFormat="1" ht="11.25">
       <c r="B133" s="79"/>
-      <c r="C133" s="171" t="s">
+      <c r="C133" s="152" t="s">
         <v>21</v>
       </c>
-      <c r="D133" s="206"/>
-      <c r="E133" s="214">
+      <c r="D133" s="153"/>
+      <c r="E133" s="120">
         <v>20</v>
       </c>
-      <c r="F133" s="215"/>
-      <c r="G133" s="214">
+      <c r="F133" s="154"/>
+      <c r="G133" s="120">
         <v>36</v>
       </c>
-      <c r="H133" s="215"/>
-      <c r="I133" s="214">
+      <c r="H133" s="154"/>
+      <c r="I133" s="120">
         <v>98</v>
       </c>
-      <c r="J133" s="216"/>
+      <c r="J133" s="121"/>
     </row>
     <row r="134" spans="1:13" s="18" customFormat="1" ht="12" thickBot="1">
       <c r="B134" s="80"/>
-      <c r="C134" s="224" t="s">
+      <c r="C134" s="132" t="s">
         <v>28</v>
       </c>
-      <c r="D134" s="225"/>
-[...4 lines deleted...]
-      <c r="G134" s="226">
+      <c r="D134" s="133"/>
+      <c r="E134" s="134">
+        <v>0</v>
+      </c>
+      <c r="F134" s="135"/>
+      <c r="G134" s="134">
         <v>1</v>
       </c>
-      <c r="H134" s="227"/>
-      <c r="I134" s="226">
+      <c r="H134" s="135"/>
+      <c r="I134" s="134">
         <v>2</v>
       </c>
-      <c r="J134" s="228"/>
+      <c r="J134" s="136"/>
     </row>
     <row r="135" spans="1:13" s="18" customFormat="1" ht="11.25"/>
     <row r="136" spans="1:13" s="18" customFormat="1" ht="11.25"/>
     <row r="137" spans="1:13" s="18" customFormat="1" ht="11.25"/>
   </sheetData>
   <mergeCells count="156">
-    <mergeCell ref="I133:J133"/>
-[...136 lines deleted...]
-    <mergeCell ref="C21:E21"/>
     <mergeCell ref="O1:P1"/>
     <mergeCell ref="Q1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:P6"/>
     <mergeCell ref="B7:D8"/>
     <mergeCell ref="E7:F8"/>
     <mergeCell ref="G7:H8"/>
     <mergeCell ref="I7:J8"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="O8:P8"/>
+    <mergeCell ref="B12:B21"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="B22:B31"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="B32:B41"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="B45:B52"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="B53:B60"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="D59:E59"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="B61:B68"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="D62:E62"/>
+    <mergeCell ref="D63:E63"/>
+    <mergeCell ref="D64:E64"/>
+    <mergeCell ref="D65:E65"/>
+    <mergeCell ref="D66:E66"/>
+    <mergeCell ref="D67:E67"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="B72:B79"/>
+    <mergeCell ref="C72:E72"/>
+    <mergeCell ref="D73:E73"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="D75:E75"/>
+    <mergeCell ref="D76:E76"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="D78:E78"/>
+    <mergeCell ref="C79:E79"/>
+    <mergeCell ref="B80:B87"/>
+    <mergeCell ref="C80:E80"/>
+    <mergeCell ref="D81:E81"/>
+    <mergeCell ref="D82:E82"/>
+    <mergeCell ref="D83:E83"/>
+    <mergeCell ref="D84:E84"/>
+    <mergeCell ref="D85:E85"/>
+    <mergeCell ref="D86:E86"/>
+    <mergeCell ref="C87:E87"/>
+    <mergeCell ref="B88:B95"/>
+    <mergeCell ref="C88:E88"/>
+    <mergeCell ref="D89:E89"/>
+    <mergeCell ref="D90:E90"/>
+    <mergeCell ref="D91:E91"/>
+    <mergeCell ref="D92:E92"/>
+    <mergeCell ref="D93:E93"/>
+    <mergeCell ref="D94:E94"/>
+    <mergeCell ref="C95:E95"/>
+    <mergeCell ref="O99:P99"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="B101:D101"/>
+    <mergeCell ref="C102:D102"/>
+    <mergeCell ref="C103:D103"/>
+    <mergeCell ref="B107:D107"/>
+    <mergeCell ref="B99:D100"/>
+    <mergeCell ref="E99:F99"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="I99:J99"/>
+    <mergeCell ref="K99:L99"/>
+    <mergeCell ref="M99:N99"/>
+    <mergeCell ref="B104:D104"/>
+    <mergeCell ref="C105:D105"/>
+    <mergeCell ref="C106:D106"/>
+    <mergeCell ref="C108:D108"/>
+    <mergeCell ref="C109:D109"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="C111:D111"/>
+    <mergeCell ref="C112:D112"/>
+    <mergeCell ref="B113:D113"/>
+    <mergeCell ref="B117:D118"/>
+    <mergeCell ref="E117:F117"/>
+    <mergeCell ref="G117:I118"/>
+    <mergeCell ref="B119:D119"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="C120:D120"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="C121:D121"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:D122"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="C123:D123"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="C124:D124"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="C126:D126"/>
+    <mergeCell ref="C127:D127"/>
+    <mergeCell ref="C133:D133"/>
+    <mergeCell ref="E133:F133"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="I133:J133"/>
+    <mergeCell ref="B128:D128"/>
+    <mergeCell ref="B131:D131"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="I131:J131"/>
+    <mergeCell ref="C134:D134"/>
+    <mergeCell ref="E134:F134"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="I134:J134"/>
+    <mergeCell ref="B132:D132"/>
+    <mergeCell ref="E132:F132"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="I132:J132"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.70866141732283472" right="0.51181102362204722" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="17" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:O535"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="G531" sqref="G531:H532"/>
+      <selection activeCell="H11" sqref="H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1.375" style="20" customWidth="1"/>
     <col min="2" max="2" width="2.25" style="20" customWidth="1"/>
     <col min="3" max="3" width="2.125" style="20" customWidth="1"/>
     <col min="4" max="4" width="9.125" style="20" customWidth="1"/>
     <col min="5" max="15" width="7.25" style="20" customWidth="1"/>
     <col min="16" max="16" width="2.125" style="20" customWidth="1"/>
     <col min="17" max="16384" width="8.25" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1"/>
     <row r="2" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="A2" s="123"/>
-[...13 lines deleted...]
-      <c r="O2" s="123"/>
+      <c r="A2" s="206"/>
+      <c r="B2" s="206"/>
+      <c r="C2" s="206"/>
+      <c r="D2" s="206"/>
+      <c r="E2" s="206"/>
+      <c r="F2" s="206"/>
+      <c r="G2" s="206"/>
+      <c r="H2" s="206"/>
+      <c r="I2" s="206"/>
+      <c r="J2" s="206"/>
+      <c r="K2" s="206"/>
+      <c r="L2" s="206"/>
+      <c r="M2" s="206"/>
+      <c r="N2" s="206"/>
+      <c r="O2" s="206"/>
     </row>
     <row r="3" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="A3" s="124"/>
-[...13 lines deleted...]
-      <c r="O3" s="124"/>
+      <c r="A3" s="207"/>
+      <c r="B3" s="207"/>
+      <c r="C3" s="207"/>
+      <c r="D3" s="207"/>
+      <c r="E3" s="207"/>
+      <c r="F3" s="207"/>
+      <c r="G3" s="207"/>
+      <c r="H3" s="207"/>
+      <c r="I3" s="207"/>
+      <c r="J3" s="207"/>
+      <c r="K3" s="207"/>
+      <c r="L3" s="207"/>
+      <c r="M3" s="207"/>
+      <c r="N3" s="207"/>
+      <c r="O3" s="207"/>
     </row>
     <row r="4" spans="1:15" s="18" customFormat="1" ht="4.5" customHeight="1"/>
     <row r="5" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A5" s="18" t="s">
         <v>59</v>
       </c>
       <c r="L5" s="22" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B6" s="258" t="s">
+      <c r="B6" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="259"/>
-      <c r="D6" s="259"/>
+      <c r="C6" s="334"/>
+      <c r="D6" s="334"/>
       <c r="E6" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J6" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B7" s="260" t="s">
+      <c r="B7" s="346" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="261"/>
-      <c r="D7" s="262"/>
+      <c r="C7" s="347"/>
+      <c r="D7" s="348"/>
       <c r="E7" s="60">
         <v>385624</v>
       </c>
       <c r="F7" s="60">
         <v>559934</v>
       </c>
       <c r="G7" s="60">
         <v>1141074</v>
       </c>
       <c r="H7" s="60">
         <v>969686</v>
       </c>
       <c r="I7" s="60">
         <v>581970</v>
       </c>
       <c r="J7" s="60">
         <v>435362</v>
       </c>
       <c r="K7" s="60">
         <v>255341</v>
       </c>
       <c r="L7" s="81">
         <v>4328991</v>
       </c>
     </row>
     <row r="8" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B8" s="263" t="s">
+      <c r="B8" s="349" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="264"/>
-      <c r="D8" s="265"/>
+      <c r="C8" s="350"/>
+      <c r="D8" s="351"/>
       <c r="E8" s="60">
         <v>5325</v>
       </c>
       <c r="F8" s="60">
         <v>13092</v>
       </c>
       <c r="G8" s="60">
         <v>15181</v>
       </c>
       <c r="H8" s="60">
         <v>23544</v>
       </c>
       <c r="I8" s="60">
         <v>13631</v>
       </c>
       <c r="J8" s="60">
         <v>10413</v>
       </c>
       <c r="K8" s="60">
         <v>10021</v>
       </c>
       <c r="L8" s="81">
         <v>91207</v>
       </c>
     </row>
     <row r="9" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B9" s="266" t="s">
+      <c r="B9" s="352" t="s">
         <v>29</v>
       </c>
-      <c r="C9" s="267"/>
-      <c r="D9" s="267"/>
+      <c r="C9" s="353"/>
+      <c r="D9" s="353"/>
       <c r="E9" s="82">
         <v>390949</v>
       </c>
       <c r="F9" s="82">
         <v>573026</v>
       </c>
       <c r="G9" s="82">
         <v>1156255</v>
       </c>
       <c r="H9" s="82">
         <v>993230</v>
       </c>
       <c r="I9" s="82">
         <v>595601</v>
       </c>
       <c r="J9" s="82">
         <v>445775</v>
       </c>
       <c r="K9" s="82">
         <v>265362</v>
       </c>
       <c r="L9" s="83">
         <v>4420198</v>
       </c>
     </row>
     <row r="10" spans="1:15" s="18" customFormat="1" ht="3.75" customHeight="1"/>
     <row r="11" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A11" s="18" t="s">
         <v>60</v>
       </c>
       <c r="L11" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N11" s="22"/>
     </row>
     <row r="12" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B12" s="258" t="s">
+      <c r="B12" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="259"/>
-      <c r="D12" s="259"/>
+      <c r="C12" s="334"/>
+      <c r="D12" s="334"/>
       <c r="E12" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J12" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B13" s="204" t="s">
+      <c r="B13" s="157" t="s">
         <v>61</v>
       </c>
-      <c r="C13" s="205"/>
-      <c r="D13" s="268"/>
+      <c r="C13" s="158"/>
+      <c r="D13" s="345"/>
       <c r="E13" s="42">
         <v>4</v>
       </c>
       <c r="F13" s="42">
         <v>10</v>
       </c>
       <c r="G13" s="42">
         <v>321652</v>
       </c>
       <c r="H13" s="42">
         <v>304299</v>
       </c>
       <c r="I13" s="42">
         <v>182416</v>
       </c>
       <c r="J13" s="42">
         <v>154479</v>
       </c>
       <c r="K13" s="42">
         <v>116503</v>
       </c>
       <c r="L13" s="75">
         <v>1079363</v>
       </c>
     </row>
     <row r="14" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B14" s="269" t="s">
+      <c r="B14" s="344" t="s">
         <v>62</v>
       </c>
-      <c r="C14" s="244"/>
-      <c r="D14" s="245"/>
+      <c r="C14" s="319"/>
+      <c r="D14" s="320"/>
       <c r="E14" s="47">
         <v>28</v>
       </c>
       <c r="F14" s="47">
         <v>299</v>
       </c>
       <c r="G14" s="47">
         <v>1293</v>
       </c>
       <c r="H14" s="47">
         <v>4510</v>
       </c>
       <c r="I14" s="47">
         <v>7321</v>
       </c>
       <c r="J14" s="47">
         <v>18320</v>
       </c>
       <c r="K14" s="47">
         <v>31939</v>
       </c>
       <c r="L14" s="84">
         <v>63710</v>
       </c>
     </row>
     <row r="15" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B15" s="269" t="s">
+      <c r="B15" s="344" t="s">
         <v>63</v>
       </c>
-      <c r="C15" s="244"/>
-      <c r="D15" s="245"/>
+      <c r="C15" s="319"/>
+      <c r="D15" s="320"/>
       <c r="E15" s="47">
         <v>43153</v>
       </c>
       <c r="F15" s="47">
         <v>86147</v>
       </c>
       <c r="G15" s="47">
         <v>182034</v>
       </c>
       <c r="H15" s="47">
         <v>196267</v>
       </c>
       <c r="I15" s="47">
         <v>124539</v>
       </c>
       <c r="J15" s="47">
         <v>113024</v>
       </c>
       <c r="K15" s="47">
         <v>87683</v>
       </c>
       <c r="L15" s="84">
         <v>832847</v>
       </c>
     </row>
     <row r="16" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B16" s="269" t="s">
+      <c r="B16" s="344" t="s">
         <v>64</v>
       </c>
-      <c r="C16" s="244"/>
-      <c r="D16" s="245"/>
+      <c r="C16" s="319"/>
+      <c r="D16" s="320"/>
       <c r="E16" s="47">
         <v>9005</v>
       </c>
       <c r="F16" s="47">
         <v>21000</v>
       </c>
       <c r="G16" s="47">
         <v>28119</v>
       </c>
       <c r="H16" s="47">
         <v>35519</v>
       </c>
       <c r="I16" s="47">
         <v>23224</v>
       </c>
       <c r="J16" s="47">
         <v>19639</v>
       </c>
       <c r="K16" s="47">
         <v>14626</v>
       </c>
       <c r="L16" s="84">
         <v>151132</v>
       </c>
     </row>
     <row r="17" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B17" s="269" t="s">
+      <c r="B17" s="344" t="s">
         <v>65</v>
       </c>
-      <c r="C17" s="244"/>
-      <c r="D17" s="245"/>
+      <c r="C17" s="319"/>
+      <c r="D17" s="320"/>
       <c r="E17" s="47">
         <v>34413</v>
       </c>
       <c r="F17" s="47">
         <v>47859</v>
       </c>
       <c r="G17" s="47">
         <v>229673</v>
       </c>
       <c r="H17" s="47">
         <v>258079</v>
       </c>
       <c r="I17" s="47">
         <v>225590</v>
       </c>
       <c r="J17" s="47">
         <v>227612</v>
       </c>
       <c r="K17" s="47">
         <v>176383</v>
       </c>
       <c r="L17" s="84">
         <v>1199609</v>
       </c>
     </row>
     <row r="18" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B18" s="269" t="s">
+      <c r="B18" s="344" t="s">
         <v>66</v>
       </c>
-      <c r="C18" s="244"/>
-      <c r="D18" s="245"/>
+      <c r="C18" s="319"/>
+      <c r="D18" s="320"/>
       <c r="E18" s="47">
         <v>9</v>
       </c>
       <c r="F18" s="47">
         <v>14</v>
       </c>
       <c r="G18" s="47">
         <v>449152</v>
       </c>
       <c r="H18" s="47">
         <v>354238</v>
       </c>
       <c r="I18" s="47">
         <v>198804</v>
       </c>
       <c r="J18" s="47">
         <v>124898</v>
       </c>
       <c r="K18" s="47">
         <v>59863</v>
       </c>
       <c r="L18" s="84">
         <v>1186978</v>
       </c>
     </row>
     <row r="19" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B19" s="269" t="s">
+      <c r="B19" s="344" t="s">
         <v>67</v>
       </c>
-      <c r="C19" s="244"/>
-      <c r="D19" s="245"/>
+      <c r="C19" s="319"/>
+      <c r="D19" s="320"/>
       <c r="E19" s="47">
         <v>80025</v>
       </c>
       <c r="F19" s="47">
         <v>110942</v>
       </c>
       <c r="G19" s="47">
         <v>150565</v>
       </c>
       <c r="H19" s="47">
         <v>135437</v>
       </c>
       <c r="I19" s="47">
         <v>69035</v>
       </c>
       <c r="J19" s="47">
         <v>40577</v>
       </c>
       <c r="K19" s="47">
         <v>15588</v>
       </c>
       <c r="L19" s="84">
         <v>602169</v>
       </c>
     </row>
     <row r="20" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B20" s="269" t="s">
+      <c r="B20" s="344" t="s">
         <v>68</v>
       </c>
-      <c r="C20" s="244"/>
-      <c r="D20" s="245"/>
+      <c r="C20" s="319"/>
+      <c r="D20" s="320"/>
       <c r="E20" s="47">
         <v>2190</v>
       </c>
       <c r="F20" s="47">
         <v>6273</v>
       </c>
       <c r="G20" s="47">
         <v>52609</v>
       </c>
       <c r="H20" s="47">
         <v>68611</v>
       </c>
       <c r="I20" s="47">
         <v>81134</v>
       </c>
       <c r="J20" s="47">
         <v>56234</v>
       </c>
       <c r="K20" s="47">
         <v>27159</v>
       </c>
       <c r="L20" s="84">
         <v>294210</v>
       </c>
     </row>
     <row r="21" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B21" s="269" t="s">
+      <c r="B21" s="344" t="s">
         <v>69</v>
       </c>
-      <c r="C21" s="244"/>
-      <c r="D21" s="245"/>
+      <c r="C21" s="319"/>
+      <c r="D21" s="320"/>
       <c r="E21" s="47">
         <v>145</v>
       </c>
       <c r="F21" s="47">
         <v>607</v>
       </c>
       <c r="G21" s="47">
         <v>6654</v>
       </c>
       <c r="H21" s="47">
         <v>9783</v>
       </c>
       <c r="I21" s="47">
         <v>10005</v>
       </c>
       <c r="J21" s="47">
         <v>8317</v>
       </c>
       <c r="K21" s="47">
         <v>5102</v>
       </c>
       <c r="L21" s="84">
         <v>40613</v>
       </c>
     </row>
     <row r="22" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B22" s="269" t="s">
+      <c r="B22" s="344" t="s">
         <v>70</v>
       </c>
-      <c r="C22" s="244"/>
-      <c r="D22" s="245"/>
+      <c r="C22" s="319"/>
+      <c r="D22" s="320"/>
       <c r="E22" s="47">
         <v>3</v>
       </c>
       <c r="F22" s="47">
         <v>5</v>
       </c>
       <c r="G22" s="47">
         <v>44</v>
       </c>
       <c r="H22" s="47">
         <v>65</v>
       </c>
       <c r="I22" s="47">
         <v>71</v>
       </c>
       <c r="J22" s="47">
         <v>101</v>
       </c>
       <c r="K22" s="47">
         <v>101</v>
       </c>
       <c r="L22" s="84">
         <v>390</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B23" s="269" t="s">
+      <c r="B23" s="344" t="s">
         <v>71</v>
       </c>
-      <c r="C23" s="244"/>
-      <c r="D23" s="245"/>
+      <c r="C23" s="319"/>
+      <c r="D23" s="320"/>
       <c r="E23" s="47">
         <v>0</v>
       </c>
       <c r="F23" s="47">
         <v>6</v>
       </c>
       <c r="G23" s="47">
         <v>56</v>
       </c>
       <c r="H23" s="47">
         <v>67</v>
       </c>
       <c r="I23" s="47">
         <v>86</v>
       </c>
       <c r="J23" s="47">
         <v>93</v>
       </c>
       <c r="K23" s="47">
         <v>111</v>
       </c>
       <c r="L23" s="84">
         <v>419</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B24" s="269" t="s">
+      <c r="B24" s="344" t="s">
         <v>72</v>
       </c>
-      <c r="C24" s="244"/>
-      <c r="D24" s="245"/>
+      <c r="C24" s="319"/>
+      <c r="D24" s="320"/>
       <c r="E24" s="47">
         <v>265656</v>
       </c>
       <c r="F24" s="47">
         <v>442440</v>
       </c>
       <c r="G24" s="47">
         <v>521329</v>
       </c>
       <c r="H24" s="47">
         <v>663504</v>
       </c>
       <c r="I24" s="47">
         <v>400736</v>
       </c>
       <c r="J24" s="47">
         <v>309263</v>
       </c>
       <c r="K24" s="47">
         <v>190959</v>
       </c>
       <c r="L24" s="84">
         <v>2793887</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B25" s="269" t="s">
+      <c r="B25" s="344" t="s">
         <v>150</v>
       </c>
-      <c r="C25" s="244"/>
-      <c r="D25" s="245"/>
+      <c r="C25" s="319"/>
+      <c r="D25" s="320"/>
       <c r="E25" s="47">
         <v>17893</v>
       </c>
       <c r="F25" s="47">
         <v>15711</v>
       </c>
       <c r="G25" s="47">
         <v>66717</v>
       </c>
       <c r="H25" s="47">
         <v>56969</v>
       </c>
       <c r="I25" s="47">
         <v>46812</v>
       </c>
       <c r="J25" s="47">
         <v>51014</v>
       </c>
       <c r="K25" s="47">
         <v>28447</v>
       </c>
       <c r="L25" s="84">
         <v>283563</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B26" s="269" t="s">
+      <c r="B26" s="344" t="s">
         <v>151</v>
       </c>
-      <c r="C26" s="244"/>
-      <c r="D26" s="245"/>
+      <c r="C26" s="319"/>
+      <c r="D26" s="320"/>
       <c r="E26" s="47">
         <v>0</v>
       </c>
       <c r="F26" s="47">
         <v>0</v>
       </c>
       <c r="G26" s="47">
         <v>208</v>
       </c>
       <c r="H26" s="47">
         <v>185</v>
       </c>
       <c r="I26" s="47">
         <v>169</v>
       </c>
       <c r="J26" s="47">
         <v>101</v>
       </c>
       <c r="K26" s="47">
         <v>57</v>
       </c>
       <c r="L26" s="84">
         <v>720</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B27" s="270" t="s">
+      <c r="B27" s="341" t="s">
         <v>73</v>
       </c>
-      <c r="C27" s="271"/>
-      <c r="D27" s="272"/>
+      <c r="C27" s="342"/>
+      <c r="D27" s="343"/>
       <c r="E27" s="85">
         <v>351986</v>
       </c>
       <c r="F27" s="85">
         <v>534008</v>
       </c>
       <c r="G27" s="85">
         <v>1027803</v>
       </c>
       <c r="H27" s="85">
         <v>869292</v>
       </c>
       <c r="I27" s="85">
         <v>483932</v>
       </c>
       <c r="J27" s="85">
         <v>340553</v>
       </c>
       <c r="K27" s="85">
         <v>200478</v>
       </c>
       <c r="L27" s="86">
         <v>3808052</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B28" s="25" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:13" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B29" s="25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="30" spans="1:13" s="18" customFormat="1" ht="3.75" customHeight="1">
       <c r="B30" s="25"/>
     </row>
     <row r="31" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A31" s="18" t="s">
         <v>74</v>
       </c>
       <c r="M31" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B32" s="258" t="s">
+      <c r="B32" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C32" s="259"/>
-      <c r="D32" s="259"/>
+      <c r="C32" s="334"/>
+      <c r="D32" s="334"/>
       <c r="E32" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F32" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J32" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B33" s="204" t="s">
+      <c r="B33" s="157" t="s">
         <v>61</v>
       </c>
-      <c r="C33" s="205"/>
-      <c r="D33" s="268"/>
+      <c r="C33" s="158"/>
+      <c r="D33" s="345"/>
       <c r="E33" s="42">
         <v>0</v>
       </c>
       <c r="F33" s="42">
         <v>2</v>
       </c>
       <c r="G33" s="42">
         <v>14255</v>
       </c>
       <c r="H33" s="42">
         <v>12557</v>
       </c>
       <c r="I33" s="42">
         <v>7651</v>
       </c>
       <c r="J33" s="42">
         <v>6401</v>
       </c>
       <c r="K33" s="42">
         <v>4578</v>
       </c>
       <c r="L33" s="75">
         <v>45444</v>
       </c>
     </row>
     <row r="34" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B34" s="269" t="s">
+      <c r="B34" s="344" t="s">
         <v>62</v>
       </c>
-      <c r="C34" s="244"/>
-      <c r="D34" s="245"/>
+      <c r="C34" s="319"/>
+      <c r="D34" s="320"/>
       <c r="E34" s="47">
         <v>2</v>
       </c>
       <c r="F34" s="47">
         <v>7</v>
       </c>
       <c r="G34" s="47">
         <v>65</v>
       </c>
       <c r="H34" s="47">
         <v>205</v>
       </c>
       <c r="I34" s="47">
         <v>412</v>
       </c>
       <c r="J34" s="47">
         <v>856</v>
       </c>
       <c r="K34" s="47">
         <v>1370</v>
       </c>
       <c r="L34" s="84">
         <v>2917</v>
       </c>
     </row>
     <row r="35" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B35" s="269" t="s">
+      <c r="B35" s="344" t="s">
         <v>63</v>
       </c>
-      <c r="C35" s="244"/>
-      <c r="D35" s="245"/>
+      <c r="C35" s="319"/>
+      <c r="D35" s="320"/>
       <c r="E35" s="47">
         <v>2718</v>
       </c>
       <c r="F35" s="47">
         <v>4470</v>
       </c>
       <c r="G35" s="47">
         <v>10589</v>
       </c>
       <c r="H35" s="47">
         <v>11222</v>
       </c>
       <c r="I35" s="47">
         <v>6915</v>
       </c>
       <c r="J35" s="47">
         <v>5648</v>
       </c>
       <c r="K35" s="47">
         <v>3811</v>
       </c>
       <c r="L35" s="84">
         <v>45373</v>
       </c>
     </row>
     <row r="36" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B36" s="269" t="s">
+      <c r="B36" s="344" t="s">
         <v>64</v>
       </c>
-      <c r="C36" s="244"/>
-      <c r="D36" s="245"/>
+      <c r="C36" s="319"/>
+      <c r="D36" s="320"/>
       <c r="E36" s="47">
         <v>522</v>
       </c>
       <c r="F36" s="47">
         <v>952</v>
       </c>
       <c r="G36" s="47">
         <v>1590</v>
       </c>
       <c r="H36" s="47">
         <v>1803</v>
       </c>
       <c r="I36" s="47">
         <v>1259</v>
       </c>
       <c r="J36" s="47">
         <v>1006</v>
       </c>
       <c r="K36" s="47">
         <v>724</v>
       </c>
       <c r="L36" s="84">
         <v>7856</v>
       </c>
     </row>
     <row r="37" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B37" s="269" t="s">
+      <c r="B37" s="344" t="s">
         <v>65</v>
       </c>
-      <c r="C37" s="244"/>
-      <c r="D37" s="245"/>
+      <c r="C37" s="319"/>
+      <c r="D37" s="320"/>
       <c r="E37" s="47">
         <v>2491</v>
       </c>
       <c r="F37" s="47">
         <v>2913</v>
       </c>
       <c r="G37" s="47">
         <v>12824</v>
       </c>
       <c r="H37" s="47">
         <v>14022</v>
       </c>
       <c r="I37" s="47">
         <v>12150</v>
       </c>
       <c r="J37" s="47">
         <v>11395</v>
       </c>
       <c r="K37" s="47">
         <v>7947</v>
       </c>
       <c r="L37" s="84">
         <v>63742</v>
       </c>
     </row>
     <row r="38" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B38" s="269" t="s">
+      <c r="B38" s="344" t="s">
         <v>66</v>
       </c>
-      <c r="C38" s="244"/>
-      <c r="D38" s="245"/>
+      <c r="C38" s="319"/>
+      <c r="D38" s="320"/>
       <c r="E38" s="47">
         <v>2</v>
       </c>
       <c r="F38" s="47">
         <v>0</v>
       </c>
       <c r="G38" s="47">
         <v>21222</v>
       </c>
       <c r="H38" s="47">
         <v>15782</v>
       </c>
       <c r="I38" s="47">
         <v>8434</v>
       </c>
       <c r="J38" s="47">
         <v>4971</v>
       </c>
       <c r="K38" s="47">
         <v>2223</v>
       </c>
       <c r="L38" s="84">
         <v>52634</v>
       </c>
     </row>
     <row r="39" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B39" s="269" t="s">
+      <c r="B39" s="344" t="s">
         <v>67</v>
       </c>
-      <c r="C39" s="244"/>
-      <c r="D39" s="245"/>
+      <c r="C39" s="319"/>
+      <c r="D39" s="320"/>
       <c r="E39" s="47">
         <v>4088</v>
       </c>
       <c r="F39" s="47">
         <v>5019</v>
       </c>
       <c r="G39" s="47">
         <v>8424</v>
       </c>
       <c r="H39" s="47">
         <v>7282</v>
       </c>
       <c r="I39" s="47">
         <v>3643</v>
       </c>
       <c r="J39" s="47">
         <v>2060</v>
       </c>
       <c r="K39" s="47">
         <v>669</v>
       </c>
       <c r="L39" s="84">
         <v>31185</v>
       </c>
     </row>
     <row r="40" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B40" s="269" t="s">
+      <c r="B40" s="344" t="s">
         <v>68</v>
       </c>
-      <c r="C40" s="244"/>
-      <c r="D40" s="245"/>
+      <c r="C40" s="319"/>
+      <c r="D40" s="320"/>
       <c r="E40" s="47">
         <v>144</v>
       </c>
       <c r="F40" s="47">
         <v>266</v>
       </c>
       <c r="G40" s="47">
         <v>2577</v>
       </c>
       <c r="H40" s="47">
         <v>3083</v>
       </c>
       <c r="I40" s="47">
         <v>3382</v>
       </c>
       <c r="J40" s="47">
         <v>2185</v>
       </c>
       <c r="K40" s="47">
         <v>989</v>
       </c>
       <c r="L40" s="84">
         <v>12626</v>
       </c>
     </row>
     <row r="41" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B41" s="269" t="s">
+      <c r="B41" s="344" t="s">
         <v>69</v>
       </c>
-      <c r="C41" s="244"/>
-      <c r="D41" s="245"/>
+      <c r="C41" s="319"/>
+      <c r="D41" s="320"/>
       <c r="E41" s="47">
         <v>8</v>
       </c>
       <c r="F41" s="47">
         <v>32</v>
       </c>
       <c r="G41" s="47">
         <v>360</v>
       </c>
       <c r="H41" s="47">
         <v>527</v>
       </c>
       <c r="I41" s="47">
         <v>563</v>
       </c>
       <c r="J41" s="47">
         <v>388</v>
       </c>
       <c r="K41" s="47">
         <v>204</v>
       </c>
       <c r="L41" s="84">
         <v>2082</v>
       </c>
     </row>
     <row r="42" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B42" s="269" t="s">
+      <c r="B42" s="344" t="s">
         <v>70</v>
       </c>
-      <c r="C42" s="244"/>
-      <c r="D42" s="245"/>
+      <c r="C42" s="319"/>
+      <c r="D42" s="320"/>
       <c r="E42" s="47">
         <v>1</v>
       </c>
       <c r="F42" s="47">
         <v>0</v>
       </c>
       <c r="G42" s="47">
         <v>5</v>
       </c>
       <c r="H42" s="47">
         <v>4</v>
       </c>
       <c r="I42" s="47">
         <v>8</v>
       </c>
       <c r="J42" s="47">
         <v>3</v>
       </c>
       <c r="K42" s="47">
         <v>4</v>
       </c>
       <c r="L42" s="84">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B43" s="269" t="s">
+      <c r="B43" s="344" t="s">
         <v>71</v>
       </c>
-      <c r="C43" s="244"/>
-      <c r="D43" s="245"/>
+      <c r="C43" s="319"/>
+      <c r="D43" s="320"/>
       <c r="E43" s="47">
         <v>0</v>
       </c>
       <c r="F43" s="47">
         <v>0</v>
       </c>
       <c r="G43" s="47">
         <v>1</v>
       </c>
       <c r="H43" s="47">
         <v>6</v>
       </c>
       <c r="I43" s="47">
         <v>6</v>
       </c>
       <c r="J43" s="47">
         <v>1</v>
       </c>
       <c r="K43" s="47">
         <v>3</v>
       </c>
       <c r="L43" s="84">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B44" s="269" t="s">
+      <c r="B44" s="344" t="s">
         <v>72</v>
       </c>
-      <c r="C44" s="244"/>
-      <c r="D44" s="245"/>
+      <c r="C44" s="319"/>
+      <c r="D44" s="320"/>
       <c r="E44" s="47">
         <v>10417</v>
       </c>
       <c r="F44" s="47">
         <v>16341</v>
       </c>
       <c r="G44" s="47">
         <v>23594</v>
       </c>
       <c r="H44" s="47">
         <v>30692</v>
       </c>
       <c r="I44" s="47">
         <v>18285</v>
       </c>
       <c r="J44" s="47">
         <v>13485</v>
       </c>
       <c r="K44" s="47">
         <v>7725</v>
       </c>
       <c r="L44" s="84">
         <v>120539</v>
       </c>
     </row>
     <row r="45" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B45" s="269" t="s">
+      <c r="B45" s="344" t="s">
         <v>150</v>
       </c>
-      <c r="C45" s="244"/>
-      <c r="D45" s="245"/>
+      <c r="C45" s="319"/>
+      <c r="D45" s="320"/>
       <c r="E45" s="47">
         <v>1645</v>
       </c>
       <c r="F45" s="47">
         <v>1298</v>
       </c>
       <c r="G45" s="47">
         <v>4817</v>
       </c>
       <c r="H45" s="47">
         <v>4203</v>
       </c>
       <c r="I45" s="47">
         <v>3431</v>
       </c>
       <c r="J45" s="47">
         <v>3478</v>
       </c>
       <c r="K45" s="47">
         <v>1766</v>
       </c>
       <c r="L45" s="84">
         <v>20638</v>
       </c>
     </row>
     <row r="46" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B46" s="269" t="s">
+      <c r="B46" s="344" t="s">
         <v>151</v>
       </c>
-      <c r="C46" s="244"/>
-      <c r="D46" s="245"/>
+      <c r="C46" s="319"/>
+      <c r="D46" s="320"/>
       <c r="E46" s="47">
         <v>0</v>
       </c>
       <c r="F46" s="47">
         <v>0</v>
       </c>
       <c r="G46" s="47">
         <v>31</v>
       </c>
       <c r="H46" s="47">
         <v>25</v>
       </c>
       <c r="I46" s="47">
         <v>18</v>
       </c>
       <c r="J46" s="47">
         <v>11</v>
       </c>
       <c r="K46" s="47">
         <v>7</v>
       </c>
       <c r="L46" s="84">
         <v>92</v>
       </c>
     </row>
     <row r="47" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B47" s="270" t="s">
+      <c r="B47" s="341" t="s">
         <v>73</v>
       </c>
-      <c r="C47" s="271"/>
-      <c r="D47" s="272"/>
+      <c r="C47" s="342"/>
+      <c r="D47" s="343"/>
       <c r="E47" s="85">
         <v>15686</v>
       </c>
       <c r="F47" s="85">
         <v>21477</v>
       </c>
       <c r="G47" s="85">
         <v>51165</v>
       </c>
       <c r="H47" s="85">
         <v>41198</v>
       </c>
       <c r="I47" s="85">
         <v>21893</v>
       </c>
       <c r="J47" s="85">
         <v>14673</v>
       </c>
       <c r="K47" s="85">
         <v>8063</v>
       </c>
       <c r="L47" s="86">
         <v>174155</v>
       </c>
     </row>
     <row r="48" spans="2:12" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B48" s="25" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="49" spans="1:13" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B49" s="25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:13" s="18" customFormat="1" ht="3.75" customHeight="1">
       <c r="B50" s="25"/>
     </row>
     <row r="51" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A51" s="18" t="s">
         <v>75</v>
       </c>
       <c r="M51" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:13" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B52" s="258" t="s">
+      <c r="B52" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C52" s="259"/>
-      <c r="D52" s="259"/>
+      <c r="C52" s="334"/>
+      <c r="D52" s="334"/>
       <c r="E52" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F52" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G52" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J52" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B53" s="204" t="s">
+      <c r="B53" s="157" t="s">
         <v>61</v>
       </c>
-      <c r="C53" s="205"/>
-      <c r="D53" s="268"/>
+      <c r="C53" s="158"/>
+      <c r="D53" s="345"/>
       <c r="E53" s="42">
         <v>0</v>
       </c>
       <c r="F53" s="42">
         <v>2</v>
       </c>
       <c r="G53" s="42">
         <v>12143</v>
       </c>
       <c r="H53" s="42">
         <v>11554</v>
       </c>
       <c r="I53" s="42">
         <v>7205</v>
       </c>
       <c r="J53" s="42">
         <v>6121</v>
       </c>
       <c r="K53" s="42">
         <v>4832</v>
       </c>
       <c r="L53" s="75">
         <v>41857</v>
       </c>
     </row>
     <row r="54" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B54" s="269" t="s">
+      <c r="B54" s="344" t="s">
         <v>62</v>
       </c>
-      <c r="C54" s="244"/>
-      <c r="D54" s="245"/>
+      <c r="C54" s="319"/>
+      <c r="D54" s="320"/>
       <c r="E54" s="47">
         <v>0</v>
       </c>
       <c r="F54" s="47">
         <v>17</v>
       </c>
       <c r="G54" s="47">
         <v>72</v>
       </c>
       <c r="H54" s="47">
         <v>228</v>
       </c>
       <c r="I54" s="47">
         <v>365</v>
       </c>
       <c r="J54" s="47">
         <v>970</v>
       </c>
       <c r="K54" s="47">
         <v>1586</v>
       </c>
       <c r="L54" s="84">
         <v>3238</v>
       </c>
     </row>
     <row r="55" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B55" s="269" t="s">
+      <c r="B55" s="344" t="s">
         <v>63</v>
       </c>
-      <c r="C55" s="244"/>
-      <c r="D55" s="245"/>
+      <c r="C55" s="319"/>
+      <c r="D55" s="320"/>
       <c r="E55" s="47">
         <v>2568</v>
       </c>
       <c r="F55" s="47">
         <v>4837</v>
       </c>
       <c r="G55" s="47">
         <v>9867</v>
       </c>
       <c r="H55" s="47">
         <v>10963</v>
       </c>
       <c r="I55" s="47">
         <v>6713</v>
       </c>
       <c r="J55" s="47">
         <v>5744</v>
       </c>
       <c r="K55" s="47">
         <v>3922</v>
       </c>
       <c r="L55" s="84">
         <v>44614</v>
       </c>
     </row>
     <row r="56" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B56" s="269" t="s">
+      <c r="B56" s="344" t="s">
         <v>64</v>
       </c>
-      <c r="C56" s="244"/>
-      <c r="D56" s="245"/>
+      <c r="C56" s="319"/>
+      <c r="D56" s="320"/>
       <c r="E56" s="47">
         <v>573</v>
       </c>
       <c r="F56" s="47">
         <v>1175</v>
       </c>
       <c r="G56" s="47">
         <v>1581</v>
       </c>
       <c r="H56" s="47">
         <v>1990</v>
       </c>
       <c r="I56" s="47">
         <v>1396</v>
       </c>
       <c r="J56" s="47">
         <v>1167</v>
       </c>
       <c r="K56" s="47">
         <v>871</v>
       </c>
       <c r="L56" s="84">
         <v>8753</v>
       </c>
     </row>
     <row r="57" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B57" s="269" t="s">
+      <c r="B57" s="344" t="s">
         <v>65</v>
       </c>
-      <c r="C57" s="244"/>
-      <c r="D57" s="245"/>
+      <c r="C57" s="319"/>
+      <c r="D57" s="320"/>
       <c r="E57" s="47">
         <v>2636</v>
       </c>
       <c r="F57" s="47">
         <v>3070</v>
       </c>
       <c r="G57" s="47">
         <v>12284</v>
       </c>
       <c r="H57" s="47">
         <v>13848</v>
       </c>
       <c r="I57" s="47">
         <v>11998</v>
       </c>
       <c r="J57" s="47">
         <v>12347</v>
       </c>
       <c r="K57" s="47">
         <v>9308</v>
       </c>
       <c r="L57" s="84">
         <v>65491</v>
       </c>
     </row>
     <row r="58" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B58" s="269" t="s">
+      <c r="B58" s="344" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="244"/>
-      <c r="D58" s="245"/>
+      <c r="C58" s="319"/>
+      <c r="D58" s="320"/>
       <c r="E58" s="47">
         <v>0</v>
       </c>
       <c r="F58" s="47">
         <v>1</v>
       </c>
       <c r="G58" s="47">
         <v>16458</v>
       </c>
       <c r="H58" s="47">
         <v>13096</v>
       </c>
       <c r="I58" s="47">
         <v>7109</v>
       </c>
       <c r="J58" s="47">
         <v>4405</v>
       </c>
       <c r="K58" s="47">
         <v>2035</v>
       </c>
       <c r="L58" s="84">
         <v>43104</v>
       </c>
     </row>
     <row r="59" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B59" s="269" t="s">
+      <c r="B59" s="344" t="s">
         <v>67</v>
       </c>
-      <c r="C59" s="244"/>
-      <c r="D59" s="245"/>
+      <c r="C59" s="319"/>
+      <c r="D59" s="320"/>
       <c r="E59" s="47">
         <v>3261</v>
       </c>
       <c r="F59" s="47">
         <v>4169</v>
       </c>
       <c r="G59" s="47">
         <v>6534</v>
       </c>
       <c r="H59" s="47">
         <v>6024</v>
       </c>
       <c r="I59" s="47">
         <v>3256</v>
       </c>
       <c r="J59" s="47">
         <v>1977</v>
       </c>
       <c r="K59" s="47">
         <v>787</v>
       </c>
       <c r="L59" s="84">
         <v>26008</v>
       </c>
     </row>
     <row r="60" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B60" s="269" t="s">
+      <c r="B60" s="344" t="s">
         <v>68</v>
       </c>
-      <c r="C60" s="244"/>
-      <c r="D60" s="245"/>
+      <c r="C60" s="319"/>
+      <c r="D60" s="320"/>
       <c r="E60" s="47">
         <v>100</v>
       </c>
       <c r="F60" s="47">
         <v>234</v>
       </c>
       <c r="G60" s="47">
         <v>1977</v>
       </c>
       <c r="H60" s="47">
         <v>2501</v>
       </c>
       <c r="I60" s="47">
         <v>2704</v>
       </c>
       <c r="J60" s="47">
         <v>1899</v>
       </c>
       <c r="K60" s="47">
         <v>961</v>
       </c>
       <c r="L60" s="84">
         <v>10376</v>
       </c>
     </row>
     <row r="61" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B61" s="269" t="s">
+      <c r="B61" s="344" t="s">
         <v>69</v>
       </c>
-      <c r="C61" s="244"/>
-      <c r="D61" s="245"/>
+      <c r="C61" s="319"/>
+      <c r="D61" s="320"/>
       <c r="E61" s="47">
         <v>8</v>
       </c>
       <c r="F61" s="47">
         <v>23</v>
       </c>
       <c r="G61" s="47">
         <v>275</v>
       </c>
       <c r="H61" s="47">
         <v>420</v>
       </c>
       <c r="I61" s="47">
         <v>450</v>
       </c>
       <c r="J61" s="47">
         <v>388</v>
       </c>
       <c r="K61" s="47">
         <v>243</v>
       </c>
       <c r="L61" s="84">
         <v>1807</v>
       </c>
     </row>
     <row r="62" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B62" s="269" t="s">
+      <c r="B62" s="344" t="s">
         <v>70</v>
       </c>
-      <c r="C62" s="244"/>
-      <c r="D62" s="245"/>
+      <c r="C62" s="319"/>
+      <c r="D62" s="320"/>
       <c r="E62" s="47">
         <v>0</v>
       </c>
       <c r="F62" s="47">
         <v>1</v>
       </c>
       <c r="G62" s="47">
         <v>0</v>
       </c>
       <c r="H62" s="47">
         <v>2</v>
       </c>
       <c r="I62" s="47">
         <v>2</v>
       </c>
       <c r="J62" s="47">
         <v>2</v>
       </c>
       <c r="K62" s="47">
         <v>4</v>
       </c>
       <c r="L62" s="84">
         <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B63" s="269" t="s">
+      <c r="B63" s="344" t="s">
         <v>71</v>
       </c>
-      <c r="C63" s="244"/>
-      <c r="D63" s="245"/>
+      <c r="C63" s="319"/>
+      <c r="D63" s="320"/>
       <c r="E63" s="47">
         <v>0</v>
       </c>
       <c r="F63" s="47">
         <v>1</v>
       </c>
       <c r="G63" s="47">
         <v>2</v>
       </c>
       <c r="H63" s="47">
         <v>3</v>
       </c>
       <c r="I63" s="47">
         <v>3</v>
       </c>
       <c r="J63" s="47">
         <v>3</v>
       </c>
       <c r="K63" s="47">
         <v>4</v>
       </c>
       <c r="L63" s="84">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B64" s="269" t="s">
+      <c r="B64" s="344" t="s">
         <v>72</v>
       </c>
-      <c r="C64" s="244"/>
-      <c r="D64" s="245"/>
+      <c r="C64" s="319"/>
+      <c r="D64" s="320"/>
       <c r="E64" s="47">
         <v>8802</v>
       </c>
       <c r="F64" s="47">
         <v>15475</v>
       </c>
       <c r="G64" s="47">
         <v>19652</v>
       </c>
       <c r="H64" s="47">
         <v>27260</v>
       </c>
       <c r="I64" s="47">
         <v>16451</v>
       </c>
       <c r="J64" s="47">
         <v>12695</v>
       </c>
       <c r="K64" s="47">
         <v>7886</v>
       </c>
       <c r="L64" s="84">
         <v>108221</v>
       </c>
     </row>
     <row r="65" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B65" s="269" t="s">
+      <c r="B65" s="344" t="s">
         <v>150</v>
       </c>
-      <c r="C65" s="244"/>
-      <c r="D65" s="245"/>
+      <c r="C65" s="319"/>
+      <c r="D65" s="320"/>
       <c r="E65" s="47">
         <v>1896</v>
       </c>
       <c r="F65" s="47">
         <v>1565</v>
       </c>
       <c r="G65" s="47">
         <v>5614</v>
       </c>
       <c r="H65" s="47">
         <v>5188</v>
       </c>
       <c r="I65" s="47">
         <v>4438</v>
       </c>
       <c r="J65" s="47">
         <v>4948</v>
       </c>
       <c r="K65" s="47">
         <v>2984</v>
       </c>
       <c r="L65" s="84">
         <v>26633</v>
       </c>
     </row>
     <row r="66" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B66" s="269" t="s">
+      <c r="B66" s="344" t="s">
         <v>151</v>
       </c>
-      <c r="C66" s="244"/>
-      <c r="D66" s="245"/>
+      <c r="C66" s="319"/>
+      <c r="D66" s="320"/>
       <c r="E66" s="47">
         <v>0</v>
       </c>
       <c r="F66" s="47">
         <v>0</v>
       </c>
       <c r="G66" s="47">
         <v>30</v>
       </c>
       <c r="H66" s="47">
         <v>34</v>
       </c>
       <c r="I66" s="47">
         <v>37</v>
       </c>
       <c r="J66" s="47">
         <v>24</v>
       </c>
       <c r="K66" s="47">
         <v>14</v>
       </c>
       <c r="L66" s="84">
         <v>139</v>
       </c>
     </row>
     <row r="67" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B67" s="270" t="s">
+      <c r="B67" s="341" t="s">
         <v>73</v>
       </c>
-      <c r="C67" s="271"/>
-      <c r="D67" s="272"/>
+      <c r="C67" s="342"/>
+      <c r="D67" s="343"/>
       <c r="E67" s="85">
         <v>13532</v>
       </c>
       <c r="F67" s="85">
         <v>20623</v>
       </c>
       <c r="G67" s="85">
         <v>42609</v>
       </c>
       <c r="H67" s="85">
         <v>37366</v>
       </c>
       <c r="I67" s="85">
         <v>20098</v>
       </c>
       <c r="J67" s="85">
         <v>14021</v>
       </c>
       <c r="K67" s="85">
         <v>8404</v>
       </c>
       <c r="L67" s="86">
         <v>156653</v>
       </c>
     </row>
     <row r="68" spans="1:12" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B68" s="25" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="69" spans="1:12" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B69" s="25" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:12" s="18" customFormat="1" ht="6.75" customHeight="1">
       <c r="B70" s="25"/>
     </row>
     <row r="71" spans="1:12" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A71" s="18" t="s">
         <v>76</v>
       </c>
       <c r="L71" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:12" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B72" s="258" t="s">
+      <c r="B72" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C72" s="259"/>
-      <c r="D72" s="259"/>
+      <c r="C72" s="334"/>
+      <c r="D72" s="334"/>
       <c r="E72" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J72" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B73" s="204" t="s">
+      <c r="B73" s="157" t="s">
         <v>77</v>
       </c>
-      <c r="C73" s="205"/>
-      <c r="D73" s="268"/>
+      <c r="C73" s="158"/>
+      <c r="D73" s="345"/>
       <c r="E73" s="42">
         <v>6</v>
       </c>
       <c r="F73" s="42">
         <v>47</v>
       </c>
       <c r="G73" s="42">
         <v>4035644</v>
       </c>
       <c r="H73" s="42">
         <v>5547389</v>
       </c>
       <c r="I73" s="42">
         <v>6457324</v>
       </c>
       <c r="J73" s="42">
         <v>7963937</v>
       </c>
       <c r="K73" s="42">
         <v>7549456</v>
       </c>
       <c r="L73" s="75">
         <v>31553803</v>
       </c>
     </row>
     <row r="74" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B74" s="269" t="s">
+      <c r="B74" s="344" t="s">
         <v>78</v>
       </c>
-      <c r="C74" s="244"/>
-      <c r="D74" s="245"/>
+      <c r="C74" s="319"/>
+      <c r="D74" s="320"/>
       <c r="E74" s="47">
         <v>92</v>
       </c>
       <c r="F74" s="47">
         <v>1263</v>
       </c>
       <c r="G74" s="47">
         <v>5371</v>
       </c>
       <c r="H74" s="47">
         <v>19350</v>
       </c>
       <c r="I74" s="47">
         <v>33618</v>
       </c>
       <c r="J74" s="47">
         <v>85986</v>
       </c>
       <c r="K74" s="47">
         <v>166149</v>
       </c>
       <c r="L74" s="84">
         <v>311829</v>
       </c>
     </row>
     <row r="75" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B75" s="269" t="s">
+      <c r="B75" s="344" t="s">
         <v>79</v>
       </c>
-      <c r="C75" s="244"/>
-      <c r="D75" s="245"/>
+      <c r="C75" s="319"/>
+      <c r="D75" s="320"/>
       <c r="E75" s="47">
         <v>244416</v>
       </c>
       <c r="F75" s="47">
         <v>655986</v>
       </c>
       <c r="G75" s="47">
         <v>1466997</v>
       </c>
       <c r="H75" s="47">
         <v>1820188</v>
       </c>
       <c r="I75" s="47">
         <v>1187410</v>
       </c>
       <c r="J75" s="47">
         <v>1129914</v>
       </c>
       <c r="K75" s="47">
         <v>1044191</v>
       </c>
       <c r="L75" s="84">
         <v>7549102</v>
       </c>
     </row>
     <row r="76" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B76" s="269" t="s">
+      <c r="B76" s="344" t="s">
         <v>80</v>
       </c>
-      <c r="C76" s="244"/>
-      <c r="D76" s="245"/>
+      <c r="C76" s="319"/>
+      <c r="D76" s="320"/>
       <c r="E76" s="47">
         <v>79057</v>
       </c>
       <c r="F76" s="47">
         <v>239179</v>
       </c>
       <c r="G76" s="47">
         <v>336080</v>
       </c>
       <c r="H76" s="47">
         <v>437539</v>
       </c>
       <c r="I76" s="47">
         <v>291252</v>
       </c>
       <c r="J76" s="47">
         <v>244991</v>
       </c>
       <c r="K76" s="47">
         <v>185528</v>
       </c>
       <c r="L76" s="84">
         <v>1813626</v>
       </c>
     </row>
     <row r="77" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B77" s="269" t="s">
+      <c r="B77" s="344" t="s">
         <v>81</v>
       </c>
-      <c r="C77" s="244"/>
-      <c r="D77" s="245"/>
+      <c r="C77" s="319"/>
+      <c r="D77" s="320"/>
       <c r="E77" s="47">
         <v>14</v>
       </c>
       <c r="F77" s="47">
         <v>36</v>
       </c>
       <c r="G77" s="47">
         <v>4231077</v>
       </c>
       <c r="H77" s="47">
         <v>3632208</v>
       </c>
       <c r="I77" s="47">
         <v>2371656</v>
       </c>
       <c r="J77" s="47">
         <v>1552844</v>
       </c>
       <c r="K77" s="47">
         <v>748362</v>
       </c>
       <c r="L77" s="84">
         <v>12536197</v>
       </c>
     </row>
     <row r="78" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B78" s="269" t="s">
+      <c r="B78" s="344" t="s">
         <v>82</v>
       </c>
-      <c r="C78" s="244"/>
-      <c r="D78" s="245"/>
+      <c r="C78" s="319"/>
+      <c r="D78" s="320"/>
       <c r="E78" s="47">
         <v>12</v>
       </c>
       <c r="F78" s="47">
         <v>16</v>
       </c>
       <c r="G78" s="47">
         <v>1180546</v>
       </c>
       <c r="H78" s="47">
         <v>1102790</v>
       </c>
       <c r="I78" s="47">
         <v>592654</v>
       </c>
       <c r="J78" s="47">
         <v>345760</v>
       </c>
       <c r="K78" s="47">
         <v>128713</v>
       </c>
       <c r="L78" s="84">
         <v>3350491</v>
       </c>
     </row>
     <row r="79" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B79" s="269" t="s">
+      <c r="B79" s="344" t="s">
         <v>83</v>
       </c>
-      <c r="C79" s="244"/>
-      <c r="D79" s="245"/>
+      <c r="C79" s="319"/>
+      <c r="D79" s="320"/>
       <c r="E79" s="47">
         <v>10277</v>
       </c>
       <c r="F79" s="47">
         <v>35777</v>
       </c>
       <c r="G79" s="47">
         <v>416293</v>
       </c>
       <c r="H79" s="47">
         <v>672068</v>
       </c>
       <c r="I79" s="47">
         <v>1176960</v>
       </c>
       <c r="J79" s="47">
         <v>882394</v>
       </c>
       <c r="K79" s="47">
         <v>375382</v>
       </c>
       <c r="L79" s="84">
         <v>3569151</v>
       </c>
     </row>
     <row r="80" spans="1:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B80" s="269" t="s">
+      <c r="B80" s="344" t="s">
         <v>84</v>
       </c>
-      <c r="C80" s="244"/>
-      <c r="D80" s="245"/>
+      <c r="C80" s="319"/>
+      <c r="D80" s="320"/>
       <c r="E80" s="47">
         <v>638</v>
       </c>
       <c r="F80" s="47">
         <v>3001</v>
       </c>
       <c r="G80" s="47">
         <v>41641</v>
       </c>
       <c r="H80" s="47">
         <v>67110</v>
       </c>
       <c r="I80" s="47">
         <v>82337</v>
       </c>
       <c r="J80" s="47">
         <v>72964</v>
       </c>
       <c r="K80" s="47">
         <v>44778</v>
       </c>
       <c r="L80" s="84">
         <v>312469</v>
       </c>
     </row>
     <row r="81" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B81" s="269" t="s">
+      <c r="B81" s="344" t="s">
         <v>85</v>
       </c>
-      <c r="C81" s="244"/>
-      <c r="D81" s="245"/>
+      <c r="C81" s="319"/>
+      <c r="D81" s="320"/>
       <c r="E81" s="47">
         <v>17</v>
       </c>
       <c r="F81" s="47">
         <v>49</v>
       </c>
       <c r="G81" s="47">
         <v>345</v>
       </c>
       <c r="H81" s="47">
         <v>571</v>
       </c>
       <c r="I81" s="47">
         <v>1215</v>
       </c>
       <c r="J81" s="47">
         <v>1775</v>
       </c>
       <c r="K81" s="47">
         <v>1784</v>
       </c>
       <c r="L81" s="84">
         <v>5756</v>
       </c>
     </row>
     <row r="82" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B82" s="269" t="s">
+      <c r="B82" s="344" t="s">
         <v>152</v>
       </c>
-      <c r="C82" s="244"/>
-      <c r="D82" s="245"/>
+      <c r="C82" s="319"/>
+      <c r="D82" s="320"/>
       <c r="E82" s="47">
         <v>0</v>
       </c>
       <c r="F82" s="47">
         <v>28</v>
       </c>
       <c r="G82" s="47">
         <v>337</v>
       </c>
       <c r="H82" s="47">
         <v>459</v>
       </c>
       <c r="I82" s="47">
         <v>596</v>
       </c>
       <c r="J82" s="47">
         <v>857</v>
       </c>
       <c r="K82" s="47">
         <v>886</v>
       </c>
       <c r="L82" s="84">
         <v>3163</v>
       </c>
     </row>
     <row r="83" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B83" s="270" t="s">
+      <c r="B83" s="341" t="s">
         <v>153</v>
       </c>
-      <c r="C83" s="271"/>
-      <c r="D83" s="272"/>
+      <c r="C83" s="342"/>
+      <c r="D83" s="343"/>
       <c r="E83" s="87">
         <v>0</v>
       </c>
       <c r="F83" s="87">
         <v>0</v>
       </c>
       <c r="G83" s="87">
         <v>1899</v>
       </c>
       <c r="H83" s="87">
         <v>1693</v>
       </c>
       <c r="I83" s="87">
         <v>1571</v>
       </c>
       <c r="J83" s="87">
         <v>1037</v>
       </c>
       <c r="K83" s="87">
         <v>482</v>
       </c>
       <c r="L83" s="86">
         <v>6682</v>
       </c>
     </row>
     <row r="84" spans="1:15" s="18" customFormat="1" ht="9.75" customHeight="1">
       <c r="B84" s="25" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C84" s="88"/>
       <c r="D84" s="88"/>
       <c r="E84" s="88"/>
       <c r="F84" s="88"/>
       <c r="G84" s="88"/>
       <c r="H84" s="88"/>
       <c r="I84" s="88"/>
       <c r="J84" s="88"/>
       <c r="K84" s="88"/>
       <c r="L84" s="96"/>
       <c r="M84" s="88"/>
       <c r="N84" s="88"/>
       <c r="O84" s="88"/>
     </row>
     <row r="85" spans="1:15" s="18" customFormat="1" ht="9.75" customHeight="1">
       <c r="B85" s="25" t="s">
         <v>140</v>
       </c>
       <c r="C85" s="88"/>
       <c r="D85" s="88"/>
       <c r="E85" s="88"/>
       <c r="F85" s="88"/>
       <c r="G85" s="88"/>
       <c r="H85" s="88"/>
@@ -28988,440 +28988,440 @@
       <c r="M86" s="88"/>
       <c r="N86" s="88"/>
       <c r="O86" s="88"/>
     </row>
     <row r="87" spans="1:15" s="18" customFormat="1" ht="2.25" customHeight="1">
       <c r="B87" s="25"/>
       <c r="C87" s="88"/>
       <c r="D87" s="88"/>
       <c r="E87" s="88"/>
       <c r="F87" s="88"/>
       <c r="G87" s="88"/>
       <c r="H87" s="88"/>
       <c r="I87" s="88"/>
       <c r="J87" s="88"/>
       <c r="K87" s="88"/>
       <c r="L87" s="96"/>
       <c r="M87" s="88"/>
       <c r="N87" s="88"/>
       <c r="O87" s="88"/>
     </row>
     <row r="88" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A88" s="18" t="s">
         <v>86</v>
       </c>
       <c r="M88" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="89" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B89" s="258" t="s">
+      <c r="B89" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C89" s="259"/>
-      <c r="D89" s="259"/>
+      <c r="C89" s="334"/>
+      <c r="D89" s="334"/>
       <c r="E89" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F89" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G89" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J89" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="29" t="s">
         <v>20</v>
       </c>
       <c r="O89" s="88"/>
     </row>
     <row r="90" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B90" s="204" t="s">
+      <c r="B90" s="157" t="s">
         <v>77</v>
       </c>
-      <c r="C90" s="205"/>
-      <c r="D90" s="268"/>
+      <c r="C90" s="158"/>
+      <c r="D90" s="345"/>
       <c r="E90" s="42">
         <v>0</v>
       </c>
       <c r="F90" s="42">
         <v>19</v>
       </c>
       <c r="G90" s="42">
         <v>178701</v>
       </c>
       <c r="H90" s="42">
         <v>226396</v>
       </c>
       <c r="I90" s="42">
         <v>273516</v>
       </c>
       <c r="J90" s="42">
         <v>327455</v>
       </c>
       <c r="K90" s="42">
         <v>284258</v>
       </c>
       <c r="L90" s="75">
         <v>1290345</v>
       </c>
       <c r="O90" s="88"/>
     </row>
     <row r="91" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B91" s="269" t="s">
+      <c r="B91" s="344" t="s">
         <v>78</v>
       </c>
-      <c r="C91" s="244"/>
-      <c r="D91" s="245"/>
+      <c r="C91" s="319"/>
+      <c r="D91" s="320"/>
       <c r="E91" s="47">
         <v>4</v>
       </c>
       <c r="F91" s="47">
         <v>26</v>
       </c>
       <c r="G91" s="47">
         <v>222</v>
       </c>
       <c r="H91" s="47">
         <v>828</v>
       </c>
       <c r="I91" s="47">
         <v>1803</v>
       </c>
       <c r="J91" s="47">
         <v>3994</v>
       </c>
       <c r="K91" s="47">
         <v>6874</v>
       </c>
       <c r="L91" s="84">
         <v>13751</v>
       </c>
       <c r="O91" s="88"/>
     </row>
     <row r="92" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B92" s="269" t="s">
+      <c r="B92" s="344" t="s">
         <v>79</v>
       </c>
-      <c r="C92" s="244"/>
-      <c r="D92" s="245"/>
+      <c r="C92" s="319"/>
+      <c r="D92" s="320"/>
       <c r="E92" s="47">
         <v>15366</v>
       </c>
       <c r="F92" s="47">
         <v>33129</v>
       </c>
       <c r="G92" s="47">
         <v>87079</v>
       </c>
       <c r="H92" s="47">
         <v>104716</v>
       </c>
       <c r="I92" s="47">
         <v>67823</v>
       </c>
       <c r="J92" s="47">
         <v>57991</v>
       </c>
       <c r="K92" s="47">
         <v>48642</v>
       </c>
       <c r="L92" s="84">
         <v>414746</v>
       </c>
       <c r="O92" s="88"/>
     </row>
     <row r="93" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B93" s="269" t="s">
+      <c r="B93" s="344" t="s">
         <v>80</v>
       </c>
-      <c r="C93" s="244"/>
-      <c r="D93" s="245"/>
+      <c r="C93" s="319"/>
+      <c r="D93" s="320"/>
       <c r="E93" s="47">
         <v>4787</v>
       </c>
       <c r="F93" s="47">
         <v>10824</v>
       </c>
       <c r="G93" s="47">
         <v>19443</v>
       </c>
       <c r="H93" s="47">
         <v>21675</v>
       </c>
       <c r="I93" s="47">
         <v>16317</v>
       </c>
       <c r="J93" s="47">
         <v>13129</v>
       </c>
       <c r="K93" s="47">
         <v>9323</v>
       </c>
       <c r="L93" s="84">
         <v>95498</v>
       </c>
       <c r="O93" s="88"/>
     </row>
     <row r="94" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B94" s="269" t="s">
+      <c r="B94" s="344" t="s">
         <v>81</v>
       </c>
-      <c r="C94" s="244"/>
-      <c r="D94" s="245"/>
+      <c r="C94" s="319"/>
+      <c r="D94" s="320"/>
       <c r="E94" s="47">
         <v>3</v>
       </c>
       <c r="F94" s="47">
         <v>0</v>
       </c>
       <c r="G94" s="47">
         <v>183591</v>
       </c>
       <c r="H94" s="47">
         <v>147848</v>
       </c>
       <c r="I94" s="47">
         <v>91796</v>
       </c>
       <c r="J94" s="47">
         <v>56527</v>
       </c>
       <c r="K94" s="47">
         <v>24959</v>
       </c>
       <c r="L94" s="84">
         <v>504724</v>
       </c>
       <c r="O94" s="88"/>
     </row>
     <row r="95" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B95" s="269" t="s">
+      <c r="B95" s="344" t="s">
         <v>82</v>
       </c>
-      <c r="C95" s="244"/>
-      <c r="D95" s="245"/>
+      <c r="C95" s="319"/>
+      <c r="D95" s="320"/>
       <c r="E95" s="47">
         <v>0</v>
       </c>
       <c r="F95" s="47">
         <v>0</v>
       </c>
       <c r="G95" s="47">
         <v>62323</v>
       </c>
       <c r="H95" s="47">
         <v>56443</v>
       </c>
       <c r="I95" s="47">
         <v>30566</v>
       </c>
       <c r="J95" s="47">
         <v>16695</v>
       </c>
       <c r="K95" s="47">
         <v>5346</v>
       </c>
       <c r="L95" s="84">
         <v>171373</v>
       </c>
       <c r="O95" s="88"/>
     </row>
     <row r="96" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B96" s="269" t="s">
+      <c r="B96" s="344" t="s">
         <v>83</v>
       </c>
-      <c r="C96" s="244"/>
-      <c r="D96" s="245"/>
+      <c r="C96" s="319"/>
+      <c r="D96" s="320"/>
       <c r="E96" s="47">
         <v>726</v>
       </c>
       <c r="F96" s="47">
         <v>1456</v>
       </c>
       <c r="G96" s="47">
         <v>18856</v>
       </c>
       <c r="H96" s="47">
         <v>26876</v>
       </c>
       <c r="I96" s="47">
         <v>44894</v>
       </c>
       <c r="J96" s="47">
         <v>32293</v>
       </c>
       <c r="K96" s="47">
         <v>12704</v>
       </c>
       <c r="L96" s="84">
         <v>137805</v>
       </c>
       <c r="O96" s="88"/>
     </row>
     <row r="97" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B97" s="269" t="s">
+      <c r="B97" s="344" t="s">
         <v>84</v>
       </c>
-      <c r="C97" s="244"/>
-      <c r="D97" s="245"/>
+      <c r="C97" s="319"/>
+      <c r="D97" s="320"/>
       <c r="E97" s="47">
         <v>23</v>
       </c>
       <c r="F97" s="47">
         <v>141</v>
       </c>
       <c r="G97" s="47">
         <v>2129</v>
       </c>
       <c r="H97" s="47">
         <v>3442</v>
       </c>
       <c r="I97" s="47">
         <v>4326</v>
       </c>
       <c r="J97" s="47">
         <v>3174</v>
       </c>
       <c r="K97" s="47">
         <v>1543</v>
       </c>
       <c r="L97" s="84">
         <v>14778</v>
       </c>
       <c r="O97" s="88"/>
     </row>
     <row r="98" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B98" s="269" t="s">
+      <c r="B98" s="344" t="s">
         <v>85</v>
       </c>
-      <c r="C98" s="244"/>
-      <c r="D98" s="245"/>
+      <c r="C98" s="319"/>
+      <c r="D98" s="320"/>
       <c r="E98" s="47">
         <v>2</v>
       </c>
       <c r="F98" s="47">
         <v>0</v>
       </c>
       <c r="G98" s="47">
         <v>33</v>
       </c>
       <c r="H98" s="47">
         <v>30</v>
       </c>
       <c r="I98" s="47">
         <v>184</v>
       </c>
       <c r="J98" s="47">
         <v>70</v>
       </c>
       <c r="K98" s="47">
         <v>56</v>
       </c>
       <c r="L98" s="84">
         <v>375</v>
       </c>
       <c r="O98" s="88"/>
     </row>
     <row r="99" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B99" s="269" t="s">
+      <c r="B99" s="344" t="s">
         <v>152</v>
       </c>
-      <c r="C99" s="244"/>
-      <c r="D99" s="245"/>
+      <c r="C99" s="319"/>
+      <c r="D99" s="320"/>
       <c r="E99" s="47">
         <v>0</v>
       </c>
       <c r="F99" s="47">
         <v>0</v>
       </c>
       <c r="G99" s="47">
         <v>7</v>
       </c>
       <c r="H99" s="47">
         <v>34</v>
       </c>
       <c r="I99" s="47">
         <v>26</v>
       </c>
       <c r="J99" s="47">
         <v>6</v>
       </c>
       <c r="K99" s="47">
         <v>24</v>
       </c>
       <c r="L99" s="84">
         <v>97</v>
       </c>
       <c r="O99" s="88"/>
     </row>
     <row r="100" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B100" s="270" t="s">
+      <c r="B100" s="341" t="s">
         <v>153</v>
       </c>
-      <c r="C100" s="271"/>
-      <c r="D100" s="272"/>
+      <c r="C100" s="342"/>
+      <c r="D100" s="343"/>
       <c r="E100" s="87">
         <v>0</v>
       </c>
       <c r="F100" s="87">
         <v>0</v>
       </c>
       <c r="G100" s="87">
         <v>371</v>
       </c>
       <c r="H100" s="87">
         <v>153</v>
       </c>
       <c r="I100" s="87">
         <v>178</v>
       </c>
       <c r="J100" s="87">
         <v>131</v>
       </c>
       <c r="K100" s="87">
         <v>32</v>
       </c>
       <c r="L100" s="86">
         <v>865</v>
       </c>
       <c r="O100" s="88"/>
     </row>
     <row r="101" spans="1:15" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B101" s="25" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C101" s="88"/>
       <c r="D101" s="88"/>
       <c r="E101" s="88"/>
       <c r="F101" s="88"/>
       <c r="G101" s="88"/>
       <c r="H101" s="88"/>
       <c r="I101" s="88"/>
       <c r="J101" s="88"/>
       <c r="K101" s="88"/>
       <c r="L101" s="96"/>
       <c r="M101" s="88"/>
       <c r="N101" s="88"/>
       <c r="O101" s="88"/>
     </row>
     <row r="102" spans="1:15" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B102" s="25" t="s">
         <v>140</v>
       </c>
       <c r="C102" s="88"/>
       <c r="D102" s="88"/>
       <c r="E102" s="88"/>
       <c r="F102" s="88"/>
       <c r="G102" s="88"/>
       <c r="H102" s="88"/>
@@ -29450,435 +29450,435 @@
       <c r="M103" s="88"/>
       <c r="N103" s="88"/>
       <c r="O103" s="88"/>
     </row>
     <row r="104" spans="1:15" s="18" customFormat="1" ht="2.25" customHeight="1">
       <c r="B104" s="25"/>
       <c r="C104" s="88"/>
       <c r="D104" s="88"/>
       <c r="E104" s="88"/>
       <c r="F104" s="88"/>
       <c r="G104" s="88"/>
       <c r="H104" s="88"/>
       <c r="I104" s="88"/>
       <c r="J104" s="88"/>
       <c r="K104" s="88"/>
       <c r="L104" s="96"/>
       <c r="M104" s="88"/>
       <c r="N104" s="88"/>
       <c r="O104" s="88"/>
     </row>
     <row r="105" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A105" s="18" t="s">
         <v>87</v>
       </c>
       <c r="M105" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="O105" s="18" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="106" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B106" s="258" t="s">
+      <c r="B106" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C106" s="259"/>
-      <c r="D106" s="259"/>
+      <c r="C106" s="334"/>
+      <c r="D106" s="334"/>
       <c r="E106" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F106" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G106" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H106" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="29" t="s">
         <v>20</v>
       </c>
       <c r="O106" s="88"/>
     </row>
     <row r="107" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B107" s="204" t="s">
+      <c r="B107" s="157" t="s">
         <v>77</v>
       </c>
-      <c r="C107" s="205"/>
-      <c r="D107" s="268"/>
+      <c r="C107" s="158"/>
+      <c r="D107" s="345"/>
       <c r="E107" s="42">
         <v>0</v>
       </c>
       <c r="F107" s="42">
         <v>6</v>
       </c>
       <c r="G107" s="42">
         <v>143237</v>
       </c>
       <c r="H107" s="42">
         <v>197039</v>
       </c>
       <c r="I107" s="42">
         <v>240825</v>
       </c>
       <c r="J107" s="42">
         <v>293090</v>
       </c>
       <c r="K107" s="42">
         <v>289248</v>
       </c>
       <c r="L107" s="75">
         <v>1163445</v>
       </c>
       <c r="O107" s="88"/>
     </row>
     <row r="108" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B108" s="269" t="s">
+      <c r="B108" s="344" t="s">
         <v>78</v>
       </c>
-      <c r="C108" s="244"/>
-      <c r="D108" s="245"/>
+      <c r="C108" s="319"/>
+      <c r="D108" s="320"/>
       <c r="E108" s="47">
         <v>0</v>
       </c>
       <c r="F108" s="47">
         <v>63</v>
       </c>
       <c r="G108" s="47">
         <v>272</v>
       </c>
       <c r="H108" s="47">
         <v>982</v>
       </c>
       <c r="I108" s="47">
         <v>1590</v>
       </c>
       <c r="J108" s="47">
         <v>4800</v>
       </c>
       <c r="K108" s="47">
         <v>8766</v>
       </c>
       <c r="L108" s="84">
         <v>16473</v>
       </c>
       <c r="O108" s="88"/>
     </row>
     <row r="109" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B109" s="269" t="s">
+      <c r="B109" s="344" t="s">
         <v>79</v>
       </c>
-      <c r="C109" s="244"/>
-      <c r="D109" s="245"/>
+      <c r="C109" s="319"/>
+      <c r="D109" s="320"/>
       <c r="E109" s="47">
         <v>16299</v>
       </c>
       <c r="F109" s="47">
         <v>40508</v>
       </c>
       <c r="G109" s="47">
         <v>94629</v>
       </c>
       <c r="H109" s="47">
         <v>119095</v>
       </c>
       <c r="I109" s="47">
         <v>76673</v>
       </c>
       <c r="J109" s="47">
         <v>68751</v>
       </c>
       <c r="K109" s="47">
         <v>54880</v>
       </c>
       <c r="L109" s="84">
         <v>470835</v>
       </c>
       <c r="O109" s="88"/>
     </row>
     <row r="110" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B110" s="269" t="s">
+      <c r="B110" s="344" t="s">
         <v>80</v>
       </c>
-      <c r="C110" s="244"/>
-      <c r="D110" s="245"/>
+      <c r="C110" s="319"/>
+      <c r="D110" s="320"/>
       <c r="E110" s="47">
         <v>5286</v>
       </c>
       <c r="F110" s="47">
         <v>14303</v>
       </c>
       <c r="G110" s="47">
         <v>19961</v>
       </c>
       <c r="H110" s="47">
         <v>26521</v>
       </c>
       <c r="I110" s="47">
         <v>19297</v>
       </c>
       <c r="J110" s="47">
         <v>16167</v>
       </c>
       <c r="K110" s="47">
         <v>12327</v>
       </c>
       <c r="L110" s="84">
         <v>113862</v>
       </c>
     </row>
     <row r="111" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B111" s="269" t="s">
+      <c r="B111" s="344" t="s">
         <v>81</v>
       </c>
-      <c r="C111" s="244"/>
-      <c r="D111" s="245"/>
+      <c r="C111" s="319"/>
+      <c r="D111" s="320"/>
       <c r="E111" s="47">
         <v>0</v>
       </c>
       <c r="F111" s="47">
         <v>2</v>
       </c>
       <c r="G111" s="47">
         <v>140775</v>
       </c>
       <c r="H111" s="47">
         <v>122487</v>
       </c>
       <c r="I111" s="47">
         <v>76853</v>
       </c>
       <c r="J111" s="47">
         <v>48808</v>
       </c>
       <c r="K111" s="47">
         <v>22423</v>
       </c>
       <c r="L111" s="84">
         <v>411348</v>
       </c>
     </row>
     <row r="112" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B112" s="269" t="s">
+      <c r="B112" s="344" t="s">
         <v>82</v>
       </c>
-      <c r="C112" s="244"/>
-      <c r="D112" s="245"/>
+      <c r="C112" s="319"/>
+      <c r="D112" s="320"/>
       <c r="E112" s="47">
         <v>0</v>
       </c>
       <c r="F112" s="47">
         <v>0</v>
       </c>
       <c r="G112" s="47">
         <v>48302</v>
       </c>
       <c r="H112" s="47">
         <v>46679</v>
       </c>
       <c r="I112" s="47">
         <v>26741</v>
       </c>
       <c r="J112" s="47">
         <v>16634</v>
       </c>
       <c r="K112" s="47">
         <v>6521</v>
       </c>
       <c r="L112" s="84">
         <v>144877</v>
       </c>
     </row>
     <row r="113" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B113" s="269" t="s">
+      <c r="B113" s="344" t="s">
         <v>83</v>
       </c>
-      <c r="C113" s="244"/>
-      <c r="D113" s="245"/>
+      <c r="C113" s="319"/>
+      <c r="D113" s="320"/>
       <c r="E113" s="47">
         <v>456</v>
       </c>
       <c r="F113" s="47">
         <v>1378</v>
       </c>
       <c r="G113" s="47">
         <v>14629</v>
       </c>
       <c r="H113" s="47">
         <v>20825</v>
       </c>
       <c r="I113" s="47">
         <v>33818</v>
       </c>
       <c r="J113" s="47">
         <v>25890</v>
       </c>
       <c r="K113" s="47">
         <v>12104</v>
       </c>
       <c r="L113" s="84">
         <v>109100</v>
       </c>
     </row>
     <row r="114" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B114" s="269" t="s">
+      <c r="B114" s="344" t="s">
         <v>84</v>
       </c>
-      <c r="C114" s="244"/>
-      <c r="D114" s="245"/>
+      <c r="C114" s="319"/>
+      <c r="D114" s="320"/>
       <c r="E114" s="47">
         <v>32</v>
       </c>
       <c r="F114" s="47">
         <v>87</v>
       </c>
       <c r="G114" s="47">
         <v>1548</v>
       </c>
       <c r="H114" s="47">
         <v>2699</v>
       </c>
       <c r="I114" s="47">
         <v>3421</v>
       </c>
       <c r="J114" s="47">
         <v>3333</v>
       </c>
       <c r="K114" s="47">
         <v>2105</v>
       </c>
       <c r="L114" s="84">
         <v>13225</v>
       </c>
     </row>
     <row r="115" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B115" s="269" t="s">
+      <c r="B115" s="344" t="s">
         <v>85</v>
       </c>
-      <c r="C115" s="244"/>
-      <c r="D115" s="245"/>
+      <c r="C115" s="319"/>
+      <c r="D115" s="320"/>
       <c r="E115" s="47">
         <v>0</v>
       </c>
       <c r="F115" s="47">
         <v>8</v>
       </c>
       <c r="G115" s="47">
         <v>0</v>
       </c>
       <c r="H115" s="47">
         <v>29</v>
       </c>
       <c r="I115" s="47">
         <v>32</v>
       </c>
       <c r="J115" s="47">
         <v>41</v>
       </c>
       <c r="K115" s="47">
         <v>48</v>
       </c>
       <c r="L115" s="84">
         <v>158</v>
       </c>
     </row>
     <row r="116" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B116" s="269" t="s">
+      <c r="B116" s="344" t="s">
         <v>152</v>
       </c>
-      <c r="C116" s="244"/>
-      <c r="D116" s="245"/>
+      <c r="C116" s="319"/>
+      <c r="D116" s="320"/>
       <c r="E116" s="47">
         <v>0</v>
       </c>
       <c r="F116" s="47">
         <v>7</v>
       </c>
       <c r="G116" s="47">
         <v>11</v>
       </c>
       <c r="H116" s="47">
         <v>40</v>
       </c>
       <c r="I116" s="47">
         <v>29</v>
       </c>
       <c r="J116" s="47">
         <v>23</v>
       </c>
       <c r="K116" s="47">
         <v>47</v>
       </c>
       <c r="L116" s="84">
         <v>157</v>
       </c>
     </row>
     <row r="117" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B117" s="270" t="s">
+      <c r="B117" s="341" t="s">
         <v>153</v>
       </c>
-      <c r="C117" s="271"/>
-      <c r="D117" s="272"/>
+      <c r="C117" s="342"/>
+      <c r="D117" s="343"/>
       <c r="E117" s="87">
         <v>0</v>
       </c>
       <c r="F117" s="87">
         <v>0</v>
       </c>
       <c r="G117" s="87">
         <v>258</v>
       </c>
       <c r="H117" s="87">
         <v>347</v>
       </c>
       <c r="I117" s="87">
         <v>272</v>
       </c>
       <c r="J117" s="87">
         <v>224</v>
       </c>
       <c r="K117" s="87">
         <v>197</v>
       </c>
       <c r="L117" s="86">
         <v>1298</v>
       </c>
     </row>
     <row r="118" spans="1:15" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B118" s="25" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="C118" s="88"/>
       <c r="D118" s="88"/>
       <c r="E118" s="88"/>
       <c r="F118" s="88"/>
       <c r="G118" s="88"/>
       <c r="H118" s="88"/>
       <c r="I118" s="88"/>
       <c r="J118" s="88"/>
       <c r="K118" s="88"/>
       <c r="L118" s="96"/>
       <c r="M118" s="88"/>
       <c r="N118" s="88"/>
       <c r="O118" s="88"/>
     </row>
     <row r="119" spans="1:15" s="18" customFormat="1" ht="9" customHeight="1">
       <c r="B119" s="25" t="s">
         <v>140</v>
       </c>
       <c r="C119" s="88"/>
       <c r="D119" s="88"/>
       <c r="E119" s="88"/>
       <c r="F119" s="88"/>
       <c r="G119" s="88"/>
       <c r="H119" s="88"/>
@@ -29908,2188 +29908,2188 @@
       <c r="N120" s="88"/>
       <c r="O120" s="88"/>
     </row>
     <row r="121" spans="1:15" s="18" customFormat="1" ht="5.25" customHeight="1">
       <c r="B121" s="25"/>
       <c r="C121" s="88"/>
       <c r="D121" s="88"/>
       <c r="E121" s="88"/>
       <c r="F121" s="88"/>
       <c r="G121" s="88"/>
       <c r="H121" s="88"/>
       <c r="I121" s="88"/>
       <c r="J121" s="88"/>
       <c r="K121" s="88"/>
       <c r="L121" s="96"/>
       <c r="M121" s="88"/>
       <c r="N121" s="88"/>
       <c r="O121" s="88"/>
     </row>
     <row r="122" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A122" s="18" t="s">
         <v>89</v>
       </c>
       <c r="L122" s="22"/>
       <c r="N122" s="22" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="123" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B123" s="258" t="s">
+      <c r="B123" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C123" s="259"/>
-      <c r="D123" s="259"/>
+      <c r="C123" s="334"/>
+      <c r="D123" s="334"/>
       <c r="E123" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F123" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G123" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J123" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B124" s="260" t="s">
+      <c r="B124" s="346" t="s">
         <v>21</v>
       </c>
-      <c r="C124" s="261"/>
-      <c r="D124" s="262"/>
+      <c r="C124" s="347"/>
+      <c r="D124" s="348"/>
       <c r="E124" s="42">
         <v>5747</v>
       </c>
       <c r="F124" s="60">
         <v>8380</v>
       </c>
       <c r="G124" s="60">
         <v>283193</v>
       </c>
       <c r="H124" s="60">
         <v>239194</v>
       </c>
       <c r="I124" s="60">
         <v>179351</v>
       </c>
       <c r="J124" s="60">
         <v>133088</v>
       </c>
       <c r="K124" s="60">
         <v>80877</v>
       </c>
       <c r="L124" s="81">
         <v>929830</v>
       </c>
     </row>
     <row r="125" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B125" s="263" t="s">
+      <c r="B125" s="349" t="s">
         <v>28</v>
       </c>
-      <c r="C125" s="264"/>
-      <c r="D125" s="265"/>
+      <c r="C125" s="350"/>
+      <c r="D125" s="351"/>
       <c r="E125" s="60">
         <v>40</v>
       </c>
       <c r="F125" s="60">
         <v>57</v>
       </c>
       <c r="G125" s="60">
         <v>2157</v>
       </c>
       <c r="H125" s="60">
         <v>2985</v>
       </c>
       <c r="I125" s="60">
         <v>2115</v>
       </c>
       <c r="J125" s="60">
         <v>1634</v>
       </c>
       <c r="K125" s="60">
         <v>1543</v>
       </c>
       <c r="L125" s="81">
         <v>10531</v>
       </c>
     </row>
     <row r="126" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B126" s="266" t="s">
+      <c r="B126" s="352" t="s">
         <v>29</v>
       </c>
-      <c r="C126" s="267"/>
-      <c r="D126" s="267"/>
+      <c r="C126" s="353"/>
+      <c r="D126" s="353"/>
       <c r="E126" s="82">
         <v>5787</v>
       </c>
       <c r="F126" s="82">
         <v>8437</v>
       </c>
       <c r="G126" s="82">
         <v>285350</v>
       </c>
       <c r="H126" s="82">
         <v>242179</v>
       </c>
       <c r="I126" s="82">
         <v>181466</v>
       </c>
       <c r="J126" s="82">
         <v>134722</v>
       </c>
       <c r="K126" s="82">
         <v>82420</v>
       </c>
       <c r="L126" s="83">
         <v>940361</v>
       </c>
     </row>
     <row r="127" spans="1:15" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="128" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A128" s="18" t="s">
         <v>90</v>
       </c>
       <c r="L128" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N128" s="22"/>
     </row>
     <row r="129" spans="2:12" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B129" s="258" t="s">
+      <c r="B129" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C129" s="259"/>
-      <c r="D129" s="259"/>
+      <c r="C129" s="334"/>
+      <c r="D129" s="334"/>
       <c r="E129" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F129" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G129" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J129" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="130" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B130" s="204" t="s">
+      <c r="B130" s="157" t="s">
         <v>154</v>
       </c>
-      <c r="C130" s="205"/>
-      <c r="D130" s="268"/>
+      <c r="C130" s="158"/>
+      <c r="D130" s="345"/>
       <c r="E130" s="42">
         <v>0</v>
       </c>
       <c r="F130" s="42">
         <v>0</v>
       </c>
       <c r="G130" s="42">
         <v>11305</v>
       </c>
       <c r="H130" s="42">
         <v>11377</v>
       </c>
       <c r="I130" s="42">
         <v>8579</v>
       </c>
       <c r="J130" s="42">
         <v>9168</v>
       </c>
       <c r="K130" s="42">
         <v>6130</v>
       </c>
       <c r="L130" s="75">
         <v>46559</v>
       </c>
     </row>
     <row r="131" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B131" s="269" t="s">
+      <c r="B131" s="344" t="s">
         <v>92</v>
       </c>
-      <c r="C131" s="244"/>
-      <c r="D131" s="245"/>
+      <c r="C131" s="319"/>
+      <c r="D131" s="320"/>
       <c r="E131" s="47">
         <v>0</v>
       </c>
       <c r="F131" s="47">
         <v>0</v>
       </c>
       <c r="G131" s="47">
         <v>784</v>
       </c>
       <c r="H131" s="47">
         <v>1582</v>
       </c>
       <c r="I131" s="47">
         <v>1567</v>
       </c>
       <c r="J131" s="47">
         <v>1480</v>
       </c>
       <c r="K131" s="47">
         <v>1316</v>
       </c>
       <c r="L131" s="84">
         <v>6729</v>
       </c>
     </row>
     <row r="132" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B132" s="269" t="s">
+      <c r="B132" s="344" t="s">
         <v>93</v>
       </c>
-      <c r="C132" s="244"/>
-      <c r="D132" s="245"/>
+      <c r="C132" s="319"/>
+      <c r="D132" s="320"/>
       <c r="E132" s="47">
         <v>4</v>
       </c>
       <c r="F132" s="47">
         <v>5</v>
       </c>
       <c r="G132" s="47">
         <v>176226</v>
       </c>
       <c r="H132" s="47">
         <v>130116</v>
       </c>
       <c r="I132" s="47">
         <v>65856</v>
       </c>
       <c r="J132" s="47">
         <v>35185</v>
       </c>
       <c r="K132" s="47">
         <v>17015</v>
       </c>
       <c r="L132" s="84">
         <v>424407</v>
       </c>
     </row>
     <row r="133" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B133" s="269" t="s">
+      <c r="B133" s="344" t="s">
         <v>155</v>
       </c>
-      <c r="C133" s="244"/>
-      <c r="D133" s="245"/>
+      <c r="C133" s="319"/>
+      <c r="D133" s="320"/>
       <c r="E133" s="47">
         <v>359</v>
       </c>
       <c r="F133" s="47">
         <v>344</v>
       </c>
       <c r="G133" s="47">
         <v>13370</v>
       </c>
       <c r="H133" s="47">
         <v>11432</v>
       </c>
       <c r="I133" s="47">
         <v>10577</v>
       </c>
       <c r="J133" s="47">
         <v>5759</v>
       </c>
       <c r="K133" s="47">
         <v>4370</v>
       </c>
       <c r="L133" s="84">
         <v>46211</v>
       </c>
     </row>
     <row r="134" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B134" s="269" t="s">
+      <c r="B134" s="344" t="s">
         <v>156</v>
       </c>
-      <c r="C134" s="244"/>
-      <c r="D134" s="245"/>
+      <c r="C134" s="319"/>
+      <c r="D134" s="320"/>
       <c r="E134" s="47">
         <v>4667</v>
       </c>
       <c r="F134" s="47">
         <v>6258</v>
       </c>
       <c r="G134" s="47">
         <v>29514</v>
       </c>
       <c r="H134" s="47">
         <v>26506</v>
       </c>
       <c r="I134" s="47">
         <v>19898</v>
       </c>
       <c r="J134" s="47">
         <v>14254</v>
       </c>
       <c r="K134" s="47">
         <v>7340</v>
       </c>
       <c r="L134" s="84">
         <v>108437</v>
       </c>
     </row>
     <row r="135" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B135" s="269" t="s">
+      <c r="B135" s="344" t="s">
         <v>157</v>
       </c>
-      <c r="C135" s="244"/>
-      <c r="D135" s="245"/>
+      <c r="C135" s="319"/>
+      <c r="D135" s="320"/>
       <c r="E135" s="47">
         <v>7</v>
       </c>
       <c r="F135" s="47">
         <v>23</v>
       </c>
       <c r="G135" s="47">
         <v>145</v>
       </c>
       <c r="H135" s="47">
         <v>139</v>
       </c>
       <c r="I135" s="47">
         <v>98</v>
       </c>
       <c r="J135" s="47">
         <v>69</v>
       </c>
       <c r="K135" s="47">
         <v>30</v>
       </c>
       <c r="L135" s="84">
         <v>511</v>
       </c>
     </row>
     <row r="136" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B136" s="269" t="s">
+      <c r="B136" s="344" t="s">
         <v>158</v>
       </c>
-      <c r="C136" s="244"/>
-      <c r="D136" s="245"/>
+      <c r="C136" s="319"/>
+      <c r="D136" s="320"/>
       <c r="E136" s="47">
         <v>0</v>
       </c>
       <c r="F136" s="47">
         <v>1183</v>
       </c>
       <c r="G136" s="47">
         <v>49329</v>
       </c>
       <c r="H136" s="47">
         <v>54828</v>
       </c>
       <c r="I136" s="47">
         <v>53110</v>
       </c>
       <c r="J136" s="47">
         <v>35046</v>
       </c>
       <c r="K136" s="47">
         <v>21889</v>
       </c>
       <c r="L136" s="84">
         <v>215385</v>
       </c>
     </row>
     <row r="137" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B137" s="269" t="s">
+      <c r="B137" s="344" t="s">
         <v>159</v>
       </c>
-      <c r="C137" s="244"/>
-      <c r="D137" s="245"/>
+      <c r="C137" s="319"/>
+      <c r="D137" s="320"/>
       <c r="E137" s="47">
         <v>0</v>
       </c>
       <c r="F137" s="47">
         <v>0</v>
       </c>
       <c r="G137" s="47">
         <v>123</v>
       </c>
       <c r="H137" s="47">
         <v>125</v>
       </c>
       <c r="I137" s="47">
         <v>128</v>
       </c>
       <c r="J137" s="47">
         <v>56</v>
       </c>
       <c r="K137" s="47">
         <v>26</v>
       </c>
       <c r="L137" s="84">
         <v>458</v>
       </c>
     </row>
     <row r="138" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B138" s="269" t="s">
+      <c r="B138" s="344" t="s">
         <v>160</v>
       </c>
-      <c r="C138" s="244"/>
-      <c r="D138" s="245"/>
+      <c r="C138" s="319"/>
+      <c r="D138" s="320"/>
       <c r="E138" s="47">
         <v>0</v>
       </c>
       <c r="F138" s="47">
         <v>0</v>
       </c>
       <c r="G138" s="47">
         <v>1757</v>
       </c>
       <c r="H138" s="47">
         <v>2051</v>
       </c>
       <c r="I138" s="47">
         <v>1883</v>
       </c>
       <c r="J138" s="47">
         <v>1799</v>
       </c>
       <c r="K138" s="47">
         <v>936</v>
       </c>
       <c r="L138" s="84">
         <v>8426</v>
       </c>
     </row>
     <row r="139" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B139" s="269" t="s">
+      <c r="B139" s="344" t="s">
         <v>161</v>
       </c>
-      <c r="C139" s="244"/>
-      <c r="D139" s="245"/>
+      <c r="C139" s="319"/>
+      <c r="D139" s="320"/>
       <c r="E139" s="47">
         <v>0</v>
       </c>
       <c r="F139" s="47">
         <v>0</v>
       </c>
       <c r="G139" s="47">
         <v>9</v>
       </c>
       <c r="H139" s="47">
         <v>10</v>
       </c>
       <c r="I139" s="47">
         <v>7</v>
       </c>
       <c r="J139" s="47">
         <v>7</v>
       </c>
       <c r="K139" s="47">
         <v>4</v>
       </c>
       <c r="L139" s="84">
         <v>37</v>
       </c>
     </row>
     <row r="140" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B140" s="269" t="s">
+      <c r="B140" s="344" t="s">
         <v>162</v>
       </c>
-      <c r="C140" s="244"/>
-      <c r="D140" s="245"/>
+      <c r="C140" s="319"/>
+      <c r="D140" s="320"/>
       <c r="E140" s="47">
         <v>0</v>
       </c>
       <c r="F140" s="47">
         <v>0</v>
       </c>
       <c r="G140" s="47">
         <v>379</v>
       </c>
       <c r="H140" s="47">
         <v>1238</v>
       </c>
       <c r="I140" s="47">
         <v>17136</v>
       </c>
       <c r="J140" s="47">
         <v>27717</v>
       </c>
       <c r="K140" s="47">
         <v>18839</v>
       </c>
       <c r="L140" s="84">
         <v>65309</v>
       </c>
     </row>
     <row r="141" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B141" s="269" t="s">
+      <c r="B141" s="344" t="s">
         <v>163</v>
       </c>
-      <c r="C141" s="244"/>
-      <c r="D141" s="245"/>
+      <c r="C141" s="319"/>
+      <c r="D141" s="320"/>
       <c r="E141" s="47">
         <v>0</v>
       </c>
       <c r="F141" s="47">
         <v>0</v>
       </c>
       <c r="G141" s="47">
         <v>3646</v>
       </c>
       <c r="H141" s="47">
         <v>4778</v>
       </c>
       <c r="I141" s="47">
         <v>4380</v>
       </c>
       <c r="J141" s="47">
         <v>5245</v>
       </c>
       <c r="K141" s="47">
         <v>5016</v>
       </c>
       <c r="L141" s="84">
         <v>23065</v>
       </c>
     </row>
     <row r="142" spans="2:12" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B142" s="270" t="s">
+      <c r="B142" s="341" t="s">
         <v>164</v>
       </c>
-      <c r="C142" s="271"/>
-      <c r="D142" s="272"/>
+      <c r="C142" s="342"/>
+      <c r="D142" s="343"/>
       <c r="E142" s="85">
         <v>0</v>
       </c>
       <c r="F142" s="85">
         <v>0</v>
       </c>
       <c r="G142" s="85">
         <v>51</v>
       </c>
       <c r="H142" s="85">
         <v>65</v>
       </c>
       <c r="I142" s="85">
         <v>66</v>
       </c>
       <c r="J142" s="85">
         <v>51</v>
       </c>
       <c r="K142" s="85">
         <v>82</v>
       </c>
       <c r="L142" s="86">
         <v>315</v>
       </c>
     </row>
     <row r="143" spans="2:12" s="18" customFormat="1" ht="10.5" customHeight="1">
       <c r="B143" s="25" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="144" spans="2:12" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="145" spans="1:13" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A145" s="18" t="s">
         <v>96</v>
       </c>
       <c r="M145" s="66" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B146" s="258" t="s">
+      <c r="B146" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C146" s="259"/>
-      <c r="D146" s="259"/>
+      <c r="C146" s="334"/>
+      <c r="D146" s="334"/>
       <c r="E146" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F146" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G146" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J146" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K146" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="147" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B147" s="204" t="s">
+      <c r="B147" s="157" t="s">
         <v>91</v>
       </c>
-      <c r="C147" s="205"/>
-      <c r="D147" s="268"/>
+      <c r="C147" s="158"/>
+      <c r="D147" s="345"/>
       <c r="E147" s="42">
         <v>0</v>
       </c>
       <c r="F147" s="42">
         <v>0</v>
       </c>
       <c r="G147" s="42">
         <v>653</v>
       </c>
       <c r="H147" s="42">
         <v>580</v>
       </c>
       <c r="I147" s="42">
         <v>488</v>
       </c>
       <c r="J147" s="42">
         <v>510</v>
       </c>
       <c r="K147" s="42">
         <v>310</v>
       </c>
       <c r="L147" s="75">
         <v>2541</v>
       </c>
     </row>
     <row r="148" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B148" s="269" t="s">
+      <c r="B148" s="344" t="s">
         <v>92</v>
       </c>
-      <c r="C148" s="244"/>
-      <c r="D148" s="245"/>
+      <c r="C148" s="319"/>
+      <c r="D148" s="320"/>
       <c r="E148" s="47">
         <v>0</v>
       </c>
       <c r="F148" s="47">
         <v>0</v>
       </c>
       <c r="G148" s="47">
         <v>53</v>
       </c>
       <c r="H148" s="47">
         <v>83</v>
       </c>
       <c r="I148" s="47">
         <v>88</v>
       </c>
       <c r="J148" s="47">
         <v>85</v>
       </c>
       <c r="K148" s="47">
         <v>65</v>
       </c>
       <c r="L148" s="84">
         <v>374</v>
       </c>
     </row>
     <row r="149" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B149" s="269" t="s">
+      <c r="B149" s="344" t="s">
         <v>93</v>
       </c>
-      <c r="C149" s="244"/>
-      <c r="D149" s="245"/>
+      <c r="C149" s="319"/>
+      <c r="D149" s="320"/>
       <c r="E149" s="47">
         <v>2</v>
       </c>
       <c r="F149" s="47">
         <v>0</v>
       </c>
       <c r="G149" s="47">
         <v>8478</v>
       </c>
       <c r="H149" s="47">
         <v>5863</v>
       </c>
       <c r="I149" s="47">
         <v>2646</v>
       </c>
       <c r="J149" s="47">
         <v>1289</v>
       </c>
       <c r="K149" s="47">
         <v>551</v>
       </c>
       <c r="L149" s="84">
         <v>18829</v>
       </c>
     </row>
     <row r="150" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B150" s="269" t="s">
+      <c r="B150" s="344" t="s">
         <v>94</v>
       </c>
-      <c r="C150" s="244"/>
-      <c r="D150" s="245"/>
+      <c r="C150" s="319"/>
+      <c r="D150" s="320"/>
       <c r="E150" s="47">
         <v>14</v>
       </c>
       <c r="F150" s="47">
         <v>14</v>
       </c>
       <c r="G150" s="47">
         <v>606</v>
       </c>
       <c r="H150" s="47">
         <v>544</v>
       </c>
       <c r="I150" s="47">
         <v>511</v>
       </c>
       <c r="J150" s="47">
         <v>253</v>
       </c>
       <c r="K150" s="47">
         <v>137</v>
       </c>
       <c r="L150" s="84">
         <v>2079</v>
       </c>
     </row>
     <row r="151" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B151" s="269" t="s">
+      <c r="B151" s="344" t="s">
         <v>156</v>
       </c>
-      <c r="C151" s="244"/>
-      <c r="D151" s="245"/>
+      <c r="C151" s="319"/>
+      <c r="D151" s="320"/>
       <c r="E151" s="47">
         <v>209</v>
       </c>
       <c r="F151" s="47">
         <v>242</v>
       </c>
       <c r="G151" s="47">
         <v>1075</v>
       </c>
       <c r="H151" s="47">
         <v>949</v>
       </c>
       <c r="I151" s="47">
         <v>798</v>
       </c>
       <c r="J151" s="47">
         <v>550</v>
       </c>
       <c r="K151" s="47">
         <v>262</v>
       </c>
       <c r="L151" s="84">
         <v>4085</v>
       </c>
     </row>
     <row r="152" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B152" s="269" t="s">
+      <c r="B152" s="344" t="s">
         <v>157</v>
       </c>
-      <c r="C152" s="244"/>
-      <c r="D152" s="245"/>
+      <c r="C152" s="319"/>
+      <c r="D152" s="320"/>
       <c r="E152" s="47">
         <v>0</v>
       </c>
       <c r="F152" s="47">
         <v>0</v>
       </c>
       <c r="G152" s="47">
         <v>7</v>
       </c>
       <c r="H152" s="47">
         <v>9</v>
       </c>
       <c r="I152" s="47">
         <v>4</v>
       </c>
       <c r="J152" s="47">
         <v>3</v>
       </c>
       <c r="K152" s="47">
         <v>0</v>
       </c>
       <c r="L152" s="84">
         <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B153" s="269" t="s">
+      <c r="B153" s="344" t="s">
         <v>158</v>
       </c>
-      <c r="C153" s="244"/>
-      <c r="D153" s="245"/>
+      <c r="C153" s="319"/>
+      <c r="D153" s="320"/>
       <c r="E153" s="47">
         <v>0</v>
       </c>
       <c r="F153" s="47">
         <v>31</v>
       </c>
       <c r="G153" s="47">
         <v>1445</v>
       </c>
       <c r="H153" s="47">
         <v>1772</v>
       </c>
       <c r="I153" s="47">
         <v>1980</v>
       </c>
       <c r="J153" s="47">
         <v>1151</v>
       </c>
       <c r="K153" s="47">
         <v>664</v>
       </c>
       <c r="L153" s="84">
         <v>7043</v>
       </c>
     </row>
     <row r="154" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B154" s="269" t="s">
+      <c r="B154" s="344" t="s">
         <v>159</v>
       </c>
-      <c r="C154" s="244"/>
-      <c r="D154" s="245"/>
+      <c r="C154" s="319"/>
+      <c r="D154" s="320"/>
       <c r="E154" s="47">
         <v>0</v>
       </c>
       <c r="F154" s="47">
         <v>0</v>
       </c>
       <c r="G154" s="47">
         <v>8</v>
       </c>
       <c r="H154" s="47">
         <v>8</v>
       </c>
       <c r="I154" s="47">
         <v>6</v>
       </c>
       <c r="J154" s="47">
         <v>2</v>
       </c>
       <c r="K154" s="47">
         <v>2</v>
       </c>
       <c r="L154" s="84">
         <v>26</v>
       </c>
     </row>
     <row r="155" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B155" s="269" t="s">
+      <c r="B155" s="344" t="s">
         <v>160</v>
       </c>
-      <c r="C155" s="244"/>
-      <c r="D155" s="245"/>
+      <c r="C155" s="319"/>
+      <c r="D155" s="320"/>
       <c r="E155" s="47">
         <v>0</v>
       </c>
       <c r="F155" s="47">
         <v>0</v>
       </c>
       <c r="G155" s="47">
         <v>88</v>
       </c>
       <c r="H155" s="47">
         <v>119</v>
       </c>
       <c r="I155" s="47">
         <v>112</v>
       </c>
       <c r="J155" s="47">
         <v>90</v>
       </c>
       <c r="K155" s="47">
         <v>50</v>
       </c>
       <c r="L155" s="84">
         <v>459</v>
       </c>
     </row>
     <row r="156" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B156" s="269" t="s">
+      <c r="B156" s="344" t="s">
         <v>161</v>
       </c>
-      <c r="C156" s="244"/>
-      <c r="D156" s="245"/>
+      <c r="C156" s="319"/>
+      <c r="D156" s="320"/>
       <c r="E156" s="47">
         <v>0</v>
       </c>
       <c r="F156" s="47">
         <v>0</v>
       </c>
       <c r="G156" s="47">
         <v>0</v>
       </c>
       <c r="H156" s="47">
         <v>0</v>
       </c>
       <c r="I156" s="47">
         <v>0</v>
       </c>
       <c r="J156" s="47">
         <v>2</v>
       </c>
       <c r="K156" s="47">
         <v>0</v>
       </c>
       <c r="L156" s="84">
         <v>2</v>
       </c>
     </row>
     <row r="157" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B157" s="269" t="s">
+      <c r="B157" s="344" t="s">
         <v>162</v>
       </c>
-      <c r="C157" s="244"/>
-      <c r="D157" s="245"/>
+      <c r="C157" s="319"/>
+      <c r="D157" s="320"/>
       <c r="E157" s="47">
         <v>0</v>
       </c>
       <c r="F157" s="47">
         <v>0</v>
       </c>
       <c r="G157" s="47">
         <v>8</v>
       </c>
       <c r="H157" s="47">
         <v>25</v>
       </c>
       <c r="I157" s="47">
         <v>560</v>
       </c>
       <c r="J157" s="47">
         <v>804</v>
       </c>
       <c r="K157" s="47">
         <v>511</v>
       </c>
       <c r="L157" s="84">
         <v>1908</v>
       </c>
     </row>
     <row r="158" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B158" s="269" t="s">
+      <c r="B158" s="344" t="s">
         <v>163</v>
       </c>
-      <c r="C158" s="244"/>
-      <c r="D158" s="245"/>
+      <c r="C158" s="319"/>
+      <c r="D158" s="320"/>
       <c r="E158" s="47">
         <v>0</v>
       </c>
       <c r="F158" s="47">
         <v>0</v>
       </c>
       <c r="G158" s="47">
         <v>169</v>
       </c>
       <c r="H158" s="47">
         <v>233</v>
       </c>
       <c r="I158" s="47">
         <v>236</v>
       </c>
       <c r="J158" s="47">
         <v>291</v>
       </c>
       <c r="K158" s="47">
         <v>246</v>
       </c>
       <c r="L158" s="84">
         <v>1175</v>
       </c>
     </row>
     <row r="159" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B159" s="270" t="s">
+      <c r="B159" s="341" t="s">
         <v>164</v>
       </c>
-      <c r="C159" s="271"/>
-      <c r="D159" s="272"/>
+      <c r="C159" s="342"/>
+      <c r="D159" s="343"/>
       <c r="E159" s="85">
         <v>0</v>
       </c>
       <c r="F159" s="85">
         <v>0</v>
       </c>
       <c r="G159" s="85">
         <v>4</v>
       </c>
       <c r="H159" s="85">
         <v>4</v>
       </c>
       <c r="I159" s="85">
         <v>5</v>
       </c>
       <c r="J159" s="85">
         <v>3</v>
       </c>
       <c r="K159" s="85">
         <v>8</v>
       </c>
       <c r="L159" s="86">
         <v>24</v>
       </c>
     </row>
     <row r="160" spans="1:13" s="18" customFormat="1" ht="10.5" customHeight="1">
       <c r="B160" s="25" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="161" spans="1:13" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="162" spans="1:13" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A162" s="18" t="s">
         <v>97</v>
       </c>
       <c r="M162" s="66" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B163" s="258" t="s">
+      <c r="B163" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C163" s="259"/>
-      <c r="D163" s="259"/>
+      <c r="C163" s="334"/>
+      <c r="D163" s="334"/>
       <c r="E163" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F163" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G163" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J163" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K163" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="164" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B164" s="204" t="s">
+      <c r="B164" s="157" t="s">
         <v>91</v>
       </c>
-      <c r="C164" s="205"/>
-      <c r="D164" s="268"/>
+      <c r="C164" s="158"/>
+      <c r="D164" s="345"/>
       <c r="E164" s="42">
         <v>0</v>
       </c>
       <c r="F164" s="42">
         <v>0</v>
       </c>
       <c r="G164" s="42">
         <v>448</v>
       </c>
       <c r="H164" s="42">
         <v>478</v>
       </c>
       <c r="I164" s="42">
         <v>399</v>
       </c>
       <c r="J164" s="42">
         <v>467</v>
       </c>
       <c r="K164" s="42">
         <v>304</v>
       </c>
       <c r="L164" s="75">
         <v>2096</v>
       </c>
     </row>
     <row r="165" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B165" s="269" t="s">
+      <c r="B165" s="344" t="s">
         <v>92</v>
       </c>
-      <c r="C165" s="244"/>
-      <c r="D165" s="245"/>
+      <c r="C165" s="319"/>
+      <c r="D165" s="320"/>
       <c r="E165" s="47">
         <v>0</v>
       </c>
       <c r="F165" s="47">
         <v>0</v>
       </c>
       <c r="G165" s="47">
         <v>42</v>
       </c>
       <c r="H165" s="47">
         <v>95</v>
       </c>
       <c r="I165" s="47">
         <v>102</v>
       </c>
       <c r="J165" s="47">
         <v>101</v>
       </c>
       <c r="K165" s="47">
         <v>99</v>
       </c>
       <c r="L165" s="84">
         <v>439</v>
       </c>
     </row>
     <row r="166" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B166" s="269" t="s">
+      <c r="B166" s="344" t="s">
         <v>93</v>
       </c>
-      <c r="C166" s="244"/>
-      <c r="D166" s="245"/>
+      <c r="C166" s="319"/>
+      <c r="D166" s="320"/>
       <c r="E166" s="47">
         <v>0</v>
       </c>
       <c r="F166" s="47">
         <v>0</v>
       </c>
       <c r="G166" s="47">
         <v>7024</v>
       </c>
       <c r="H166" s="47">
         <v>5104</v>
       </c>
       <c r="I166" s="47">
         <v>2453</v>
       </c>
       <c r="J166" s="47">
         <v>1172</v>
       </c>
       <c r="K166" s="47">
         <v>509</v>
       </c>
       <c r="L166" s="84">
         <v>16262</v>
       </c>
     </row>
     <row r="167" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B167" s="269" t="s">
+      <c r="B167" s="344" t="s">
         <v>94</v>
       </c>
-      <c r="C167" s="244"/>
-      <c r="D167" s="245"/>
+      <c r="C167" s="319"/>
+      <c r="D167" s="320"/>
       <c r="E167" s="47">
         <v>4</v>
       </c>
       <c r="F167" s="47">
         <v>11</v>
       </c>
       <c r="G167" s="47">
         <v>446</v>
       </c>
       <c r="H167" s="47">
         <v>420</v>
       </c>
       <c r="I167" s="47">
         <v>417</v>
       </c>
       <c r="J167" s="47">
         <v>216</v>
       </c>
       <c r="K167" s="47">
         <v>191</v>
       </c>
       <c r="L167" s="84">
         <v>1705</v>
       </c>
     </row>
     <row r="168" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B168" s="269" t="s">
+      <c r="B168" s="344" t="s">
         <v>156</v>
       </c>
-      <c r="C168" s="244"/>
-      <c r="D168" s="245"/>
+      <c r="C168" s="319"/>
+      <c r="D168" s="320"/>
       <c r="E168" s="47">
         <v>123</v>
       </c>
       <c r="F168" s="47">
         <v>150</v>
       </c>
       <c r="G168" s="47">
         <v>687</v>
       </c>
       <c r="H168" s="47">
         <v>675</v>
       </c>
       <c r="I168" s="47">
         <v>500</v>
       </c>
       <c r="J168" s="47">
         <v>415</v>
       </c>
       <c r="K168" s="47">
         <v>173</v>
       </c>
       <c r="L168" s="84">
         <v>2723</v>
       </c>
     </row>
     <row r="169" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B169" s="269" t="s">
+      <c r="B169" s="344" t="s">
         <v>157</v>
       </c>
-      <c r="C169" s="244"/>
-      <c r="D169" s="245"/>
+      <c r="C169" s="319"/>
+      <c r="D169" s="320"/>
       <c r="E169" s="47">
         <v>1</v>
       </c>
       <c r="F169" s="47">
         <v>0</v>
       </c>
       <c r="G169" s="47">
         <v>5</v>
       </c>
       <c r="H169" s="47">
         <v>2</v>
       </c>
       <c r="I169" s="47">
         <v>4</v>
       </c>
       <c r="J169" s="47">
         <v>2</v>
       </c>
       <c r="K169" s="47">
         <v>2</v>
       </c>
       <c r="L169" s="84">
         <v>16</v>
       </c>
     </row>
     <row r="170" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B170" s="269" t="s">
+      <c r="B170" s="344" t="s">
         <v>158</v>
       </c>
-      <c r="C170" s="244"/>
-      <c r="D170" s="245"/>
+      <c r="C170" s="319"/>
+      <c r="D170" s="320"/>
       <c r="E170" s="47">
         <v>0</v>
       </c>
       <c r="F170" s="47">
         <v>17</v>
       </c>
       <c r="G170" s="47">
         <v>938</v>
       </c>
       <c r="H170" s="47">
         <v>1222</v>
       </c>
       <c r="I170" s="47">
         <v>1368</v>
       </c>
       <c r="J170" s="47">
         <v>843</v>
       </c>
       <c r="K170" s="47">
         <v>562</v>
       </c>
       <c r="L170" s="84">
         <v>4950</v>
       </c>
     </row>
     <row r="171" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B171" s="269" t="s">
+      <c r="B171" s="344" t="s">
         <v>159</v>
       </c>
-      <c r="C171" s="244"/>
-      <c r="D171" s="245"/>
+      <c r="C171" s="319"/>
+      <c r="D171" s="320"/>
       <c r="E171" s="47">
         <v>0</v>
       </c>
       <c r="F171" s="47">
         <v>0</v>
       </c>
       <c r="G171" s="47">
         <v>5</v>
       </c>
       <c r="H171" s="47">
         <v>4</v>
       </c>
       <c r="I171" s="47">
         <v>9</v>
       </c>
       <c r="J171" s="47">
         <v>1</v>
       </c>
       <c r="K171" s="47">
         <v>2</v>
       </c>
       <c r="L171" s="84">
         <v>21</v>
       </c>
     </row>
     <row r="172" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B172" s="269" t="s">
+      <c r="B172" s="344" t="s">
         <v>160</v>
       </c>
-      <c r="C172" s="244"/>
-      <c r="D172" s="245"/>
+      <c r="C172" s="319"/>
+      <c r="D172" s="320"/>
       <c r="E172" s="47">
         <v>0</v>
       </c>
       <c r="F172" s="47">
         <v>0</v>
       </c>
       <c r="G172" s="47">
         <v>71</v>
       </c>
       <c r="H172" s="47">
         <v>83</v>
       </c>
       <c r="I172" s="47">
         <v>99</v>
       </c>
       <c r="J172" s="47">
         <v>103</v>
       </c>
       <c r="K172" s="47">
         <v>49</v>
       </c>
       <c r="L172" s="84">
         <v>405</v>
       </c>
     </row>
     <row r="173" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B173" s="269" t="s">
+      <c r="B173" s="344" t="s">
         <v>161</v>
       </c>
-      <c r="C173" s="244"/>
-      <c r="D173" s="245"/>
+      <c r="C173" s="319"/>
+      <c r="D173" s="320"/>
       <c r="E173" s="47">
         <v>0</v>
       </c>
       <c r="F173" s="47">
         <v>0</v>
       </c>
       <c r="G173" s="47">
         <v>2</v>
       </c>
       <c r="H173" s="47">
         <v>2</v>
       </c>
       <c r="I173" s="47">
         <v>2</v>
       </c>
       <c r="J173" s="47">
         <v>0</v>
       </c>
       <c r="K173" s="47">
         <v>1</v>
       </c>
       <c r="L173" s="84">
         <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B174" s="269" t="s">
+      <c r="B174" s="344" t="s">
         <v>162</v>
       </c>
-      <c r="C174" s="244"/>
-      <c r="D174" s="245"/>
+      <c r="C174" s="319"/>
+      <c r="D174" s="320"/>
       <c r="E174" s="47">
         <v>0</v>
       </c>
       <c r="F174" s="47">
         <v>0</v>
       </c>
       <c r="G174" s="47">
         <v>5</v>
       </c>
       <c r="H174" s="47">
         <v>15</v>
       </c>
       <c r="I174" s="47">
         <v>308</v>
       </c>
       <c r="J174" s="47">
         <v>575</v>
       </c>
       <c r="K174" s="47">
         <v>373</v>
       </c>
       <c r="L174" s="84">
         <v>1276</v>
       </c>
     </row>
     <row r="175" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B175" s="269" t="s">
+      <c r="B175" s="344" t="s">
         <v>163</v>
       </c>
-      <c r="C175" s="244"/>
-      <c r="D175" s="245"/>
+      <c r="C175" s="319"/>
+      <c r="D175" s="320"/>
       <c r="E175" s="47">
         <v>0</v>
       </c>
       <c r="F175" s="47">
         <v>0</v>
       </c>
       <c r="G175" s="47">
         <v>133</v>
       </c>
       <c r="H175" s="47">
         <v>172</v>
       </c>
       <c r="I175" s="47">
         <v>170</v>
       </c>
       <c r="J175" s="47">
         <v>209</v>
       </c>
       <c r="K175" s="47">
         <v>203</v>
       </c>
       <c r="L175" s="84">
         <v>887</v>
       </c>
     </row>
     <row r="176" spans="1:13" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B176" s="270" t="s">
+      <c r="B176" s="341" t="s">
         <v>164</v>
       </c>
-      <c r="C176" s="271"/>
-      <c r="D176" s="272"/>
+      <c r="C176" s="342"/>
+      <c r="D176" s="343"/>
       <c r="E176" s="85">
         <v>0</v>
       </c>
       <c r="F176" s="85">
         <v>0</v>
       </c>
       <c r="G176" s="85">
         <v>4</v>
       </c>
       <c r="H176" s="85">
         <v>5</v>
       </c>
       <c r="I176" s="85">
         <v>7</v>
       </c>
       <c r="J176" s="85">
         <v>3</v>
       </c>
       <c r="K176" s="85">
         <v>5</v>
       </c>
       <c r="L176" s="86">
         <v>24</v>
       </c>
     </row>
     <row r="177" spans="1:14" s="18" customFormat="1" ht="10.5" customHeight="1">
       <c r="B177" s="25" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
     </row>
     <row r="178" spans="1:14" s="18" customFormat="1" ht="4.5" customHeight="1"/>
     <row r="179" spans="1:14" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A179" s="18" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="L179" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N179" s="22"/>
     </row>
     <row r="180" spans="1:14" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B180" s="258" t="s">
+      <c r="B180" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C180" s="259"/>
-      <c r="D180" s="259"/>
+      <c r="C180" s="334"/>
+      <c r="D180" s="334"/>
       <c r="E180" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F180" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G180" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J180" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L180" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="181" spans="1:14" s="18" customFormat="1" ht="14.45" customHeight="1">
-      <c r="B181" s="269" t="s">
+      <c r="B181" s="344" t="s">
         <v>165</v>
       </c>
-      <c r="C181" s="244"/>
-      <c r="D181" s="245"/>
+      <c r="C181" s="319"/>
+      <c r="D181" s="320"/>
       <c r="E181" s="47">
         <v>9</v>
       </c>
       <c r="F181" s="47">
         <v>10</v>
       </c>
       <c r="G181" s="47">
         <v>1422932</v>
       </c>
       <c r="H181" s="47">
         <v>1143041</v>
       </c>
       <c r="I181" s="47">
         <v>707434</v>
       </c>
       <c r="J181" s="47">
         <v>396691</v>
       </c>
       <c r="K181" s="47">
         <v>202773</v>
       </c>
       <c r="L181" s="84">
         <v>3872890</v>
       </c>
     </row>
     <row r="182" spans="1:14" s="18" customFormat="1" ht="14.45" customHeight="1">
-      <c r="B182" s="269" t="s">
+      <c r="B182" s="344" t="s">
         <v>166</v>
       </c>
-      <c r="C182" s="244"/>
-      <c r="D182" s="245"/>
+      <c r="C182" s="319"/>
+      <c r="D182" s="320"/>
       <c r="E182" s="47">
         <v>1590</v>
       </c>
       <c r="F182" s="47">
         <v>2324</v>
       </c>
       <c r="G182" s="47">
         <v>121372</v>
       </c>
       <c r="H182" s="47">
         <v>116157</v>
       </c>
       <c r="I182" s="47">
         <v>122505</v>
       </c>
       <c r="J182" s="47">
         <v>67409</v>
       </c>
       <c r="K182" s="47">
         <v>50643</v>
       </c>
       <c r="L182" s="84">
         <v>482000</v>
       </c>
     </row>
     <row r="183" spans="1:14" s="18" customFormat="1" ht="14.45" customHeight="1">
-      <c r="B183" s="269" t="s">
+      <c r="B183" s="344" t="s">
         <v>167</v>
       </c>
-      <c r="C183" s="244"/>
-      <c r="D183" s="245"/>
+      <c r="C183" s="319"/>
+      <c r="D183" s="320"/>
       <c r="E183" s="47">
         <v>22</v>
       </c>
       <c r="F183" s="47">
         <v>109</v>
       </c>
       <c r="G183" s="47">
         <v>726</v>
       </c>
       <c r="H183" s="47">
         <v>818</v>
       </c>
       <c r="I183" s="47">
         <v>526</v>
       </c>
       <c r="J183" s="47">
         <v>360</v>
       </c>
       <c r="K183" s="47">
         <v>185</v>
       </c>
       <c r="L183" s="84">
         <v>2746</v>
       </c>
     </row>
     <row r="184" spans="1:14" s="18" customFormat="1" ht="14.45" customHeight="1">
-      <c r="B184" s="269" t="s">
+      <c r="B184" s="344" t="s">
         <v>168</v>
       </c>
-      <c r="C184" s="244"/>
-      <c r="D184" s="245"/>
+      <c r="C184" s="319"/>
+      <c r="D184" s="320"/>
       <c r="E184" s="47">
         <v>0</v>
       </c>
       <c r="F184" s="47">
         <v>0</v>
       </c>
       <c r="G184" s="47">
         <v>861</v>
       </c>
       <c r="H184" s="47">
         <v>932</v>
       </c>
       <c r="I184" s="47">
         <v>1261</v>
       </c>
       <c r="J184" s="47">
         <v>550</v>
       </c>
       <c r="K184" s="47">
         <v>246</v>
       </c>
       <c r="L184" s="84">
         <v>3850</v>
       </c>
     </row>
     <row r="185" spans="1:14" s="18" customFormat="1" ht="14.45" customHeight="1">
-      <c r="B185" s="269" t="s">
+      <c r="B185" s="344" t="s">
         <v>169</v>
       </c>
-      <c r="C185" s="244"/>
-      <c r="D185" s="245"/>
+      <c r="C185" s="319"/>
+      <c r="D185" s="320"/>
       <c r="E185" s="89">
         <v>0</v>
       </c>
       <c r="F185" s="47">
         <v>0</v>
       </c>
       <c r="G185" s="47">
         <v>75</v>
       </c>
       <c r="H185" s="47">
         <v>45</v>
       </c>
       <c r="I185" s="47">
         <v>63</v>
       </c>
       <c r="J185" s="47">
         <v>70</v>
       </c>
       <c r="K185" s="47">
         <v>45</v>
       </c>
       <c r="L185" s="84">
         <v>298</v>
       </c>
     </row>
     <row r="186" spans="1:14" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B186" s="273" t="s">
+      <c r="B186" s="338" t="s">
         <v>170</v>
       </c>
-      <c r="C186" s="274"/>
-      <c r="D186" s="275"/>
+      <c r="C186" s="339"/>
+      <c r="D186" s="340"/>
       <c r="E186" s="82">
         <v>0</v>
       </c>
       <c r="F186" s="82">
         <v>0</v>
       </c>
       <c r="G186" s="82">
         <v>263</v>
       </c>
       <c r="H186" s="82">
         <v>320</v>
       </c>
       <c r="I186" s="82">
         <v>332</v>
       </c>
       <c r="J186" s="82">
         <v>334</v>
       </c>
       <c r="K186" s="82">
         <v>382</v>
       </c>
       <c r="L186" s="83">
         <v>1631</v>
       </c>
     </row>
     <row r="187" spans="1:14" s="18" customFormat="1" ht="10.5" customHeight="1">
       <c r="B187" s="25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="188" spans="1:14" s="18" customFormat="1" ht="8.25" customHeight="1"/>
     <row r="189" spans="1:14" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A189" s="18" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="L189" s="22"/>
       <c r="M189" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="190" spans="1:14" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B190" s="258" t="s">
+      <c r="B190" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C190" s="259"/>
-      <c r="D190" s="259"/>
+      <c r="C190" s="334"/>
+      <c r="D190" s="334"/>
       <c r="E190" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F190" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G190" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J190" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:14" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B191" s="269" t="s">
+      <c r="B191" s="344" t="s">
         <v>165</v>
       </c>
-      <c r="C191" s="244"/>
-      <c r="D191" s="245"/>
+      <c r="C191" s="319"/>
+      <c r="D191" s="320"/>
       <c r="E191" s="47">
         <v>7</v>
       </c>
       <c r="F191" s="47">
         <v>0</v>
       </c>
       <c r="G191" s="47">
         <v>61520</v>
       </c>
       <c r="H191" s="47">
         <v>46257</v>
       </c>
       <c r="I191" s="47">
         <v>26290</v>
       </c>
       <c r="J191" s="47">
         <v>13126</v>
       </c>
       <c r="K191" s="47">
         <v>6098</v>
       </c>
       <c r="L191" s="84">
         <v>153298</v>
       </c>
     </row>
     <row r="192" spans="1:14" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B192" s="269" t="s">
+      <c r="B192" s="344" t="s">
         <v>166</v>
       </c>
-      <c r="C192" s="244"/>
-      <c r="D192" s="245"/>
+      <c r="C192" s="319"/>
+      <c r="D192" s="320"/>
       <c r="E192" s="47">
         <v>59</v>
       </c>
       <c r="F192" s="47">
         <v>123</v>
       </c>
       <c r="G192" s="47">
         <v>5138</v>
       </c>
       <c r="H192" s="47">
         <v>5053</v>
       </c>
       <c r="I192" s="47">
         <v>5537</v>
       </c>
       <c r="J192" s="47">
         <v>2754</v>
       </c>
       <c r="K192" s="47">
         <v>1452</v>
       </c>
       <c r="L192" s="84">
         <v>20116</v>
       </c>
     </row>
     <row r="193" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B193" s="269" t="s">
+      <c r="B193" s="344" t="s">
         <v>167</v>
       </c>
-      <c r="C193" s="244"/>
-      <c r="D193" s="245"/>
+      <c r="C193" s="319"/>
+      <c r="D193" s="320"/>
       <c r="E193" s="47">
         <v>0</v>
       </c>
       <c r="F193" s="47">
         <v>0</v>
       </c>
       <c r="G193" s="47">
         <v>38</v>
       </c>
       <c r="H193" s="47">
         <v>53</v>
       </c>
       <c r="I193" s="47">
         <v>15</v>
       </c>
       <c r="J193" s="47">
         <v>15</v>
       </c>
       <c r="K193" s="47">
         <v>0</v>
       </c>
       <c r="L193" s="84">
         <v>121</v>
       </c>
     </row>
     <row r="194" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B194" s="269" t="s">
+      <c r="B194" s="344" t="s">
         <v>168</v>
       </c>
-      <c r="C194" s="244"/>
-      <c r="D194" s="245"/>
+      <c r="C194" s="319"/>
+      <c r="D194" s="320"/>
       <c r="E194" s="47">
         <v>0</v>
       </c>
       <c r="F194" s="47">
         <v>0</v>
       </c>
       <c r="G194" s="47">
         <v>56</v>
       </c>
       <c r="H194" s="47">
         <v>51</v>
       </c>
       <c r="I194" s="47">
         <v>47</v>
       </c>
       <c r="J194" s="47">
         <v>22</v>
       </c>
       <c r="K194" s="47">
         <v>33</v>
       </c>
       <c r="L194" s="84">
         <v>209</v>
       </c>
     </row>
     <row r="195" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B195" s="269" t="s">
+      <c r="B195" s="344" t="s">
         <v>169</v>
       </c>
-      <c r="C195" s="244"/>
-      <c r="D195" s="245"/>
+      <c r="C195" s="319"/>
+      <c r="D195" s="320"/>
       <c r="E195" s="47">
         <v>0</v>
       </c>
       <c r="F195" s="47">
         <v>0</v>
       </c>
       <c r="G195" s="89">
         <v>0</v>
       </c>
       <c r="H195" s="47">
         <v>0</v>
       </c>
       <c r="I195" s="47">
         <v>0</v>
       </c>
       <c r="J195" s="47">
         <v>20</v>
       </c>
       <c r="K195" s="47">
         <v>0</v>
       </c>
       <c r="L195" s="84">
         <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B196" s="273" t="s">
+      <c r="B196" s="338" t="s">
         <v>170</v>
       </c>
-      <c r="C196" s="274"/>
-      <c r="D196" s="275"/>
+      <c r="C196" s="339"/>
+      <c r="D196" s="340"/>
       <c r="E196" s="82">
         <v>0</v>
       </c>
       <c r="F196" s="82">
         <v>0</v>
       </c>
       <c r="G196" s="82">
         <v>25</v>
       </c>
       <c r="H196" s="82">
         <v>17</v>
       </c>
       <c r="I196" s="82">
         <v>19</v>
       </c>
       <c r="J196" s="82">
         <v>37</v>
       </c>
       <c r="K196" s="82">
         <v>26</v>
       </c>
       <c r="L196" s="86">
         <v>124</v>
       </c>
     </row>
     <row r="197" spans="1:15" s="18" customFormat="1" ht="10.5" customHeight="1">
       <c r="B197" s="25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="198" spans="1:15" s="18" customFormat="1" ht="8.25" customHeight="1"/>
     <row r="199" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A199" s="18" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="L199" s="22"/>
       <c r="M199" s="24" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B200" s="258" t="s">
+      <c r="B200" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C200" s="259"/>
-      <c r="D200" s="259"/>
+      <c r="C200" s="334"/>
+      <c r="D200" s="334"/>
       <c r="E200" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F200" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G200" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H200" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J200" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K200" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B201" s="269" t="s">
+      <c r="B201" s="344" t="s">
         <v>165</v>
       </c>
-      <c r="C201" s="244"/>
-      <c r="D201" s="245"/>
+      <c r="C201" s="319"/>
+      <c r="D201" s="320"/>
       <c r="E201" s="47">
         <v>0</v>
       </c>
       <c r="F201" s="47">
         <v>0</v>
       </c>
       <c r="G201" s="47">
         <v>50295</v>
       </c>
       <c r="H201" s="47">
         <v>39843</v>
       </c>
       <c r="I201" s="47">
         <v>22912</v>
       </c>
       <c r="J201" s="47">
         <v>11423</v>
       </c>
       <c r="K201" s="47">
         <v>5384</v>
       </c>
       <c r="L201" s="84">
         <v>129857</v>
       </c>
     </row>
     <row r="202" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B202" s="269" t="s">
+      <c r="B202" s="344" t="s">
         <v>166</v>
       </c>
-      <c r="C202" s="244"/>
-      <c r="D202" s="245"/>
+      <c r="C202" s="319"/>
+      <c r="D202" s="320"/>
       <c r="E202" s="47">
         <v>19</v>
       </c>
       <c r="F202" s="47">
         <v>69</v>
       </c>
       <c r="G202" s="47">
         <v>3791</v>
       </c>
       <c r="H202" s="47">
         <v>4019</v>
       </c>
       <c r="I202" s="47">
         <v>4603</v>
       </c>
       <c r="J202" s="47">
         <v>2372</v>
       </c>
       <c r="K202" s="47">
         <v>1893</v>
       </c>
       <c r="L202" s="84">
         <v>16766</v>
       </c>
     </row>
     <row r="203" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B203" s="269" t="s">
+      <c r="B203" s="344" t="s">
         <v>167</v>
       </c>
-      <c r="C203" s="244"/>
-      <c r="D203" s="245"/>
+      <c r="C203" s="319"/>
+      <c r="D203" s="320"/>
       <c r="E203" s="47">
         <v>4</v>
       </c>
       <c r="F203" s="47">
         <v>0</v>
       </c>
       <c r="G203" s="47">
         <v>20</v>
       </c>
       <c r="H203" s="47">
         <v>8</v>
       </c>
       <c r="I203" s="47">
         <v>60</v>
       </c>
       <c r="J203" s="47">
         <v>17</v>
       </c>
       <c r="K203" s="47">
         <v>11</v>
       </c>
       <c r="L203" s="84">
         <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B204" s="269" t="s">
+      <c r="B204" s="344" t="s">
         <v>168</v>
       </c>
-      <c r="C204" s="244"/>
-      <c r="D204" s="245"/>
+      <c r="C204" s="319"/>
+      <c r="D204" s="320"/>
       <c r="E204" s="47">
         <v>0</v>
       </c>
       <c r="F204" s="47">
         <v>0</v>
       </c>
       <c r="G204" s="47">
         <v>53</v>
       </c>
       <c r="H204" s="47">
         <v>43</v>
       </c>
       <c r="I204" s="47">
         <v>79</v>
       </c>
       <c r="J204" s="47">
         <v>7</v>
       </c>
       <c r="K204" s="47">
         <v>15</v>
       </c>
       <c r="L204" s="84">
         <v>197</v>
       </c>
     </row>
     <row r="205" spans="1:15" s="18" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B205" s="269" t="s">
+      <c r="B205" s="344" t="s">
         <v>169</v>
       </c>
-      <c r="C205" s="244"/>
-      <c r="D205" s="245"/>
+      <c r="C205" s="319"/>
+      <c r="D205" s="320"/>
       <c r="E205" s="47">
         <v>0</v>
       </c>
       <c r="F205" s="47">
         <v>0</v>
       </c>
       <c r="G205" s="89">
         <v>10</v>
       </c>
       <c r="H205" s="47">
         <v>17</v>
       </c>
       <c r="I205" s="47">
         <v>27</v>
       </c>
       <c r="J205" s="47">
         <v>0</v>
       </c>
       <c r="K205" s="47">
         <v>22</v>
       </c>
       <c r="L205" s="84">
         <v>76</v>
       </c>
     </row>
     <row r="206" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B206" s="273" t="s">
+      <c r="B206" s="338" t="s">
         <v>170</v>
       </c>
-      <c r="C206" s="274"/>
-      <c r="D206" s="275"/>
+      <c r="C206" s="339"/>
+      <c r="D206" s="340"/>
       <c r="E206" s="82">
         <v>0</v>
       </c>
       <c r="F206" s="82">
         <v>0</v>
       </c>
       <c r="G206" s="82">
         <v>21</v>
       </c>
       <c r="H206" s="82">
         <v>22</v>
       </c>
       <c r="I206" s="82">
         <v>39</v>
       </c>
       <c r="J206" s="82">
         <v>19</v>
       </c>
       <c r="K206" s="82">
         <v>27</v>
       </c>
       <c r="L206" s="86">
         <v>128</v>
       </c>
     </row>
@@ -32099,1652 +32099,1652 @@
       </c>
     </row>
     <row r="208" spans="1:15" s="18" customFormat="1" ht="6.75" customHeight="1">
       <c r="B208" s="88"/>
       <c r="C208" s="88"/>
       <c r="D208" s="88"/>
       <c r="E208" s="88"/>
       <c r="F208" s="88"/>
       <c r="G208" s="88"/>
       <c r="H208" s="88"/>
       <c r="I208" s="88"/>
       <c r="J208" s="88"/>
       <c r="K208" s="88"/>
       <c r="L208" s="96"/>
       <c r="M208" s="88"/>
       <c r="N208" s="88"/>
       <c r="O208" s="88"/>
     </row>
     <row r="209" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A209" s="18" t="s">
         <v>99</v>
       </c>
       <c r="L209" s="22"/>
       <c r="M209" s="22"/>
       <c r="N209" s="22" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="210" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B210" s="258" t="s">
+      <c r="B210" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C210" s="259"/>
-      <c r="D210" s="259"/>
+      <c r="C210" s="334"/>
+      <c r="D210" s="334"/>
       <c r="E210" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F210" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G210" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H210" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J210" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K210" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="211" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B211" s="276" t="s">
+      <c r="B211" s="324" t="s">
         <v>36</v>
       </c>
-      <c r="C211" s="277"/>
-      <c r="D211" s="278"/>
+      <c r="C211" s="325"/>
+      <c r="D211" s="326"/>
       <c r="E211" s="60">
         <v>0</v>
       </c>
       <c r="F211" s="60">
         <v>0</v>
       </c>
       <c r="G211" s="60">
         <v>5370</v>
       </c>
       <c r="H211" s="60">
         <v>16494</v>
       </c>
       <c r="I211" s="60">
         <v>161436</v>
       </c>
       <c r="J211" s="60">
         <v>242089</v>
       </c>
       <c r="K211" s="60">
         <v>155715</v>
       </c>
       <c r="L211" s="81">
         <v>581104</v>
       </c>
     </row>
     <row r="212" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B212" s="90"/>
-      <c r="C212" s="279" t="s">
+      <c r="C212" s="316" t="s">
         <v>21</v>
       </c>
-      <c r="D212" s="280"/>
+      <c r="D212" s="318"/>
       <c r="E212" s="60">
         <v>0</v>
       </c>
       <c r="F212" s="60">
         <v>0</v>
       </c>
       <c r="G212" s="60">
         <v>5340</v>
       </c>
       <c r="H212" s="60">
         <v>16364</v>
       </c>
       <c r="I212" s="60">
         <v>160499</v>
       </c>
       <c r="J212" s="60">
         <v>240543</v>
       </c>
       <c r="K212" s="60">
         <v>154113</v>
       </c>
       <c r="L212" s="81">
         <v>576859</v>
       </c>
     </row>
     <row r="213" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B213" s="91"/>
-      <c r="C213" s="174" t="s">
+      <c r="C213" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="D213" s="281"/>
+      <c r="D213" s="335"/>
       <c r="E213" s="92">
         <v>0</v>
       </c>
       <c r="F213" s="92">
         <v>0</v>
       </c>
       <c r="G213" s="92">
         <v>30</v>
       </c>
       <c r="H213" s="92">
         <v>130</v>
       </c>
       <c r="I213" s="92">
         <v>937</v>
       </c>
       <c r="J213" s="92">
         <v>1546</v>
       </c>
       <c r="K213" s="92">
         <v>1602</v>
       </c>
       <c r="L213" s="93">
         <v>4245</v>
       </c>
     </row>
     <row r="214" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B214" s="276" t="s">
+      <c r="B214" s="324" t="s">
         <v>37</v>
       </c>
-      <c r="C214" s="277"/>
-      <c r="D214" s="278"/>
+      <c r="C214" s="325"/>
+      <c r="D214" s="326"/>
       <c r="E214" s="42">
         <v>1</v>
       </c>
       <c r="F214" s="42">
         <v>1</v>
       </c>
       <c r="G214" s="42">
         <v>42415</v>
       </c>
       <c r="H214" s="42">
         <v>64901</v>
       </c>
       <c r="I214" s="42">
         <v>81560</v>
       </c>
       <c r="J214" s="42">
         <v>97569</v>
       </c>
       <c r="K214" s="42">
         <v>51599</v>
       </c>
       <c r="L214" s="75">
         <v>338046</v>
       </c>
     </row>
     <row r="215" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B215" s="90"/>
-      <c r="C215" s="279" t="s">
+      <c r="C215" s="316" t="s">
         <v>21</v>
       </c>
-      <c r="D215" s="280"/>
+      <c r="D215" s="318"/>
       <c r="E215" s="60">
         <v>1</v>
       </c>
       <c r="F215" s="60">
         <v>1</v>
       </c>
       <c r="G215" s="60">
         <v>42142</v>
       </c>
       <c r="H215" s="60">
         <v>64338</v>
       </c>
       <c r="I215" s="60">
         <v>80592</v>
       </c>
       <c r="J215" s="60">
         <v>96339</v>
       </c>
       <c r="K215" s="60">
         <v>50526</v>
       </c>
       <c r="L215" s="81">
         <v>333939</v>
       </c>
     </row>
     <row r="216" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B216" s="91"/>
-      <c r="C216" s="174" t="s">
+      <c r="C216" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="D216" s="281"/>
+      <c r="D216" s="335"/>
       <c r="E216" s="92">
         <v>0</v>
       </c>
       <c r="F216" s="92">
         <v>0</v>
       </c>
       <c r="G216" s="92">
         <v>273</v>
       </c>
       <c r="H216" s="92">
         <v>563</v>
       </c>
       <c r="I216" s="92">
         <v>968</v>
       </c>
       <c r="J216" s="92">
         <v>1230</v>
       </c>
       <c r="K216" s="92">
         <v>1073</v>
       </c>
       <c r="L216" s="93">
         <v>4107</v>
       </c>
     </row>
     <row r="217" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B217" s="276" t="s">
+      <c r="B217" s="324" t="s">
         <v>147</v>
       </c>
-      <c r="C217" s="277"/>
-      <c r="D217" s="278"/>
+      <c r="C217" s="325"/>
+      <c r="D217" s="326"/>
       <c r="E217" s="42">
         <v>0</v>
       </c>
       <c r="F217" s="42">
         <v>0</v>
       </c>
       <c r="G217" s="42">
         <v>0</v>
       </c>
       <c r="H217" s="42">
         <v>0</v>
       </c>
       <c r="I217" s="42">
         <v>1</v>
       </c>
       <c r="J217" s="42">
         <v>0</v>
       </c>
       <c r="K217" s="42">
         <v>4</v>
       </c>
       <c r="L217" s="75">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B218" s="90"/>
-      <c r="C218" s="279" t="s">
+      <c r="C218" s="316" t="s">
         <v>21</v>
       </c>
-      <c r="D218" s="280"/>
+      <c r="D218" s="318"/>
       <c r="E218" s="60">
         <v>0</v>
       </c>
       <c r="F218" s="60">
         <v>0</v>
       </c>
       <c r="G218" s="60">
         <v>0</v>
       </c>
       <c r="H218" s="60">
         <v>0</v>
       </c>
       <c r="I218" s="60">
         <v>1</v>
       </c>
       <c r="J218" s="60">
         <v>0</v>
       </c>
       <c r="K218" s="60">
         <v>4</v>
       </c>
       <c r="L218" s="81">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B219" s="91"/>
-      <c r="C219" s="174" t="s">
+      <c r="C219" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="D219" s="281"/>
+      <c r="D219" s="335"/>
       <c r="E219" s="92">
         <v>0</v>
       </c>
       <c r="F219" s="92">
         <v>0</v>
       </c>
       <c r="G219" s="92">
         <v>0</v>
       </c>
       <c r="H219" s="92">
         <v>0</v>
       </c>
       <c r="I219" s="92">
         <v>0</v>
       </c>
       <c r="J219" s="92">
         <v>0</v>
       </c>
       <c r="K219" s="92">
         <v>0</v>
       </c>
       <c r="L219" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B220" s="276" t="s">
+      <c r="B220" s="324" t="s">
         <v>39</v>
       </c>
-      <c r="C220" s="277"/>
-      <c r="D220" s="278"/>
+      <c r="C220" s="325"/>
+      <c r="D220" s="326"/>
       <c r="E220" s="42">
         <v>0</v>
       </c>
       <c r="F220" s="42">
         <v>0</v>
       </c>
       <c r="G220" s="42">
         <v>1265</v>
       </c>
       <c r="H220" s="42">
         <v>2343</v>
       </c>
       <c r="I220" s="42">
         <v>5440</v>
       </c>
       <c r="J220" s="42">
         <v>20358</v>
       </c>
       <c r="K220" s="42">
         <v>22569</v>
       </c>
       <c r="L220" s="75">
         <v>51975</v>
       </c>
     </row>
     <row r="221" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B221" s="90"/>
-      <c r="C221" s="279" t="s">
+      <c r="C221" s="316" t="s">
         <v>21</v>
       </c>
-      <c r="D221" s="280"/>
+      <c r="D221" s="318"/>
       <c r="E221" s="47">
         <v>0</v>
       </c>
       <c r="F221" s="47">
         <v>0</v>
       </c>
       <c r="G221" s="47">
         <v>1251</v>
       </c>
       <c r="H221" s="47">
         <v>2319</v>
       </c>
       <c r="I221" s="47">
         <v>5390</v>
       </c>
       <c r="J221" s="47">
         <v>20087</v>
       </c>
       <c r="K221" s="47">
         <v>22131</v>
       </c>
       <c r="L221" s="84">
         <v>51178</v>
       </c>
     </row>
     <row r="222" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
       <c r="B222" s="91"/>
-      <c r="C222" s="174" t="s">
+      <c r="C222" s="162" t="s">
         <v>28</v>
       </c>
-      <c r="D222" s="281"/>
+      <c r="D222" s="335"/>
       <c r="E222" s="56">
         <v>0</v>
       </c>
       <c r="F222" s="56">
         <v>0</v>
       </c>
       <c r="G222" s="56">
         <v>14</v>
       </c>
       <c r="H222" s="56">
         <v>24</v>
       </c>
       <c r="I222" s="56">
         <v>50</v>
       </c>
       <c r="J222" s="56">
         <v>271</v>
       </c>
       <c r="K222" s="56">
         <v>438</v>
       </c>
       <c r="L222" s="94">
         <v>797</v>
       </c>
     </row>
     <row r="223" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B223" s="282" t="s">
+      <c r="B223" s="336" t="s">
         <v>29</v>
       </c>
-      <c r="C223" s="283"/>
-      <c r="D223" s="283"/>
+      <c r="C223" s="337"/>
+      <c r="D223" s="337"/>
       <c r="E223" s="63">
         <v>1</v>
       </c>
       <c r="F223" s="63">
         <v>1</v>
       </c>
       <c r="G223" s="63">
         <v>49016</v>
       </c>
       <c r="H223" s="63">
         <v>83666</v>
       </c>
       <c r="I223" s="63">
         <v>247681</v>
       </c>
       <c r="J223" s="63">
         <v>358744</v>
       </c>
       <c r="K223" s="63">
         <v>229241</v>
       </c>
       <c r="L223" s="76">
         <v>968350</v>
       </c>
     </row>
     <row r="224" spans="1:15" s="18" customFormat="1" ht="24" customHeight="1">
-      <c r="B224" s="284" t="s">
+      <c r="B224" s="323" t="s">
+        <v>187</v>
+      </c>
+      <c r="C224" s="323"/>
+      <c r="D224" s="323"/>
+      <c r="E224" s="323"/>
+      <c r="F224" s="323"/>
+      <c r="G224" s="323"/>
+      <c r="H224" s="323"/>
+      <c r="I224" s="323"/>
+      <c r="J224" s="323"/>
+      <c r="K224" s="323"/>
+      <c r="L224" s="323"/>
+      <c r="M224" s="323"/>
+      <c r="N224" s="323"/>
+      <c r="O224" s="95"/>
+    </row>
+    <row r="225" spans="1:15" s="18" customFormat="1" ht="11.25">
+      <c r="B225" s="256" t="s">
         <v>188</v>
       </c>
-      <c r="C224" s="284"/>
-[...29 lines deleted...]
-      <c r="O225" s="240"/>
+      <c r="C225" s="256"/>
+      <c r="D225" s="256"/>
+      <c r="E225" s="256"/>
+      <c r="F225" s="256"/>
+      <c r="G225" s="256"/>
+      <c r="H225" s="256"/>
+      <c r="I225" s="256"/>
+      <c r="J225" s="256"/>
+      <c r="K225" s="256"/>
+      <c r="L225" s="256"/>
+      <c r="M225" s="256"/>
+      <c r="N225" s="256"/>
+      <c r="O225" s="256"/>
     </row>
     <row r="226" spans="1:15" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="227" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A227" s="18" t="s">
         <v>100</v>
       </c>
       <c r="L227" s="22"/>
       <c r="M227" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="O227" s="22"/>
     </row>
     <row r="228" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B228" s="258" t="s">
+      <c r="B228" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C228" s="259"/>
-      <c r="D228" s="259"/>
+      <c r="C228" s="334"/>
+      <c r="D228" s="334"/>
       <c r="E228" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F228" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G228" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H228" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I228" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J228" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K228" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L228" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="229" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B229" s="276" t="s">
+      <c r="B229" s="324" t="s">
         <v>36</v>
       </c>
-      <c r="C229" s="277"/>
-      <c r="D229" s="278"/>
+      <c r="C229" s="325"/>
+      <c r="D229" s="326"/>
       <c r="E229" s="60">
         <v>0</v>
       </c>
       <c r="F229" s="60">
         <v>0</v>
       </c>
       <c r="G229" s="60">
         <v>129</v>
       </c>
       <c r="H229" s="60">
         <v>407</v>
       </c>
       <c r="I229" s="60">
         <v>4393</v>
       </c>
       <c r="J229" s="60">
         <v>6129</v>
       </c>
       <c r="K229" s="60">
         <v>3382</v>
       </c>
       <c r="L229" s="81">
         <v>14440</v>
       </c>
     </row>
     <row r="230" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B230" s="276" t="s">
+      <c r="B230" s="324" t="s">
         <v>37</v>
       </c>
-      <c r="C230" s="277"/>
-      <c r="D230" s="278"/>
+      <c r="C230" s="325"/>
+      <c r="D230" s="326"/>
       <c r="E230" s="42">
         <v>0</v>
       </c>
       <c r="F230" s="42">
         <v>0</v>
       </c>
       <c r="G230" s="42">
         <v>1352</v>
       </c>
       <c r="H230" s="42">
         <v>2053</v>
       </c>
       <c r="I230" s="42">
         <v>2825</v>
       </c>
       <c r="J230" s="42">
         <v>3426</v>
       </c>
       <c r="K230" s="42">
         <v>1731</v>
       </c>
       <c r="L230" s="75">
         <v>11387</v>
       </c>
     </row>
     <row r="231" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B231" s="285" t="s">
+      <c r="B231" s="327" t="s">
         <v>147</v>
       </c>
-      <c r="C231" s="286"/>
-      <c r="D231" s="287"/>
+      <c r="C231" s="328"/>
+      <c r="D231" s="329"/>
       <c r="E231" s="97">
         <v>0</v>
       </c>
       <c r="F231" s="97">
         <v>0</v>
       </c>
       <c r="G231" s="97">
         <v>0</v>
       </c>
       <c r="H231" s="97">
         <v>0</v>
       </c>
       <c r="I231" s="97">
         <v>0</v>
       </c>
       <c r="J231" s="97">
         <v>0</v>
       </c>
       <c r="K231" s="97">
         <v>0</v>
       </c>
       <c r="L231" s="98">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B232" s="288" t="s">
+      <c r="B232" s="330" t="s">
         <v>39</v>
       </c>
-      <c r="C232" s="289"/>
-      <c r="D232" s="290"/>
+      <c r="C232" s="331"/>
+      <c r="D232" s="332"/>
       <c r="E232" s="63">
         <v>0</v>
       </c>
       <c r="F232" s="63">
         <v>0</v>
       </c>
       <c r="G232" s="63">
         <v>43</v>
       </c>
       <c r="H232" s="63">
         <v>71</v>
       </c>
       <c r="I232" s="63">
         <v>203</v>
       </c>
       <c r="J232" s="63">
         <v>657</v>
       </c>
       <c r="K232" s="63">
         <v>728</v>
       </c>
       <c r="L232" s="76">
         <v>1702</v>
       </c>
     </row>
     <row r="233" spans="1:15" s="18" customFormat="1" ht="23.25" customHeight="1">
-      <c r="B233" s="284" t="s">
-[...14 lines deleted...]
-      <c r="O233" s="240"/>
+      <c r="B233" s="323" t="s">
+        <v>189</v>
+      </c>
+      <c r="C233" s="256"/>
+      <c r="D233" s="256"/>
+      <c r="E233" s="256"/>
+      <c r="F233" s="256"/>
+      <c r="G233" s="256"/>
+      <c r="H233" s="256"/>
+      <c r="I233" s="256"/>
+      <c r="J233" s="256"/>
+      <c r="K233" s="256"/>
+      <c r="L233" s="256"/>
+      <c r="M233" s="256"/>
+      <c r="N233" s="256"/>
+      <c r="O233" s="256"/>
     </row>
     <row r="234" spans="1:15" s="18" customFormat="1" ht="11.25">
-      <c r="B234" s="240" t="s">
+      <c r="B234" s="256" t="s">
         <v>148</v>
       </c>
-      <c r="C234" s="240"/>
-[...11 lines deleted...]
-      <c r="O234" s="240"/>
+      <c r="C234" s="256"/>
+      <c r="D234" s="256"/>
+      <c r="E234" s="256"/>
+      <c r="F234" s="256"/>
+      <c r="G234" s="256"/>
+      <c r="H234" s="256"/>
+      <c r="I234" s="256"/>
+      <c r="J234" s="256"/>
+      <c r="K234" s="256"/>
+      <c r="L234" s="256"/>
+      <c r="M234" s="256"/>
+      <c r="N234" s="256"/>
+      <c r="O234" s="256"/>
     </row>
     <row r="235" spans="1:15" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="236" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A236" s="18" t="s">
         <v>101</v>
       </c>
       <c r="L236" s="22"/>
       <c r="M236" s="22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="O236" s="22"/>
     </row>
     <row r="237" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B237" s="258" t="s">
+      <c r="B237" s="333" t="s">
         <v>12</v>
       </c>
-      <c r="C237" s="259"/>
-      <c r="D237" s="259"/>
+      <c r="C237" s="334"/>
+      <c r="D237" s="334"/>
       <c r="E237" s="28" t="s">
         <v>13</v>
       </c>
       <c r="F237" s="28" t="s">
         <v>14</v>
       </c>
       <c r="G237" s="28" t="s">
         <v>15</v>
       </c>
       <c r="H237" s="28" t="s">
         <v>16</v>
       </c>
       <c r="I237" s="28" t="s">
         <v>17</v>
       </c>
       <c r="J237" s="28" t="s">
         <v>18</v>
       </c>
       <c r="K237" s="28" t="s">
         <v>19</v>
       </c>
       <c r="L237" s="29" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="238" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B238" s="276" t="s">
+      <c r="B238" s="324" t="s">
         <v>36</v>
       </c>
-      <c r="C238" s="277"/>
-      <c r="D238" s="278"/>
+      <c r="C238" s="325"/>
+      <c r="D238" s="326"/>
       <c r="E238" s="60">
         <v>0</v>
       </c>
       <c r="F238" s="60">
         <v>0</v>
       </c>
       <c r="G238" s="60">
         <v>76</v>
       </c>
       <c r="H238" s="60">
         <v>234</v>
       </c>
       <c r="I238" s="60">
         <v>2672</v>
       </c>
       <c r="J238" s="60">
         <v>4157</v>
       </c>
       <c r="K238" s="60">
         <v>2413</v>
       </c>
       <c r="L238" s="81">
         <v>9552</v>
       </c>
     </row>
     <row r="239" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B239" s="276" t="s">
+      <c r="B239" s="324" t="s">
         <v>37</v>
       </c>
-      <c r="C239" s="277"/>
-      <c r="D239" s="278"/>
+      <c r="C239" s="325"/>
+      <c r="D239" s="326"/>
       <c r="E239" s="42">
         <v>0</v>
       </c>
       <c r="F239" s="42">
         <v>0</v>
       </c>
       <c r="G239" s="42">
         <v>793</v>
       </c>
       <c r="H239" s="42">
         <v>1399</v>
       </c>
       <c r="I239" s="42">
         <v>1938</v>
       </c>
       <c r="J239" s="42">
         <v>2532</v>
       </c>
       <c r="K239" s="42">
         <v>1296</v>
       </c>
       <c r="L239" s="75">
         <v>7958</v>
       </c>
     </row>
     <row r="240" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B240" s="285" t="s">
+      <c r="B240" s="327" t="s">
         <v>147</v>
       </c>
-      <c r="C240" s="286"/>
-      <c r="D240" s="287"/>
+      <c r="C240" s="328"/>
+      <c r="D240" s="329"/>
       <c r="E240" s="97">
         <v>0</v>
       </c>
       <c r="F240" s="97">
         <v>0</v>
       </c>
       <c r="G240" s="97">
         <v>0</v>
       </c>
       <c r="H240" s="97">
         <v>0</v>
       </c>
       <c r="I240" s="97">
         <v>0</v>
       </c>
       <c r="J240" s="97">
         <v>0</v>
       </c>
       <c r="K240" s="97">
         <v>0</v>
       </c>
       <c r="L240" s="98">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:15" s="18" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B241" s="288" t="s">
+      <c r="B241" s="330" t="s">
         <v>39</v>
       </c>
-      <c r="C241" s="289"/>
-      <c r="D241" s="290"/>
+      <c r="C241" s="331"/>
+      <c r="D241" s="332"/>
       <c r="E241" s="63">
         <v>0</v>
       </c>
       <c r="F241" s="63">
         <v>0</v>
       </c>
       <c r="G241" s="63">
         <v>28</v>
       </c>
       <c r="H241" s="63">
         <v>45</v>
       </c>
       <c r="I241" s="63">
         <v>127</v>
       </c>
       <c r="J241" s="63">
         <v>491</v>
       </c>
       <c r="K241" s="63">
         <v>554</v>
       </c>
       <c r="L241" s="76">
         <v>1245</v>
       </c>
     </row>
     <row r="242" spans="1:15" s="18" customFormat="1" ht="23.25" customHeight="1">
-      <c r="B242" s="284" t="s">
-[...14 lines deleted...]
-      <c r="O242" s="240"/>
+      <c r="B242" s="323" t="s">
+        <v>189</v>
+      </c>
+      <c r="C242" s="256"/>
+      <c r="D242" s="256"/>
+      <c r="E242" s="256"/>
+      <c r="F242" s="256"/>
+      <c r="G242" s="256"/>
+      <c r="H242" s="256"/>
+      <c r="I242" s="256"/>
+      <c r="J242" s="256"/>
+      <c r="K242" s="256"/>
+      <c r="L242" s="256"/>
+      <c r="M242" s="256"/>
+      <c r="N242" s="256"/>
+      <c r="O242" s="256"/>
     </row>
     <row r="243" spans="1:15" s="18" customFormat="1" ht="11.25">
-      <c r="B243" s="240" t="s">
+      <c r="B243" s="256" t="s">
         <v>148</v>
       </c>
-      <c r="C243" s="240"/>
-[...11 lines deleted...]
-      <c r="O243" s="240"/>
+      <c r="C243" s="256"/>
+      <c r="D243" s="256"/>
+      <c r="E243" s="256"/>
+      <c r="F243" s="256"/>
+      <c r="G243" s="256"/>
+      <c r="H243" s="256"/>
+      <c r="I243" s="256"/>
+      <c r="J243" s="256"/>
+      <c r="K243" s="256"/>
+      <c r="L243" s="256"/>
+      <c r="M243" s="256"/>
+      <c r="N243" s="256"/>
+      <c r="O243" s="256"/>
     </row>
     <row r="244" spans="1:15" s="18" customFormat="1" ht="4.5" customHeight="1">
       <c r="B244" s="88"/>
       <c r="C244" s="88"/>
       <c r="D244" s="88"/>
       <c r="E244" s="88"/>
       <c r="F244" s="88"/>
       <c r="G244" s="88"/>
       <c r="H244" s="88"/>
       <c r="I244" s="88"/>
       <c r="J244" s="88"/>
       <c r="K244" s="88"/>
       <c r="L244" s="96"/>
       <c r="M244" s="88"/>
       <c r="N244" s="88"/>
       <c r="O244" s="88"/>
     </row>
     <row r="245" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A245" s="18" t="s">
         <v>102</v>
       </c>
       <c r="N245" s="22" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="246" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B246" s="255" t="s">
+      <c r="B246" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C246" s="256"/>
-[...2 lines deleted...]
-      <c r="F246" s="257"/>
+      <c r="C246" s="273"/>
+      <c r="D246" s="273"/>
+      <c r="E246" s="273"/>
+      <c r="F246" s="321"/>
       <c r="G246" s="99" t="s">
         <v>13</v>
       </c>
       <c r="H246" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I246" s="100" t="s">
         <v>15</v>
       </c>
       <c r="J246" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K246" s="100" t="s">
         <v>17</v>
       </c>
       <c r="L246" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M246" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N246" s="101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="247" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B247" s="291" t="s">
+      <c r="B247" s="266" t="s">
         <v>105</v>
       </c>
-      <c r="C247" s="292"/>
-[...2 lines deleted...]
-      <c r="F247" s="292"/>
+      <c r="C247" s="267"/>
+      <c r="D247" s="267"/>
+      <c r="E247" s="267"/>
+      <c r="F247" s="267"/>
       <c r="G247" s="60">
         <v>6987.3385150000004</v>
       </c>
       <c r="H247" s="60">
         <v>14469.721695</v>
       </c>
       <c r="I247" s="60">
         <v>79559.828605000002</v>
       </c>
       <c r="J247" s="60">
         <v>93621.460623999999</v>
       </c>
       <c r="K247" s="60">
         <v>83270.272710000005</v>
       </c>
       <c r="L247" s="60">
         <v>79053.757517000005</v>
       </c>
       <c r="M247" s="60">
         <v>58823.134399000002</v>
       </c>
       <c r="N247" s="81">
         <v>415785.514065</v>
       </c>
     </row>
     <row r="248" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B248" s="79"/>
-      <c r="C248" s="250" t="s">
+      <c r="C248" s="268" t="s">
         <v>106</v>
       </c>
-      <c r="D248" s="251"/>
-[...1 lines deleted...]
-      <c r="F248" s="251"/>
+      <c r="D248" s="269"/>
+      <c r="E248" s="269"/>
+      <c r="F248" s="269"/>
       <c r="G248" s="92">
         <v>1583.9731529999999</v>
       </c>
       <c r="H248" s="92">
         <v>3799.9137989999999</v>
       </c>
       <c r="I248" s="92">
         <v>23323.749940000002</v>
       </c>
       <c r="J248" s="92">
         <v>29966.172427000001</v>
       </c>
       <c r="K248" s="92">
         <v>28316.256122999999</v>
       </c>
       <c r="L248" s="92">
         <v>32644.691984000001</v>
       </c>
       <c r="M248" s="92">
         <v>32935.188649999996</v>
       </c>
       <c r="N248" s="93">
         <v>152569.94607599999</v>
       </c>
     </row>
     <row r="249" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B249" s="79"/>
       <c r="C249" s="102"/>
-      <c r="D249" s="230" t="s">
+      <c r="D249" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E249" s="230"/>
-      <c r="F249" s="230"/>
+      <c r="E249" s="138"/>
+      <c r="F249" s="138"/>
       <c r="G249" s="92">
         <v>1.3531E-2</v>
       </c>
       <c r="H249" s="92">
         <v>7.8777E-2</v>
       </c>
       <c r="I249" s="92">
         <v>12582.950408999999</v>
       </c>
       <c r="J249" s="92">
         <v>16830.931482</v>
       </c>
       <c r="K249" s="92">
         <v>18404.502713000002</v>
       </c>
       <c r="L249" s="92">
         <v>22132.997157999998</v>
       </c>
       <c r="M249" s="92">
         <v>22300.185399000002</v>
       </c>
       <c r="N249" s="93">
         <v>92251.659469000006</v>
       </c>
     </row>
     <row r="250" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B250" s="79"/>
       <c r="C250" s="102"/>
-      <c r="D250" s="230" t="s">
+      <c r="D250" s="138" t="s">
         <v>62</v>
       </c>
-      <c r="E250" s="230"/>
-      <c r="F250" s="230"/>
+      <c r="E250" s="138"/>
+      <c r="F250" s="138"/>
       <c r="G250" s="92">
         <v>0.84505600000000003</v>
       </c>
       <c r="H250" s="92">
         <v>11.12627</v>
       </c>
       <c r="I250" s="92">
         <v>69.367957000000004</v>
       </c>
       <c r="J250" s="92">
         <v>250.85955300000001</v>
       </c>
       <c r="K250" s="92">
         <v>436.78425299999998</v>
       </c>
       <c r="L250" s="92">
         <v>1119.9171240000001</v>
       </c>
       <c r="M250" s="92">
         <v>2176.6634909999998</v>
       </c>
       <c r="N250" s="93">
         <v>4065.5637040000001</v>
       </c>
     </row>
     <row r="251" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B251" s="79"/>
       <c r="C251" s="102"/>
-      <c r="D251" s="230" t="s">
+      <c r="D251" s="138" t="s">
         <v>63</v>
       </c>
-      <c r="E251" s="230"/>
-      <c r="F251" s="230"/>
+      <c r="E251" s="138"/>
+      <c r="F251" s="138"/>
       <c r="G251" s="92">
         <v>984.24966900000004</v>
       </c>
       <c r="H251" s="92">
         <v>2636.4970330000001</v>
       </c>
       <c r="I251" s="92">
         <v>6720.2200579999999</v>
       </c>
       <c r="J251" s="92">
         <v>8184.6240520000001</v>
       </c>
       <c r="K251" s="92">
         <v>5485.0056770000001</v>
       </c>
       <c r="L251" s="92">
         <v>5416.3768559999999</v>
       </c>
       <c r="M251" s="92">
         <v>5288.5262130000001</v>
       </c>
       <c r="N251" s="93">
         <v>34715.499558000003</v>
       </c>
     </row>
     <row r="252" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B252" s="79"/>
       <c r="C252" s="102"/>
-      <c r="D252" s="230" t="s">
+      <c r="D252" s="138" t="s">
         <v>64</v>
       </c>
-      <c r="E252" s="230"/>
-      <c r="F252" s="230"/>
+      <c r="E252" s="138"/>
+      <c r="F252" s="138"/>
       <c r="G252" s="92">
         <v>208.15861100000001</v>
       </c>
       <c r="H252" s="92">
         <v>639.07757100000003</v>
       </c>
       <c r="I252" s="92">
         <v>1011.571429</v>
       </c>
       <c r="J252" s="92">
         <v>1317.8628269999999</v>
       </c>
       <c r="K252" s="92">
         <v>881.92012399999999</v>
       </c>
       <c r="L252" s="92">
         <v>742.01338899999996</v>
       </c>
       <c r="M252" s="92">
         <v>551.40207199999998</v>
       </c>
       <c r="N252" s="93">
         <v>5352.0060229999999</v>
       </c>
     </row>
     <row r="253" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B253" s="79"/>
       <c r="C253" s="103"/>
-      <c r="D253" s="293" t="s">
+      <c r="D253" s="314" t="s">
         <v>65</v>
       </c>
-      <c r="E253" s="293"/>
-      <c r="F253" s="293"/>
+      <c r="E253" s="314"/>
+      <c r="F253" s="314"/>
       <c r="G253" s="60">
         <v>390.70628599999998</v>
       </c>
       <c r="H253" s="60">
         <v>513.13414799999998</v>
       </c>
       <c r="I253" s="60">
         <v>2939.6400870000002</v>
       </c>
       <c r="J253" s="60">
         <v>3381.8945130000002</v>
       </c>
       <c r="K253" s="60">
         <v>3108.0433560000001</v>
       </c>
       <c r="L253" s="60">
         <v>3233.3874569999998</v>
       </c>
       <c r="M253" s="60">
         <v>2618.4114749999999</v>
       </c>
       <c r="N253" s="81">
         <v>16185.217322</v>
       </c>
     </row>
     <row r="254" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B254" s="79"/>
-      <c r="C254" s="250" t="s">
+      <c r="C254" s="268" t="s">
         <v>107</v>
       </c>
-      <c r="D254" s="251"/>
-[...1 lines deleted...]
-      <c r="F254" s="251"/>
+      <c r="D254" s="269"/>
+      <c r="E254" s="269"/>
+      <c r="F254" s="269"/>
       <c r="G254" s="92">
         <v>1822.966469</v>
       </c>
       <c r="H254" s="92">
         <v>4708.79709</v>
       </c>
       <c r="I254" s="92">
         <v>36198.823759999999</v>
       </c>
       <c r="J254" s="92">
         <v>36941.688915999999</v>
       </c>
       <c r="K254" s="92">
         <v>26702.972860999998</v>
       </c>
       <c r="L254" s="92">
         <v>18944.191446000001</v>
       </c>
       <c r="M254" s="92">
         <v>9641.8413170000003</v>
       </c>
       <c r="N254" s="93">
         <v>134961.28185900001</v>
       </c>
     </row>
     <row r="255" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B255" s="79"/>
       <c r="C255" s="102"/>
-      <c r="D255" s="230" t="s">
+      <c r="D255" s="138" t="s">
         <v>66</v>
       </c>
-      <c r="E255" s="230"/>
-      <c r="F255" s="230"/>
+      <c r="E255" s="138"/>
+      <c r="F255" s="138"/>
       <c r="G255" s="92">
         <v>3.8993E-2</v>
       </c>
       <c r="H255" s="92">
         <v>0.30600100000000002</v>
       </c>
       <c r="I255" s="92">
         <v>27895.990198</v>
       </c>
       <c r="J255" s="92">
         <v>27769.643106</v>
       </c>
       <c r="K255" s="92">
         <v>20847.600243000001</v>
       </c>
       <c r="L255" s="92">
         <v>14986.125182</v>
       </c>
       <c r="M255" s="92">
         <v>7973.891302</v>
       </c>
       <c r="N255" s="93">
         <v>99473.595025000002</v>
       </c>
     </row>
     <row r="256" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B256" s="79"/>
       <c r="C256" s="103"/>
-      <c r="D256" s="293" t="s">
+      <c r="D256" s="314" t="s">
         <v>67</v>
       </c>
-      <c r="E256" s="293"/>
-      <c r="F256" s="293"/>
+      <c r="E256" s="314"/>
+      <c r="F256" s="314"/>
       <c r="G256" s="60">
         <v>1822.9274760000001</v>
       </c>
       <c r="H256" s="60">
         <v>4708.4910890000001</v>
       </c>
       <c r="I256" s="60">
         <v>8302.8335619999998</v>
       </c>
       <c r="J256" s="60">
         <v>9172.0458099999996</v>
       </c>
       <c r="K256" s="60">
         <v>5855.3726180000003</v>
       </c>
       <c r="L256" s="60">
         <v>3958.066264</v>
       </c>
       <c r="M256" s="60">
         <v>1667.9500149999999</v>
       </c>
       <c r="N256" s="81">
         <v>35487.686834</v>
       </c>
     </row>
     <row r="257" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B257" s="79"/>
-      <c r="C257" s="250" t="s">
+      <c r="C257" s="268" t="s">
         <v>108</v>
       </c>
-      <c r="D257" s="251"/>
-[...1 lines deleted...]
-      <c r="F257" s="251"/>
+      <c r="D257" s="269"/>
+      <c r="E257" s="269"/>
+      <c r="F257" s="269"/>
       <c r="G257" s="92">
         <v>58.488925000000002</v>
       </c>
       <c r="H257" s="92">
         <v>276.14852999999999</v>
       </c>
       <c r="I257" s="92">
         <v>3555.6047950000002</v>
       </c>
       <c r="J257" s="92">
         <v>6192.9776650000003</v>
       </c>
       <c r="K257" s="92">
         <v>11416.416716</v>
       </c>
       <c r="L257" s="92">
         <v>9354.2648809999991</v>
       </c>
       <c r="M257" s="92">
         <v>4551.2792079999999</v>
       </c>
       <c r="N257" s="93">
         <v>35405.180719999997</v>
       </c>
     </row>
     <row r="258" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B258" s="79"/>
       <c r="C258" s="102"/>
-      <c r="D258" s="230" t="s">
+      <c r="D258" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="E258" s="230"/>
-      <c r="F258" s="230"/>
+      <c r="E258" s="138"/>
+      <c r="F258" s="138"/>
       <c r="G258" s="92">
         <v>54.257446999999999</v>
       </c>
       <c r="H258" s="92">
         <v>248.13153500000001</v>
       </c>
       <c r="I258" s="92">
         <v>3113.638751</v>
       </c>
       <c r="J258" s="92">
         <v>5435.0449390000003</v>
       </c>
       <c r="K258" s="92">
         <v>10407.846218999999</v>
       </c>
       <c r="L258" s="92">
         <v>8406.7903480000004</v>
       </c>
       <c r="M258" s="92">
         <v>3913.917774</v>
       </c>
       <c r="N258" s="93">
         <v>31579.627013000001</v>
       </c>
     </row>
     <row r="259" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B259" s="79"/>
       <c r="C259" s="102"/>
-      <c r="D259" s="230" t="s">
+      <c r="D259" s="138" t="s">
         <v>69</v>
       </c>
-      <c r="E259" s="230"/>
-      <c r="F259" s="230"/>
+      <c r="E259" s="138"/>
+      <c r="F259" s="138"/>
       <c r="G259" s="92">
         <v>4.1476280000000001</v>
       </c>
       <c r="H259" s="92">
         <v>27.411079000000001</v>
       </c>
       <c r="I259" s="92">
         <v>436.12045799999999</v>
       </c>
       <c r="J259" s="92">
         <v>748.58057699999995</v>
       </c>
       <c r="K259" s="92">
         <v>990.38807399999996</v>
       </c>
       <c r="L259" s="92">
         <v>919.79724499999998</v>
       </c>
       <c r="M259" s="92">
         <v>607.09023400000001</v>
       </c>
       <c r="N259" s="93">
         <v>3733.5352950000001</v>
       </c>
     </row>
     <row r="260" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B260" s="79"/>
       <c r="C260" s="102"/>
-      <c r="D260" s="230" t="s">
+      <c r="D260" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="E260" s="230"/>
-      <c r="F260" s="230"/>
+      <c r="E260" s="138"/>
+      <c r="F260" s="138"/>
       <c r="G260" s="92">
         <v>8.3849999999999994E-2</v>
       </c>
       <c r="H260" s="92">
         <v>0.35362500000000002</v>
       </c>
       <c r="I260" s="92">
         <v>2.7316220000000002</v>
       </c>
       <c r="J260" s="92">
         <v>4.7598469999999997</v>
       </c>
       <c r="K260" s="92">
         <v>10.677576</v>
       </c>
       <c r="L260" s="92">
         <v>16.395025</v>
       </c>
       <c r="M260" s="92">
         <v>17.526600999999999</v>
       </c>
       <c r="N260" s="93">
         <v>52.528146</v>
       </c>
     </row>
     <row r="261" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B261" s="79"/>
       <c r="C261" s="103"/>
-      <c r="D261" s="293" t="s">
+      <c r="D261" s="314" t="s">
         <v>71</v>
       </c>
-      <c r="E261" s="293"/>
-      <c r="F261" s="294"/>
+      <c r="E261" s="314"/>
+      <c r="F261" s="315"/>
       <c r="G261" s="60">
         <v>0</v>
       </c>
       <c r="H261" s="60">
         <v>0.25229099999999999</v>
       </c>
       <c r="I261" s="60">
         <v>3.1139640000000002</v>
       </c>
       <c r="J261" s="60">
         <v>4.5923020000000001</v>
       </c>
       <c r="K261" s="60">
         <v>7.5048469999999998</v>
       </c>
       <c r="L261" s="60">
         <v>11.282263</v>
       </c>
       <c r="M261" s="60">
         <v>12.744598999999999</v>
       </c>
       <c r="N261" s="81">
         <v>39.490265999999998</v>
       </c>
     </row>
     <row r="262" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B262" s="79"/>
-      <c r="C262" s="250" t="s">
+      <c r="C262" s="268" t="s">
         <v>109</v>
       </c>
-      <c r="D262" s="251"/>
-[...1 lines deleted...]
-      <c r="F262" s="251"/>
+      <c r="D262" s="269"/>
+      <c r="E262" s="269"/>
+      <c r="F262" s="269"/>
       <c r="G262" s="51">
         <v>2447.3582940000001</v>
       </c>
       <c r="H262" s="51">
         <v>4145.264741</v>
       </c>
       <c r="I262" s="51">
         <v>5176.8860569999997</v>
       </c>
       <c r="J262" s="51">
         <v>9756.0154210000001</v>
       </c>
       <c r="K262" s="51">
         <v>6999.7557459999998</v>
       </c>
       <c r="L262" s="51">
         <v>6347.7781850000001</v>
       </c>
       <c r="M262" s="51">
         <v>4491.462853</v>
       </c>
       <c r="N262" s="71">
         <v>39364.521296999999</v>
       </c>
     </row>
     <row r="263" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B263" s="79"/>
       <c r="C263" s="102"/>
-      <c r="D263" s="230" t="s">
+      <c r="D263" s="138" t="s">
         <v>72</v>
       </c>
-      <c r="E263" s="230"/>
-      <c r="F263" s="230"/>
+      <c r="E263" s="138"/>
+      <c r="F263" s="138"/>
       <c r="G263" s="92">
         <v>1537.913818</v>
       </c>
       <c r="H263" s="92">
         <v>3199.835583</v>
       </c>
       <c r="I263" s="92">
         <v>4151.7560059999996</v>
       </c>
       <c r="J263" s="92">
         <v>8902.8612909999993</v>
       </c>
       <c r="K263" s="92">
         <v>6463.904998</v>
       </c>
       <c r="L263" s="92">
         <v>5932.0577030000004</v>
       </c>
       <c r="M263" s="92">
         <v>4342.5975390000003</v>
       </c>
       <c r="N263" s="93">
         <v>34530.926937999997</v>
       </c>
     </row>
     <row r="264" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B264" s="79"/>
       <c r="C264" s="102"/>
-      <c r="D264" s="230" t="s">
+      <c r="D264" s="138" t="s">
         <v>137</v>
       </c>
-      <c r="E264" s="230"/>
-      <c r="F264" s="230"/>
+      <c r="E264" s="138"/>
+      <c r="F264" s="138"/>
       <c r="G264" s="92">
         <v>171.75132199999999</v>
       </c>
       <c r="H264" s="92">
         <v>238.11962500000001</v>
       </c>
       <c r="I264" s="92">
         <v>305.95345900000001</v>
       </c>
       <c r="J264" s="92">
         <v>321.99973999999997</v>
       </c>
       <c r="K264" s="92">
         <v>222.28384500000001</v>
       </c>
       <c r="L264" s="92">
         <v>191.69388499999999</v>
       </c>
       <c r="M264" s="92">
         <v>75.037861000000007</v>
       </c>
       <c r="N264" s="93">
         <v>1526.839737</v>
       </c>
     </row>
     <row r="265" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B265" s="79"/>
       <c r="C265" s="103"/>
-      <c r="D265" s="293" t="s">
+      <c r="D265" s="314" t="s">
         <v>138</v>
       </c>
-      <c r="E265" s="293"/>
-      <c r="F265" s="293"/>
+      <c r="E265" s="314"/>
+      <c r="F265" s="314"/>
       <c r="G265" s="92">
         <v>737.69315400000005</v>
       </c>
       <c r="H265" s="92">
         <v>707.30953299999999</v>
       </c>
       <c r="I265" s="92">
         <v>719.17659200000003</v>
       </c>
       <c r="J265" s="92">
         <v>531.15439000000003</v>
       </c>
       <c r="K265" s="92">
         <v>313.56690300000002</v>
       </c>
       <c r="L265" s="92">
         <v>224.02659700000001</v>
       </c>
       <c r="M265" s="92">
         <v>73.827453000000006</v>
       </c>
       <c r="N265" s="93">
         <v>3306.7546219999999</v>
       </c>
     </row>
     <row r="266" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B266" s="79"/>
-      <c r="C266" s="172" t="s">
+      <c r="C266" s="161" t="s">
         <v>150</v>
       </c>
-      <c r="D266" s="244"/>
-[...1 lines deleted...]
-      <c r="F266" s="245"/>
+      <c r="D266" s="319"/>
+      <c r="E266" s="319"/>
+      <c r="F266" s="320"/>
       <c r="G266" s="47">
         <v>1074.551674</v>
       </c>
       <c r="H266" s="47">
         <v>1539.5975350000001</v>
       </c>
       <c r="I266" s="47">
         <v>11294.051697000001</v>
       </c>
       <c r="J266" s="47">
         <v>10754.096997000001</v>
       </c>
       <c r="K266" s="47">
         <v>9823.8165100000006</v>
       </c>
       <c r="L266" s="47">
         <v>11754.777338</v>
       </c>
       <c r="M266" s="47">
         <v>7199.4610940000002</v>
       </c>
       <c r="N266" s="84">
         <v>53440.352845000001</v>
       </c>
     </row>
     <row r="267" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B267" s="104"/>
-      <c r="C267" s="247" t="s">
+      <c r="C267" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="D267" s="248"/>
-[...1 lines deleted...]
-      <c r="F267" s="249"/>
+      <c r="D267" s="312"/>
+      <c r="E267" s="312"/>
+      <c r="F267" s="313"/>
       <c r="G267" s="56">
         <v>0</v>
       </c>
       <c r="H267" s="56">
         <v>0</v>
       </c>
       <c r="I267" s="56">
         <v>10.712356</v>
       </c>
       <c r="J267" s="56">
         <v>10.509198</v>
       </c>
       <c r="K267" s="56">
         <v>11.054754000000001</v>
       </c>
       <c r="L267" s="56">
         <v>8.0536829999999995</v>
       </c>
       <c r="M267" s="56">
         <v>3.9012769999999999</v>
       </c>
       <c r="N267" s="94">
         <v>44.231268</v>
       </c>
     </row>
@@ -33794,452 +33794,452 @@
       </c>
       <c r="H269" s="42">
         <v>863.58343400000001</v>
       </c>
       <c r="I269" s="42">
         <v>28922.620766</v>
       </c>
       <c r="J269" s="42">
         <v>32858.159203000003</v>
       </c>
       <c r="K269" s="42">
         <v>35909.383477000003</v>
       </c>
       <c r="L269" s="42">
         <v>31537.617321999998</v>
       </c>
       <c r="M269" s="42">
         <v>21647.154879000002</v>
       </c>
       <c r="N269" s="75">
         <v>151995.885202</v>
       </c>
     </row>
     <row r="270" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B270" s="79"/>
-      <c r="C270" s="279" t="s">
+      <c r="C270" s="316" t="s">
         <v>91</v>
       </c>
-      <c r="D270" s="295"/>
-[...1 lines deleted...]
-      <c r="F270" s="280"/>
+      <c r="D270" s="317"/>
+      <c r="E270" s="317"/>
+      <c r="F270" s="318"/>
       <c r="G270" s="92">
         <v>0</v>
       </c>
       <c r="H270" s="92">
         <v>0</v>
       </c>
       <c r="I270" s="92">
         <v>881.42450799999995</v>
       </c>
       <c r="J270" s="92">
         <v>1405.7044579999999</v>
       </c>
       <c r="K270" s="92">
         <v>1647.478055</v>
       </c>
       <c r="L270" s="92">
         <v>2183.7414560000002</v>
       </c>
       <c r="M270" s="92">
         <v>1771.9201800000001</v>
       </c>
       <c r="N270" s="93">
         <v>7890.2686569999996</v>
       </c>
     </row>
     <row r="271" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B271" s="79"/>
-      <c r="C271" s="246" t="s">
+      <c r="C271" s="250" t="s">
         <v>92</v>
       </c>
-      <c r="D271" s="230"/>
-[...1 lines deleted...]
-      <c r="F271" s="230"/>
+      <c r="D271" s="138"/>
+      <c r="E271" s="138"/>
+      <c r="F271" s="138"/>
       <c r="G271" s="92">
         <v>0</v>
       </c>
       <c r="H271" s="92">
         <v>0</v>
       </c>
       <c r="I271" s="92">
         <v>25.231558</v>
       </c>
       <c r="J271" s="92">
         <v>49.532724999999999</v>
       </c>
       <c r="K271" s="92">
         <v>64.582986000000005</v>
       </c>
       <c r="L271" s="92">
         <v>74.233784</v>
       </c>
       <c r="M271" s="92">
         <v>77.430892</v>
       </c>
       <c r="N271" s="93">
         <v>291.01194500000003</v>
       </c>
     </row>
     <row r="272" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B272" s="79"/>
-      <c r="C272" s="246" t="s">
+      <c r="C272" s="250" t="s">
         <v>93</v>
       </c>
-      <c r="D272" s="230"/>
-[...1 lines deleted...]
-      <c r="F272" s="231"/>
+      <c r="D272" s="138"/>
+      <c r="E272" s="138"/>
+      <c r="F272" s="139"/>
       <c r="G272" s="92">
         <v>7.5798000000000004E-2</v>
       </c>
       <c r="H272" s="92">
         <v>7.6111999999999999E-2</v>
       </c>
       <c r="I272" s="92">
         <v>9294.0882959999999</v>
       </c>
       <c r="J272" s="92">
         <v>8805.6388669999997</v>
       </c>
       <c r="K272" s="92">
         <v>6603.2533009999997</v>
       </c>
       <c r="L272" s="92">
         <v>4173.3417399999998</v>
       </c>
       <c r="M272" s="92">
         <v>2420.7673399999999</v>
       </c>
       <c r="N272" s="93">
         <v>31297.241453999999</v>
       </c>
     </row>
     <row r="273" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B273" s="79"/>
-      <c r="C273" s="246" t="s">
+      <c r="C273" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="D273" s="230"/>
-[...1 lines deleted...]
-      <c r="F273" s="231"/>
+      <c r="D273" s="138"/>
+      <c r="E273" s="138"/>
+      <c r="F273" s="139"/>
       <c r="G273" s="92">
         <v>12.491788</v>
       </c>
       <c r="H273" s="92">
         <v>21.179825999999998</v>
       </c>
       <c r="I273" s="92">
         <v>1179.56005</v>
       </c>
       <c r="J273" s="92">
         <v>1243.639471</v>
       </c>
       <c r="K273" s="92">
         <v>1460.5729650000001</v>
       </c>
       <c r="L273" s="92">
         <v>864.76880500000004</v>
       </c>
       <c r="M273" s="92">
         <v>707.34473400000002</v>
       </c>
       <c r="N273" s="93">
         <v>5489.5576389999997</v>
       </c>
     </row>
     <row r="274" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B274" s="79"/>
-      <c r="C274" s="241" t="s">
+      <c r="C274" s="270" t="s">
         <v>156</v>
       </c>
-      <c r="D274" s="242"/>
-[...1 lines deleted...]
-      <c r="F274" s="243"/>
+      <c r="D274" s="271"/>
+      <c r="E274" s="271"/>
+      <c r="F274" s="310"/>
       <c r="G274" s="92">
         <v>244.70914500000001</v>
       </c>
       <c r="H274" s="92">
         <v>562.80207299999995</v>
       </c>
       <c r="I274" s="92">
         <v>4090.2567220000001</v>
       </c>
       <c r="J274" s="92">
         <v>5114.4724740000001</v>
       </c>
       <c r="K274" s="92">
         <v>5284.7466489999997</v>
       </c>
       <c r="L274" s="92">
         <v>4107.4744680000003</v>
       </c>
       <c r="M274" s="92">
         <v>2326.7983399999998</v>
       </c>
       <c r="N274" s="93">
         <v>21731.259870999998</v>
       </c>
     </row>
     <row r="275" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B275" s="79"/>
-      <c r="C275" s="246" t="s">
+      <c r="C275" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="D275" s="230"/>
-[...1 lines deleted...]
-      <c r="F275" s="230"/>
+      <c r="D275" s="138"/>
+      <c r="E275" s="138"/>
+      <c r="F275" s="138"/>
       <c r="G275" s="92">
         <v>8.9389999999999997E-2</v>
       </c>
       <c r="H275" s="92">
         <v>0.63879200000000003</v>
       </c>
       <c r="I275" s="92">
         <v>4.5543610000000001</v>
       </c>
       <c r="J275" s="92">
         <v>5.7299379999999998</v>
       </c>
       <c r="K275" s="92">
         <v>3.855836</v>
       </c>
       <c r="L275" s="92">
         <v>3.1147800000000001</v>
       </c>
       <c r="M275" s="92">
         <v>1.6649579999999999</v>
       </c>
       <c r="N275" s="93">
         <v>19.648054999999999</v>
       </c>
     </row>
     <row r="276" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B276" s="79"/>
-      <c r="C276" s="241" t="s">
+      <c r="C276" s="270" t="s">
         <v>158</v>
       </c>
-      <c r="D276" s="242"/>
-[...1 lines deleted...]
-      <c r="F276" s="243"/>
+      <c r="D276" s="271"/>
+      <c r="E276" s="271"/>
+      <c r="F276" s="310"/>
       <c r="G276" s="92">
         <v>0</v>
       </c>
       <c r="H276" s="92">
         <v>278.88663100000002</v>
       </c>
       <c r="I276" s="92">
         <v>12469.486865000001</v>
       </c>
       <c r="J276" s="92">
         <v>14495.540787</v>
       </c>
       <c r="K276" s="92">
         <v>14483.301416</v>
       </c>
       <c r="L276" s="92">
         <v>9787.8827139999994</v>
       </c>
       <c r="M276" s="92">
         <v>6266.2364610000004</v>
       </c>
       <c r="N276" s="93">
         <v>57781.334874</v>
       </c>
     </row>
     <row r="277" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B277" s="79"/>
-      <c r="C277" s="241" t="s">
+      <c r="C277" s="270" t="s">
         <v>159</v>
       </c>
-      <c r="D277" s="242"/>
-[...1 lines deleted...]
-      <c r="F277" s="243"/>
+      <c r="D277" s="271"/>
+      <c r="E277" s="271"/>
+      <c r="F277" s="310"/>
       <c r="G277" s="92">
         <v>0</v>
       </c>
       <c r="H277" s="92">
         <v>0</v>
       </c>
       <c r="I277" s="92">
         <v>7.2264600000000003</v>
       </c>
       <c r="J277" s="92">
         <v>8.3812470000000001</v>
       </c>
       <c r="K277" s="92">
         <v>12.025891</v>
       </c>
       <c r="L277" s="92">
         <v>5.5573740000000003</v>
       </c>
       <c r="M277" s="92">
         <v>2.5574059999999998</v>
       </c>
       <c r="N277" s="93">
         <v>35.748378000000002</v>
       </c>
     </row>
     <row r="278" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B278" s="79"/>
-      <c r="C278" s="241" t="s">
+      <c r="C278" s="270" t="s">
         <v>160</v>
       </c>
-      <c r="D278" s="242"/>
-[...1 lines deleted...]
-      <c r="F278" s="243"/>
+      <c r="D278" s="271"/>
+      <c r="E278" s="271"/>
+      <c r="F278" s="310"/>
       <c r="G278" s="92">
         <v>0</v>
       </c>
       <c r="H278" s="92">
         <v>0</v>
       </c>
       <c r="I278" s="92">
         <v>293.61403100000001</v>
       </c>
       <c r="J278" s="92">
         <v>385.85525000000001</v>
       </c>
       <c r="K278" s="92">
         <v>394.981989</v>
       </c>
       <c r="L278" s="92">
         <v>406.94691899999998</v>
       </c>
       <c r="M278" s="92">
         <v>234.58291299999999</v>
       </c>
       <c r="N278" s="93">
         <v>1715.981102</v>
       </c>
     </row>
     <row r="279" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B279" s="79"/>
-      <c r="C279" s="241" t="s">
+      <c r="C279" s="270" t="s">
         <v>161</v>
       </c>
-      <c r="D279" s="242"/>
-[...1 lines deleted...]
-      <c r="F279" s="243"/>
+      <c r="D279" s="271"/>
+      <c r="E279" s="271"/>
+      <c r="F279" s="310"/>
       <c r="G279" s="92">
         <v>0</v>
       </c>
       <c r="H279" s="92">
         <v>0</v>
       </c>
       <c r="I279" s="92">
         <v>0.42313000000000001</v>
       </c>
       <c r="J279" s="92">
         <v>0.26792199999999999</v>
       </c>
       <c r="K279" s="92">
         <v>0.41215800000000002</v>
       </c>
       <c r="L279" s="92">
         <v>0.52719199999999999</v>
       </c>
       <c r="M279" s="92">
         <v>0.35283900000000001</v>
       </c>
       <c r="N279" s="93">
         <v>1.983241</v>
       </c>
     </row>
     <row r="280" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B280" s="79"/>
-      <c r="C280" s="241" t="s">
+      <c r="C280" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D280" s="242"/>
-[...1 lines deleted...]
-      <c r="F280" s="242"/>
+      <c r="D280" s="271"/>
+      <c r="E280" s="271"/>
+      <c r="F280" s="271"/>
       <c r="G280" s="92">
         <v>0</v>
       </c>
       <c r="H280" s="92">
         <v>0</v>
       </c>
       <c r="I280" s="92">
         <v>89.646590000000003</v>
       </c>
       <c r="J280" s="92">
         <v>311.78149400000001</v>
       </c>
       <c r="K280" s="92">
         <v>4697.8683499999997</v>
       </c>
       <c r="L280" s="92">
         <v>8249.8126900000007</v>
       </c>
       <c r="M280" s="92">
         <v>6025.6644399999996</v>
       </c>
       <c r="N280" s="93">
         <v>19374.773563999999</v>
       </c>
     </row>
     <row r="281" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B281" s="79"/>
-      <c r="C281" s="241" t="s">
+      <c r="C281" s="270" t="s">
         <v>163</v>
       </c>
-      <c r="D281" s="242"/>
-[...1 lines deleted...]
-      <c r="F281" s="242"/>
+      <c r="D281" s="271"/>
+      <c r="E281" s="271"/>
+      <c r="F281" s="271"/>
       <c r="G281" s="92">
         <v>0</v>
       </c>
       <c r="H281" s="92">
         <v>0</v>
       </c>
       <c r="I281" s="92">
         <v>585.50838699999997</v>
       </c>
       <c r="J281" s="92">
         <v>1029.480262</v>
       </c>
       <c r="K281" s="92">
         <v>1253.8821600000001</v>
       </c>
       <c r="L281" s="92">
         <v>1677.5034209999999</v>
       </c>
       <c r="M281" s="92">
         <v>1808.6236309999999</v>
       </c>
       <c r="N281" s="93">
         <v>6354.9978609999998</v>
       </c>
     </row>
     <row r="282" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B282" s="104"/>
-      <c r="C282" s="247" t="s">
+      <c r="C282" s="311" t="s">
         <v>164</v>
       </c>
-      <c r="D282" s="248"/>
-[...1 lines deleted...]
-      <c r="F282" s="249"/>
+      <c r="D282" s="312"/>
+      <c r="E282" s="312"/>
+      <c r="F282" s="313"/>
       <c r="G282" s="92">
         <v>0</v>
       </c>
       <c r="H282" s="92">
         <v>0</v>
       </c>
       <c r="I282" s="92">
         <v>1.5998079999999999</v>
       </c>
       <c r="J282" s="92">
         <v>2.1343079999999999</v>
       </c>
       <c r="K282" s="92">
         <v>2.4217209999999998</v>
       </c>
       <c r="L282" s="92">
         <v>2.7119789999999999</v>
       </c>
       <c r="M282" s="92">
         <v>3.2107450000000002</v>
       </c>
       <c r="N282" s="93">
         <v>12.078561000000001</v>
       </c>
     </row>
@@ -34252,990 +34252,990 @@
       </c>
       <c r="H283" s="42">
         <v>0</v>
       </c>
       <c r="I283" s="42">
         <v>12399.547427</v>
       </c>
       <c r="J283" s="42">
         <v>22528.008392</v>
       </c>
       <c r="K283" s="42">
         <v>67811.718278</v>
       </c>
       <c r="L283" s="42">
         <v>105717.58823199999</v>
       </c>
       <c r="M283" s="42">
         <v>72401.417165999999</v>
       </c>
       <c r="N283" s="75">
         <v>280858.34344000003</v>
       </c>
     </row>
     <row r="284" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B284" s="79"/>
-      <c r="C284" s="250" t="s">
+      <c r="C284" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D284" s="251"/>
-[...1 lines deleted...]
-      <c r="F284" s="251"/>
+      <c r="D284" s="269"/>
+      <c r="E284" s="269"/>
+      <c r="F284" s="269"/>
       <c r="G284" s="51">
         <v>0</v>
       </c>
       <c r="H284" s="51">
         <v>0</v>
       </c>
       <c r="I284" s="51">
         <v>1162.8286639999999</v>
       </c>
       <c r="J284" s="51">
         <v>3944.2274830000001</v>
       </c>
       <c r="K284" s="51">
         <v>41557.396184999998</v>
       </c>
       <c r="L284" s="51">
         <v>67154.228277000002</v>
       </c>
       <c r="M284" s="51">
         <v>46398.751228000001</v>
       </c>
       <c r="N284" s="71">
         <v>160217.43183700001</v>
       </c>
     </row>
     <row r="285" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B285" s="79"/>
-      <c r="C285" s="246" t="s">
+      <c r="C285" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D285" s="230"/>
-[...1 lines deleted...]
-      <c r="F285" s="230"/>
+      <c r="D285" s="138"/>
+      <c r="E285" s="138"/>
+      <c r="F285" s="138"/>
       <c r="G285" s="92">
         <v>6.3945000000000002E-2</v>
       </c>
       <c r="H285" s="92">
         <v>0</v>
       </c>
       <c r="I285" s="92">
         <v>10931.115639</v>
       </c>
       <c r="J285" s="92">
         <v>17957.662970000001</v>
       </c>
       <c r="K285" s="92">
         <v>24450.908026000001</v>
       </c>
       <c r="L285" s="92">
         <v>31141.732806</v>
       </c>
       <c r="M285" s="92">
         <v>17217.910741</v>
       </c>
       <c r="N285" s="93">
         <v>101699.39412700001</v>
       </c>
     </row>
     <row r="286" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B286" s="79"/>
-      <c r="C286" s="246" t="s">
+      <c r="C286" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D286" s="230"/>
-[...1 lines deleted...]
-      <c r="F286" s="230"/>
+      <c r="D286" s="138"/>
+      <c r="E286" s="138"/>
+      <c r="F286" s="138"/>
       <c r="G286" s="92">
         <v>0</v>
       </c>
       <c r="H286" s="92">
         <v>0</v>
       </c>
       <c r="I286" s="92">
         <v>0</v>
       </c>
       <c r="J286" s="92">
         <v>0</v>
       </c>
       <c r="K286" s="92">
         <v>0</v>
       </c>
       <c r="L286" s="92">
         <v>-1.2145950000000001</v>
       </c>
       <c r="M286" s="92">
         <v>1.417824</v>
       </c>
       <c r="N286" s="93">
         <v>0.20322899999999999</v>
       </c>
     </row>
     <row r="287" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B287" s="79"/>
-      <c r="C287" s="246" t="s">
+      <c r="C287" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D287" s="230"/>
-[...1 lines deleted...]
-      <c r="F287" s="230"/>
+      <c r="D287" s="138"/>
+      <c r="E287" s="138"/>
+      <c r="F287" s="138"/>
       <c r="G287" s="92">
         <v>0</v>
       </c>
       <c r="H287" s="92">
         <v>0</v>
       </c>
       <c r="I287" s="92">
         <v>305.60312399999998</v>
       </c>
       <c r="J287" s="92">
         <v>626.11793899999998</v>
       </c>
       <c r="K287" s="92">
         <v>1803.4140669999999</v>
       </c>
       <c r="L287" s="92">
         <v>7422.8417440000003</v>
       </c>
       <c r="M287" s="92">
         <v>8783.3373730000003</v>
       </c>
       <c r="N287" s="93">
         <v>18941.314246999998</v>
       </c>
     </row>
     <row r="288" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-      <c r="B288" s="252" t="s">
+      <c r="B288" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C288" s="253"/>
-[...2 lines deleted...]
-      <c r="F288" s="254"/>
+      <c r="C288" s="255"/>
+      <c r="D288" s="255"/>
+      <c r="E288" s="255"/>
+      <c r="F288" s="293"/>
       <c r="G288" s="63">
         <v>8943.7399420000002</v>
       </c>
       <c r="H288" s="63">
         <v>17914.136735</v>
       </c>
       <c r="I288" s="63">
         <v>135816.01666600001</v>
       </c>
       <c r="J288" s="63">
         <v>161701.80453299999</v>
       </c>
       <c r="K288" s="63">
         <v>195799.17389800001</v>
       </c>
       <c r="L288" s="63">
         <v>222535.52362600001</v>
       </c>
       <c r="M288" s="63">
         <v>156551.023548</v>
       </c>
       <c r="N288" s="76">
         <v>899261.41894799995</v>
       </c>
     </row>
     <row r="289" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B289" s="240" t="s">
-[...14 lines deleted...]
-      <c r="O289" s="240"/>
+      <c r="B289" s="256" t="s">
+        <v>176</v>
+      </c>
+      <c r="C289" s="256"/>
+      <c r="D289" s="256"/>
+      <c r="E289" s="256"/>
+      <c r="F289" s="256"/>
+      <c r="G289" s="256"/>
+      <c r="H289" s="256"/>
+      <c r="I289" s="256"/>
+      <c r="J289" s="256"/>
+      <c r="K289" s="256"/>
+      <c r="L289" s="256"/>
+      <c r="M289" s="256"/>
+      <c r="N289" s="256"/>
+      <c r="O289" s="256"/>
     </row>
     <row r="290" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B290" s="240" t="s">
+      <c r="B290" s="256" t="s">
         <v>113</v>
       </c>
-      <c r="C290" s="240"/>
-[...11 lines deleted...]
-      <c r="O290" s="240"/>
+      <c r="C290" s="256"/>
+      <c r="D290" s="256"/>
+      <c r="E290" s="256"/>
+      <c r="F290" s="256"/>
+      <c r="G290" s="256"/>
+      <c r="H290" s="256"/>
+      <c r="I290" s="256"/>
+      <c r="J290" s="256"/>
+      <c r="K290" s="256"/>
+      <c r="L290" s="256"/>
+      <c r="M290" s="256"/>
+      <c r="N290" s="256"/>
+      <c r="O290" s="256"/>
     </row>
     <row r="291" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B291" s="240" t="s">
+      <c r="B291" s="256" t="s">
         <v>114</v>
       </c>
-      <c r="C291" s="240"/>
-[...11 lines deleted...]
-      <c r="O291" s="240"/>
+      <c r="C291" s="256"/>
+      <c r="D291" s="256"/>
+      <c r="E291" s="256"/>
+      <c r="F291" s="256"/>
+      <c r="G291" s="256"/>
+      <c r="H291" s="256"/>
+      <c r="I291" s="256"/>
+      <c r="J291" s="256"/>
+      <c r="K291" s="256"/>
+      <c r="L291" s="256"/>
+      <c r="M291" s="256"/>
+      <c r="N291" s="256"/>
+      <c r="O291" s="256"/>
     </row>
     <row r="292" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B292" s="25" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="293" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B293" s="25" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="294" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B294" s="25" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="295" spans="1:15" s="18" customFormat="1" ht="5.25" customHeight="1"/>
     <row r="296" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A296" s="18" t="s">
         <v>116</v>
       </c>
       <c r="O296" s="22"/>
     </row>
     <row r="297" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B297" s="255" t="s">
+      <c r="B297" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C297" s="256"/>
-[...2 lines deleted...]
-      <c r="F297" s="257"/>
+      <c r="C297" s="273"/>
+      <c r="D297" s="273"/>
+      <c r="E297" s="273"/>
+      <c r="F297" s="321"/>
       <c r="G297" s="99" t="s">
         <v>13</v>
       </c>
       <c r="H297" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I297" s="100" t="s">
         <v>15</v>
       </c>
       <c r="J297" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K297" s="100" t="s">
         <v>17</v>
       </c>
       <c r="L297" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M297" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N297" s="101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="298" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B298" s="291" t="s">
+      <c r="B298" s="266" t="s">
         <v>105</v>
       </c>
-      <c r="C298" s="292"/>
-[...2 lines deleted...]
-      <c r="F298" s="292"/>
+      <c r="C298" s="267"/>
+      <c r="D298" s="267"/>
+      <c r="E298" s="267"/>
+      <c r="F298" s="267"/>
       <c r="G298" s="60">
         <v>6882.9752790000002</v>
       </c>
       <c r="H298" s="60">
         <v>14066.988036000001</v>
       </c>
       <c r="I298" s="60">
         <v>78670.180240999995</v>
       </c>
       <c r="J298" s="60">
         <v>91705.991850999999</v>
       </c>
       <c r="K298" s="60">
         <v>81580.511434</v>
       </c>
       <c r="L298" s="60">
         <v>77341.156294999993</v>
       </c>
       <c r="M298" s="60">
         <v>56492.694141</v>
       </c>
       <c r="N298" s="81">
         <v>406740.49727699999</v>
       </c>
     </row>
     <row r="299" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B299" s="79"/>
-      <c r="C299" s="250" t="s">
+      <c r="C299" s="268" t="s">
         <v>106</v>
       </c>
-      <c r="D299" s="251"/>
-[...1 lines deleted...]
-      <c r="F299" s="251"/>
+      <c r="D299" s="269"/>
+      <c r="E299" s="269"/>
+      <c r="F299" s="269"/>
       <c r="G299" s="92">
         <v>1544.391302</v>
       </c>
       <c r="H299" s="92">
         <v>3651.3456430000001</v>
       </c>
       <c r="I299" s="92">
         <v>22921.975814000001</v>
       </c>
       <c r="J299" s="92">
         <v>29135.462702000001</v>
       </c>
       <c r="K299" s="92">
         <v>27623.625593000001</v>
       </c>
       <c r="L299" s="92">
         <v>31819.894821999998</v>
       </c>
       <c r="M299" s="92">
         <v>31430.617040000001</v>
       </c>
       <c r="N299" s="93">
         <v>148127.312916</v>
       </c>
     </row>
     <row r="300" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B300" s="79"/>
       <c r="C300" s="102"/>
-      <c r="D300" s="230" t="s">
+      <c r="D300" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E300" s="230"/>
-      <c r="F300" s="230"/>
+      <c r="E300" s="138"/>
+      <c r="F300" s="138"/>
       <c r="G300" s="92">
         <v>1.3531E-2</v>
       </c>
       <c r="H300" s="92">
         <v>7.8777E-2</v>
       </c>
       <c r="I300" s="92">
         <v>12432.425778000001</v>
       </c>
       <c r="J300" s="92">
         <v>16476.901691999999</v>
       </c>
       <c r="K300" s="92">
         <v>18055.929603</v>
       </c>
       <c r="L300" s="92">
         <v>21657.140009999999</v>
       </c>
       <c r="M300" s="92">
         <v>21389.00851</v>
       </c>
       <c r="N300" s="93">
         <v>90011.497900999995</v>
       </c>
     </row>
     <row r="301" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B301" s="79"/>
       <c r="C301" s="102"/>
-      <c r="D301" s="230" t="s">
+      <c r="D301" s="138" t="s">
         <v>62</v>
       </c>
-      <c r="E301" s="230"/>
-      <c r="F301" s="230"/>
+      <c r="E301" s="138"/>
+      <c r="F301" s="138"/>
       <c r="G301" s="92">
         <v>0.84344300000000005</v>
       </c>
       <c r="H301" s="92">
         <v>10.87</v>
       </c>
       <c r="I301" s="92">
         <v>67.328113000000002</v>
       </c>
       <c r="J301" s="92">
         <v>242.546809</v>
       </c>
       <c r="K301" s="92">
         <v>419.054686</v>
       </c>
       <c r="L301" s="92">
         <v>1060.9407699999999</v>
       </c>
       <c r="M301" s="92">
         <v>1960.3760179999999</v>
       </c>
       <c r="N301" s="93">
         <v>3761.9598390000001</v>
       </c>
     </row>
     <row r="302" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B302" s="79"/>
       <c r="C302" s="102"/>
-      <c r="D302" s="230" t="s">
+      <c r="D302" s="138" t="s">
         <v>63</v>
       </c>
-      <c r="E302" s="230"/>
-      <c r="F302" s="230"/>
+      <c r="E302" s="138"/>
+      <c r="F302" s="138"/>
       <c r="G302" s="92">
         <v>957.92731100000003</v>
       </c>
       <c r="H302" s="92">
         <v>2540.2945220000001</v>
       </c>
       <c r="I302" s="92">
         <v>6558.3934689999996</v>
       </c>
       <c r="J302" s="92">
         <v>7873.4787219999998</v>
       </c>
       <c r="K302" s="92">
         <v>5275.6084899999996</v>
       </c>
       <c r="L302" s="92">
         <v>5231.9091600000002</v>
       </c>
       <c r="M302" s="92">
         <v>5071.2137519999997</v>
       </c>
       <c r="N302" s="93">
         <v>33508.825426000003</v>
       </c>
     </row>
     <row r="303" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B303" s="79"/>
       <c r="C303" s="102"/>
-      <c r="D303" s="230" t="s">
+      <c r="D303" s="138" t="s">
         <v>64</v>
       </c>
-      <c r="E303" s="230"/>
-      <c r="F303" s="230"/>
+      <c r="E303" s="138"/>
+      <c r="F303" s="138"/>
       <c r="G303" s="92">
         <v>196.835092</v>
       </c>
       <c r="H303" s="92">
         <v>592.37701700000002</v>
       </c>
       <c r="I303" s="92">
         <v>944.63965499999995</v>
       </c>
       <c r="J303" s="92">
         <v>1204.086886</v>
       </c>
       <c r="K303" s="92">
         <v>806.26599199999998</v>
       </c>
       <c r="L303" s="92">
         <v>690.053225</v>
       </c>
       <c r="M303" s="92">
         <v>494.22530699999999</v>
       </c>
       <c r="N303" s="93">
         <v>4928.483174</v>
       </c>
     </row>
     <row r="304" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B304" s="79"/>
       <c r="C304" s="103"/>
-      <c r="D304" s="293" t="s">
+      <c r="D304" s="314" t="s">
         <v>65</v>
       </c>
-      <c r="E304" s="293"/>
-      <c r="F304" s="293"/>
+      <c r="E304" s="314"/>
+      <c r="F304" s="314"/>
       <c r="G304" s="60">
         <v>388.77192500000001</v>
       </c>
       <c r="H304" s="60">
         <v>507.72532699999999</v>
       </c>
       <c r="I304" s="60">
         <v>2919.188799</v>
       </c>
       <c r="J304" s="60">
         <v>3338.4485930000001</v>
       </c>
       <c r="K304" s="60">
         <v>3066.766822</v>
       </c>
       <c r="L304" s="60">
         <v>3179.8516570000002</v>
       </c>
       <c r="M304" s="60">
         <v>2515.7934530000002</v>
       </c>
       <c r="N304" s="81">
         <v>15916.546576000001</v>
       </c>
     </row>
     <row r="305" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B305" s="79"/>
-      <c r="C305" s="250" t="s">
+      <c r="C305" s="268" t="s">
         <v>107</v>
       </c>
-      <c r="D305" s="251"/>
-[...1 lines deleted...]
-      <c r="F305" s="251"/>
+      <c r="D305" s="269"/>
+      <c r="E305" s="269"/>
+      <c r="F305" s="269"/>
       <c r="G305" s="92">
         <v>1789.3895500000001</v>
       </c>
       <c r="H305" s="92">
         <v>4577.3647920000003</v>
       </c>
       <c r="I305" s="92">
         <v>35885.573478999999</v>
       </c>
       <c r="J305" s="92">
         <v>36327.324142999998</v>
       </c>
       <c r="K305" s="92">
         <v>26144.750732</v>
       </c>
       <c r="L305" s="92">
         <v>18495.096924000001</v>
       </c>
       <c r="M305" s="92">
         <v>9303.3425819999993</v>
       </c>
       <c r="N305" s="93">
         <v>132522.842202</v>
       </c>
     </row>
     <row r="306" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B306" s="79"/>
       <c r="C306" s="102"/>
-      <c r="D306" s="230" t="s">
+      <c r="D306" s="138" t="s">
         <v>66</v>
       </c>
-      <c r="E306" s="230"/>
-      <c r="F306" s="230"/>
+      <c r="E306" s="138"/>
+      <c r="F306" s="138"/>
       <c r="G306" s="92">
         <v>3.8993E-2</v>
       </c>
       <c r="H306" s="92">
         <v>0.30600100000000002</v>
       </c>
       <c r="I306" s="92">
         <v>27742.518291</v>
       </c>
       <c r="J306" s="92">
         <v>27461.530880999999</v>
       </c>
       <c r="K306" s="92">
         <v>20549.824830000001</v>
       </c>
       <c r="L306" s="92">
         <v>14725.561299999999</v>
       </c>
       <c r="M306" s="92">
         <v>7749.5004779999999</v>
       </c>
       <c r="N306" s="93">
         <v>98229.280773999999</v>
       </c>
     </row>
     <row r="307" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B307" s="79"/>
       <c r="C307" s="103"/>
-      <c r="D307" s="293" t="s">
+      <c r="D307" s="314" t="s">
         <v>67</v>
       </c>
-      <c r="E307" s="293"/>
-      <c r="F307" s="293"/>
+      <c r="E307" s="314"/>
+      <c r="F307" s="314"/>
       <c r="G307" s="60">
         <v>1789.350557</v>
       </c>
       <c r="H307" s="60">
         <v>4577.0587910000004</v>
       </c>
       <c r="I307" s="60">
         <v>8143.0551880000003</v>
       </c>
       <c r="J307" s="60">
         <v>8865.7932619999992</v>
       </c>
       <c r="K307" s="60">
         <v>5594.925902</v>
       </c>
       <c r="L307" s="60">
         <v>3769.5356240000001</v>
       </c>
       <c r="M307" s="60">
         <v>1553.8421040000001</v>
       </c>
       <c r="N307" s="81">
         <v>34293.561428000001</v>
       </c>
     </row>
     <row r="308" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B308" s="79"/>
-      <c r="C308" s="250" t="s">
+      <c r="C308" s="268" t="s">
         <v>108</v>
       </c>
-      <c r="D308" s="251"/>
-[...1 lines deleted...]
-      <c r="F308" s="251"/>
+      <c r="D308" s="269"/>
+      <c r="E308" s="269"/>
+      <c r="F308" s="269"/>
       <c r="G308" s="92">
         <v>58.247861999999998</v>
       </c>
       <c r="H308" s="92">
         <v>274.70461899999998</v>
       </c>
       <c r="I308" s="92">
         <v>3540.9998890000002</v>
       </c>
       <c r="J308" s="92">
         <v>6152.684123</v>
       </c>
       <c r="K308" s="92">
         <v>11306.588959999999</v>
       </c>
       <c r="L308" s="92">
         <v>9237.8232270000008</v>
       </c>
       <c r="M308" s="92">
         <v>4432.6127120000001</v>
       </c>
       <c r="N308" s="93">
         <v>35003.661392000002</v>
       </c>
     </row>
     <row r="309" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B309" s="79"/>
       <c r="C309" s="102"/>
-      <c r="D309" s="230" t="s">
+      <c r="D309" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="E309" s="230"/>
-      <c r="F309" s="230"/>
+      <c r="E309" s="138"/>
+      <c r="F309" s="138"/>
       <c r="G309" s="92">
         <v>54.069209999999998</v>
       </c>
       <c r="H309" s="92">
         <v>246.96996899999999</v>
       </c>
       <c r="I309" s="92">
         <v>3102.2100390000001</v>
       </c>
       <c r="J309" s="92">
         <v>5402.4064410000001</v>
       </c>
       <c r="K309" s="92">
         <v>10316.878835</v>
       </c>
       <c r="L309" s="92">
         <v>8318.1893519999994</v>
       </c>
       <c r="M309" s="92">
         <v>3825.6008609999999</v>
       </c>
       <c r="N309" s="93">
         <v>31266.324707</v>
       </c>
     </row>
     <row r="310" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B310" s="79"/>
       <c r="C310" s="102"/>
-      <c r="D310" s="230" t="s">
+      <c r="D310" s="138" t="s">
         <v>69</v>
       </c>
-      <c r="E310" s="230"/>
-      <c r="F310" s="230"/>
+      <c r="E310" s="138"/>
+      <c r="F310" s="138"/>
       <c r="G310" s="92">
         <v>4.0948019999999996</v>
       </c>
       <c r="H310" s="92">
         <v>27.184183000000001</v>
       </c>
       <c r="I310" s="92">
         <v>432.98426000000001</v>
       </c>
       <c r="J310" s="92">
         <v>740.92553299999997</v>
       </c>
       <c r="K310" s="92">
         <v>971.56681600000002</v>
       </c>
       <c r="L310" s="92">
         <v>893.21899299999995</v>
       </c>
       <c r="M310" s="92">
         <v>578.60336600000005</v>
       </c>
       <c r="N310" s="93">
         <v>3648.577953</v>
       </c>
     </row>
     <row r="311" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B311" s="79"/>
       <c r="C311" s="102"/>
-      <c r="D311" s="230" t="s">
+      <c r="D311" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="E311" s="230"/>
-      <c r="F311" s="230"/>
+      <c r="E311" s="138"/>
+      <c r="F311" s="138"/>
       <c r="G311" s="92">
         <v>8.3849999999999994E-2</v>
       </c>
       <c r="H311" s="92">
         <v>0.35362500000000002</v>
       </c>
       <c r="I311" s="92">
         <v>2.7316220000000002</v>
       </c>
       <c r="J311" s="92">
         <v>4.7598469999999997</v>
       </c>
       <c r="K311" s="92">
         <v>10.677576</v>
       </c>
       <c r="L311" s="92">
         <v>15.807963000000001</v>
       </c>
       <c r="M311" s="92">
         <v>16.634840000000001</v>
       </c>
       <c r="N311" s="93">
         <v>51.049323000000001</v>
       </c>
     </row>
     <row r="312" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B312" s="79"/>
       <c r="C312" s="103"/>
-      <c r="D312" s="293" t="s">
+      <c r="D312" s="314" t="s">
         <v>71</v>
       </c>
-      <c r="E312" s="293"/>
-      <c r="F312" s="294"/>
+      <c r="E312" s="314"/>
+      <c r="F312" s="315"/>
       <c r="G312" s="60">
         <v>0</v>
       </c>
       <c r="H312" s="60">
         <v>0.19684199999999999</v>
       </c>
       <c r="I312" s="60">
         <v>3.0739679999999998</v>
       </c>
       <c r="J312" s="60">
         <v>4.5923020000000001</v>
       </c>
       <c r="K312" s="60">
         <v>7.4657330000000002</v>
       </c>
       <c r="L312" s="60">
         <v>10.606919</v>
       </c>
       <c r="M312" s="60">
         <v>11.773645</v>
       </c>
       <c r="N312" s="81">
         <v>37.709409000000001</v>
       </c>
     </row>
     <row r="313" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B313" s="79"/>
-      <c r="C313" s="250" t="s">
+      <c r="C313" s="268" t="s">
         <v>109</v>
       </c>
-      <c r="D313" s="251"/>
-[...1 lines deleted...]
-      <c r="F313" s="251"/>
+      <c r="D313" s="269"/>
+      <c r="E313" s="269"/>
+      <c r="F313" s="269"/>
       <c r="G313" s="92">
         <v>2418.3487850000001</v>
       </c>
       <c r="H313" s="92">
         <v>4028.0204570000001</v>
       </c>
       <c r="I313" s="92">
         <v>5048.8622729999997</v>
       </c>
       <c r="J313" s="92">
         <v>9377.2401460000001</v>
       </c>
       <c r="K313" s="92">
         <v>6734.4825680000004</v>
       </c>
       <c r="L313" s="92">
         <v>6109.4028980000003</v>
       </c>
       <c r="M313" s="92">
         <v>4226.8061939999998</v>
       </c>
       <c r="N313" s="93">
         <v>37943.163321</v>
       </c>
     </row>
     <row r="314" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B314" s="79"/>
       <c r="C314" s="102"/>
-      <c r="D314" s="230" t="s">
+      <c r="D314" s="138" t="s">
         <v>72</v>
       </c>
-      <c r="E314" s="230"/>
-      <c r="F314" s="230"/>
+      <c r="E314" s="138"/>
+      <c r="F314" s="138"/>
       <c r="G314" s="92">
         <v>1517.172292</v>
       </c>
       <c r="H314" s="92">
         <v>3102.0705819999998</v>
       </c>
       <c r="I314" s="92">
         <v>4045.758002</v>
       </c>
       <c r="J314" s="92">
         <v>8551.8519610000003</v>
       </c>
       <c r="K314" s="92">
         <v>6222.7138990000003</v>
       </c>
       <c r="L314" s="92">
         <v>5712.3758079999998</v>
       </c>
       <c r="M314" s="92">
         <v>4088.5433170000001</v>
       </c>
       <c r="N314" s="93">
         <v>33240.485861000001</v>
       </c>
     </row>
     <row r="315" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B315" s="79"/>
       <c r="C315" s="102"/>
-      <c r="D315" s="230" t="s">
+      <c r="D315" s="138" t="s">
         <v>137</v>
       </c>
-      <c r="E315" s="230"/>
-      <c r="F315" s="230"/>
+      <c r="E315" s="138"/>
+      <c r="F315" s="138"/>
       <c r="G315" s="92">
         <v>170.112165</v>
       </c>
       <c r="H315" s="92">
         <v>232.25685799999999</v>
       </c>
       <c r="I315" s="92">
         <v>297.88245699999999</v>
       </c>
       <c r="J315" s="92">
         <v>310.217535</v>
       </c>
       <c r="K315" s="92">
         <v>211.78899200000001</v>
       </c>
       <c r="L315" s="92">
         <v>182.34549899999999</v>
       </c>
       <c r="M315" s="92">
         <v>69.124014000000003</v>
       </c>
       <c r="N315" s="93">
         <v>1473.7275199999999</v>
       </c>
     </row>
     <row r="316" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B316" s="79"/>
       <c r="C316" s="103"/>
-      <c r="D316" s="293" t="s">
+      <c r="D316" s="314" t="s">
         <v>138</v>
       </c>
-      <c r="E316" s="293"/>
-      <c r="F316" s="293"/>
+      <c r="E316" s="314"/>
+      <c r="F316" s="314"/>
       <c r="G316" s="92">
         <v>731.06432800000005</v>
       </c>
       <c r="H316" s="92">
         <v>693.69301700000005</v>
       </c>
       <c r="I316" s="92">
         <v>705.22181399999999</v>
       </c>
       <c r="J316" s="92">
         <v>515.17065000000002</v>
       </c>
       <c r="K316" s="92">
         <v>299.97967699999998</v>
       </c>
       <c r="L316" s="92">
         <v>214.681591</v>
       </c>
       <c r="M316" s="92">
         <v>69.138863000000001</v>
       </c>
       <c r="N316" s="93">
         <v>3228.94994</v>
       </c>
     </row>
     <row r="317" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B317" s="79"/>
-      <c r="C317" s="172" t="s">
+      <c r="C317" s="161" t="s">
         <v>150</v>
       </c>
-      <c r="D317" s="244"/>
-[...1 lines deleted...]
-      <c r="F317" s="245"/>
+      <c r="D317" s="319"/>
+      <c r="E317" s="319"/>
+      <c r="F317" s="320"/>
       <c r="G317" s="47">
         <v>1072.5977800000001</v>
       </c>
       <c r="H317" s="47">
         <v>1535.5525250000001</v>
       </c>
       <c r="I317" s="47">
         <v>11262.109778</v>
       </c>
       <c r="J317" s="47">
         <v>10702.791835</v>
       </c>
       <c r="K317" s="47">
         <v>9760.2633100000003</v>
       </c>
       <c r="L317" s="47">
         <v>11670.884741</v>
       </c>
       <c r="M317" s="47">
         <v>7095.7105780000002</v>
       </c>
       <c r="N317" s="84">
         <v>53099.910546999999</v>
       </c>
     </row>
     <row r="318" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B318" s="79"/>
-      <c r="C318" s="247" t="s">
+      <c r="C318" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="D318" s="248"/>
-[...1 lines deleted...]
-      <c r="F318" s="249"/>
+      <c r="D318" s="312"/>
+      <c r="E318" s="312"/>
+      <c r="F318" s="313"/>
       <c r="G318" s="56">
         <v>0</v>
       </c>
       <c r="H318" s="56">
         <v>0</v>
       </c>
       <c r="I318" s="56">
         <v>10.659008</v>
       </c>
       <c r="J318" s="56">
         <v>10.488902</v>
       </c>
       <c r="K318" s="56">
         <v>10.800271</v>
       </c>
       <c r="L318" s="56">
         <v>8.0536829999999995</v>
       </c>
       <c r="M318" s="56">
         <v>3.605035</v>
       </c>
       <c r="N318" s="94">
         <v>43.606898999999999</v>
       </c>
     </row>
@@ -35285,452 +35285,452 @@
       </c>
       <c r="H320" s="42">
         <v>859.12256500000001</v>
       </c>
       <c r="I320" s="42">
         <v>28775.947896000001</v>
       </c>
       <c r="J320" s="42">
         <v>32619.736972999999</v>
       </c>
       <c r="K320" s="42">
         <v>35602.988255999997</v>
       </c>
       <c r="L320" s="42">
         <v>31223.112815</v>
       </c>
       <c r="M320" s="42">
         <v>21273.080798999999</v>
       </c>
       <c r="N320" s="75">
         <v>150609.77270100001</v>
       </c>
     </row>
     <row r="321" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B321" s="79"/>
-      <c r="C321" s="279" t="s">
+      <c r="C321" s="316" t="s">
         <v>91</v>
       </c>
-      <c r="D321" s="295"/>
-[...1 lines deleted...]
-      <c r="F321" s="280"/>
+      <c r="D321" s="317"/>
+      <c r="E321" s="317"/>
+      <c r="F321" s="318"/>
       <c r="G321" s="92">
         <v>0</v>
       </c>
       <c r="H321" s="92">
         <v>0</v>
       </c>
       <c r="I321" s="92">
         <v>875.69108500000004</v>
       </c>
       <c r="J321" s="92">
         <v>1390.7792340000001</v>
       </c>
       <c r="K321" s="92">
         <v>1622.2417829999999</v>
       </c>
       <c r="L321" s="92">
         <v>2139.7299029999999</v>
       </c>
       <c r="M321" s="92">
         <v>1708.8474200000001</v>
       </c>
       <c r="N321" s="93">
         <v>7737.2894249999999</v>
       </c>
     </row>
     <row r="322" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B322" s="79"/>
-      <c r="C322" s="246" t="s">
+      <c r="C322" s="250" t="s">
         <v>92</v>
       </c>
-      <c r="D322" s="230"/>
-[...1 lines deleted...]
-      <c r="F322" s="230"/>
+      <c r="D322" s="138"/>
+      <c r="E322" s="138"/>
+      <c r="F322" s="138"/>
       <c r="G322" s="92">
         <v>0</v>
       </c>
       <c r="H322" s="92">
         <v>0</v>
       </c>
       <c r="I322" s="92">
         <v>24.779050000000002</v>
       </c>
       <c r="J322" s="92">
         <v>48.266173000000002</v>
       </c>
       <c r="K322" s="92">
         <v>63.165954999999997</v>
       </c>
       <c r="L322" s="92">
         <v>70.867703000000006</v>
       </c>
       <c r="M322" s="92">
         <v>74.177238000000003</v>
       </c>
       <c r="N322" s="93">
         <v>281.25611900000001</v>
       </c>
     </row>
     <row r="323" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B323" s="79"/>
-      <c r="C323" s="246" t="s">
+      <c r="C323" s="250" t="s">
         <v>93</v>
       </c>
-      <c r="D323" s="230"/>
-[...1 lines deleted...]
-      <c r="F323" s="231"/>
+      <c r="D323" s="138"/>
+      <c r="E323" s="138"/>
+      <c r="F323" s="139"/>
       <c r="G323" s="92">
         <v>7.5798000000000004E-2</v>
       </c>
       <c r="H323" s="92">
         <v>7.6111999999999999E-2</v>
       </c>
       <c r="I323" s="92">
         <v>9221.3599830000003</v>
       </c>
       <c r="J323" s="92">
         <v>8685.9980030000006</v>
       </c>
       <c r="K323" s="92">
         <v>6510.9825339999998</v>
       </c>
       <c r="L323" s="92">
         <v>4107.7423230000004</v>
       </c>
       <c r="M323" s="92">
         <v>2365.5973210000002</v>
       </c>
       <c r="N323" s="93">
         <v>30891.832074000002</v>
       </c>
     </row>
     <row r="324" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B324" s="79"/>
-      <c r="C324" s="246" t="s">
+      <c r="C324" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="D324" s="230"/>
-[...1 lines deleted...]
-      <c r="F324" s="230"/>
+      <c r="D324" s="138"/>
+      <c r="E324" s="138"/>
+      <c r="F324" s="138"/>
       <c r="G324" s="92">
         <v>12.315866</v>
       </c>
       <c r="H324" s="92">
         <v>21.179825999999998</v>
       </c>
       <c r="I324" s="92">
         <v>1169.9702600000001</v>
       </c>
       <c r="J324" s="92">
         <v>1233.49512</v>
       </c>
       <c r="K324" s="92">
         <v>1443.7911939999999</v>
       </c>
       <c r="L324" s="92">
         <v>848.68736899999999</v>
       </c>
       <c r="M324" s="92">
         <v>690.28185699999995</v>
       </c>
       <c r="N324" s="93">
         <v>5419.7214919999997</v>
       </c>
     </row>
     <row r="325" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B325" s="79"/>
-      <c r="C325" s="241" t="s">
+      <c r="C325" s="270" t="s">
         <v>156</v>
       </c>
-      <c r="D325" s="242"/>
-[...1 lines deleted...]
-      <c r="F325" s="243"/>
+      <c r="D325" s="271"/>
+      <c r="E325" s="271"/>
+      <c r="F325" s="310"/>
       <c r="G325" s="92">
         <v>243.30234300000001</v>
       </c>
       <c r="H325" s="92">
         <v>559.04942500000004</v>
       </c>
       <c r="I325" s="92">
         <v>4063.5756919999999</v>
       </c>
       <c r="J325" s="92">
         <v>5074.4743349999999</v>
       </c>
       <c r="K325" s="92">
         <v>5211.2701180000004</v>
       </c>
       <c r="L325" s="92">
         <v>4040.7672750000002</v>
       </c>
       <c r="M325" s="92">
         <v>2266.032138</v>
       </c>
       <c r="N325" s="93">
         <v>21458.471325999999</v>
       </c>
     </row>
     <row r="326" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B326" s="79"/>
-      <c r="C326" s="246" t="s">
+      <c r="C326" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="D326" s="230"/>
-[...1 lines deleted...]
-      <c r="F326" s="230"/>
+      <c r="D326" s="138"/>
+      <c r="E326" s="138"/>
+      <c r="F326" s="138"/>
       <c r="G326" s="92">
         <v>8.9389999999999997E-2</v>
       </c>
       <c r="H326" s="92">
         <v>0.63879200000000003</v>
       </c>
       <c r="I326" s="92">
         <v>4.5271990000000004</v>
       </c>
       <c r="J326" s="92">
         <v>5.6319369999999997</v>
       </c>
       <c r="K326" s="92">
         <v>3.855836</v>
       </c>
       <c r="L326" s="92">
         <v>3.0705110000000002</v>
       </c>
       <c r="M326" s="92">
         <v>1.629219</v>
       </c>
       <c r="N326" s="93">
         <v>19.442883999999999</v>
       </c>
     </row>
     <row r="327" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B327" s="79"/>
-      <c r="C327" s="241" t="s">
+      <c r="C327" s="270" t="s">
         <v>158</v>
       </c>
-      <c r="D327" s="242"/>
-[...1 lines deleted...]
-      <c r="F327" s="243"/>
+      <c r="D327" s="271"/>
+      <c r="E327" s="271"/>
+      <c r="F327" s="310"/>
       <c r="G327" s="92">
         <v>0</v>
       </c>
       <c r="H327" s="92">
         <v>278.17840999999999</v>
       </c>
       <c r="I327" s="92">
         <v>12442.511592000001</v>
       </c>
       <c r="J327" s="92">
         <v>14468.772455</v>
       </c>
       <c r="K327" s="92">
         <v>14443.136345999999</v>
       </c>
       <c r="L327" s="92">
         <v>9765.234719</v>
       </c>
       <c r="M327" s="92">
         <v>6232.8152659999996</v>
       </c>
       <c r="N327" s="93">
         <v>57630.648787999999</v>
       </c>
     </row>
     <row r="328" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B328" s="79"/>
-      <c r="C328" s="241" t="s">
+      <c r="C328" s="270" t="s">
         <v>159</v>
       </c>
-      <c r="D328" s="242"/>
-[...1 lines deleted...]
-      <c r="F328" s="243"/>
+      <c r="D328" s="271"/>
+      <c r="E328" s="271"/>
+      <c r="F328" s="310"/>
       <c r="G328" s="92">
         <v>0</v>
       </c>
       <c r="H328" s="92">
         <v>0</v>
       </c>
       <c r="I328" s="92">
         <v>7.2264600000000003</v>
       </c>
       <c r="J328" s="92">
         <v>8.2506550000000001</v>
       </c>
       <c r="K328" s="92">
         <v>11.7873</v>
       </c>
       <c r="L328" s="92">
         <v>5.4537120000000003</v>
       </c>
       <c r="M328" s="92">
         <v>2.5574059999999998</v>
       </c>
       <c r="N328" s="93">
         <v>35.275533000000003</v>
       </c>
     </row>
     <row r="329" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B329" s="79"/>
-      <c r="C329" s="241" t="s">
+      <c r="C329" s="270" t="s">
         <v>160</v>
       </c>
-      <c r="D329" s="242"/>
-[...1 lines deleted...]
-      <c r="F329" s="243"/>
+      <c r="D329" s="271"/>
+      <c r="E329" s="271"/>
+      <c r="F329" s="310"/>
       <c r="G329" s="92">
         <v>0</v>
       </c>
       <c r="H329" s="92">
         <v>0</v>
       </c>
       <c r="I329" s="92">
         <v>293.247951</v>
       </c>
       <c r="J329" s="92">
         <v>384.916856</v>
       </c>
       <c r="K329" s="92">
         <v>393.85226299999999</v>
       </c>
       <c r="L329" s="92">
         <v>404.25099</v>
       </c>
       <c r="M329" s="92">
         <v>232.339687</v>
       </c>
       <c r="N329" s="93">
         <v>1708.607747</v>
       </c>
     </row>
     <row r="330" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B330" s="79"/>
-      <c r="C330" s="241" t="s">
+      <c r="C330" s="270" t="s">
         <v>161</v>
       </c>
-      <c r="D330" s="242"/>
-[...1 lines deleted...]
-      <c r="F330" s="243"/>
+      <c r="D330" s="271"/>
+      <c r="E330" s="271"/>
+      <c r="F330" s="310"/>
       <c r="G330" s="92">
         <v>0</v>
       </c>
       <c r="H330" s="92">
         <v>0</v>
       </c>
       <c r="I330" s="92">
         <v>0.42313000000000001</v>
       </c>
       <c r="J330" s="92">
         <v>0.26792199999999999</v>
       </c>
       <c r="K330" s="92">
         <v>0.41215800000000002</v>
       </c>
       <c r="L330" s="92">
         <v>0.52719199999999999</v>
       </c>
       <c r="M330" s="92">
         <v>0.23689199999999999</v>
       </c>
       <c r="N330" s="93">
         <v>1.867294</v>
       </c>
     </row>
     <row r="331" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B331" s="79"/>
-      <c r="C331" s="241" t="s">
+      <c r="C331" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D331" s="242"/>
-[...1 lines deleted...]
-      <c r="F331" s="242"/>
+      <c r="D331" s="271"/>
+      <c r="E331" s="271"/>
+      <c r="F331" s="271"/>
       <c r="G331" s="92">
         <v>0</v>
       </c>
       <c r="H331" s="92">
         <v>0</v>
       </c>
       <c r="I331" s="92">
         <v>89.646590000000003</v>
       </c>
       <c r="J331" s="92">
         <v>309.895712</v>
       </c>
       <c r="K331" s="92">
         <v>4668.9226660000004</v>
       </c>
       <c r="L331" s="92">
         <v>8211.4521050000003</v>
       </c>
       <c r="M331" s="92">
         <v>5972.5864620000002</v>
       </c>
       <c r="N331" s="93">
         <v>19252.503535</v>
       </c>
     </row>
     <row r="332" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B332" s="79"/>
-      <c r="C332" s="241" t="s">
+      <c r="C332" s="270" t="s">
         <v>163</v>
       </c>
-      <c r="D332" s="242"/>
-[...1 lines deleted...]
-      <c r="F332" s="242"/>
+      <c r="D332" s="271"/>
+      <c r="E332" s="271"/>
+      <c r="F332" s="271"/>
       <c r="G332" s="92">
         <v>0</v>
       </c>
       <c r="H332" s="92">
         <v>0</v>
       </c>
       <c r="I332" s="92">
         <v>581.389096</v>
       </c>
       <c r="J332" s="92">
         <v>1006.8542629999999</v>
       </c>
       <c r="K332" s="92">
         <v>1227.351377</v>
       </c>
       <c r="L332" s="92">
         <v>1622.676494</v>
       </c>
       <c r="M332" s="92">
         <v>1723.144223</v>
       </c>
       <c r="N332" s="93">
         <v>6161.4154529999996</v>
       </c>
     </row>
     <row r="333" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B333" s="104"/>
-      <c r="C333" s="247" t="s">
+      <c r="C333" s="311" t="s">
         <v>164</v>
       </c>
-      <c r="D333" s="248"/>
-[...1 lines deleted...]
-      <c r="F333" s="249"/>
+      <c r="D333" s="312"/>
+      <c r="E333" s="312"/>
+      <c r="F333" s="313"/>
       <c r="G333" s="92">
         <v>0</v>
       </c>
       <c r="H333" s="92">
         <v>0</v>
       </c>
       <c r="I333" s="92">
         <v>1.5998079999999999</v>
       </c>
       <c r="J333" s="92">
         <v>2.1343079999999999</v>
       </c>
       <c r="K333" s="92">
         <v>2.2187260000000002</v>
       </c>
       <c r="L333" s="92">
         <v>2.6525189999999998</v>
       </c>
       <c r="M333" s="92">
         <v>2.8356699999999999</v>
       </c>
       <c r="N333" s="93">
         <v>11.441031000000001</v>
       </c>
     </row>
@@ -35743,981 +35743,981 @@
       </c>
       <c r="H334" s="42">
         <v>0</v>
       </c>
       <c r="I334" s="42">
         <v>12318.640089</v>
       </c>
       <c r="J334" s="42">
         <v>22333.748983000001</v>
       </c>
       <c r="K334" s="42">
         <v>67257.440755999996</v>
       </c>
       <c r="L334" s="42">
         <v>104789.188778</v>
       </c>
       <c r="M334" s="42">
         <v>71371.761410999999</v>
       </c>
       <c r="N334" s="75">
         <v>278070.84396199998</v>
       </c>
     </row>
     <row r="335" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B335" s="79"/>
-      <c r="C335" s="250" t="s">
+      <c r="C335" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D335" s="251"/>
-[...1 lines deleted...]
-      <c r="F335" s="251"/>
+      <c r="D335" s="269"/>
+      <c r="E335" s="269"/>
+      <c r="F335" s="269"/>
       <c r="G335" s="51">
         <v>0</v>
       </c>
       <c r="H335" s="51">
         <v>0</v>
       </c>
       <c r="I335" s="51">
         <v>1156.174432</v>
       </c>
       <c r="J335" s="51">
         <v>3913.1021049999999</v>
       </c>
       <c r="K335" s="51">
         <v>41311.728655999999</v>
       </c>
       <c r="L335" s="51">
         <v>66718.803390999994</v>
       </c>
       <c r="M335" s="51">
         <v>45906.787776999998</v>
       </c>
       <c r="N335" s="71">
         <v>159006.596361</v>
       </c>
     </row>
     <row r="336" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B336" s="79"/>
-      <c r="C336" s="246" t="s">
+      <c r="C336" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D336" s="230"/>
-[...1 lines deleted...]
-      <c r="F336" s="230"/>
+      <c r="D336" s="138"/>
+      <c r="E336" s="138"/>
+      <c r="F336" s="138"/>
       <c r="G336" s="92">
         <v>6.3945000000000002E-2</v>
       </c>
       <c r="H336" s="92">
         <v>0</v>
       </c>
       <c r="I336" s="92">
         <v>10860.777361</v>
       </c>
       <c r="J336" s="92">
         <v>17801.655305</v>
       </c>
       <c r="K336" s="92">
         <v>24158.999372999999</v>
       </c>
       <c r="L336" s="92">
         <v>30751.424231000001</v>
       </c>
       <c r="M336" s="92">
         <v>16855.304344</v>
       </c>
       <c r="N336" s="93">
         <v>100428.22455899999</v>
       </c>
     </row>
     <row r="337" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B337" s="79"/>
-      <c r="C337" s="246" t="s">
+      <c r="C337" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D337" s="230"/>
-[...1 lines deleted...]
-      <c r="F337" s="230"/>
+      <c r="D337" s="138"/>
+      <c r="E337" s="138"/>
+      <c r="F337" s="138"/>
       <c r="G337" s="92">
         <v>0</v>
       </c>
       <c r="H337" s="92">
         <v>0</v>
       </c>
       <c r="I337" s="92">
         <v>0</v>
       </c>
       <c r="J337" s="92">
         <v>0</v>
       </c>
       <c r="K337" s="92">
         <v>0</v>
       </c>
       <c r="L337" s="92">
         <v>-1.2145950000000001</v>
       </c>
       <c r="M337" s="92">
         <v>1.417824</v>
       </c>
       <c r="N337" s="93">
         <v>0.20322899999999999</v>
       </c>
     </row>
     <row r="338" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B338" s="79"/>
-      <c r="C338" s="246" t="s">
+      <c r="C338" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D338" s="230"/>
-[...1 lines deleted...]
-      <c r="F338" s="230"/>
+      <c r="D338" s="138"/>
+      <c r="E338" s="138"/>
+      <c r="F338" s="138"/>
       <c r="G338" s="92">
         <v>0</v>
       </c>
       <c r="H338" s="92">
         <v>0</v>
       </c>
       <c r="I338" s="92">
         <v>301.68829599999998</v>
       </c>
       <c r="J338" s="92">
         <v>618.99157300000002</v>
       </c>
       <c r="K338" s="92">
         <v>1786.7127270000001</v>
       </c>
       <c r="L338" s="92">
         <v>7320.1757509999998</v>
       </c>
       <c r="M338" s="92">
         <v>8608.2514659999997</v>
       </c>
       <c r="N338" s="93">
         <v>18635.819812999998</v>
       </c>
     </row>
     <row r="339" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-      <c r="B339" s="252" t="s">
+      <c r="B339" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C339" s="253"/>
-[...2 lines deleted...]
-      <c r="F339" s="254"/>
+      <c r="C339" s="255"/>
+      <c r="D339" s="255"/>
+      <c r="E339" s="255"/>
+      <c r="F339" s="293"/>
       <c r="G339" s="63">
         <v>8813.2095449999997</v>
       </c>
       <c r="H339" s="63">
         <v>17445.766704999998</v>
       </c>
       <c r="I339" s="63">
         <v>134487.00243699999</v>
       </c>
       <c r="J339" s="63">
         <v>159020.86128099999</v>
       </c>
       <c r="K339" s="63">
         <v>193017.79307099999</v>
       </c>
       <c r="L339" s="63">
         <v>219407.69510400001</v>
       </c>
       <c r="M339" s="63">
         <v>152654.023097</v>
       </c>
       <c r="N339" s="76">
         <v>884846.35123999999</v>
       </c>
     </row>
     <row r="340" spans="1:15" s="18" customFormat="1" ht="33.75" customHeight="1">
-      <c r="B340" s="296" t="s">
+      <c r="B340" s="322" t="s">
         <v>143</v>
       </c>
-      <c r="C340" s="296"/>
-[...9 lines deleted...]
-      <c r="M340" s="296"/>
+      <c r="C340" s="322"/>
+      <c r="D340" s="322"/>
+      <c r="E340" s="322"/>
+      <c r="F340" s="322"/>
+      <c r="G340" s="322"/>
+      <c r="H340" s="322"/>
+      <c r="I340" s="322"/>
+      <c r="J340" s="322"/>
+      <c r="K340" s="322"/>
+      <c r="L340" s="322"/>
+      <c r="M340" s="322"/>
       <c r="N340" s="107"/>
       <c r="O340" s="108"/>
     </row>
     <row r="341" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1">
       <c r="B341" s="25" t="s">
         <v>144</v>
       </c>
       <c r="C341" s="109"/>
       <c r="D341" s="109"/>
       <c r="E341" s="109"/>
       <c r="F341" s="109"/>
       <c r="G341" s="109"/>
       <c r="H341" s="109"/>
       <c r="I341" s="109"/>
       <c r="J341" s="109"/>
       <c r="K341" s="109"/>
       <c r="L341" s="109"/>
       <c r="M341" s="109"/>
       <c r="N341" s="109"/>
       <c r="O341" s="109"/>
     </row>
     <row r="342" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1">
       <c r="B342" s="25" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="343" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B343" s="25" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="344" spans="1:15" s="18" customFormat="1" ht="9.75" customHeight="1">
       <c r="C344" s="109"/>
       <c r="D344" s="109"/>
       <c r="E344" s="109"/>
       <c r="F344" s="109"/>
       <c r="G344" s="109"/>
       <c r="H344" s="109"/>
       <c r="I344" s="109"/>
       <c r="J344" s="109"/>
       <c r="K344" s="109"/>
       <c r="L344" s="109"/>
       <c r="M344" s="109"/>
       <c r="N344" s="109"/>
       <c r="O344" s="109"/>
     </row>
     <row r="345" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A345" s="18" t="s">
         <v>117</v>
       </c>
       <c r="O345" s="22"/>
     </row>
     <row r="346" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B346" s="255" t="s">
+      <c r="B346" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C346" s="256"/>
-[...2 lines deleted...]
-      <c r="F346" s="257"/>
+      <c r="C346" s="273"/>
+      <c r="D346" s="273"/>
+      <c r="E346" s="273"/>
+      <c r="F346" s="321"/>
       <c r="G346" s="99" t="s">
         <v>13</v>
       </c>
       <c r="H346" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I346" s="100" t="s">
         <v>15</v>
       </c>
       <c r="J346" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K346" s="100" t="s">
         <v>17</v>
       </c>
       <c r="L346" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M346" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N346" s="101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="347" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B347" s="291" t="s">
+      <c r="B347" s="266" t="s">
         <v>105</v>
       </c>
-      <c r="C347" s="292"/>
-[...2 lines deleted...]
-      <c r="F347" s="292"/>
+      <c r="C347" s="267"/>
+      <c r="D347" s="267"/>
+      <c r="E347" s="267"/>
+      <c r="F347" s="267"/>
       <c r="G347" s="60">
         <v>370.03486299999997</v>
       </c>
       <c r="H347" s="60">
         <v>648.22855500000003</v>
       </c>
       <c r="I347" s="60">
         <v>3641.023021</v>
       </c>
       <c r="J347" s="60">
         <v>4080.3652470000002</v>
       </c>
       <c r="K347" s="60">
         <v>3558.211014</v>
       </c>
       <c r="L347" s="60">
         <v>3253.8727699999999</v>
       </c>
       <c r="M347" s="60">
         <v>2190.3906750000001</v>
       </c>
       <c r="N347" s="81">
         <v>17742.126144999998</v>
       </c>
     </row>
     <row r="348" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B348" s="79"/>
-      <c r="C348" s="250" t="s">
+      <c r="C348" s="268" t="s">
         <v>106</v>
       </c>
-      <c r="D348" s="251"/>
-[...1 lines deleted...]
-      <c r="F348" s="251"/>
+      <c r="D348" s="269"/>
+      <c r="E348" s="269"/>
+      <c r="F348" s="269"/>
       <c r="G348" s="92">
         <v>94.180113000000006</v>
       </c>
       <c r="H348" s="92">
         <v>177.61351999999999</v>
       </c>
       <c r="I348" s="92">
         <v>1053.3369270000001</v>
       </c>
       <c r="J348" s="92">
         <v>1270.9616430000001</v>
       </c>
       <c r="K348" s="92">
         <v>1186.7528179999999</v>
       </c>
       <c r="L348" s="92">
         <v>1283.6158379999999</v>
       </c>
       <c r="M348" s="92">
         <v>1173.337591</v>
       </c>
       <c r="N348" s="93">
         <v>6239.7984500000002</v>
       </c>
     </row>
     <row r="349" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B349" s="79"/>
       <c r="C349" s="102"/>
-      <c r="D349" s="230" t="s">
+      <c r="D349" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E349" s="230"/>
-      <c r="F349" s="230"/>
+      <c r="E349" s="138"/>
+      <c r="F349" s="138"/>
       <c r="G349" s="92">
         <v>0</v>
       </c>
       <c r="H349" s="92">
         <v>0</v>
       </c>
       <c r="I349" s="92">
         <v>492.62301400000001</v>
       </c>
       <c r="J349" s="92">
         <v>607.22231099999999</v>
       </c>
       <c r="K349" s="92">
         <v>685.37152600000002</v>
       </c>
       <c r="L349" s="92">
         <v>800.47039299999994</v>
       </c>
       <c r="M349" s="92">
         <v>740.71917699999995</v>
       </c>
       <c r="N349" s="93">
         <v>3326.4064210000001</v>
       </c>
     </row>
     <row r="350" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B350" s="79"/>
       <c r="C350" s="102"/>
-      <c r="D350" s="230" t="s">
+      <c r="D350" s="138" t="s">
         <v>62</v>
       </c>
-      <c r="E350" s="230"/>
-      <c r="F350" s="230"/>
+      <c r="E350" s="138"/>
+      <c r="F350" s="138"/>
       <c r="G350" s="92">
         <v>3.4868999999999997E-2</v>
       </c>
       <c r="H350" s="92">
         <v>0.210508</v>
       </c>
       <c r="I350" s="92">
         <v>2.5958580000000002</v>
       </c>
       <c r="J350" s="92">
         <v>9.6918150000000001</v>
       </c>
       <c r="K350" s="92">
         <v>21.277802999999999</v>
       </c>
       <c r="L350" s="92">
         <v>47.199269999999999</v>
       </c>
       <c r="M350" s="92">
         <v>81.321844999999996</v>
       </c>
       <c r="N350" s="93">
         <v>162.33196799999999</v>
       </c>
     </row>
     <row r="351" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B351" s="79"/>
       <c r="C351" s="102"/>
-      <c r="D351" s="230" t="s">
+      <c r="D351" s="138" t="s">
         <v>63</v>
       </c>
-      <c r="E351" s="230"/>
-      <c r="F351" s="230"/>
+      <c r="E351" s="138"/>
+      <c r="F351" s="138"/>
       <c r="G351" s="92">
         <v>55.98742</v>
       </c>
       <c r="H351" s="92">
         <v>122.192455</v>
       </c>
       <c r="I351" s="92">
         <v>356.14410800000002</v>
       </c>
       <c r="J351" s="92">
         <v>431.77565700000002</v>
       </c>
       <c r="K351" s="92">
         <v>286.42792500000002</v>
       </c>
       <c r="L351" s="92">
         <v>255.026487</v>
       </c>
       <c r="M351" s="92">
         <v>220.665876</v>
       </c>
       <c r="N351" s="93">
         <v>1728.219928</v>
       </c>
     </row>
     <row r="352" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B352" s="79"/>
       <c r="C352" s="102"/>
-      <c r="D352" s="230" t="s">
+      <c r="D352" s="138" t="s">
         <v>64</v>
       </c>
-      <c r="E352" s="230"/>
-      <c r="F352" s="230"/>
+      <c r="E352" s="138"/>
+      <c r="F352" s="138"/>
       <c r="G352" s="92">
         <v>11.490621000000001</v>
       </c>
       <c r="H352" s="92">
         <v>26.039325999999999</v>
       </c>
       <c r="I352" s="92">
         <v>53.022646999999999</v>
       </c>
       <c r="J352" s="92">
         <v>58.956499000000001</v>
       </c>
       <c r="K352" s="92">
         <v>45.254761999999999</v>
       </c>
       <c r="L352" s="92">
         <v>36.217309999999998</v>
       </c>
       <c r="M352" s="92">
         <v>25.479839999999999</v>
       </c>
       <c r="N352" s="93">
         <v>256.461005</v>
       </c>
     </row>
     <row r="353" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B353" s="79"/>
       <c r="C353" s="103"/>
-      <c r="D353" s="293" t="s">
+      <c r="D353" s="314" t="s">
         <v>65</v>
       </c>
-      <c r="E353" s="293"/>
-      <c r="F353" s="293"/>
+      <c r="E353" s="314"/>
+      <c r="F353" s="314"/>
       <c r="G353" s="60">
         <v>26.667203000000001</v>
       </c>
       <c r="H353" s="60">
         <v>29.171230999999999</v>
       </c>
       <c r="I353" s="60">
         <v>148.9513</v>
       </c>
       <c r="J353" s="60">
         <v>163.315361</v>
       </c>
       <c r="K353" s="60">
         <v>148.42080200000001</v>
       </c>
       <c r="L353" s="60">
         <v>144.70237800000001</v>
       </c>
       <c r="M353" s="60">
         <v>105.150853</v>
       </c>
       <c r="N353" s="81">
         <v>766.37912800000004</v>
       </c>
     </row>
     <row r="354" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B354" s="79"/>
-      <c r="C354" s="250" t="s">
+      <c r="C354" s="268" t="s">
         <v>107</v>
       </c>
-      <c r="D354" s="251"/>
-[...1 lines deleted...]
-      <c r="F354" s="251"/>
+      <c r="D354" s="269"/>
+      <c r="E354" s="269"/>
+      <c r="F354" s="269"/>
       <c r="G354" s="92">
         <v>85.099603999999999</v>
       </c>
       <c r="H354" s="92">
         <v>194.76556500000001</v>
       </c>
       <c r="I354" s="92">
         <v>1461.2906399999999</v>
       </c>
       <c r="J354" s="92">
         <v>1427.5313229999999</v>
       </c>
       <c r="K354" s="92">
         <v>992.70463800000005</v>
       </c>
       <c r="L354" s="92">
         <v>660.86782600000004</v>
       </c>
       <c r="M354" s="92">
         <v>298.164762</v>
       </c>
       <c r="N354" s="93">
         <v>5120.4243580000002</v>
       </c>
     </row>
     <row r="355" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B355" s="79"/>
       <c r="C355" s="102"/>
-      <c r="D355" s="230" t="s">
+      <c r="D355" s="138" t="s">
         <v>66</v>
       </c>
-      <c r="E355" s="230"/>
-      <c r="F355" s="230"/>
+      <c r="E355" s="138"/>
+      <c r="F355" s="138"/>
       <c r="G355" s="92">
         <v>1.0234999999999999E-2</v>
       </c>
       <c r="H355" s="92">
         <v>0</v>
       </c>
       <c r="I355" s="92">
         <v>1071.370823</v>
       </c>
       <c r="J355" s="92">
         <v>1008.292586</v>
       </c>
       <c r="K355" s="92">
         <v>720.30130999999994</v>
       </c>
       <c r="L355" s="92">
         <v>488.89246200000002</v>
       </c>
       <c r="M355" s="92">
         <v>236.48945699999999</v>
       </c>
       <c r="N355" s="93">
         <v>3525.3568730000002</v>
       </c>
     </row>
     <row r="356" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B356" s="79"/>
       <c r="C356" s="103"/>
-      <c r="D356" s="293" t="s">
+      <c r="D356" s="314" t="s">
         <v>67</v>
       </c>
-      <c r="E356" s="293"/>
-      <c r="F356" s="293"/>
+      <c r="E356" s="314"/>
+      <c r="F356" s="314"/>
       <c r="G356" s="60">
         <v>85.089369000000005</v>
       </c>
       <c r="H356" s="60">
         <v>194.76556500000001</v>
       </c>
       <c r="I356" s="60">
         <v>389.91981700000002</v>
       </c>
       <c r="J356" s="60">
         <v>419.23873700000001</v>
       </c>
       <c r="K356" s="60">
         <v>272.40332799999999</v>
       </c>
       <c r="L356" s="60">
         <v>171.97536400000001</v>
       </c>
       <c r="M356" s="60">
         <v>61.675305000000002</v>
       </c>
       <c r="N356" s="81">
         <v>1595.067485</v>
       </c>
     </row>
     <row r="357" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B357" s="79"/>
-      <c r="C357" s="250" t="s">
+      <c r="C357" s="268" t="s">
         <v>108</v>
       </c>
-      <c r="D357" s="251"/>
-[...1 lines deleted...]
-      <c r="F357" s="251"/>
+      <c r="D357" s="269"/>
+      <c r="E357" s="269"/>
+      <c r="F357" s="269"/>
       <c r="G357" s="92">
         <v>3.5531280000000001</v>
       </c>
       <c r="H357" s="92">
         <v>10.440944</v>
       </c>
       <c r="I357" s="92">
         <v>150.521559</v>
       </c>
       <c r="J357" s="92">
         <v>236.717747</v>
       </c>
       <c r="K357" s="92">
         <v>416.318195</v>
       </c>
       <c r="L357" s="92">
         <v>320.30406099999999</v>
       </c>
       <c r="M357" s="92">
         <v>140.96346600000001</v>
       </c>
       <c r="N357" s="93">
         <v>1278.8190999999999</v>
       </c>
     </row>
     <row r="358" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B358" s="79"/>
       <c r="C358" s="102"/>
-      <c r="D358" s="230" t="s">
+      <c r="D358" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="E358" s="230"/>
-      <c r="F358" s="230"/>
+      <c r="E358" s="138"/>
+      <c r="F358" s="138"/>
       <c r="G358" s="92">
         <v>3.3651779999999998</v>
       </c>
       <c r="H358" s="92">
         <v>9.2898650000000007</v>
       </c>
       <c r="I358" s="92">
         <v>130.16726199999999</v>
       </c>
       <c r="J358" s="92">
         <v>201.39355499999999</v>
       </c>
       <c r="K358" s="92">
         <v>367.75546400000002</v>
       </c>
       <c r="L358" s="92">
         <v>282.88278000000003</v>
       </c>
       <c r="M358" s="92">
         <v>120.966196</v>
       </c>
       <c r="N358" s="93">
         <v>1115.8203000000001</v>
       </c>
     </row>
     <row r="359" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B359" s="79"/>
       <c r="C359" s="102"/>
-      <c r="D359" s="230" t="s">
+      <c r="D359" s="138" t="s">
         <v>69</v>
       </c>
-      <c r="E359" s="230"/>
-      <c r="F359" s="230"/>
+      <c r="E359" s="138"/>
+      <c r="F359" s="138"/>
       <c r="G359" s="92">
         <v>0.17521800000000001</v>
       </c>
       <c r="H359" s="92">
         <v>1.151079</v>
       </c>
       <c r="I359" s="92">
         <v>20.070679999999999</v>
       </c>
       <c r="J359" s="92">
         <v>34.784666000000001</v>
       </c>
       <c r="K359" s="92">
         <v>46.864497</v>
       </c>
       <c r="L359" s="92">
         <v>36.723554</v>
       </c>
       <c r="M359" s="92">
         <v>19.108923000000001</v>
       </c>
       <c r="N359" s="93">
         <v>158.87861699999999</v>
       </c>
     </row>
     <row r="360" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B360" s="79"/>
       <c r="C360" s="102"/>
-      <c r="D360" s="230" t="s">
+      <c r="D360" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="E360" s="230"/>
-      <c r="F360" s="230"/>
+      <c r="E360" s="138"/>
+      <c r="F360" s="138"/>
       <c r="G360" s="92">
         <v>1.2732E-2</v>
       </c>
       <c r="H360" s="92">
         <v>0</v>
       </c>
       <c r="I360" s="92">
         <v>0.23508899999999999</v>
       </c>
       <c r="J360" s="92">
         <v>0.20607200000000001</v>
       </c>
       <c r="K360" s="92">
         <v>1.3738349999999999</v>
       </c>
       <c r="L360" s="92">
         <v>0.63256699999999999</v>
       </c>
       <c r="M360" s="92">
         <v>0.51220900000000003</v>
       </c>
       <c r="N360" s="93">
         <v>2.9725039999999998</v>
       </c>
     </row>
     <row r="361" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B361" s="79"/>
       <c r="C361" s="103"/>
-      <c r="D361" s="293" t="s">
+      <c r="D361" s="314" t="s">
         <v>71</v>
       </c>
-      <c r="E361" s="293"/>
-      <c r="F361" s="294"/>
+      <c r="E361" s="314"/>
+      <c r="F361" s="315"/>
       <c r="G361" s="60">
         <v>0</v>
       </c>
       <c r="H361" s="60">
         <v>0</v>
       </c>
       <c r="I361" s="60">
         <v>4.8528000000000002E-2</v>
       </c>
       <c r="J361" s="60">
         <v>0.33345399999999997</v>
       </c>
       <c r="K361" s="60">
         <v>0.32439899999999999</v>
       </c>
       <c r="L361" s="60">
         <v>6.5159999999999996E-2</v>
       </c>
       <c r="M361" s="60">
         <v>0.37613799999999997</v>
       </c>
       <c r="N361" s="81">
         <v>1.1476789999999999</v>
       </c>
     </row>
     <row r="362" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B362" s="79"/>
-      <c r="C362" s="246" t="s">
+      <c r="C362" s="250" t="s">
         <v>109</v>
       </c>
-      <c r="D362" s="230"/>
-[...1 lines deleted...]
-      <c r="F362" s="230"/>
+      <c r="D362" s="138"/>
+      <c r="E362" s="138"/>
+      <c r="F362" s="138"/>
       <c r="G362" s="92">
         <v>94.563783999999998</v>
       </c>
       <c r="H362" s="92">
         <v>146.608013</v>
       </c>
       <c r="I362" s="92">
         <v>214.93180699999999</v>
       </c>
       <c r="J362" s="92">
         <v>407.93088699999998</v>
       </c>
       <c r="K362" s="92">
         <v>297.117324</v>
       </c>
       <c r="L362" s="92">
         <v>253.607618</v>
       </c>
       <c r="M362" s="92">
         <v>164.601508</v>
       </c>
       <c r="N362" s="93">
         <v>1579.3609409999999</v>
       </c>
     </row>
     <row r="363" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B363" s="79"/>
       <c r="C363" s="102"/>
-      <c r="D363" s="230" t="s">
+      <c r="D363" s="138" t="s">
         <v>72</v>
       </c>
-      <c r="E363" s="230"/>
-      <c r="F363" s="230"/>
+      <c r="E363" s="138"/>
+      <c r="F363" s="138"/>
       <c r="G363" s="92">
         <v>52.448061000000003</v>
       </c>
       <c r="H363" s="92">
         <v>101.998178</v>
       </c>
       <c r="I363" s="92">
         <v>160.353354</v>
       </c>
       <c r="J363" s="92">
         <v>360.13857100000001</v>
       </c>
       <c r="K363" s="92">
         <v>266.53155299999997</v>
       </c>
       <c r="L363" s="92">
         <v>232.87079399999999</v>
       </c>
       <c r="M363" s="92">
         <v>156.37495799999999</v>
       </c>
       <c r="N363" s="93">
         <v>1330.715469</v>
       </c>
     </row>
     <row r="364" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B364" s="79"/>
       <c r="C364" s="102"/>
-      <c r="D364" s="230" t="s">
+      <c r="D364" s="138" t="s">
         <v>137</v>
       </c>
-      <c r="E364" s="230"/>
-      <c r="F364" s="230"/>
+      <c r="E364" s="138"/>
+      <c r="F364" s="138"/>
       <c r="G364" s="92">
         <v>6.9856990000000003</v>
       </c>
       <c r="H364" s="92">
         <v>9.7537009999999995</v>
       </c>
       <c r="I364" s="92">
         <v>13.544373999999999</v>
       </c>
       <c r="J364" s="92">
         <v>15.155468000000001</v>
       </c>
       <c r="K364" s="92">
         <v>10.872706000000001</v>
       </c>
       <c r="L364" s="92">
         <v>8.2350589999999997</v>
       </c>
       <c r="M364" s="92">
         <v>3.4124430000000001</v>
       </c>
       <c r="N364" s="93">
         <v>67.959450000000004</v>
       </c>
     </row>
     <row r="365" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B365" s="79"/>
       <c r="C365" s="103"/>
-      <c r="D365" s="293" t="s">
+      <c r="D365" s="314" t="s">
         <v>138</v>
       </c>
-      <c r="E365" s="293"/>
-      <c r="F365" s="293"/>
+      <c r="E365" s="314"/>
+      <c r="F365" s="314"/>
       <c r="G365" s="92">
         <v>35.130023999999999</v>
       </c>
       <c r="H365" s="92">
         <v>34.856133999999997</v>
       </c>
       <c r="I365" s="92">
         <v>41.034078999999998</v>
       </c>
       <c r="J365" s="92">
         <v>32.636848000000001</v>
       </c>
       <c r="K365" s="92">
         <v>19.713065</v>
       </c>
       <c r="L365" s="92">
         <v>12.501765000000001</v>
       </c>
       <c r="M365" s="92">
         <v>4.8141069999999999</v>
       </c>
       <c r="N365" s="93">
         <v>180.68602200000001</v>
       </c>
     </row>
     <row r="366" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B366" s="79"/>
-      <c r="C366" s="172" t="s">
+      <c r="C366" s="161" t="s">
         <v>150</v>
       </c>
-      <c r="D366" s="244"/>
-[...1 lines deleted...]
-      <c r="F366" s="245"/>
+      <c r="D366" s="319"/>
+      <c r="E366" s="319"/>
+      <c r="F366" s="320"/>
       <c r="G366" s="47">
         <v>92.638233999999997</v>
       </c>
       <c r="H366" s="47">
         <v>118.800513</v>
       </c>
       <c r="I366" s="47">
         <v>758.99452699999995</v>
       </c>
       <c r="J366" s="47">
         <v>736.30582900000002</v>
       </c>
       <c r="K366" s="47">
         <v>664.15011300000003</v>
       </c>
       <c r="L366" s="47">
         <v>734.52418499999999</v>
       </c>
       <c r="M366" s="47">
         <v>413.072091</v>
       </c>
       <c r="N366" s="84">
         <v>3518.4854919999998</v>
       </c>
     </row>
     <row r="367" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B367" s="79"/>
-      <c r="C367" s="247" t="s">
+      <c r="C367" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="D367" s="248"/>
-[...1 lines deleted...]
-      <c r="F367" s="249"/>
+      <c r="D367" s="312"/>
+      <c r="E367" s="312"/>
+      <c r="F367" s="313"/>
       <c r="G367" s="47">
         <v>0</v>
       </c>
       <c r="H367" s="47">
         <v>0</v>
       </c>
       <c r="I367" s="47">
         <v>1.9475610000000001</v>
       </c>
       <c r="J367" s="47">
         <v>0.91781800000000002</v>
       </c>
       <c r="K367" s="47">
         <v>1.167926</v>
       </c>
       <c r="L367" s="47">
         <v>0.95324200000000003</v>
       </c>
       <c r="M367" s="47">
         <v>0.25125700000000001</v>
       </c>
       <c r="N367" s="84">
         <v>5.2378039999999997</v>
       </c>
     </row>
@@ -36734,452 +36734,452 @@
       </c>
       <c r="H368" s="42">
         <v>27.170334</v>
       </c>
       <c r="I368" s="42">
         <v>930.26530100000002</v>
       </c>
       <c r="J368" s="42">
         <v>1071.4670510000001</v>
       </c>
       <c r="K368" s="42">
         <v>1258.5174300000001</v>
       </c>
       <c r="L368" s="42">
         <v>1013.324857</v>
       </c>
       <c r="M368" s="42">
         <v>642.04462899999999</v>
       </c>
       <c r="N368" s="75">
         <v>4953.2102590000004</v>
       </c>
     </row>
     <row r="369" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B369" s="79"/>
-      <c r="C369" s="279" t="s">
+      <c r="C369" s="316" t="s">
         <v>91</v>
       </c>
-      <c r="D369" s="295"/>
-[...1 lines deleted...]
-      <c r="F369" s="280"/>
+      <c r="D369" s="317"/>
+      <c r="E369" s="317"/>
+      <c r="F369" s="318"/>
       <c r="G369" s="92">
         <v>0</v>
       </c>
       <c r="H369" s="92">
         <v>0</v>
       </c>
       <c r="I369" s="92">
         <v>46.938755</v>
       </c>
       <c r="J369" s="92">
         <v>65.682267999999993</v>
       </c>
       <c r="K369" s="92">
         <v>85.227086</v>
       </c>
       <c r="L369" s="92">
         <v>109.539818</v>
       </c>
       <c r="M369" s="92">
         <v>79.275079000000005</v>
       </c>
       <c r="N369" s="93">
         <v>386.663006</v>
       </c>
     </row>
     <row r="370" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B370" s="79"/>
-      <c r="C370" s="246" t="s">
+      <c r="C370" s="250" t="s">
         <v>92</v>
       </c>
-      <c r="D370" s="230"/>
-[...1 lines deleted...]
-      <c r="F370" s="230"/>
+      <c r="D370" s="138"/>
+      <c r="E370" s="138"/>
+      <c r="F370" s="138"/>
       <c r="G370" s="92">
         <v>0</v>
       </c>
       <c r="H370" s="92">
         <v>0</v>
       </c>
       <c r="I370" s="92">
         <v>1.071731</v>
       </c>
       <c r="J370" s="92">
         <v>1.920407</v>
       </c>
       <c r="K370" s="92">
         <v>2.41744</v>
       </c>
       <c r="L370" s="92">
         <v>3.5471659999999998</v>
       </c>
       <c r="M370" s="92">
         <v>2.6255980000000001</v>
       </c>
       <c r="N370" s="93">
         <v>11.582342000000001</v>
       </c>
     </row>
     <row r="371" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B371" s="79"/>
-      <c r="C371" s="246" t="s">
+      <c r="C371" s="250" t="s">
         <v>93</v>
       </c>
-      <c r="D371" s="230"/>
-[...1 lines deleted...]
-      <c r="F371" s="231"/>
+      <c r="D371" s="138"/>
+      <c r="E371" s="138"/>
+      <c r="F371" s="139"/>
       <c r="G371" s="92">
         <v>6.4352000000000006E-2</v>
       </c>
       <c r="H371" s="92">
         <v>0</v>
       </c>
       <c r="I371" s="92">
         <v>338.050028</v>
       </c>
       <c r="J371" s="92">
         <v>302.58437199999997</v>
       </c>
       <c r="K371" s="92">
         <v>212.11754300000001</v>
       </c>
       <c r="L371" s="92">
         <v>119.63728999999999</v>
       </c>
       <c r="M371" s="92">
         <v>64.707289000000003</v>
       </c>
       <c r="N371" s="93">
         <v>1037.1608739999999</v>
       </c>
     </row>
     <row r="372" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B372" s="79"/>
-      <c r="C372" s="246" t="s">
+      <c r="C372" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="D372" s="230"/>
-[...1 lines deleted...]
-      <c r="F372" s="230"/>
+      <c r="D372" s="138"/>
+      <c r="E372" s="138"/>
+      <c r="F372" s="138"/>
       <c r="G372" s="92">
         <v>0.43323400000000001</v>
       </c>
       <c r="H372" s="92">
         <v>0.90726799999999996</v>
       </c>
       <c r="I372" s="92">
         <v>45.623840999999999</v>
       </c>
       <c r="J372" s="92">
         <v>49.492015000000002</v>
       </c>
       <c r="K372" s="92">
         <v>59.455058999999999</v>
       </c>
       <c r="L372" s="92">
         <v>32.034253999999997</v>
       </c>
       <c r="M372" s="92">
         <v>18.656241000000001</v>
       </c>
       <c r="N372" s="93">
         <v>206.601912</v>
       </c>
     </row>
     <row r="373" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B373" s="79"/>
-      <c r="C373" s="241" t="s">
+      <c r="C373" s="270" t="s">
         <v>156</v>
       </c>
-      <c r="D373" s="242"/>
-[...1 lines deleted...]
-      <c r="F373" s="243"/>
+      <c r="D373" s="271"/>
+      <c r="E373" s="271"/>
+      <c r="F373" s="310"/>
       <c r="G373" s="92">
         <v>9.9230710000000002</v>
       </c>
       <c r="H373" s="92">
         <v>19.719854000000002</v>
       </c>
       <c r="I373" s="92">
         <v>133.533772</v>
       </c>
       <c r="J373" s="92">
         <v>158.98702399999999</v>
       </c>
       <c r="K373" s="92">
         <v>187.92577199999999</v>
       </c>
       <c r="L373" s="92">
         <v>144.40102099999999</v>
       </c>
       <c r="M373" s="92">
         <v>74.392529999999994</v>
       </c>
       <c r="N373" s="93">
         <v>728.88304400000004</v>
       </c>
     </row>
     <row r="374" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B374" s="79"/>
-      <c r="C374" s="246" t="s">
+      <c r="C374" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="D374" s="230"/>
-[...1 lines deleted...]
-      <c r="F374" s="230"/>
+      <c r="D374" s="138"/>
+      <c r="E374" s="138"/>
+      <c r="F374" s="138"/>
       <c r="G374" s="92">
         <v>0</v>
       </c>
       <c r="H374" s="92">
         <v>0</v>
       </c>
       <c r="I374" s="92">
         <v>0.21202699999999999</v>
       </c>
       <c r="J374" s="92">
         <v>0.34217700000000001</v>
       </c>
       <c r="K374" s="92">
         <v>0.101479</v>
       </c>
       <c r="L374" s="92">
         <v>0.11018500000000001</v>
       </c>
       <c r="M374" s="92">
         <v>0</v>
       </c>
       <c r="N374" s="93">
         <v>0.76586799999999999</v>
       </c>
     </row>
     <row r="375" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B375" s="79"/>
-      <c r="C375" s="241" t="s">
+      <c r="C375" s="270" t="s">
         <v>158</v>
       </c>
-      <c r="D375" s="242"/>
-[...1 lines deleted...]
-      <c r="F375" s="243"/>
+      <c r="D375" s="271"/>
+      <c r="E375" s="271"/>
+      <c r="F375" s="310"/>
       <c r="G375" s="92">
         <v>0</v>
       </c>
       <c r="H375" s="92">
         <v>6.5432119999999996</v>
       </c>
       <c r="I375" s="92">
         <v>326.10630099999997</v>
       </c>
       <c r="J375" s="92">
         <v>421.25816700000001</v>
       </c>
       <c r="K375" s="92">
         <v>489.21690000000001</v>
       </c>
       <c r="L375" s="92">
         <v>285.43442599999997</v>
       </c>
       <c r="M375" s="92">
         <v>166.90664699999999</v>
       </c>
       <c r="N375" s="93">
         <v>1695.465653</v>
       </c>
     </row>
     <row r="376" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B376" s="79"/>
-      <c r="C376" s="241" t="s">
+      <c r="C376" s="270" t="s">
         <v>159</v>
       </c>
-      <c r="D376" s="242"/>
-[...1 lines deleted...]
-      <c r="F376" s="243"/>
+      <c r="D376" s="271"/>
+      <c r="E376" s="271"/>
+      <c r="F376" s="310"/>
       <c r="G376" s="92">
         <v>0</v>
       </c>
       <c r="H376" s="92">
         <v>0</v>
       </c>
       <c r="I376" s="92">
         <v>0.39373200000000003</v>
       </c>
       <c r="J376" s="92">
         <v>0.41875499999999999</v>
       </c>
       <c r="K376" s="92">
         <v>0.415101</v>
       </c>
       <c r="L376" s="92">
         <v>0.195408</v>
       </c>
       <c r="M376" s="92">
         <v>0.52991699999999997</v>
       </c>
       <c r="N376" s="93">
         <v>1.9529129999999999</v>
       </c>
     </row>
     <row r="377" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B377" s="79"/>
-      <c r="C377" s="241" t="s">
+      <c r="C377" s="270" t="s">
         <v>160</v>
       </c>
-      <c r="D377" s="242"/>
-[...1 lines deleted...]
-      <c r="F377" s="243"/>
+      <c r="D377" s="271"/>
+      <c r="E377" s="271"/>
+      <c r="F377" s="310"/>
       <c r="G377" s="92">
         <v>0</v>
       </c>
       <c r="H377" s="92">
         <v>0</v>
       </c>
       <c r="I377" s="92">
         <v>13.130739</v>
       </c>
       <c r="J377" s="92">
         <v>20.162783999999998</v>
       </c>
       <c r="K377" s="92">
         <v>21.772299</v>
       </c>
       <c r="L377" s="92">
         <v>18.235209999999999</v>
       </c>
       <c r="M377" s="92">
         <v>12.142783</v>
       </c>
       <c r="N377" s="93">
         <v>85.443815000000001</v>
       </c>
     </row>
     <row r="378" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B378" s="79"/>
-      <c r="C378" s="241" t="s">
+      <c r="C378" s="270" t="s">
         <v>161</v>
       </c>
-      <c r="D378" s="242"/>
-[...1 lines deleted...]
-      <c r="F378" s="243"/>
+      <c r="D378" s="271"/>
+      <c r="E378" s="271"/>
+      <c r="F378" s="310"/>
       <c r="G378" s="92">
         <v>0</v>
       </c>
       <c r="H378" s="92">
         <v>0</v>
       </c>
       <c r="I378" s="92">
         <v>0</v>
       </c>
       <c r="J378" s="92">
         <v>0</v>
       </c>
       <c r="K378" s="92">
         <v>0</v>
       </c>
       <c r="L378" s="92">
         <v>0.13955300000000001</v>
       </c>
       <c r="M378" s="92">
         <v>0</v>
       </c>
       <c r="N378" s="93">
         <v>0.13955300000000001</v>
       </c>
     </row>
     <row r="379" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B379" s="79"/>
-      <c r="C379" s="241" t="s">
+      <c r="C379" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D379" s="242"/>
-[...1 lines deleted...]
-      <c r="F379" s="242"/>
+      <c r="D379" s="271"/>
+      <c r="E379" s="271"/>
+      <c r="F379" s="271"/>
       <c r="G379" s="92">
         <v>0</v>
       </c>
       <c r="H379" s="92">
         <v>0</v>
       </c>
       <c r="I379" s="92">
         <v>1.801966</v>
       </c>
       <c r="J379" s="92">
         <v>5.2666639999999996</v>
       </c>
       <c r="K379" s="92">
         <v>138.33811299999999</v>
       </c>
       <c r="L379" s="92">
         <v>216.27574000000001</v>
       </c>
       <c r="M379" s="92">
         <v>143.52495300000001</v>
       </c>
       <c r="N379" s="93">
         <v>505.20743599999997</v>
       </c>
     </row>
     <row r="380" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B380" s="79"/>
-      <c r="C380" s="241" t="s">
+      <c r="C380" s="270" t="s">
         <v>163</v>
       </c>
-      <c r="D380" s="242"/>
-[...1 lines deleted...]
-      <c r="F380" s="242"/>
+      <c r="D380" s="271"/>
+      <c r="E380" s="271"/>
+      <c r="F380" s="271"/>
       <c r="G380" s="92">
         <v>0</v>
       </c>
       <c r="H380" s="92">
         <v>0</v>
       </c>
       <c r="I380" s="92">
         <v>23.266545000000001</v>
       </c>
       <c r="J380" s="92">
         <v>45.246074</v>
       </c>
       <c r="K380" s="92">
         <v>61.397556999999999</v>
       </c>
       <c r="L380" s="92">
         <v>83.495902000000001</v>
       </c>
       <c r="M380" s="92">
         <v>79.071556999999999</v>
       </c>
       <c r="N380" s="93">
         <v>292.47763500000002</v>
       </c>
     </row>
     <row r="381" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B381" s="104"/>
-      <c r="C381" s="247" t="s">
+      <c r="C381" s="311" t="s">
         <v>164</v>
       </c>
-      <c r="D381" s="248"/>
-[...1 lines deleted...]
-      <c r="F381" s="249"/>
+      <c r="D381" s="312"/>
+      <c r="E381" s="312"/>
+      <c r="F381" s="313"/>
       <c r="G381" s="92">
         <v>0</v>
       </c>
       <c r="H381" s="92">
         <v>0</v>
       </c>
       <c r="I381" s="92">
         <v>0.13586400000000001</v>
       </c>
       <c r="J381" s="92">
         <v>0.10634399999999999</v>
       </c>
       <c r="K381" s="92">
         <v>0.133081</v>
       </c>
       <c r="L381" s="92">
         <v>0.27888400000000002</v>
       </c>
       <c r="M381" s="92">
         <v>0.212035</v>
       </c>
       <c r="N381" s="93">
         <v>0.86620799999999998</v>
       </c>
     </row>
@@ -37192,188 +37192,188 @@
       </c>
       <c r="H382" s="42">
         <v>0</v>
       </c>
       <c r="I382" s="42">
         <v>352.26725299999998</v>
       </c>
       <c r="J382" s="42">
         <v>617.68350699999996</v>
       </c>
       <c r="K382" s="42">
         <v>1859.383229</v>
       </c>
       <c r="L382" s="42">
         <v>2731.4107479999998</v>
       </c>
       <c r="M382" s="42">
         <v>1676.1969469999999</v>
       </c>
       <c r="N382" s="75">
         <v>7236.9416840000004</v>
       </c>
     </row>
     <row r="383" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B383" s="79"/>
-      <c r="C383" s="250" t="s">
+      <c r="C383" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D383" s="251"/>
-[...1 lines deleted...]
-      <c r="F383" s="251"/>
+      <c r="D383" s="269"/>
+      <c r="E383" s="269"/>
+      <c r="F383" s="269"/>
       <c r="G383" s="51">
         <v>0</v>
       </c>
       <c r="H383" s="51">
         <v>0</v>
       </c>
       <c r="I383" s="51">
         <v>25.751296</v>
       </c>
       <c r="J383" s="51">
         <v>89.394423000000003</v>
       </c>
       <c r="K383" s="51">
         <v>1028.566669</v>
       </c>
       <c r="L383" s="51">
         <v>1530.880017</v>
       </c>
       <c r="M383" s="51">
         <v>902.87804300000005</v>
       </c>
       <c r="N383" s="71">
         <v>3577.470448</v>
       </c>
     </row>
     <row r="384" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B384" s="79"/>
-      <c r="C384" s="246" t="s">
+      <c r="C384" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D384" s="230"/>
-[...1 lines deleted...]
-      <c r="F384" s="230"/>
+      <c r="D384" s="138"/>
+      <c r="E384" s="138"/>
+      <c r="F384" s="138"/>
       <c r="G384" s="92">
         <v>0</v>
       </c>
       <c r="H384" s="92">
         <v>0</v>
       </c>
       <c r="I384" s="92">
         <v>316.79529200000002</v>
       </c>
       <c r="J384" s="92">
         <v>512.19424800000002</v>
       </c>
       <c r="K384" s="92">
         <v>771.49789399999997</v>
       </c>
       <c r="L384" s="92">
         <v>986.605321</v>
       </c>
       <c r="M384" s="92">
         <v>521.97935800000005</v>
       </c>
       <c r="N384" s="93">
         <v>3109.0721130000002</v>
       </c>
     </row>
     <row r="385" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B385" s="79"/>
-      <c r="C385" s="246" t="s">
+      <c r="C385" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D385" s="230"/>
-[...1 lines deleted...]
-      <c r="F385" s="230"/>
+      <c r="D385" s="138"/>
+      <c r="E385" s="138"/>
+      <c r="F385" s="138"/>
       <c r="G385" s="92">
         <v>0</v>
       </c>
       <c r="H385" s="92">
         <v>0</v>
       </c>
       <c r="I385" s="92">
         <v>0</v>
       </c>
       <c r="J385" s="92">
         <v>0</v>
       </c>
       <c r="K385" s="92">
         <v>0</v>
       </c>
       <c r="L385" s="92">
         <v>0</v>
       </c>
       <c r="M385" s="92">
         <v>0</v>
       </c>
       <c r="N385" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B386" s="79"/>
-      <c r="C386" s="246" t="s">
+      <c r="C386" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D386" s="230"/>
-[...1 lines deleted...]
-      <c r="F386" s="230"/>
+      <c r="D386" s="138"/>
+      <c r="E386" s="138"/>
+      <c r="F386" s="138"/>
       <c r="G386" s="92">
         <v>0</v>
       </c>
       <c r="H386" s="92">
         <v>0</v>
       </c>
       <c r="I386" s="92">
         <v>9.7206650000000003</v>
       </c>
       <c r="J386" s="92">
         <v>16.094836000000001</v>
       </c>
       <c r="K386" s="92">
         <v>59.318666</v>
       </c>
       <c r="L386" s="92">
         <v>213.92541</v>
       </c>
       <c r="M386" s="92">
         <v>251.33954600000001</v>
       </c>
       <c r="N386" s="93">
         <v>550.39912300000003</v>
       </c>
     </row>
     <row r="387" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-      <c r="B387" s="252" t="s">
+      <c r="B387" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C387" s="253"/>
-[...2 lines deleted...]
-      <c r="F387" s="254"/>
+      <c r="C387" s="255"/>
+      <c r="D387" s="255"/>
+      <c r="E387" s="255"/>
+      <c r="F387" s="293"/>
       <c r="G387" s="63">
         <v>380.45551999999998</v>
       </c>
       <c r="H387" s="63">
         <v>675.39888900000005</v>
       </c>
       <c r="I387" s="63">
         <v>4923.5555750000003</v>
       </c>
       <c r="J387" s="63">
         <v>5769.515805</v>
       </c>
       <c r="K387" s="63">
         <v>6676.1116730000003</v>
       </c>
       <c r="L387" s="63">
         <v>6998.6083749999998</v>
       </c>
       <c r="M387" s="63">
         <v>4508.632251</v>
       </c>
       <c r="N387" s="76">
         <v>29932.278087999999</v>
       </c>
     </row>
@@ -37411,750 +37411,750 @@
         <v>148</v>
       </c>
     </row>
     <row r="391" spans="1:15" s="18" customFormat="1" ht="9.75" customHeight="1">
       <c r="C391" s="109"/>
       <c r="D391" s="109"/>
       <c r="E391" s="109"/>
       <c r="F391" s="109"/>
       <c r="G391" s="109"/>
       <c r="H391" s="109"/>
       <c r="I391" s="109"/>
       <c r="J391" s="109"/>
       <c r="K391" s="109"/>
       <c r="L391" s="109"/>
       <c r="M391" s="109"/>
       <c r="N391" s="109"/>
       <c r="O391" s="109"/>
     </row>
     <row r="392" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A392" s="18" t="s">
         <v>118</v>
       </c>
       <c r="O392" s="22"/>
     </row>
     <row r="393" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B393" s="255" t="s">
+      <c r="B393" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C393" s="256"/>
-[...2 lines deleted...]
-      <c r="F393" s="257"/>
+      <c r="C393" s="273"/>
+      <c r="D393" s="273"/>
+      <c r="E393" s="273"/>
+      <c r="F393" s="321"/>
       <c r="G393" s="99" t="s">
         <v>13</v>
       </c>
       <c r="H393" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I393" s="100" t="s">
         <v>15</v>
       </c>
       <c r="J393" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K393" s="100" t="s">
         <v>17</v>
       </c>
       <c r="L393" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M393" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N393" s="101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="394" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B394" s="291" t="s">
+      <c r="B394" s="266" t="s">
         <v>105</v>
       </c>
-      <c r="C394" s="292"/>
-[...2 lines deleted...]
-      <c r="F394" s="292"/>
+      <c r="C394" s="267"/>
+      <c r="D394" s="267"/>
+      <c r="E394" s="267"/>
+      <c r="F394" s="267"/>
       <c r="G394" s="60">
         <v>315.27902499999999</v>
       </c>
       <c r="H394" s="60">
         <v>581.02440200000001</v>
       </c>
       <c r="I394" s="60">
         <v>2889.8231129999999</v>
       </c>
       <c r="J394" s="60">
         <v>3419.571629</v>
       </c>
       <c r="K394" s="60">
         <v>3029.9753380000002</v>
       </c>
       <c r="L394" s="60">
         <v>3017.8268579999999</v>
       </c>
       <c r="M394" s="60">
         <v>2278.1976610000002</v>
       </c>
       <c r="N394" s="81">
         <v>15531.698026</v>
       </c>
     </row>
     <row r="395" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B395" s="79"/>
-      <c r="C395" s="250" t="s">
+      <c r="C395" s="268" t="s">
         <v>106</v>
       </c>
-      <c r="D395" s="251"/>
-[...1 lines deleted...]
-      <c r="F395" s="251"/>
+      <c r="D395" s="269"/>
+      <c r="E395" s="269"/>
+      <c r="F395" s="269"/>
       <c r="G395" s="92">
         <v>85.831338000000002</v>
       </c>
       <c r="H395" s="92">
         <v>182.606011</v>
       </c>
       <c r="I395" s="92">
         <v>863.47713799999997</v>
       </c>
       <c r="J395" s="92">
         <v>1110.6735369999999</v>
       </c>
       <c r="K395" s="92">
         <v>1018.076801</v>
       </c>
       <c r="L395" s="92">
         <v>1125.564179</v>
       </c>
       <c r="M395" s="92">
         <v>1134.752483</v>
       </c>
       <c r="N395" s="93">
         <v>5520.981487</v>
       </c>
     </row>
     <row r="396" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B396" s="79"/>
       <c r="C396" s="102"/>
-      <c r="D396" s="230" t="s">
+      <c r="D396" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E396" s="230"/>
-      <c r="F396" s="230"/>
+      <c r="E396" s="138"/>
+      <c r="F396" s="138"/>
       <c r="G396" s="92">
         <v>0</v>
       </c>
       <c r="H396" s="92">
         <v>7.6290000000000004E-3</v>
       </c>
       <c r="I396" s="92">
         <v>365.79046099999999</v>
       </c>
       <c r="J396" s="92">
         <v>487.68144899999999</v>
       </c>
       <c r="K396" s="92">
         <v>552.000586</v>
       </c>
       <c r="L396" s="92">
         <v>643.89746600000001</v>
       </c>
       <c r="M396" s="92">
         <v>690.49382400000002</v>
       </c>
       <c r="N396" s="93">
         <v>2739.8714150000001</v>
       </c>
     </row>
     <row r="397" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B397" s="79"/>
       <c r="C397" s="102"/>
-      <c r="D397" s="230" t="s">
+      <c r="D397" s="138" t="s">
         <v>62</v>
       </c>
-      <c r="E397" s="230"/>
-      <c r="F397" s="230"/>
+      <c r="E397" s="138"/>
+      <c r="F397" s="138"/>
       <c r="G397" s="92">
         <v>0</v>
       </c>
       <c r="H397" s="92">
         <v>0.44778699999999999</v>
       </c>
       <c r="I397" s="92">
         <v>2.7279599999999999</v>
       </c>
       <c r="J397" s="92">
         <v>10.267571999999999</v>
       </c>
       <c r="K397" s="92">
         <v>16.659590000000001</v>
       </c>
       <c r="L397" s="92">
         <v>50.078420999999999</v>
       </c>
       <c r="M397" s="92">
         <v>91.000979000000001</v>
       </c>
       <c r="N397" s="93">
         <v>171.182309</v>
       </c>
     </row>
     <row r="398" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B398" s="79"/>
       <c r="C398" s="102"/>
-      <c r="D398" s="230" t="s">
+      <c r="D398" s="138" t="s">
         <v>63</v>
       </c>
-      <c r="E398" s="230"/>
-      <c r="F398" s="230"/>
+      <c r="E398" s="138"/>
+      <c r="F398" s="138"/>
       <c r="G398" s="92">
         <v>48.451642</v>
       </c>
       <c r="H398" s="92">
         <v>122.594328</v>
       </c>
       <c r="I398" s="92">
         <v>315.31197400000002</v>
       </c>
       <c r="J398" s="92">
         <v>401.31722600000001</v>
       </c>
       <c r="K398" s="92">
         <v>267.36302000000001</v>
       </c>
       <c r="L398" s="92">
         <v>247.042765</v>
       </c>
       <c r="M398" s="92">
         <v>210.199039</v>
       </c>
       <c r="N398" s="93">
         <v>1612.279994</v>
       </c>
     </row>
     <row r="399" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B399" s="79"/>
       <c r="C399" s="102"/>
-      <c r="D399" s="230" t="s">
+      <c r="D399" s="138" t="s">
         <v>64</v>
       </c>
-      <c r="E399" s="230"/>
-      <c r="F399" s="230"/>
+      <c r="E399" s="138"/>
+      <c r="F399" s="138"/>
       <c r="G399" s="92">
         <v>11.152126000000001</v>
       </c>
       <c r="H399" s="92">
         <v>30.74933</v>
       </c>
       <c r="I399" s="92">
         <v>47.677303999999999</v>
       </c>
       <c r="J399" s="92">
         <v>64.090680000000006</v>
       </c>
       <c r="K399" s="92">
         <v>46.618183999999999</v>
       </c>
       <c r="L399" s="92">
         <v>39.789976000000003</v>
       </c>
       <c r="M399" s="92">
         <v>29.158829999999998</v>
       </c>
       <c r="N399" s="93">
         <v>269.23642999999998</v>
       </c>
     </row>
     <row r="400" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B400" s="79"/>
       <c r="C400" s="103"/>
-      <c r="D400" s="293" t="s">
+      <c r="D400" s="314" t="s">
         <v>65</v>
       </c>
-      <c r="E400" s="293"/>
-      <c r="F400" s="293"/>
+      <c r="E400" s="314"/>
+      <c r="F400" s="314"/>
       <c r="G400" s="60">
         <v>26.22757</v>
       </c>
       <c r="H400" s="60">
         <v>28.806937000000001</v>
       </c>
       <c r="I400" s="60">
         <v>131.96943899999999</v>
       </c>
       <c r="J400" s="60">
         <v>147.31661</v>
       </c>
       <c r="K400" s="60">
         <v>135.43542099999999</v>
       </c>
       <c r="L400" s="60">
         <v>144.755551</v>
       </c>
       <c r="M400" s="60">
         <v>113.899811</v>
       </c>
       <c r="N400" s="81">
         <v>728.411339</v>
       </c>
     </row>
     <row r="401" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B401" s="79"/>
-      <c r="C401" s="250" t="s">
+      <c r="C401" s="268" t="s">
         <v>107</v>
       </c>
-      <c r="D401" s="251"/>
-[...1 lines deleted...]
-      <c r="F401" s="251"/>
+      <c r="D401" s="269"/>
+      <c r="E401" s="269"/>
+      <c r="F401" s="269"/>
       <c r="G401" s="92">
         <v>59.641412000000003</v>
       </c>
       <c r="H401" s="92">
         <v>141.49269100000001</v>
       </c>
       <c r="I401" s="92">
         <v>975.28699900000004</v>
       </c>
       <c r="J401" s="92">
         <v>1023.499474</v>
       </c>
       <c r="K401" s="92">
         <v>732.17668300000003</v>
       </c>
       <c r="L401" s="92">
         <v>515.61242600000003</v>
       </c>
       <c r="M401" s="92">
         <v>250.271345</v>
       </c>
       <c r="N401" s="93">
         <v>3697.9810299999999</v>
       </c>
     </row>
     <row r="402" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B402" s="79"/>
       <c r="C402" s="102"/>
-      <c r="D402" s="230" t="s">
+      <c r="D402" s="138" t="s">
         <v>66</v>
       </c>
-      <c r="E402" s="230"/>
-      <c r="F402" s="230"/>
+      <c r="E402" s="138"/>
+      <c r="F402" s="138"/>
       <c r="G402" s="92">
         <v>0</v>
       </c>
       <c r="H402" s="92">
         <v>1.1788E-2</v>
       </c>
       <c r="I402" s="92">
         <v>715.13579700000003</v>
       </c>
       <c r="J402" s="92">
         <v>725.24932799999999</v>
       </c>
       <c r="K402" s="92">
         <v>526.85278900000003</v>
       </c>
       <c r="L402" s="92">
         <v>368.82420100000002</v>
       </c>
       <c r="M402" s="92">
         <v>184.78300999999999</v>
       </c>
       <c r="N402" s="93">
         <v>2520.8569130000001</v>
       </c>
     </row>
     <row r="403" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B403" s="79"/>
       <c r="C403" s="103"/>
-      <c r="D403" s="293" t="s">
+      <c r="D403" s="314" t="s">
         <v>67</v>
       </c>
-      <c r="E403" s="293"/>
-      <c r="F403" s="293"/>
+      <c r="E403" s="314"/>
+      <c r="F403" s="314"/>
       <c r="G403" s="60">
         <v>59.641412000000003</v>
       </c>
       <c r="H403" s="60">
         <v>141.48090300000001</v>
       </c>
       <c r="I403" s="60">
         <v>260.15120200000001</v>
       </c>
       <c r="J403" s="60">
         <v>298.25014599999997</v>
       </c>
       <c r="K403" s="60">
         <v>205.323894</v>
       </c>
       <c r="L403" s="60">
         <v>146.78822500000001</v>
       </c>
       <c r="M403" s="60">
         <v>65.488335000000006</v>
       </c>
       <c r="N403" s="81">
         <v>1177.1241170000001</v>
       </c>
     </row>
     <row r="404" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B404" s="79"/>
-      <c r="C404" s="250" t="s">
+      <c r="C404" s="268" t="s">
         <v>108</v>
       </c>
-      <c r="D404" s="251"/>
-[...1 lines deleted...]
-      <c r="F404" s="251"/>
+      <c r="D404" s="269"/>
+      <c r="E404" s="269"/>
+      <c r="F404" s="269"/>
       <c r="G404" s="92">
         <v>2.0876100000000002</v>
       </c>
       <c r="H404" s="92">
         <v>8.1941640000000007</v>
       </c>
       <c r="I404" s="92">
         <v>102.666758</v>
       </c>
       <c r="J404" s="92">
         <v>163.028435</v>
       </c>
       <c r="K404" s="92">
         <v>278.20347199999998</v>
       </c>
       <c r="L404" s="92">
         <v>234.94779600000001</v>
       </c>
       <c r="M404" s="92">
         <v>126.717433</v>
       </c>
       <c r="N404" s="93">
         <v>915.84566800000005</v>
       </c>
     </row>
     <row r="405" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B405" s="79"/>
       <c r="C405" s="102"/>
-      <c r="D405" s="230" t="s">
+      <c r="D405" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="E405" s="230"/>
-      <c r="F405" s="230"/>
+      <c r="E405" s="138"/>
+      <c r="F405" s="138"/>
       <c r="G405" s="92">
         <v>1.917011</v>
       </c>
       <c r="H405" s="92">
         <v>7.3662609999999997</v>
       </c>
       <c r="I405" s="92">
         <v>89.546216000000001</v>
       </c>
       <c r="J405" s="92">
         <v>138.83699300000001</v>
       </c>
       <c r="K405" s="92">
         <v>244.509276</v>
       </c>
       <c r="L405" s="92">
         <v>202.15716900000001</v>
       </c>
       <c r="M405" s="92">
         <v>103.444965</v>
       </c>
       <c r="N405" s="93">
         <v>787.77789099999995</v>
       </c>
     </row>
     <row r="406" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B406" s="79"/>
       <c r="C406" s="102"/>
-      <c r="D406" s="230" t="s">
+      <c r="D406" s="138" t="s">
         <v>69</v>
       </c>
-      <c r="E406" s="230"/>
-      <c r="F406" s="230"/>
+      <c r="E406" s="138"/>
+      <c r="F406" s="138"/>
       <c r="G406" s="92">
         <v>0.170599</v>
       </c>
       <c r="H406" s="92">
         <v>0.72169399999999995</v>
       </c>
       <c r="I406" s="92">
         <v>13.030514999999999</v>
       </c>
       <c r="J406" s="92">
         <v>23.741533</v>
       </c>
       <c r="K406" s="92">
         <v>33.212426999999998</v>
       </c>
       <c r="L406" s="92">
         <v>32.267378000000001</v>
       </c>
       <c r="M406" s="92">
         <v>22.347477000000001</v>
       </c>
       <c r="N406" s="93">
         <v>125.491623</v>
       </c>
     </row>
     <row r="407" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B407" s="79"/>
       <c r="C407" s="102"/>
-      <c r="D407" s="230" t="s">
+      <c r="D407" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="E407" s="230"/>
-      <c r="F407" s="230"/>
+      <c r="E407" s="138"/>
+      <c r="F407" s="138"/>
       <c r="G407" s="92">
         <v>0</v>
       </c>
       <c r="H407" s="92">
         <v>5.3268000000000003E-2</v>
       </c>
       <c r="I407" s="92">
         <v>0</v>
       </c>
       <c r="J407" s="92">
         <v>0.18207499999999999</v>
       </c>
       <c r="K407" s="92">
         <v>0.197299</v>
       </c>
       <c r="L407" s="92">
         <v>0.27390700000000001</v>
       </c>
       <c r="M407" s="92">
         <v>0.413024</v>
       </c>
       <c r="N407" s="93">
         <v>1.1195729999999999</v>
       </c>
     </row>
     <row r="408" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B408" s="79"/>
       <c r="C408" s="103"/>
-      <c r="D408" s="293" t="s">
+      <c r="D408" s="314" t="s">
         <v>71</v>
       </c>
-      <c r="E408" s="293"/>
-      <c r="F408" s="294"/>
+      <c r="E408" s="314"/>
+      <c r="F408" s="315"/>
       <c r="G408" s="60">
         <v>0</v>
       </c>
       <c r="H408" s="60">
         <v>5.2941000000000002E-2</v>
       </c>
       <c r="I408" s="60">
         <v>9.0026999999999996E-2</v>
       </c>
       <c r="J408" s="60">
         <v>0.26783400000000002</v>
       </c>
       <c r="K408" s="60">
         <v>0.28447</v>
       </c>
       <c r="L408" s="60">
         <v>0.24934200000000001</v>
       </c>
       <c r="M408" s="60">
         <v>0.51196699999999995</v>
       </c>
       <c r="N408" s="81">
         <v>1.4565809999999999</v>
       </c>
     </row>
     <row r="409" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B409" s="79"/>
-      <c r="C409" s="246" t="s">
+      <c r="C409" s="250" t="s">
         <v>109</v>
       </c>
-      <c r="D409" s="230"/>
-[...1 lines deleted...]
-      <c r="F409" s="230"/>
+      <c r="D409" s="138"/>
+      <c r="E409" s="138"/>
+      <c r="F409" s="138"/>
       <c r="G409" s="92">
         <v>72.260399000000007</v>
       </c>
       <c r="H409" s="92">
         <v>121.952471</v>
       </c>
       <c r="I409" s="92">
         <v>165.169037</v>
       </c>
       <c r="J409" s="92">
         <v>323.76420300000001</v>
       </c>
       <c r="K409" s="92">
         <v>239.02131199999999</v>
       </c>
       <c r="L409" s="92">
         <v>218.480537</v>
       </c>
       <c r="M409" s="92">
         <v>156.161959</v>
       </c>
       <c r="N409" s="93">
         <v>1296.8099179999999</v>
       </c>
     </row>
     <row r="410" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B410" s="79"/>
       <c r="C410" s="102"/>
-      <c r="D410" s="230" t="s">
+      <c r="D410" s="138" t="s">
         <v>72</v>
       </c>
-      <c r="E410" s="230"/>
-      <c r="F410" s="230"/>
+      <c r="E410" s="138"/>
+      <c r="F410" s="138"/>
       <c r="G410" s="92">
         <v>40.062764000000001</v>
       </c>
       <c r="H410" s="92">
         <v>85.913235999999998</v>
       </c>
       <c r="I410" s="92">
         <v>125.22436999999999</v>
       </c>
       <c r="J410" s="92">
         <v>288.52738299999999</v>
       </c>
       <c r="K410" s="92">
         <v>216.66666799999999</v>
       </c>
       <c r="L410" s="92">
         <v>198.25885099999999</v>
       </c>
       <c r="M410" s="92">
         <v>147.75999200000001</v>
       </c>
       <c r="N410" s="93">
         <v>1102.413264</v>
       </c>
     </row>
     <row r="411" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B411" s="79"/>
       <c r="C411" s="102"/>
-      <c r="D411" s="230" t="s">
+      <c r="D411" s="138" t="s">
         <v>137</v>
       </c>
-      <c r="E411" s="230"/>
-      <c r="F411" s="230"/>
+      <c r="E411" s="138"/>
+      <c r="F411" s="138"/>
       <c r="G411" s="92">
         <v>5.6614839999999997</v>
       </c>
       <c r="H411" s="92">
         <v>7.4988849999999996</v>
       </c>
       <c r="I411" s="92">
         <v>10.860937</v>
       </c>
       <c r="J411" s="92">
         <v>13.162273000000001</v>
       </c>
       <c r="K411" s="92">
         <v>10.051316999999999</v>
       </c>
       <c r="L411" s="92">
         <v>8.5996570000000006</v>
       </c>
       <c r="M411" s="92">
         <v>4.1602550000000003</v>
       </c>
       <c r="N411" s="93">
         <v>59.994807999999999</v>
       </c>
     </row>
     <row r="412" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B412" s="79"/>
       <c r="C412" s="103"/>
-      <c r="D412" s="293" t="s">
+      <c r="D412" s="314" t="s">
         <v>138</v>
       </c>
-      <c r="E412" s="293"/>
-      <c r="F412" s="293"/>
+      <c r="E412" s="314"/>
+      <c r="F412" s="314"/>
       <c r="G412" s="92">
         <v>26.536151</v>
       </c>
       <c r="H412" s="92">
         <v>28.54035</v>
       </c>
       <c r="I412" s="92">
         <v>29.083729999999999</v>
       </c>
       <c r="J412" s="92">
         <v>22.074546999999999</v>
       </c>
       <c r="K412" s="92">
         <v>12.303326999999999</v>
       </c>
       <c r="L412" s="92">
         <v>11.622028999999999</v>
       </c>
       <c r="M412" s="92">
         <v>4.2417119999999997</v>
       </c>
       <c r="N412" s="93">
         <v>134.40184600000001</v>
       </c>
     </row>
     <row r="413" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B413" s="79"/>
-      <c r="C413" s="172" t="s">
+      <c r="C413" s="161" t="s">
         <v>150</v>
       </c>
-      <c r="D413" s="244"/>
-[...1 lines deleted...]
-      <c r="F413" s="245"/>
+      <c r="D413" s="319"/>
+      <c r="E413" s="319"/>
+      <c r="F413" s="320"/>
       <c r="G413" s="47">
         <v>95.458265999999995</v>
       </c>
       <c r="H413" s="47">
         <v>126.779065</v>
       </c>
       <c r="I413" s="47">
         <v>781.99635899999998</v>
       </c>
       <c r="J413" s="47">
         <v>796.781927</v>
       </c>
       <c r="K413" s="47">
         <v>760.86668699999996</v>
       </c>
       <c r="L413" s="47">
         <v>921.78667800000005</v>
       </c>
       <c r="M413" s="47">
         <v>608.91893100000004</v>
       </c>
       <c r="N413" s="84">
         <v>4092.5879129999998</v>
       </c>
     </row>
     <row r="414" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B414" s="79"/>
-      <c r="C414" s="247" t="s">
+      <c r="C414" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="D414" s="248"/>
-[...1 lines deleted...]
-      <c r="F414" s="249"/>
+      <c r="D414" s="312"/>
+      <c r="E414" s="312"/>
+      <c r="F414" s="313"/>
       <c r="G414" s="47">
         <v>0</v>
       </c>
       <c r="H414" s="47">
         <v>0</v>
       </c>
       <c r="I414" s="47">
         <v>1.2268220000000001</v>
       </c>
       <c r="J414" s="47">
         <v>1.8240529999999999</v>
       </c>
       <c r="K414" s="47">
         <v>1.6303829999999999</v>
       </c>
       <c r="L414" s="47">
         <v>1.4352419999999999</v>
       </c>
       <c r="M414" s="47">
         <v>1.37551</v>
       </c>
       <c r="N414" s="84">
         <v>7.4920099999999996</v>
       </c>
     </row>
@@ -38171,452 +38171,452 @@
       </c>
       <c r="H415" s="42">
         <v>13.978009999999999</v>
       </c>
       <c r="I415" s="42">
         <v>588.79665799999998</v>
       </c>
       <c r="J415" s="42">
         <v>710.73524499999996</v>
       </c>
       <c r="K415" s="42">
         <v>787.24997900000005</v>
       </c>
       <c r="L415" s="42">
         <v>692.71802600000001</v>
       </c>
       <c r="M415" s="42">
         <v>476.378377</v>
       </c>
       <c r="N415" s="75">
         <v>3275.2661029999999</v>
       </c>
     </row>
     <row r="416" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B416" s="79"/>
-      <c r="C416" s="279" t="s">
+      <c r="C416" s="316" t="s">
         <v>91</v>
       </c>
-      <c r="D416" s="295"/>
-[...1 lines deleted...]
-      <c r="F416" s="280"/>
+      <c r="D416" s="317"/>
+      <c r="E416" s="317"/>
+      <c r="F416" s="318"/>
       <c r="G416" s="92">
         <v>0</v>
       </c>
       <c r="H416" s="92">
         <v>0</v>
       </c>
       <c r="I416" s="92">
         <v>28.428218000000001</v>
       </c>
       <c r="J416" s="92">
         <v>47.864252999999998</v>
       </c>
       <c r="K416" s="92">
         <v>61.012720000000002</v>
       </c>
       <c r="L416" s="92">
         <v>88.725232000000005</v>
       </c>
       <c r="M416" s="92">
         <v>70.056359999999998</v>
       </c>
       <c r="N416" s="93">
         <v>296.08678300000003</v>
       </c>
     </row>
     <row r="417" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B417" s="79"/>
-      <c r="C417" s="246" t="s">
+      <c r="C417" s="250" t="s">
         <v>92</v>
       </c>
-      <c r="D417" s="230"/>
-[...1 lines deleted...]
-      <c r="F417" s="230"/>
+      <c r="D417" s="138"/>
+      <c r="E417" s="138"/>
+      <c r="F417" s="138"/>
       <c r="G417" s="92">
         <v>0</v>
       </c>
       <c r="H417" s="92">
         <v>0</v>
       </c>
       <c r="I417" s="92">
         <v>1.01417</v>
       </c>
       <c r="J417" s="92">
         <v>1.8673919999999999</v>
       </c>
       <c r="K417" s="92">
         <v>3.3217880000000002</v>
       </c>
       <c r="L417" s="92">
         <v>4.1508330000000004</v>
       </c>
       <c r="M417" s="92">
         <v>4.1162020000000004</v>
       </c>
       <c r="N417" s="93">
         <v>14.470385</v>
       </c>
     </row>
     <row r="418" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B418" s="79"/>
-      <c r="C418" s="246" t="s">
+      <c r="C418" s="250" t="s">
         <v>93</v>
       </c>
-      <c r="D418" s="230"/>
-[...1 lines deleted...]
-      <c r="F418" s="231"/>
+      <c r="D418" s="138"/>
+      <c r="E418" s="138"/>
+      <c r="F418" s="139"/>
       <c r="G418" s="92">
         <v>0</v>
       </c>
       <c r="H418" s="92">
         <v>0</v>
       </c>
       <c r="I418" s="92">
         <v>238.92254399999999</v>
       </c>
       <c r="J418" s="92">
         <v>224.316024</v>
       </c>
       <c r="K418" s="92">
         <v>160.38607400000001</v>
       </c>
       <c r="L418" s="92">
         <v>91.021018999999995</v>
       </c>
       <c r="M418" s="92">
         <v>48.934325999999999</v>
       </c>
       <c r="N418" s="93">
         <v>763.57998699999996</v>
       </c>
     </row>
     <row r="419" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B419" s="79"/>
-      <c r="C419" s="246" t="s">
+      <c r="C419" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="D419" s="230"/>
-[...1 lines deleted...]
-      <c r="F419" s="230"/>
+      <c r="D419" s="138"/>
+      <c r="E419" s="138"/>
+      <c r="F419" s="138"/>
       <c r="G419" s="92">
         <v>0.121294</v>
       </c>
       <c r="H419" s="92">
         <v>0.509853</v>
       </c>
       <c r="I419" s="92">
         <v>28.696632000000001</v>
       </c>
       <c r="J419" s="92">
         <v>34.779778999999998</v>
       </c>
       <c r="K419" s="92">
         <v>42.845188</v>
       </c>
       <c r="L419" s="92">
         <v>24.434004999999999</v>
       </c>
       <c r="M419" s="92">
         <v>20.715121</v>
       </c>
       <c r="N419" s="93">
         <v>152.10187199999999</v>
       </c>
     </row>
     <row r="420" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B420" s="79"/>
-      <c r="C420" s="241" t="s">
+      <c r="C420" s="270" t="s">
         <v>156</v>
       </c>
-      <c r="D420" s="242"/>
-[...1 lines deleted...]
-      <c r="F420" s="243"/>
+      <c r="D420" s="271"/>
+      <c r="E420" s="271"/>
+      <c r="F420" s="310"/>
       <c r="G420" s="92">
         <v>5.2741150000000001</v>
       </c>
       <c r="H420" s="92">
         <v>10.168801999999999</v>
       </c>
       <c r="I420" s="92">
         <v>74.653569000000005</v>
       </c>
       <c r="J420" s="92">
         <v>99.983440000000002</v>
       </c>
       <c r="K420" s="92">
         <v>102.043757</v>
       </c>
       <c r="L420" s="92">
         <v>92.127442000000002</v>
       </c>
       <c r="M420" s="92">
         <v>43.166719999999998</v>
       </c>
       <c r="N420" s="93">
         <v>427.417845</v>
       </c>
     </row>
     <row r="421" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B421" s="79"/>
-      <c r="C421" s="246" t="s">
+      <c r="C421" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="D421" s="230"/>
-[...1 lines deleted...]
-      <c r="F421" s="230"/>
+      <c r="D421" s="138"/>
+      <c r="E421" s="138"/>
+      <c r="F421" s="138"/>
       <c r="G421" s="92">
         <v>1.4399E-2</v>
       </c>
       <c r="H421" s="92">
         <v>0</v>
       </c>
       <c r="I421" s="92">
         <v>9.5800999999999997E-2</v>
       </c>
       <c r="J421" s="92">
         <v>4.3291000000000003E-2</v>
       </c>
       <c r="K421" s="92">
         <v>0.369502</v>
       </c>
       <c r="L421" s="92">
         <v>0.117003</v>
       </c>
       <c r="M421" s="92">
         <v>7.8326000000000007E-2</v>
       </c>
       <c r="N421" s="93">
         <v>0.71832200000000002</v>
       </c>
     </row>
     <row r="422" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B422" s="79"/>
-      <c r="C422" s="241" t="s">
+      <c r="C422" s="270" t="s">
         <v>158</v>
       </c>
-      <c r="D422" s="242"/>
-[...1 lines deleted...]
-      <c r="F422" s="243"/>
+      <c r="D422" s="271"/>
+      <c r="E422" s="271"/>
+      <c r="F422" s="310"/>
       <c r="G422" s="92">
         <v>0</v>
       </c>
       <c r="H422" s="92">
         <v>3.2993549999999998</v>
       </c>
       <c r="I422" s="92">
         <v>189.28830600000001</v>
       </c>
       <c r="J422" s="92">
         <v>256.80716899999999</v>
       </c>
       <c r="K422" s="92">
         <v>296.66553099999999</v>
       </c>
       <c r="L422" s="92">
         <v>185.553876</v>
       </c>
       <c r="M422" s="92">
         <v>128.53246999999999</v>
       </c>
       <c r="N422" s="93">
         <v>1060.1467070000001</v>
       </c>
     </row>
     <row r="423" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B423" s="79"/>
-      <c r="C423" s="241" t="s">
+      <c r="C423" s="270" t="s">
         <v>159</v>
       </c>
-      <c r="D423" s="242"/>
-[...1 lines deleted...]
-      <c r="F423" s="243"/>
+      <c r="D423" s="271"/>
+      <c r="E423" s="271"/>
+      <c r="F423" s="310"/>
       <c r="G423" s="92">
         <v>0</v>
       </c>
       <c r="H423" s="92">
         <v>0</v>
       </c>
       <c r="I423" s="92">
         <v>0.30148000000000003</v>
       </c>
       <c r="J423" s="92">
         <v>0.287601</v>
       </c>
       <c r="K423" s="92">
         <v>0.493224</v>
       </c>
       <c r="L423" s="92">
         <v>5.5753999999999998E-2</v>
       </c>
       <c r="M423" s="92">
         <v>0.11994</v>
       </c>
       <c r="N423" s="93">
         <v>1.2579990000000001</v>
       </c>
     </row>
     <row r="424" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B424" s="79"/>
-      <c r="C424" s="241" t="s">
+      <c r="C424" s="270" t="s">
         <v>160</v>
       </c>
-      <c r="D424" s="242"/>
-[...1 lines deleted...]
-      <c r="F424" s="243"/>
+      <c r="D424" s="271"/>
+      <c r="E424" s="271"/>
+      <c r="F424" s="310"/>
       <c r="G424" s="92">
         <v>0</v>
       </c>
       <c r="H424" s="92">
         <v>0</v>
       </c>
       <c r="I424" s="92">
         <v>9.6341730000000005</v>
       </c>
       <c r="J424" s="92">
         <v>12.418041000000001</v>
       </c>
       <c r="K424" s="92">
         <v>16.74888</v>
       </c>
       <c r="L424" s="92">
         <v>19.335847999999999</v>
       </c>
       <c r="M424" s="92">
         <v>9.866778</v>
       </c>
       <c r="N424" s="93">
         <v>68.003720000000001</v>
       </c>
     </row>
     <row r="425" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B425" s="79"/>
-      <c r="C425" s="241" t="s">
+      <c r="C425" s="270" t="s">
         <v>161</v>
       </c>
-      <c r="D425" s="242"/>
-[...1 lines deleted...]
-      <c r="F425" s="243"/>
+      <c r="D425" s="271"/>
+      <c r="E425" s="271"/>
+      <c r="F425" s="310"/>
       <c r="G425" s="92">
         <v>0</v>
       </c>
       <c r="H425" s="92">
         <v>0</v>
       </c>
       <c r="I425" s="92">
         <v>4.5763999999999999E-2</v>
       </c>
       <c r="J425" s="92">
         <v>8.6929999999999993E-2</v>
       </c>
       <c r="K425" s="92">
         <v>0.15304899999999999</v>
       </c>
       <c r="L425" s="92">
         <v>0</v>
       </c>
       <c r="M425" s="92">
         <v>0.16117500000000001</v>
       </c>
       <c r="N425" s="93">
         <v>0.44691799999999998</v>
       </c>
     </row>
     <row r="426" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B426" s="79"/>
-      <c r="C426" s="241" t="s">
+      <c r="C426" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D426" s="242"/>
-[...1 lines deleted...]
-      <c r="F426" s="242"/>
+      <c r="D426" s="271"/>
+      <c r="E426" s="271"/>
+      <c r="F426" s="271"/>
       <c r="G426" s="92">
         <v>0</v>
       </c>
       <c r="H426" s="92">
         <v>0</v>
       </c>
       <c r="I426" s="92">
         <v>0.88931499999999997</v>
       </c>
       <c r="J426" s="92">
         <v>2.9898199999999999</v>
       </c>
       <c r="K426" s="92">
         <v>66.139527999999999</v>
       </c>
       <c r="L426" s="92">
         <v>135.13087200000001</v>
       </c>
       <c r="M426" s="92">
         <v>93.998689999999996</v>
       </c>
       <c r="N426" s="93">
         <v>299.14822500000002</v>
       </c>
     </row>
     <row r="427" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B427" s="79"/>
-      <c r="C427" s="241" t="s">
+      <c r="C427" s="270" t="s">
         <v>163</v>
       </c>
-      <c r="D427" s="242"/>
-[...1 lines deleted...]
-      <c r="F427" s="242"/>
+      <c r="D427" s="271"/>
+      <c r="E427" s="271"/>
+      <c r="F427" s="271"/>
       <c r="G427" s="92">
         <v>0</v>
       </c>
       <c r="H427" s="92">
         <v>0</v>
       </c>
       <c r="I427" s="92">
         <v>16.725928</v>
       </c>
       <c r="J427" s="92">
         <v>29.173441</v>
       </c>
       <c r="K427" s="92">
         <v>36.839115</v>
       </c>
       <c r="L427" s="92">
         <v>51.938625000000002</v>
       </c>
       <c r="M427" s="92">
         <v>56.522748</v>
       </c>
       <c r="N427" s="93">
         <v>191.19985700000001</v>
       </c>
     </row>
     <row r="428" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B428" s="104"/>
-      <c r="C428" s="247" t="s">
+      <c r="C428" s="311" t="s">
         <v>164</v>
       </c>
-      <c r="D428" s="248"/>
-[...1 lines deleted...]
-      <c r="F428" s="249"/>
+      <c r="D428" s="312"/>
+      <c r="E428" s="312"/>
+      <c r="F428" s="313"/>
       <c r="G428" s="92">
         <v>0</v>
       </c>
       <c r="H428" s="92">
         <v>0</v>
       </c>
       <c r="I428" s="92">
         <v>0.100758</v>
       </c>
       <c r="J428" s="92">
         <v>0.118064</v>
       </c>
       <c r="K428" s="92">
         <v>0.231623</v>
       </c>
       <c r="L428" s="92">
         <v>0.12751699999999999</v>
       </c>
       <c r="M428" s="92">
         <v>0.10952099999999999</v>
       </c>
       <c r="N428" s="93">
         <v>0.68748299999999996</v>
       </c>
     </row>
@@ -38629,188 +38629,188 @@
       </c>
       <c r="H429" s="42">
         <v>0</v>
       </c>
       <c r="I429" s="42">
         <v>178.474999</v>
       </c>
       <c r="J429" s="42">
         <v>366.99560100000002</v>
       </c>
       <c r="K429" s="42">
         <v>1049.3407549999999</v>
       </c>
       <c r="L429" s="42">
         <v>1700.507098</v>
       </c>
       <c r="M429" s="42">
         <v>1089.342566</v>
       </c>
       <c r="N429" s="75">
         <v>4384.6610190000001</v>
       </c>
     </row>
     <row r="430" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B430" s="79"/>
-      <c r="C430" s="250" t="s">
+      <c r="C430" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D430" s="251"/>
-[...1 lines deleted...]
-      <c r="F430" s="251"/>
+      <c r="D430" s="269"/>
+      <c r="E430" s="269"/>
+      <c r="F430" s="269"/>
       <c r="G430" s="51">
         <v>0</v>
       </c>
       <c r="H430" s="51">
         <v>0</v>
       </c>
       <c r="I430" s="51">
         <v>13.704552</v>
       </c>
       <c r="J430" s="51">
         <v>46.171917999999998</v>
       </c>
       <c r="K430" s="51">
         <v>555.36269100000004</v>
       </c>
       <c r="L430" s="51">
         <v>922.05075199999999</v>
       </c>
       <c r="M430" s="51">
         <v>568.78809899999999</v>
       </c>
       <c r="N430" s="71">
         <v>2106.0780119999999</v>
       </c>
     </row>
     <row r="431" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B431" s="79"/>
-      <c r="C431" s="246" t="s">
+      <c r="C431" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D431" s="230"/>
-[...1 lines deleted...]
-      <c r="F431" s="230"/>
+      <c r="D431" s="138"/>
+      <c r="E431" s="138"/>
+      <c r="F431" s="138"/>
       <c r="G431" s="92">
         <v>0</v>
       </c>
       <c r="H431" s="92">
         <v>0</v>
       </c>
       <c r="I431" s="92">
         <v>159.54028600000001</v>
       </c>
       <c r="J431" s="92">
         <v>311.87849</v>
       </c>
       <c r="K431" s="92">
         <v>462.214404</v>
       </c>
       <c r="L431" s="92">
         <v>639.32682799999998</v>
       </c>
       <c r="M431" s="92">
         <v>353.199005</v>
       </c>
       <c r="N431" s="93">
         <v>1926.159013</v>
       </c>
     </row>
     <row r="432" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B432" s="79"/>
-      <c r="C432" s="246" t="s">
+      <c r="C432" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D432" s="230"/>
-[...1 lines deleted...]
-      <c r="F432" s="230"/>
+      <c r="D432" s="138"/>
+      <c r="E432" s="138"/>
+      <c r="F432" s="138"/>
       <c r="G432" s="92">
         <v>0</v>
       </c>
       <c r="H432" s="92">
         <v>0</v>
       </c>
       <c r="I432" s="92">
         <v>0</v>
       </c>
       <c r="J432" s="92">
         <v>0</v>
       </c>
       <c r="K432" s="92">
         <v>0</v>
       </c>
       <c r="L432" s="92">
         <v>0</v>
       </c>
       <c r="M432" s="92">
         <v>0</v>
       </c>
       <c r="N432" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B433" s="79"/>
-      <c r="C433" s="246" t="s">
+      <c r="C433" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D433" s="230"/>
-[...1 lines deleted...]
-      <c r="F433" s="230"/>
+      <c r="D433" s="138"/>
+      <c r="E433" s="138"/>
+      <c r="F433" s="138"/>
       <c r="G433" s="92">
         <v>0</v>
       </c>
       <c r="H433" s="92">
         <v>0</v>
       </c>
       <c r="I433" s="92">
         <v>5.2301609999999998</v>
       </c>
       <c r="J433" s="92">
         <v>8.9451929999999997</v>
       </c>
       <c r="K433" s="92">
         <v>31.763660000000002</v>
       </c>
       <c r="L433" s="92">
         <v>139.12951799999999</v>
       </c>
       <c r="M433" s="92">
         <v>167.35546199999999</v>
       </c>
       <c r="N433" s="93">
         <v>352.42399399999999</v>
       </c>
     </row>
     <row r="434" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-      <c r="B434" s="252" t="s">
+      <c r="B434" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C434" s="253"/>
-[...2 lines deleted...]
-      <c r="F434" s="254"/>
+      <c r="C434" s="255"/>
+      <c r="D434" s="255"/>
+      <c r="E434" s="255"/>
+      <c r="F434" s="293"/>
       <c r="G434" s="63">
         <v>320.68883299999999</v>
       </c>
       <c r="H434" s="63">
         <v>595.00241200000005</v>
       </c>
       <c r="I434" s="63">
         <v>3657.0947700000002</v>
       </c>
       <c r="J434" s="63">
         <v>4497.3024750000004</v>
       </c>
       <c r="K434" s="63">
         <v>4866.5660719999996</v>
       </c>
       <c r="L434" s="63">
         <v>5411.051982</v>
       </c>
       <c r="M434" s="63">
         <v>3843.918604</v>
       </c>
       <c r="N434" s="76">
         <v>23191.625147999999</v>
       </c>
     </row>
@@ -38843,750 +38843,750 @@
       <c r="H436" s="113"/>
       <c r="I436" s="113"/>
     </row>
     <row r="437" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B437" s="25" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="438" spans="1:15" s="18" customFormat="1" ht="7.5" customHeight="1">
       <c r="B438" s="24"/>
       <c r="C438" s="24"/>
       <c r="D438" s="24"/>
       <c r="E438" s="24"/>
       <c r="F438" s="24"/>
       <c r="G438" s="113"/>
       <c r="H438" s="113"/>
       <c r="I438" s="113"/>
     </row>
     <row r="439" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A439" s="18" t="s">
         <v>119</v>
       </c>
       <c r="O439" s="22"/>
     </row>
     <row r="440" spans="1:15" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B440" s="255" t="s">
+      <c r="B440" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C440" s="256"/>
-[...2 lines deleted...]
-      <c r="F440" s="257"/>
+      <c r="C440" s="273"/>
+      <c r="D440" s="273"/>
+      <c r="E440" s="273"/>
+      <c r="F440" s="321"/>
       <c r="G440" s="99" t="s">
         <v>13</v>
       </c>
       <c r="H440" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I440" s="100" t="s">
         <v>15</v>
       </c>
       <c r="J440" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K440" s="100" t="s">
         <v>17</v>
       </c>
       <c r="L440" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M440" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N440" s="101" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="441" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B441" s="291" t="s">
+      <c r="B441" s="266" t="s">
         <v>105</v>
       </c>
-      <c r="C441" s="292"/>
-[...2 lines deleted...]
-      <c r="F441" s="292"/>
+      <c r="C441" s="267"/>
+      <c r="D441" s="267"/>
+      <c r="E441" s="267"/>
+      <c r="F441" s="267"/>
       <c r="G441" s="60">
         <v>104.363236</v>
       </c>
       <c r="H441" s="60">
         <v>402.73365899999999</v>
       </c>
       <c r="I441" s="60">
         <v>889.64836400000002</v>
       </c>
       <c r="J441" s="60">
         <v>1915.4687730000001</v>
       </c>
       <c r="K441" s="60">
         <v>1689.761276</v>
       </c>
       <c r="L441" s="60">
         <v>1712.601222</v>
       </c>
       <c r="M441" s="60">
         <v>2330.4402580000001</v>
       </c>
       <c r="N441" s="81">
         <v>9045.0167880000008</v>
       </c>
     </row>
     <row r="442" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B442" s="79"/>
-      <c r="C442" s="250" t="s">
+      <c r="C442" s="268" t="s">
         <v>106</v>
       </c>
-      <c r="D442" s="251"/>
-[...1 lines deleted...]
-      <c r="F442" s="251"/>
+      <c r="D442" s="269"/>
+      <c r="E442" s="269"/>
+      <c r="F442" s="269"/>
       <c r="G442" s="92">
         <v>39.581851</v>
       </c>
       <c r="H442" s="92">
         <v>148.56815599999999</v>
       </c>
       <c r="I442" s="92">
         <v>401.77412600000002</v>
       </c>
       <c r="J442" s="92">
         <v>830.70972500000005</v>
       </c>
       <c r="K442" s="92">
         <v>692.63053000000002</v>
       </c>
       <c r="L442" s="92">
         <v>824.79716199999996</v>
       </c>
       <c r="M442" s="92">
         <v>1504.57161</v>
       </c>
       <c r="N442" s="93">
         <v>4442.6331600000003</v>
       </c>
     </row>
     <row r="443" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B443" s="79"/>
       <c r="C443" s="102"/>
-      <c r="D443" s="230" t="s">
+      <c r="D443" s="138" t="s">
         <v>61</v>
       </c>
-      <c r="E443" s="230"/>
-      <c r="F443" s="230"/>
+      <c r="E443" s="138"/>
+      <c r="F443" s="138"/>
       <c r="G443" s="92">
         <v>0</v>
       </c>
       <c r="H443" s="92">
         <v>0</v>
       </c>
       <c r="I443" s="92">
         <v>150.524631</v>
       </c>
       <c r="J443" s="92">
         <v>354.02978999999999</v>
       </c>
       <c r="K443" s="92">
         <v>348.57310999999999</v>
       </c>
       <c r="L443" s="92">
         <v>475.857148</v>
       </c>
       <c r="M443" s="92">
         <v>911.17688899999996</v>
       </c>
       <c r="N443" s="93">
         <v>2240.161568</v>
       </c>
     </row>
     <row r="444" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B444" s="79"/>
       <c r="C444" s="102"/>
-      <c r="D444" s="230" t="s">
+      <c r="D444" s="138" t="s">
         <v>62</v>
       </c>
-      <c r="E444" s="230"/>
-      <c r="F444" s="230"/>
+      <c r="E444" s="138"/>
+      <c r="F444" s="138"/>
       <c r="G444" s="92">
         <v>1.6130000000000001E-3</v>
       </c>
       <c r="H444" s="92">
         <v>0.25627</v>
       </c>
       <c r="I444" s="92">
         <v>2.039844</v>
       </c>
       <c r="J444" s="92">
         <v>8.3127440000000004</v>
       </c>
       <c r="K444" s="92">
         <v>17.729566999999999</v>
       </c>
       <c r="L444" s="92">
         <v>58.976354000000001</v>
       </c>
       <c r="M444" s="92">
         <v>216.28747300000001</v>
       </c>
       <c r="N444" s="93">
         <v>303.60386499999998</v>
       </c>
     </row>
     <row r="445" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B445" s="79"/>
       <c r="C445" s="102"/>
-      <c r="D445" s="230" t="s">
+      <c r="D445" s="138" t="s">
         <v>63</v>
       </c>
-      <c r="E445" s="230"/>
-      <c r="F445" s="230"/>
+      <c r="E445" s="138"/>
+      <c r="F445" s="138"/>
       <c r="G445" s="92">
         <v>26.322358000000001</v>
       </c>
       <c r="H445" s="92">
         <v>96.202511000000001</v>
       </c>
       <c r="I445" s="92">
         <v>161.82658900000001</v>
       </c>
       <c r="J445" s="92">
         <v>311.14533</v>
       </c>
       <c r="K445" s="92">
         <v>209.397187</v>
       </c>
       <c r="L445" s="92">
         <v>184.46769599999999</v>
       </c>
       <c r="M445" s="92">
         <v>217.31246100000001</v>
       </c>
       <c r="N445" s="93">
         <v>1206.6741320000001</v>
       </c>
     </row>
     <row r="446" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B446" s="79"/>
       <c r="C446" s="102"/>
-      <c r="D446" s="230" t="s">
+      <c r="D446" s="138" t="s">
         <v>64</v>
       </c>
-      <c r="E446" s="230"/>
-      <c r="F446" s="230"/>
+      <c r="E446" s="138"/>
+      <c r="F446" s="138"/>
       <c r="G446" s="92">
         <v>11.323518999999999</v>
       </c>
       <c r="H446" s="92">
         <v>46.700553999999997</v>
       </c>
       <c r="I446" s="92">
         <v>66.931774000000004</v>
       </c>
       <c r="J446" s="92">
         <v>113.775941</v>
       </c>
       <c r="K446" s="92">
         <v>75.654132000000004</v>
       </c>
       <c r="L446" s="92">
         <v>51.960163999999999</v>
       </c>
       <c r="M446" s="92">
         <v>57.176765000000003</v>
       </c>
       <c r="N446" s="93">
         <v>423.52284900000001</v>
       </c>
     </row>
     <row r="447" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B447" s="79"/>
       <c r="C447" s="103"/>
-      <c r="D447" s="293" t="s">
+      <c r="D447" s="314" t="s">
         <v>65</v>
       </c>
-      <c r="E447" s="293"/>
-      <c r="F447" s="293"/>
+      <c r="E447" s="314"/>
+      <c r="F447" s="314"/>
       <c r="G447" s="60">
         <v>1.934361</v>
       </c>
       <c r="H447" s="60">
         <v>5.4088209999999997</v>
       </c>
       <c r="I447" s="60">
         <v>20.451288000000002</v>
       </c>
       <c r="J447" s="60">
         <v>43.445920000000001</v>
       </c>
       <c r="K447" s="60">
         <v>41.276533999999998</v>
       </c>
       <c r="L447" s="60">
         <v>53.535800000000002</v>
       </c>
       <c r="M447" s="60">
         <v>102.618022</v>
       </c>
       <c r="N447" s="81">
         <v>268.67074600000001</v>
       </c>
     </row>
     <row r="448" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B448" s="79"/>
-      <c r="C448" s="250" t="s">
+      <c r="C448" s="268" t="s">
         <v>107</v>
       </c>
-      <c r="D448" s="251"/>
-[...1 lines deleted...]
-      <c r="F448" s="251"/>
+      <c r="D448" s="269"/>
+      <c r="E448" s="269"/>
+      <c r="F448" s="269"/>
       <c r="G448" s="92">
         <v>33.576918999999997</v>
       </c>
       <c r="H448" s="92">
         <v>131.432298</v>
       </c>
       <c r="I448" s="92">
         <v>313.25028099999997</v>
       </c>
       <c r="J448" s="92">
         <v>614.36477300000001</v>
       </c>
       <c r="K448" s="92">
         <v>558.222129</v>
       </c>
       <c r="L448" s="92">
         <v>449.09452199999998</v>
       </c>
       <c r="M448" s="92">
         <v>338.49873500000001</v>
       </c>
       <c r="N448" s="93">
         <v>2438.4396569999999</v>
       </c>
     </row>
     <row r="449" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B449" s="79"/>
       <c r="C449" s="102"/>
-      <c r="D449" s="230" t="s">
+      <c r="D449" s="138" t="s">
         <v>66</v>
       </c>
-      <c r="E449" s="230"/>
-      <c r="F449" s="230"/>
+      <c r="E449" s="138"/>
+      <c r="F449" s="138"/>
       <c r="G449" s="92">
         <v>0</v>
       </c>
       <c r="H449" s="92">
         <v>0</v>
       </c>
       <c r="I449" s="92">
         <v>153.47190699999999</v>
       </c>
       <c r="J449" s="92">
         <v>308.11222500000002</v>
       </c>
       <c r="K449" s="92">
         <v>297.77541300000001</v>
       </c>
       <c r="L449" s="92">
         <v>260.56388199999998</v>
       </c>
       <c r="M449" s="92">
         <v>224.39082400000001</v>
       </c>
       <c r="N449" s="93">
         <v>1244.314251</v>
       </c>
     </row>
     <row r="450" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B450" s="79"/>
       <c r="C450" s="103"/>
-      <c r="D450" s="293" t="s">
+      <c r="D450" s="314" t="s">
         <v>67</v>
       </c>
-      <c r="E450" s="293"/>
-      <c r="F450" s="293"/>
+      <c r="E450" s="314"/>
+      <c r="F450" s="314"/>
       <c r="G450" s="60">
         <v>33.576918999999997</v>
       </c>
       <c r="H450" s="60">
         <v>131.432298</v>
       </c>
       <c r="I450" s="60">
         <v>159.77837400000001</v>
       </c>
       <c r="J450" s="60">
         <v>306.25254799999999</v>
       </c>
       <c r="K450" s="60">
         <v>260.44671599999998</v>
       </c>
       <c r="L450" s="60">
         <v>188.53064000000001</v>
       </c>
       <c r="M450" s="60">
         <v>114.107911</v>
       </c>
       <c r="N450" s="81">
         <v>1194.1254060000001</v>
       </c>
     </row>
     <row r="451" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B451" s="79"/>
-      <c r="C451" s="250" t="s">
+      <c r="C451" s="268" t="s">
         <v>108</v>
       </c>
-      <c r="D451" s="251"/>
-[...1 lines deleted...]
-      <c r="F451" s="251"/>
+      <c r="D451" s="269"/>
+      <c r="E451" s="269"/>
+      <c r="F451" s="269"/>
       <c r="G451" s="92">
         <v>0.241063</v>
       </c>
       <c r="H451" s="92">
         <v>1.4439109999999999</v>
       </c>
       <c r="I451" s="92">
         <v>14.604906</v>
       </c>
       <c r="J451" s="92">
         <v>40.293542000000002</v>
       </c>
       <c r="K451" s="92">
         <v>109.82775599999999</v>
       </c>
       <c r="L451" s="92">
         <v>116.441654</v>
       </c>
       <c r="M451" s="92">
         <v>118.666496</v>
       </c>
       <c r="N451" s="93">
         <v>401.51932799999997</v>
       </c>
     </row>
     <row r="452" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B452" s="79"/>
       <c r="C452" s="102"/>
-      <c r="D452" s="230" t="s">
+      <c r="D452" s="138" t="s">
         <v>68</v>
       </c>
-      <c r="E452" s="230"/>
-      <c r="F452" s="230"/>
+      <c r="E452" s="138"/>
+      <c r="F452" s="138"/>
       <c r="G452" s="92">
         <v>0.18823699999999999</v>
       </c>
       <c r="H452" s="92">
         <v>1.1615660000000001</v>
       </c>
       <c r="I452" s="92">
         <v>11.428712000000001</v>
       </c>
       <c r="J452" s="92">
         <v>32.638497999999998</v>
       </c>
       <c r="K452" s="92">
         <v>90.967383999999996</v>
       </c>
       <c r="L452" s="92">
         <v>88.600995999999995</v>
       </c>
       <c r="M452" s="92">
         <v>88.316913</v>
       </c>
       <c r="N452" s="93">
         <v>313.30230599999999</v>
       </c>
     </row>
     <row r="453" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B453" s="79"/>
       <c r="C453" s="102"/>
-      <c r="D453" s="230" t="s">
+      <c r="D453" s="138" t="s">
         <v>69</v>
       </c>
-      <c r="E453" s="230"/>
-      <c r="F453" s="230"/>
+      <c r="E453" s="138"/>
+      <c r="F453" s="138"/>
       <c r="G453" s="92">
         <v>5.2825999999999998E-2</v>
       </c>
       <c r="H453" s="92">
         <v>0.22689599999999999</v>
       </c>
       <c r="I453" s="92">
         <v>3.1361979999999998</v>
       </c>
       <c r="J453" s="92">
         <v>7.6550440000000002</v>
       </c>
       <c r="K453" s="92">
         <v>18.821258</v>
       </c>
       <c r="L453" s="92">
         <v>26.578251999999999</v>
       </c>
       <c r="M453" s="92">
         <v>28.486868000000001</v>
       </c>
       <c r="N453" s="93">
         <v>84.957341999999997</v>
       </c>
     </row>
     <row r="454" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B454" s="79"/>
       <c r="C454" s="102"/>
-      <c r="D454" s="230" t="s">
+      <c r="D454" s="138" t="s">
         <v>70</v>
       </c>
-      <c r="E454" s="230"/>
-      <c r="F454" s="230"/>
+      <c r="E454" s="138"/>
+      <c r="F454" s="138"/>
       <c r="G454" s="92">
         <v>0</v>
       </c>
       <c r="H454" s="92">
         <v>0</v>
       </c>
       <c r="I454" s="92">
         <v>0</v>
       </c>
       <c r="J454" s="92">
         <v>0</v>
       </c>
       <c r="K454" s="92">
         <v>0</v>
       </c>
       <c r="L454" s="92">
         <v>0.58706199999999997</v>
       </c>
       <c r="M454" s="92">
         <v>0.89176100000000003</v>
       </c>
       <c r="N454" s="93">
         <v>1.478823</v>
       </c>
     </row>
     <row r="455" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B455" s="79"/>
       <c r="C455" s="103"/>
-      <c r="D455" s="293" t="s">
+      <c r="D455" s="314" t="s">
         <v>71</v>
       </c>
-      <c r="E455" s="293"/>
-      <c r="F455" s="294"/>
+      <c r="E455" s="314"/>
+      <c r="F455" s="315"/>
       <c r="G455" s="60">
         <v>0</v>
       </c>
       <c r="H455" s="60">
         <v>5.5448999999999998E-2</v>
       </c>
       <c r="I455" s="60">
         <v>3.9995999999999997E-2</v>
       </c>
       <c r="J455" s="60">
         <v>0</v>
       </c>
       <c r="K455" s="60">
         <v>3.9114000000000003E-2</v>
       </c>
       <c r="L455" s="60">
         <v>0.67534400000000006</v>
       </c>
       <c r="M455" s="60">
         <v>0.97095399999999998</v>
       </c>
       <c r="N455" s="81">
         <v>1.7808569999999999</v>
       </c>
     </row>
     <row r="456" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B456" s="79"/>
-      <c r="C456" s="246" t="s">
+      <c r="C456" s="250" t="s">
         <v>109</v>
       </c>
-      <c r="D456" s="230"/>
-[...1 lines deleted...]
-      <c r="F456" s="230"/>
+      <c r="D456" s="138"/>
+      <c r="E456" s="138"/>
+      <c r="F456" s="138"/>
       <c r="G456" s="92">
         <v>29.009509000000001</v>
       </c>
       <c r="H456" s="92">
         <v>117.24428399999999</v>
       </c>
       <c r="I456" s="92">
         <v>128.02378400000001</v>
       </c>
       <c r="J456" s="92">
         <v>378.77527500000002</v>
       </c>
       <c r="K456" s="92">
         <v>265.27317799999997</v>
       </c>
       <c r="L456" s="92">
         <v>238.37528699999999</v>
       </c>
       <c r="M456" s="92">
         <v>264.65665899999999</v>
       </c>
       <c r="N456" s="93">
         <v>1421.357976</v>
       </c>
     </row>
     <row r="457" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B457" s="79"/>
       <c r="C457" s="102"/>
-      <c r="D457" s="230" t="s">
+      <c r="D457" s="138" t="s">
         <v>72</v>
       </c>
-      <c r="E457" s="230"/>
-      <c r="F457" s="230"/>
+      <c r="E457" s="138"/>
+      <c r="F457" s="138"/>
       <c r="G457" s="92">
         <v>20.741526</v>
       </c>
       <c r="H457" s="92">
         <v>97.765000999999998</v>
       </c>
       <c r="I457" s="92">
         <v>105.99800399999999</v>
       </c>
       <c r="J457" s="92">
         <v>351.00932999999998</v>
       </c>
       <c r="K457" s="92">
         <v>241.19109900000001</v>
       </c>
       <c r="L457" s="92">
         <v>219.681895</v>
       </c>
       <c r="M457" s="92">
         <v>254.05422200000001</v>
       </c>
       <c r="N457" s="93">
         <v>1290.441077</v>
       </c>
     </row>
     <row r="458" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B458" s="79"/>
       <c r="C458" s="102"/>
-      <c r="D458" s="230" t="s">
+      <c r="D458" s="138" t="s">
         <v>137</v>
       </c>
-      <c r="E458" s="230"/>
-      <c r="F458" s="230"/>
+      <c r="E458" s="138"/>
+      <c r="F458" s="138"/>
       <c r="G458" s="92">
         <v>1.639157</v>
       </c>
       <c r="H458" s="92">
         <v>5.8627669999999998</v>
       </c>
       <c r="I458" s="92">
         <v>8.071002</v>
       </c>
       <c r="J458" s="92">
         <v>11.782204999999999</v>
       </c>
       <c r="K458" s="92">
         <v>10.494853000000001</v>
       </c>
       <c r="L458" s="92">
         <v>9.3483859999999996</v>
       </c>
       <c r="M458" s="92">
         <v>5.9138469999999996</v>
       </c>
       <c r="N458" s="93">
         <v>53.112217000000001</v>
       </c>
     </row>
     <row r="459" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B459" s="79"/>
       <c r="C459" s="103"/>
-      <c r="D459" s="293" t="s">
+      <c r="D459" s="314" t="s">
         <v>138</v>
       </c>
-      <c r="E459" s="293"/>
-      <c r="F459" s="293"/>
+      <c r="E459" s="314"/>
+      <c r="F459" s="314"/>
       <c r="G459" s="92">
         <v>6.6288260000000001</v>
       </c>
       <c r="H459" s="92">
         <v>13.616516000000001</v>
       </c>
       <c r="I459" s="92">
         <v>13.954777999999999</v>
       </c>
       <c r="J459" s="92">
         <v>15.983739999999999</v>
       </c>
       <c r="K459" s="92">
         <v>13.587225999999999</v>
       </c>
       <c r="L459" s="92">
         <v>9.3450059999999997</v>
       </c>
       <c r="M459" s="92">
         <v>4.6885899999999996</v>
       </c>
       <c r="N459" s="93">
         <v>77.804682</v>
       </c>
     </row>
     <row r="460" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B460" s="79"/>
-      <c r="C460" s="172" t="s">
+      <c r="C460" s="161" t="s">
         <v>150</v>
       </c>
-      <c r="D460" s="244"/>
-[...1 lines deleted...]
-      <c r="F460" s="245"/>
+      <c r="D460" s="319"/>
+      <c r="E460" s="319"/>
+      <c r="F460" s="320"/>
       <c r="G460" s="47">
         <v>1.953894</v>
       </c>
       <c r="H460" s="47">
         <v>4.0450100000000004</v>
       </c>
       <c r="I460" s="47">
         <v>31.941918999999999</v>
       </c>
       <c r="J460" s="47">
         <v>51.305162000000003</v>
       </c>
       <c r="K460" s="47">
         <v>63.553199999999997</v>
       </c>
       <c r="L460" s="47">
         <v>83.892596999999995</v>
       </c>
       <c r="M460" s="47">
         <v>103.750516</v>
       </c>
       <c r="N460" s="84">
         <v>340.44229799999999</v>
       </c>
     </row>
     <row r="461" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B461" s="79"/>
-      <c r="C461" s="247" t="s">
+      <c r="C461" s="311" t="s">
         <v>151</v>
       </c>
-      <c r="D461" s="248"/>
-[...1 lines deleted...]
-      <c r="F461" s="249"/>
+      <c r="D461" s="312"/>
+      <c r="E461" s="312"/>
+      <c r="F461" s="313"/>
       <c r="G461" s="56">
         <v>0</v>
       </c>
       <c r="H461" s="56">
         <v>0</v>
       </c>
       <c r="I461" s="56">
         <v>5.3348E-2</v>
       </c>
       <c r="J461" s="56">
         <v>2.0296000000000002E-2</v>
       </c>
       <c r="K461" s="56">
         <v>0.25448300000000001</v>
       </c>
       <c r="L461" s="56">
         <v>0</v>
       </c>
       <c r="M461" s="56">
         <v>0.29624200000000001</v>
       </c>
       <c r="N461" s="94">
         <v>0.62436899999999995</v>
       </c>
     </row>
@@ -39636,452 +39636,452 @@
       </c>
       <c r="H463" s="42">
         <v>4.4608689999999998</v>
       </c>
       <c r="I463" s="42">
         <v>146.67286999999999</v>
       </c>
       <c r="J463" s="42">
         <v>238.42223000000001</v>
       </c>
       <c r="K463" s="42">
         <v>306.39522099999999</v>
       </c>
       <c r="L463" s="42">
         <v>314.50450699999999</v>
       </c>
       <c r="M463" s="42">
         <v>374.07407999999998</v>
       </c>
       <c r="N463" s="75">
         <v>1386.1125010000001</v>
       </c>
     </row>
     <row r="464" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B464" s="79"/>
-      <c r="C464" s="279" t="s">
+      <c r="C464" s="316" t="s">
         <v>91</v>
       </c>
-      <c r="D464" s="295"/>
-[...1 lines deleted...]
-      <c r="F464" s="280"/>
+      <c r="D464" s="317"/>
+      <c r="E464" s="317"/>
+      <c r="F464" s="318"/>
       <c r="G464" s="92">
         <v>0</v>
       </c>
       <c r="H464" s="92">
         <v>0</v>
       </c>
       <c r="I464" s="92">
         <v>5.7334230000000002</v>
       </c>
       <c r="J464" s="92">
         <v>14.925224</v>
       </c>
       <c r="K464" s="92">
         <v>25.236272</v>
       </c>
       <c r="L464" s="92">
         <v>44.011552999999999</v>
       </c>
       <c r="M464" s="92">
         <v>63.072760000000002</v>
       </c>
       <c r="N464" s="93">
         <v>152.979232</v>
       </c>
     </row>
     <row r="465" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B465" s="79"/>
-      <c r="C465" s="246" t="s">
+      <c r="C465" s="250" t="s">
         <v>92</v>
       </c>
-      <c r="D465" s="230"/>
-[...1 lines deleted...]
-      <c r="F465" s="230"/>
+      <c r="D465" s="138"/>
+      <c r="E465" s="138"/>
+      <c r="F465" s="138"/>
       <c r="G465" s="92">
         <v>0</v>
       </c>
       <c r="H465" s="92">
         <v>0</v>
       </c>
       <c r="I465" s="92">
         <v>0.45250800000000002</v>
       </c>
       <c r="J465" s="92">
         <v>1.2665519999999999</v>
       </c>
       <c r="K465" s="92">
         <v>1.4170309999999999</v>
       </c>
       <c r="L465" s="92">
         <v>3.3660809999999999</v>
       </c>
       <c r="M465" s="92">
         <v>3.253654</v>
       </c>
       <c r="N465" s="93">
         <v>9.7558260000000008</v>
       </c>
     </row>
     <row r="466" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B466" s="79"/>
-      <c r="C466" s="246" t="s">
+      <c r="C466" s="250" t="s">
         <v>93</v>
       </c>
-      <c r="D466" s="230"/>
-[...1 lines deleted...]
-      <c r="F466" s="231"/>
+      <c r="D466" s="138"/>
+      <c r="E466" s="138"/>
+      <c r="F466" s="139"/>
       <c r="G466" s="92">
         <v>0</v>
       </c>
       <c r="H466" s="92">
         <v>0</v>
       </c>
       <c r="I466" s="92">
         <v>72.728313</v>
       </c>
       <c r="J466" s="92">
         <v>119.64086399999999</v>
       </c>
       <c r="K466" s="92">
         <v>92.270767000000006</v>
       </c>
       <c r="L466" s="92">
         <v>65.599417000000003</v>
       </c>
       <c r="M466" s="92">
         <v>55.170019000000003</v>
       </c>
       <c r="N466" s="93">
         <v>405.40938</v>
       </c>
     </row>
     <row r="467" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B467" s="79"/>
-      <c r="C467" s="246" t="s">
+      <c r="C467" s="250" t="s">
         <v>94</v>
       </c>
-      <c r="D467" s="230"/>
-[...1 lines deleted...]
-      <c r="F467" s="230"/>
+      <c r="D467" s="138"/>
+      <c r="E467" s="138"/>
+      <c r="F467" s="138"/>
       <c r="G467" s="92">
         <v>0.175922</v>
       </c>
       <c r="H467" s="92">
         <v>0</v>
       </c>
       <c r="I467" s="92">
         <v>9.5897900000000007</v>
       </c>
       <c r="J467" s="92">
         <v>10.144351</v>
       </c>
       <c r="K467" s="92">
         <v>16.781770999999999</v>
       </c>
       <c r="L467" s="92">
         <v>16.081436</v>
       </c>
       <c r="M467" s="92">
         <v>17.062877</v>
       </c>
       <c r="N467" s="93">
         <v>69.836146999999997</v>
       </c>
     </row>
     <row r="468" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B468" s="79"/>
-      <c r="C468" s="241" t="s">
+      <c r="C468" s="270" t="s">
         <v>156</v>
       </c>
-      <c r="D468" s="242"/>
-[...1 lines deleted...]
-      <c r="F468" s="243"/>
+      <c r="D468" s="271"/>
+      <c r="E468" s="271"/>
+      <c r="F468" s="310"/>
       <c r="G468" s="92">
         <v>1.4068020000000001</v>
       </c>
       <c r="H468" s="92">
         <v>3.7526480000000002</v>
       </c>
       <c r="I468" s="92">
         <v>26.68103</v>
       </c>
       <c r="J468" s="92">
         <v>39.998139000000002</v>
       </c>
       <c r="K468" s="92">
         <v>73.476530999999994</v>
       </c>
       <c r="L468" s="92">
         <v>66.707193000000004</v>
       </c>
       <c r="M468" s="92">
         <v>60.766202</v>
       </c>
       <c r="N468" s="93">
         <v>272.788545</v>
       </c>
     </row>
     <row r="469" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B469" s="79"/>
-      <c r="C469" s="246" t="s">
+      <c r="C469" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="D469" s="230"/>
-[...1 lines deleted...]
-      <c r="F469" s="230"/>
+      <c r="D469" s="138"/>
+      <c r="E469" s="138"/>
+      <c r="F469" s="138"/>
       <c r="G469" s="92">
         <v>0</v>
       </c>
       <c r="H469" s="92">
         <v>0</v>
       </c>
       <c r="I469" s="92">
         <v>2.7161999999999999E-2</v>
       </c>
       <c r="J469" s="92">
         <v>9.8001000000000005E-2</v>
       </c>
       <c r="K469" s="92">
         <v>0</v>
       </c>
       <c r="L469" s="92">
         <v>4.4269000000000003E-2</v>
       </c>
       <c r="M469" s="92">
         <v>3.5739E-2</v>
       </c>
       <c r="N469" s="93">
         <v>0.20517099999999999</v>
       </c>
     </row>
     <row r="470" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B470" s="79"/>
-      <c r="C470" s="241" t="s">
+      <c r="C470" s="270" t="s">
         <v>158</v>
       </c>
-      <c r="D470" s="242"/>
-[...1 lines deleted...]
-      <c r="F470" s="243"/>
+      <c r="D470" s="271"/>
+      <c r="E470" s="271"/>
+      <c r="F470" s="310"/>
       <c r="G470" s="92">
         <v>0</v>
       </c>
       <c r="H470" s="92">
         <v>0.70822099999999999</v>
       </c>
       <c r="I470" s="92">
         <v>26.975273000000001</v>
       </c>
       <c r="J470" s="92">
         <v>26.768332000000001</v>
       </c>
       <c r="K470" s="92">
         <v>40.16507</v>
       </c>
       <c r="L470" s="92">
         <v>22.647995000000002</v>
       </c>
       <c r="M470" s="92">
         <v>33.421194999999997</v>
       </c>
       <c r="N470" s="93">
         <v>150.68608599999999</v>
       </c>
     </row>
     <row r="471" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B471" s="79"/>
-      <c r="C471" s="241" t="s">
+      <c r="C471" s="270" t="s">
         <v>159</v>
       </c>
-      <c r="D471" s="242"/>
-[...1 lines deleted...]
-      <c r="F471" s="243"/>
+      <c r="D471" s="271"/>
+      <c r="E471" s="271"/>
+      <c r="F471" s="310"/>
       <c r="G471" s="92">
         <v>0</v>
       </c>
       <c r="H471" s="92">
         <v>0</v>
       </c>
       <c r="I471" s="92">
         <v>0</v>
       </c>
       <c r="J471" s="92">
         <v>0.13059200000000001</v>
       </c>
       <c r="K471" s="92">
         <v>0.238591</v>
       </c>
       <c r="L471" s="92">
         <v>0.103662</v>
       </c>
       <c r="M471" s="92">
         <v>0</v>
       </c>
       <c r="N471" s="93">
         <v>0.47284500000000002</v>
       </c>
     </row>
     <row r="472" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B472" s="79"/>
-      <c r="C472" s="241" t="s">
+      <c r="C472" s="270" t="s">
         <v>160</v>
       </c>
-      <c r="D472" s="242"/>
-[...1 lines deleted...]
-      <c r="F472" s="243"/>
+      <c r="D472" s="271"/>
+      <c r="E472" s="271"/>
+      <c r="F472" s="310"/>
       <c r="G472" s="92">
         <v>0</v>
       </c>
       <c r="H472" s="92">
         <v>0</v>
       </c>
       <c r="I472" s="92">
         <v>0.36608000000000002</v>
       </c>
       <c r="J472" s="92">
         <v>0.93839399999999995</v>
       </c>
       <c r="K472" s="92">
         <v>1.129726</v>
       </c>
       <c r="L472" s="92">
         <v>2.695929</v>
       </c>
       <c r="M472" s="92">
         <v>2.2432259999999999</v>
       </c>
       <c r="N472" s="93">
         <v>7.3733550000000001</v>
       </c>
     </row>
     <row r="473" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B473" s="79"/>
-      <c r="C473" s="241" t="s">
+      <c r="C473" s="270" t="s">
         <v>161</v>
       </c>
-      <c r="D473" s="242"/>
-[...1 lines deleted...]
-      <c r="F473" s="243"/>
+      <c r="D473" s="271"/>
+      <c r="E473" s="271"/>
+      <c r="F473" s="310"/>
       <c r="G473" s="92">
         <v>0</v>
       </c>
       <c r="H473" s="92">
         <v>0</v>
       </c>
       <c r="I473" s="92">
         <v>0</v>
       </c>
       <c r="J473" s="92">
         <v>0</v>
       </c>
       <c r="K473" s="92">
         <v>0</v>
       </c>
       <c r="L473" s="92">
         <v>0</v>
       </c>
       <c r="M473" s="92">
         <v>0.11594699999999999</v>
       </c>
       <c r="N473" s="93">
         <v>0.11594699999999999</v>
       </c>
     </row>
     <row r="474" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B474" s="79"/>
-      <c r="C474" s="241" t="s">
+      <c r="C474" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D474" s="242"/>
-[...1 lines deleted...]
-      <c r="F474" s="242"/>
+      <c r="D474" s="271"/>
+      <c r="E474" s="271"/>
+      <c r="F474" s="271"/>
       <c r="G474" s="92">
         <v>0</v>
       </c>
       <c r="H474" s="92">
         <v>0</v>
       </c>
       <c r="I474" s="92">
         <v>0</v>
       </c>
       <c r="J474" s="92">
         <v>1.8857820000000001</v>
       </c>
       <c r="K474" s="92">
         <v>28.945684</v>
       </c>
       <c r="L474" s="92">
         <v>38.360585</v>
       </c>
       <c r="M474" s="92">
         <v>53.077978000000002</v>
       </c>
       <c r="N474" s="93">
         <v>122.27002899999999</v>
       </c>
     </row>
     <row r="475" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B475" s="79"/>
-      <c r="C475" s="241" t="s">
+      <c r="C475" s="270" t="s">
         <v>163</v>
       </c>
-      <c r="D475" s="242"/>
-[...1 lines deleted...]
-      <c r="F475" s="242"/>
+      <c r="D475" s="271"/>
+      <c r="E475" s="271"/>
+      <c r="F475" s="271"/>
       <c r="G475" s="92">
         <v>0</v>
       </c>
       <c r="H475" s="92">
         <v>0</v>
       </c>
       <c r="I475" s="92">
         <v>4.1192909999999996</v>
       </c>
       <c r="J475" s="92">
         <v>22.625999</v>
       </c>
       <c r="K475" s="92">
         <v>26.530783</v>
       </c>
       <c r="L475" s="92">
         <v>54.826926999999998</v>
       </c>
       <c r="M475" s="92">
         <v>85.479408000000006</v>
       </c>
       <c r="N475" s="93">
         <v>193.58240799999999</v>
       </c>
     </row>
     <row r="476" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B476" s="104"/>
-      <c r="C476" s="247" t="s">
+      <c r="C476" s="311" t="s">
         <v>164</v>
       </c>
-      <c r="D476" s="248"/>
-[...1 lines deleted...]
-      <c r="F476" s="249"/>
+      <c r="D476" s="312"/>
+      <c r="E476" s="312"/>
+      <c r="F476" s="313"/>
       <c r="G476" s="92">
         <v>0</v>
       </c>
       <c r="H476" s="92">
         <v>0</v>
       </c>
       <c r="I476" s="92">
         <v>0</v>
       </c>
       <c r="J476" s="92">
         <v>0</v>
       </c>
       <c r="K476" s="92">
         <v>0.20299500000000001</v>
       </c>
       <c r="L476" s="92">
         <v>5.9459999999999999E-2</v>
       </c>
       <c r="M476" s="92">
         <v>0.37507499999999999</v>
       </c>
       <c r="N476" s="93">
         <v>0.63753000000000004</v>
       </c>
     </row>
@@ -40094,188 +40094,188 @@
       </c>
       <c r="H477" s="42">
         <v>0</v>
       </c>
       <c r="I477" s="42">
         <v>80.907337999999996</v>
       </c>
       <c r="J477" s="42">
         <v>194.25940900000001</v>
       </c>
       <c r="K477" s="42">
         <v>554.27752199999998</v>
       </c>
       <c r="L477" s="42">
         <v>928.39945399999999</v>
       </c>
       <c r="M477" s="42">
         <v>1029.655755</v>
       </c>
       <c r="N477" s="75">
         <v>2787.4994780000002</v>
       </c>
     </row>
     <row r="478" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B478" s="79"/>
-      <c r="C478" s="250" t="s">
+      <c r="C478" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D478" s="251"/>
-[...1 lines deleted...]
-      <c r="F478" s="251"/>
+      <c r="D478" s="269"/>
+      <c r="E478" s="269"/>
+      <c r="F478" s="269"/>
       <c r="G478" s="51">
         <v>0</v>
       </c>
       <c r="H478" s="51">
         <v>0</v>
       </c>
       <c r="I478" s="51">
         <v>6.6542320000000004</v>
       </c>
       <c r="J478" s="51">
         <v>31.125378000000001</v>
       </c>
       <c r="K478" s="51">
         <v>245.667529</v>
       </c>
       <c r="L478" s="51">
         <v>435.42488600000001</v>
       </c>
       <c r="M478" s="51">
         <v>491.96345100000002</v>
       </c>
       <c r="N478" s="71">
         <v>1210.835476</v>
       </c>
     </row>
     <row r="479" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B479" s="79"/>
-      <c r="C479" s="246" t="s">
+      <c r="C479" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D479" s="230"/>
-[...1 lines deleted...]
-      <c r="F479" s="230"/>
+      <c r="D479" s="138"/>
+      <c r="E479" s="138"/>
+      <c r="F479" s="138"/>
       <c r="G479" s="92">
         <v>0</v>
       </c>
       <c r="H479" s="92">
         <v>0</v>
       </c>
       <c r="I479" s="92">
         <v>70.338278000000003</v>
       </c>
       <c r="J479" s="92">
         <v>156.007665</v>
       </c>
       <c r="K479" s="92">
         <v>291.90865300000002</v>
       </c>
       <c r="L479" s="92">
         <v>390.30857500000002</v>
       </c>
       <c r="M479" s="92">
         <v>362.60639700000002</v>
       </c>
       <c r="N479" s="93">
         <v>1271.169568</v>
       </c>
     </row>
     <row r="480" spans="2:14" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B480" s="79"/>
-      <c r="C480" s="246" t="s">
+      <c r="C480" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D480" s="230"/>
-[...1 lines deleted...]
-      <c r="F480" s="230"/>
+      <c r="D480" s="138"/>
+      <c r="E480" s="138"/>
+      <c r="F480" s="138"/>
       <c r="G480" s="92">
         <v>0</v>
       </c>
       <c r="H480" s="92">
         <v>0</v>
       </c>
       <c r="I480" s="92">
         <v>0</v>
       </c>
       <c r="J480" s="92">
         <v>0</v>
       </c>
       <c r="K480" s="92">
         <v>0</v>
       </c>
       <c r="L480" s="92">
         <v>0</v>
       </c>
       <c r="M480" s="92">
         <v>0</v>
       </c>
       <c r="N480" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="481" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B481" s="79"/>
-      <c r="C481" s="246" t="s">
+      <c r="C481" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D481" s="230"/>
-[...1 lines deleted...]
-      <c r="F481" s="230"/>
+      <c r="D481" s="138"/>
+      <c r="E481" s="138"/>
+      <c r="F481" s="138"/>
       <c r="G481" s="92">
         <v>0</v>
       </c>
       <c r="H481" s="92">
         <v>0</v>
       </c>
       <c r="I481" s="92">
         <v>3.914828</v>
       </c>
       <c r="J481" s="92">
         <v>7.126366</v>
       </c>
       <c r="K481" s="92">
         <v>16.701339999999998</v>
       </c>
       <c r="L481" s="92">
         <v>102.665993</v>
       </c>
       <c r="M481" s="92">
         <v>175.08590699999999</v>
       </c>
       <c r="N481" s="93">
         <v>305.49443400000001</v>
       </c>
     </row>
     <row r="482" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1" thickBot="1">
-      <c r="B482" s="252" t="s">
+      <c r="B482" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C482" s="253"/>
-[...2 lines deleted...]
-      <c r="F482" s="254"/>
+      <c r="C482" s="255"/>
+      <c r="D482" s="255"/>
+      <c r="E482" s="255"/>
+      <c r="F482" s="293"/>
       <c r="G482" s="63">
         <v>130.53039699999999</v>
       </c>
       <c r="H482" s="63">
         <v>468.37002999999999</v>
       </c>
       <c r="I482" s="63">
         <v>1329.0142289999999</v>
       </c>
       <c r="J482" s="63">
         <v>2680.943252</v>
       </c>
       <c r="K482" s="63">
         <v>2781.380827</v>
       </c>
       <c r="L482" s="63">
         <v>3127.8285219999998</v>
       </c>
       <c r="M482" s="63">
         <v>3897.0004509999999</v>
       </c>
       <c r="N482" s="76">
         <v>14415.067708</v>
       </c>
     </row>
@@ -40319,1698 +40319,1689 @@
       <c r="E486" s="109"/>
       <c r="F486" s="109"/>
       <c r="G486" s="109"/>
       <c r="H486" s="109"/>
       <c r="I486" s="109"/>
       <c r="J486" s="109"/>
       <c r="K486" s="109"/>
       <c r="L486" s="109"/>
       <c r="M486" s="109"/>
       <c r="N486" s="109"/>
       <c r="O486" s="109"/>
     </row>
     <row r="487" spans="1:15" s="18" customFormat="1" ht="13.5" customHeight="1" thickBot="1">
       <c r="A487" s="18" t="s">
         <v>120</v>
       </c>
       <c r="B487" s="24"/>
       <c r="C487" s="24"/>
       <c r="D487" s="24"/>
       <c r="E487" s="24"/>
       <c r="F487" s="24"/>
       <c r="G487" s="113"/>
       <c r="H487" s="113"/>
       <c r="I487" s="113"/>
       <c r="O487" s="22" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="488" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B488" s="297"/>
-[...4 lines deleted...]
-      <c r="G488" s="300" t="s">
+      <c r="B488" s="294"/>
+      <c r="C488" s="295"/>
+      <c r="D488" s="295"/>
+      <c r="E488" s="295"/>
+      <c r="F488" s="296"/>
+      <c r="G488" s="297" t="s">
         <v>121</v>
       </c>
-      <c r="H488" s="298"/>
-[...1 lines deleted...]
-      <c r="J488" s="300" t="s">
+      <c r="H488" s="295"/>
+      <c r="I488" s="296"/>
+      <c r="J488" s="297" t="s">
         <v>41</v>
       </c>
-      <c r="K488" s="298"/>
-[...1 lines deleted...]
-      <c r="M488" s="302" t="s">
+      <c r="K488" s="295"/>
+      <c r="L488" s="298"/>
+      <c r="M488" s="299" t="s">
         <v>104</v>
       </c>
-      <c r="N488" s="298"/>
-      <c r="O488" s="303"/>
+      <c r="N488" s="295"/>
+      <c r="O488" s="300"/>
     </row>
     <row r="489" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B489" s="304" t="s">
+      <c r="B489" s="301" t="s">
         <v>122</v>
       </c>
-      <c r="C489" s="305"/>
-[...3 lines deleted...]
-      <c r="G489" s="307">
+      <c r="C489" s="302"/>
+      <c r="D489" s="302"/>
+      <c r="E489" s="302"/>
+      <c r="F489" s="303"/>
+      <c r="G489" s="304">
         <v>2539.7644409999998</v>
       </c>
-      <c r="H489" s="308">
-[...5 lines deleted...]
-      <c r="J489" s="307">
+      <c r="H489" s="305">
+        <v>0</v>
+      </c>
+      <c r="I489" s="306">
+        <v>0</v>
+      </c>
+      <c r="J489" s="304">
         <v>22445.883860000002</v>
       </c>
-      <c r="K489" s="308">
-[...5 lines deleted...]
-      <c r="M489" s="311">
+      <c r="K489" s="305">
+        <v>0</v>
+      </c>
+      <c r="L489" s="307">
+        <v>0</v>
+      </c>
+      <c r="M489" s="308">
         <v>24985.648301000001</v>
       </c>
-      <c r="N489" s="308">
-[...2 lines deleted...]
-      <c r="O489" s="312">
+      <c r="N489" s="305">
+        <v>0</v>
+      </c>
+      <c r="O489" s="309">
         <v>0</v>
       </c>
     </row>
     <row r="490" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B490" s="313" t="s">
+      <c r="B490" s="274" t="s">
         <v>123</v>
       </c>
-      <c r="C490" s="314"/>
-[...3 lines deleted...]
-      <c r="G490" s="316">
+      <c r="C490" s="275"/>
+      <c r="D490" s="275"/>
+      <c r="E490" s="275"/>
+      <c r="F490" s="276"/>
+      <c r="G490" s="277">
         <v>7.2000000000000002E-5</v>
       </c>
-      <c r="H490" s="317">
-[...5 lines deleted...]
-      <c r="J490" s="316">
+      <c r="H490" s="278">
+        <v>0</v>
+      </c>
+      <c r="I490" s="279">
+        <v>0</v>
+      </c>
+      <c r="J490" s="277">
         <v>2.5892999999999999E-2</v>
       </c>
-      <c r="K490" s="317">
-[...5 lines deleted...]
-      <c r="M490" s="320">
+      <c r="K490" s="278">
+        <v>0</v>
+      </c>
+      <c r="L490" s="280">
+        <v>0</v>
+      </c>
+      <c r="M490" s="281">
         <v>2.5964999999999998E-2</v>
       </c>
-      <c r="N490" s="317">
-[...2 lines deleted...]
-      <c r="O490" s="321">
+      <c r="N490" s="278">
+        <v>0</v>
+      </c>
+      <c r="O490" s="282">
         <v>0</v>
       </c>
     </row>
     <row r="491" spans="1:15" s="18" customFormat="1" ht="11.25">
-      <c r="B491" s="240" t="s">
+      <c r="B491" s="256" t="s">
         <v>124</v>
       </c>
-      <c r="C491" s="240"/>
-[...11 lines deleted...]
-      <c r="O491" s="240"/>
+      <c r="C491" s="256"/>
+      <c r="D491" s="256"/>
+      <c r="E491" s="256"/>
+      <c r="F491" s="256"/>
+      <c r="G491" s="256"/>
+      <c r="H491" s="256"/>
+      <c r="I491" s="256"/>
+      <c r="J491" s="256"/>
+      <c r="K491" s="256"/>
+      <c r="L491" s="256"/>
+      <c r="M491" s="256"/>
+      <c r="N491" s="256"/>
+      <c r="O491" s="256"/>
     </row>
     <row r="492" spans="1:15" s="18" customFormat="1" ht="7.5" customHeight="1">
       <c r="B492" s="88"/>
       <c r="C492" s="88"/>
       <c r="D492" s="88"/>
       <c r="E492" s="88"/>
       <c r="F492" s="88"/>
       <c r="G492" s="88"/>
       <c r="H492" s="88"/>
       <c r="I492" s="88"/>
       <c r="J492" s="88"/>
       <c r="K492" s="88"/>
       <c r="L492" s="96"/>
       <c r="M492" s="88"/>
       <c r="N492" s="88"/>
       <c r="O492" s="88"/>
     </row>
     <row r="493" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A493" s="18" t="s">
         <v>125</v>
       </c>
       <c r="B493" s="88"/>
       <c r="C493" s="88"/>
       <c r="D493" s="88"/>
       <c r="E493" s="88"/>
       <c r="F493" s="88"/>
       <c r="G493" s="88"/>
       <c r="H493" s="88"/>
       <c r="I493" s="88"/>
       <c r="J493" s="22"/>
       <c r="L493" s="22" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="M493" s="88"/>
       <c r="N493" s="88"/>
     </row>
     <row r="494" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B494" s="196"/>
-[...4 lines deleted...]
-      <c r="G494" s="323" t="s">
+      <c r="B494" s="174"/>
+      <c r="C494" s="175"/>
+      <c r="D494" s="175"/>
+      <c r="E494" s="175"/>
+      <c r="F494" s="283"/>
+      <c r="G494" s="284" t="s">
         <v>104</v>
       </c>
-      <c r="H494" s="324"/>
-[...3 lines deleted...]
-      <c r="L494" s="325"/>
+      <c r="H494" s="285"/>
+      <c r="I494" s="285"/>
+      <c r="J494" s="285"/>
+      <c r="K494" s="285"/>
+      <c r="L494" s="286"/>
       <c r="M494" s="79"/>
     </row>
     <row r="495" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B495" s="326" t="s">
+      <c r="B495" s="287" t="s">
         <v>112</v>
       </c>
-      <c r="C495" s="327"/>
-[...3 lines deleted...]
-      <c r="G495" s="329">
+      <c r="C495" s="288"/>
+      <c r="D495" s="288"/>
+      <c r="E495" s="288"/>
+      <c r="F495" s="289"/>
+      <c r="G495" s="290">
         <v>7903.259771</v>
       </c>
-      <c r="H495" s="330"/>
-[...3 lines deleted...]
-      <c r="L495" s="331"/>
+      <c r="H495" s="291"/>
+      <c r="I495" s="291"/>
+      <c r="J495" s="291"/>
+      <c r="K495" s="291"/>
+      <c r="L495" s="292"/>
       <c r="M495" s="114"/>
       <c r="N495" s="115"/>
       <c r="O495" s="115"/>
     </row>
     <row r="496" spans="1:15" s="18" customFormat="1" ht="6.75" customHeight="1">
       <c r="B496" s="88"/>
       <c r="C496" s="88"/>
       <c r="D496" s="88"/>
       <c r="E496" s="88"/>
       <c r="F496" s="88"/>
       <c r="G496" s="88"/>
       <c r="H496" s="88"/>
       <c r="I496" s="88"/>
       <c r="J496" s="88"/>
       <c r="K496" s="88"/>
       <c r="L496" s="96"/>
       <c r="M496" s="88"/>
       <c r="N496" s="88"/>
       <c r="O496" s="88"/>
     </row>
     <row r="497" spans="1:14" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A497" s="18" t="s">
         <v>126</v>
       </c>
       <c r="B497" s="88"/>
       <c r="C497" s="88"/>
       <c r="D497" s="88"/>
       <c r="E497" s="88"/>
       <c r="F497" s="88"/>
       <c r="G497" s="88"/>
       <c r="H497" s="88"/>
       <c r="I497" s="88"/>
       <c r="J497" s="88"/>
       <c r="K497" s="88"/>
       <c r="L497" s="96"/>
       <c r="M497" s="88"/>
       <c r="N497" s="22" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="498" spans="1:14" s="18" customFormat="1" ht="18" customHeight="1">
-      <c r="B498" s="255" t="s">
+      <c r="B498" s="272" t="s">
         <v>103</v>
       </c>
-      <c r="C498" s="256"/>
-[...2 lines deleted...]
-      <c r="F498" s="256"/>
+      <c r="C498" s="273"/>
+      <c r="D498" s="273"/>
+      <c r="E498" s="273"/>
+      <c r="F498" s="273"/>
       <c r="G498" s="28" t="s">
         <v>13</v>
       </c>
       <c r="H498" s="28" t="s">
         <v>14</v>
       </c>
       <c r="I498" s="28" t="s">
         <v>15</v>
       </c>
       <c r="J498" s="28" t="s">
         <v>16</v>
       </c>
       <c r="K498" s="28" t="s">
         <v>17</v>
       </c>
       <c r="L498" s="28" t="s">
         <v>18</v>
       </c>
       <c r="M498" s="28" t="s">
         <v>19</v>
       </c>
       <c r="N498" s="29" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="499" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
-      <c r="B499" s="291" t="s">
+      <c r="B499" s="266" t="s">
         <v>42</v>
       </c>
-      <c r="C499" s="292"/>
-[...2 lines deleted...]
-      <c r="F499" s="292"/>
+      <c r="C499" s="267"/>
+      <c r="D499" s="267"/>
+      <c r="E499" s="267"/>
+      <c r="F499" s="267"/>
       <c r="G499" s="116">
         <v>0.57223599999999997</v>
       </c>
       <c r="H499" s="116">
         <v>3.345574</v>
       </c>
       <c r="I499" s="116">
         <v>467.095237</v>
       </c>
       <c r="J499" s="116">
         <v>831.48999100000003</v>
       </c>
       <c r="K499" s="116">
         <v>2698.9261900000001</v>
       </c>
       <c r="L499" s="116">
         <v>3759.424172</v>
       </c>
       <c r="M499" s="116">
         <v>2268.4562879999999</v>
       </c>
       <c r="N499" s="93">
         <v>10029.309687999999</v>
       </c>
     </row>
     <row r="500" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B500" s="79"/>
-      <c r="C500" s="250" t="s">
+      <c r="C500" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D500" s="251"/>
-[...1 lines deleted...]
-      <c r="F500" s="251"/>
+      <c r="D500" s="269"/>
+      <c r="E500" s="269"/>
+      <c r="F500" s="269"/>
       <c r="G500" s="117">
         <v>0</v>
       </c>
       <c r="H500" s="117">
         <v>0</v>
       </c>
       <c r="I500" s="117">
         <v>60.212014000000003</v>
       </c>
       <c r="J500" s="117">
         <v>177.64890800000001</v>
       </c>
       <c r="K500" s="117">
         <v>1664.3647779999999</v>
       </c>
       <c r="L500" s="117">
         <v>2480.9983130000001</v>
       </c>
       <c r="M500" s="117">
         <v>1525.0970850000001</v>
       </c>
       <c r="N500" s="71">
         <v>5908.3210980000003</v>
       </c>
     </row>
     <row r="501" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B501" s="79"/>
-      <c r="C501" s="246" t="s">
+      <c r="C501" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D501" s="230"/>
-[...1 lines deleted...]
-      <c r="F501" s="230"/>
+      <c r="D501" s="138"/>
+      <c r="E501" s="138"/>
+      <c r="F501" s="138"/>
       <c r="G501" s="116">
         <v>5.2750000000000002E-3</v>
       </c>
       <c r="H501" s="116">
         <v>0</v>
       </c>
       <c r="I501" s="116">
         <v>336.14961799999998</v>
       </c>
       <c r="J501" s="116">
         <v>513.38487999999995</v>
       </c>
       <c r="K501" s="116">
         <v>616.86883899999998</v>
       </c>
       <c r="L501" s="116">
         <v>709.17629099999999</v>
       </c>
       <c r="M501" s="116">
         <v>360.89864399999999</v>
       </c>
       <c r="N501" s="93">
         <v>2536.4835469999998</v>
       </c>
     </row>
     <row r="502" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B502" s="79"/>
-      <c r="C502" s="246" t="s">
+      <c r="C502" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D502" s="230"/>
-[...1 lines deleted...]
-      <c r="F502" s="230"/>
+      <c r="D502" s="138"/>
+      <c r="E502" s="138"/>
+      <c r="F502" s="138"/>
       <c r="G502" s="116">
         <v>0</v>
       </c>
       <c r="H502" s="116">
         <v>0</v>
       </c>
       <c r="I502" s="116">
         <v>0</v>
       </c>
       <c r="J502" s="116">
         <v>0</v>
       </c>
       <c r="K502" s="116">
         <v>0</v>
       </c>
       <c r="L502" s="116">
         <v>-8.6129999999999998E-2</v>
       </c>
       <c r="M502" s="116">
         <v>0.10122</v>
       </c>
       <c r="N502" s="93">
         <v>1.5089999999999999E-2</v>
       </c>
     </row>
     <row r="503" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B503" s="79"/>
-      <c r="C503" s="246" t="s">
+      <c r="C503" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D503" s="230"/>
-[...1 lines deleted...]
-      <c r="F503" s="231"/>
+      <c r="D503" s="138"/>
+      <c r="E503" s="138"/>
+      <c r="F503" s="139"/>
       <c r="G503" s="116">
         <v>0</v>
       </c>
       <c r="H503" s="116">
         <v>0</v>
       </c>
       <c r="I503" s="116">
         <v>11.598936999999999</v>
       </c>
       <c r="J503" s="116">
         <v>20.97662</v>
       </c>
       <c r="K503" s="116">
         <v>42.936970000000002</v>
       </c>
       <c r="L503" s="116">
         <v>155.46034399999999</v>
       </c>
       <c r="M503" s="116">
         <v>163.30653599999999</v>
       </c>
       <c r="N503" s="93">
         <v>394.27940699999999</v>
       </c>
     </row>
     <row r="504" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B504" s="79"/>
-      <c r="C504" s="241" t="s">
+      <c r="C504" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D504" s="242"/>
-[...1 lines deleted...]
-      <c r="F504" s="242"/>
+      <c r="D504" s="271"/>
+      <c r="E504" s="271"/>
+      <c r="F504" s="271"/>
       <c r="G504" s="116">
         <v>0</v>
       </c>
       <c r="H504" s="116">
         <v>0</v>
       </c>
       <c r="I504" s="116">
         <v>3.7110750000000001</v>
       </c>
       <c r="J504" s="116">
         <v>11.881109</v>
       </c>
       <c r="K504" s="116">
         <v>150.79494299999999</v>
       </c>
       <c r="L504" s="116">
         <v>238.156239</v>
       </c>
       <c r="M504" s="116">
         <v>148.46509599999999</v>
       </c>
       <c r="N504" s="93">
         <v>553.00846200000001</v>
       </c>
     </row>
     <row r="505" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B505" s="79"/>
-      <c r="C505" s="246" t="s">
+      <c r="C505" s="250" t="s">
         <v>68</v>
       </c>
-      <c r="D505" s="230"/>
-[...1 lines deleted...]
-      <c r="F505" s="230"/>
+      <c r="D505" s="138"/>
+      <c r="E505" s="138"/>
+      <c r="F505" s="138"/>
       <c r="G505" s="116">
         <v>0.52178400000000003</v>
       </c>
       <c r="H505" s="116">
         <v>3.1778849999999998</v>
       </c>
       <c r="I505" s="116">
         <v>50.778942000000001</v>
       </c>
       <c r="J505" s="116">
         <v>99.691919999999996</v>
       </c>
       <c r="K505" s="116">
         <v>213.87648899999999</v>
       </c>
       <c r="L505" s="116">
         <v>166.962253</v>
       </c>
       <c r="M505" s="116">
         <v>65.635409999999993</v>
       </c>
       <c r="N505" s="93">
         <v>600.64468299999999</v>
       </c>
     </row>
     <row r="506" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B506" s="79"/>
-      <c r="C506" s="246" t="s">
+      <c r="C506" s="250" t="s">
         <v>69</v>
       </c>
-      <c r="D506" s="230"/>
-[...1 lines deleted...]
-      <c r="F506" s="230"/>
+      <c r="D506" s="138"/>
+      <c r="E506" s="138"/>
+      <c r="F506" s="138"/>
       <c r="G506" s="116">
         <v>4.5177000000000002E-2</v>
       </c>
       <c r="H506" s="116">
         <v>0.16544900000000001</v>
       </c>
       <c r="I506" s="116">
         <v>4.5899799999999997</v>
       </c>
       <c r="J506" s="116">
         <v>7.8071799999999998</v>
       </c>
       <c r="K506" s="116">
         <v>9.8070710000000005</v>
       </c>
       <c r="L506" s="116">
         <v>8.3548360000000006</v>
       </c>
       <c r="M506" s="116">
         <v>4.5890050000000002</v>
       </c>
       <c r="N506" s="93">
         <v>35.358697999999997</v>
       </c>
     </row>
     <row r="507" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B507" s="79"/>
-      <c r="C507" s="246" t="s">
+      <c r="C507" s="250" t="s">
         <v>70</v>
       </c>
-      <c r="D507" s="230"/>
-[...1 lines deleted...]
-      <c r="F507" s="231"/>
+      <c r="D507" s="138"/>
+      <c r="E507" s="138"/>
+      <c r="F507" s="139"/>
       <c r="G507" s="116">
         <v>0</v>
       </c>
       <c r="H507" s="116">
         <v>0</v>
       </c>
       <c r="I507" s="116">
         <v>2.1129999999999999E-2</v>
       </c>
       <c r="J507" s="116">
         <v>6.4052999999999999E-2</v>
       </c>
       <c r="K507" s="116">
         <v>0.210145</v>
       </c>
       <c r="L507" s="116">
         <v>0.31377300000000002</v>
       </c>
       <c r="M507" s="116">
         <v>0.30561199999999999</v>
       </c>
       <c r="N507" s="93">
         <v>0.914713</v>
       </c>
     </row>
     <row r="508" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B508" s="79"/>
-      <c r="C508" s="246" t="s">
+      <c r="C508" s="250" t="s">
         <v>71</v>
       </c>
-      <c r="D508" s="230"/>
-[...1 lines deleted...]
-      <c r="F508" s="230"/>
+      <c r="D508" s="138"/>
+      <c r="E508" s="138"/>
+      <c r="F508" s="138"/>
       <c r="G508" s="116">
         <v>0</v>
       </c>
       <c r="H508" s="116">
         <v>2.2399999999999998E-3</v>
       </c>
       <c r="I508" s="116">
         <v>3.3541000000000001E-2</v>
       </c>
       <c r="J508" s="116">
         <v>3.5320999999999998E-2</v>
       </c>
       <c r="K508" s="116">
         <v>6.6955000000000001E-2</v>
       </c>
       <c r="L508" s="116">
         <v>8.8252999999999998E-2</v>
       </c>
       <c r="M508" s="116">
         <v>5.7680000000000002E-2</v>
       </c>
       <c r="N508" s="93">
         <v>0.28399000000000002</v>
       </c>
     </row>
     <row r="509" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
-      <c r="B509" s="291" t="s">
+      <c r="B509" s="266" t="s">
         <v>127</v>
       </c>
-      <c r="C509" s="292"/>
-[...2 lines deleted...]
-      <c r="F509" s="292"/>
+      <c r="C509" s="267"/>
+      <c r="D509" s="267"/>
+      <c r="E509" s="267"/>
+      <c r="F509" s="267"/>
       <c r="G509" s="118">
         <v>0.97651399999999999</v>
       </c>
       <c r="H509" s="118">
         <v>5.3194629999999998</v>
       </c>
       <c r="I509" s="118">
         <v>244.23329100000001</v>
       </c>
       <c r="J509" s="118">
         <v>505.85195199999998</v>
       </c>
       <c r="K509" s="118">
         <v>2550.0129350000002</v>
       </c>
       <c r="L509" s="118">
         <v>3475.7972500000001</v>
       </c>
       <c r="M509" s="118">
         <v>2074.7146050000001</v>
       </c>
       <c r="N509" s="75">
         <v>8856.9060100000006</v>
       </c>
     </row>
     <row r="510" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B510" s="79"/>
-      <c r="C510" s="250" t="s">
+      <c r="C510" s="268" t="s">
         <v>36</v>
       </c>
-      <c r="D510" s="251"/>
-[...1 lines deleted...]
-      <c r="F510" s="251"/>
+      <c r="D510" s="269"/>
+      <c r="E510" s="269"/>
+      <c r="F510" s="269"/>
       <c r="G510" s="116">
         <v>0</v>
       </c>
       <c r="H510" s="116">
         <v>0</v>
       </c>
       <c r="I510" s="116">
         <v>68.543379999999999</v>
       </c>
       <c r="J510" s="116">
         <v>204.74470099999999</v>
       </c>
       <c r="K510" s="116">
         <v>1862.8466579999999</v>
       </c>
       <c r="L510" s="116">
         <v>2695.4586210000002</v>
       </c>
       <c r="M510" s="116">
         <v>1635.3051760000001</v>
       </c>
       <c r="N510" s="93">
         <v>6466.8985359999997</v>
       </c>
     </row>
     <row r="511" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B511" s="79"/>
-      <c r="C511" s="246" t="s">
+      <c r="C511" s="250" t="s">
         <v>37</v>
       </c>
-      <c r="D511" s="230"/>
-[...1 lines deleted...]
-      <c r="F511" s="230"/>
+      <c r="D511" s="138"/>
+      <c r="E511" s="138"/>
+      <c r="F511" s="138"/>
       <c r="G511" s="116">
         <v>2.1849999999999999E-3</v>
       </c>
       <c r="H511" s="116">
         <v>0</v>
       </c>
       <c r="I511" s="116">
         <v>87.852980000000002</v>
       </c>
       <c r="J511" s="116">
         <v>129.96560600000001</v>
       </c>
       <c r="K511" s="116">
         <v>143.20731499999999</v>
       </c>
       <c r="L511" s="116">
         <v>160.06864100000001</v>
       </c>
       <c r="M511" s="116">
         <v>81.413235999999998</v>
       </c>
       <c r="N511" s="93">
         <v>602.50996299999997</v>
       </c>
     </row>
     <row r="512" spans="1:14" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B512" s="79"/>
-      <c r="C512" s="246" t="s">
+      <c r="C512" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="D512" s="230"/>
-[...1 lines deleted...]
-      <c r="F512" s="230"/>
+      <c r="D512" s="138"/>
+      <c r="E512" s="138"/>
+      <c r="F512" s="138"/>
       <c r="G512" s="116">
         <v>0</v>
       </c>
       <c r="H512" s="116">
         <v>0</v>
       </c>
       <c r="I512" s="116">
         <v>0</v>
       </c>
       <c r="J512" s="116">
         <v>0</v>
       </c>
       <c r="K512" s="116">
         <v>0</v>
       </c>
       <c r="L512" s="116">
         <v>-6.6699999999999995E-2</v>
       </c>
       <c r="M512" s="116">
         <v>2.095E-2</v>
       </c>
       <c r="N512" s="93">
         <v>-4.5749999999999999E-2</v>
       </c>
     </row>
     <row r="513" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B513" s="79"/>
-      <c r="C513" s="246" t="s">
+      <c r="C513" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D513" s="230"/>
-[...1 lines deleted...]
-      <c r="F513" s="231"/>
+      <c r="D513" s="138"/>
+      <c r="E513" s="138"/>
+      <c r="F513" s="139"/>
       <c r="G513" s="116">
         <v>0</v>
       </c>
       <c r="H513" s="116">
         <v>0</v>
       </c>
       <c r="I513" s="116">
         <v>2.5003129999999998</v>
       </c>
       <c r="J513" s="116">
         <v>4.5999720000000002</v>
       </c>
       <c r="K513" s="116">
         <v>8.0187120000000007</v>
       </c>
       <c r="L513" s="116">
         <v>24.473078999999998</v>
       </c>
       <c r="M513" s="116">
         <v>26.260439999999999</v>
       </c>
       <c r="N513" s="93">
         <v>65.852515999999994</v>
       </c>
     </row>
     <row r="514" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B514" s="79"/>
-      <c r="C514" s="241" t="s">
+      <c r="C514" s="270" t="s">
         <v>95</v>
       </c>
-      <c r="D514" s="242"/>
-[...1 lines deleted...]
-      <c r="F514" s="242"/>
+      <c r="D514" s="271"/>
+      <c r="E514" s="271"/>
+      <c r="F514" s="271"/>
       <c r="G514" s="116">
         <v>0</v>
       </c>
       <c r="H514" s="116">
         <v>0</v>
       </c>
       <c r="I514" s="116">
         <v>5.7246860000000002</v>
       </c>
       <c r="J514" s="116">
         <v>17.670760999999999</v>
       </c>
       <c r="K514" s="116">
         <v>226.36890399999999</v>
       </c>
       <c r="L514" s="116">
         <v>356.49682799999999</v>
       </c>
       <c r="M514" s="116">
         <v>230.18136699999999</v>
       </c>
       <c r="N514" s="93">
         <v>836.44254599999999</v>
       </c>
     </row>
     <row r="515" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B515" s="79"/>
-      <c r="C515" s="246" t="s">
+      <c r="C515" s="250" t="s">
         <v>68</v>
       </c>
-      <c r="D515" s="230"/>
-[...1 lines deleted...]
-      <c r="F515" s="230"/>
+      <c r="D515" s="138"/>
+      <c r="E515" s="138"/>
+      <c r="F515" s="138"/>
       <c r="G515" s="116">
         <v>0.94299100000000002</v>
       </c>
       <c r="H515" s="116">
         <v>5.1712300000000004</v>
       </c>
       <c r="I515" s="116">
         <v>77.166656000000003</v>
       </c>
       <c r="J515" s="116">
         <v>144.65219200000001</v>
       </c>
       <c r="K515" s="116">
         <v>304.56877200000002</v>
       </c>
       <c r="L515" s="116">
         <v>234.706782</v>
       </c>
       <c r="M515" s="116">
         <v>98.523415</v>
       </c>
       <c r="N515" s="93">
         <v>865.73203799999999</v>
       </c>
     </row>
     <row r="516" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B516" s="79"/>
-      <c r="C516" s="246" t="s">
+      <c r="C516" s="250" t="s">
         <v>69</v>
       </c>
-      <c r="D516" s="230"/>
-[...1 lines deleted...]
-      <c r="F516" s="230"/>
+      <c r="D516" s="138"/>
+      <c r="E516" s="138"/>
+      <c r="F516" s="138"/>
       <c r="G516" s="116">
         <v>3.1337999999999998E-2</v>
       </c>
       <c r="H516" s="116">
         <v>0.14713799999999999</v>
       </c>
       <c r="I516" s="116">
         <v>2.4197009999999999</v>
       </c>
       <c r="J516" s="116">
         <v>4.1529860000000003</v>
       </c>
       <c r="K516" s="116">
         <v>4.8902219999999996</v>
       </c>
       <c r="L516" s="116">
         <v>4.5226069999999998</v>
       </c>
       <c r="M516" s="116">
         <v>2.9124680000000001</v>
       </c>
       <c r="N516" s="93">
         <v>19.076460000000001</v>
       </c>
     </row>
     <row r="517" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B517" s="79"/>
-      <c r="C517" s="246" t="s">
+      <c r="C517" s="250" t="s">
         <v>70</v>
       </c>
-      <c r="D517" s="230"/>
-[...1 lines deleted...]
-      <c r="F517" s="230"/>
+      <c r="D517" s="138"/>
+      <c r="E517" s="138"/>
+      <c r="F517" s="138"/>
       <c r="G517" s="116">
         <v>0</v>
       </c>
       <c r="H517" s="116">
         <v>0</v>
       </c>
       <c r="I517" s="116">
         <v>4.4120000000000001E-3</v>
       </c>
       <c r="J517" s="116">
         <v>4.3015999999999999E-2</v>
       </c>
       <c r="K517" s="116">
         <v>4.8714E-2</v>
       </c>
       <c r="L517" s="116">
         <v>7.8673999999999994E-2</v>
       </c>
       <c r="M517" s="116">
         <v>6.0561999999999998E-2</v>
       </c>
       <c r="N517" s="93">
         <v>0.235378</v>
       </c>
     </row>
     <row r="518" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1">
       <c r="B518" s="79"/>
-      <c r="C518" s="332" t="s">
+      <c r="C518" s="251" t="s">
         <v>71</v>
       </c>
-      <c r="D518" s="333"/>
-[...1 lines deleted...]
-      <c r="F518" s="334"/>
+      <c r="D518" s="252"/>
+      <c r="E518" s="252"/>
+      <c r="F518" s="253"/>
       <c r="G518" s="116">
         <v>0</v>
       </c>
       <c r="H518" s="116">
         <v>1.0950000000000001E-3</v>
       </c>
       <c r="I518" s="116">
         <v>2.1163000000000001E-2</v>
       </c>
       <c r="J518" s="116">
         <v>2.2717999999999999E-2</v>
       </c>
       <c r="K518" s="116">
         <v>6.3638E-2</v>
       </c>
       <c r="L518" s="116">
         <v>5.8717999999999999E-2</v>
       </c>
       <c r="M518" s="116">
         <v>3.6991000000000003E-2</v>
       </c>
       <c r="N518" s="93">
         <v>0.204323</v>
       </c>
     </row>
     <row r="519" spans="1:15" s="18" customFormat="1" ht="12" customHeight="1" thickBot="1">
-      <c r="B519" s="252" t="s">
+      <c r="B519" s="254" t="s">
         <v>112</v>
       </c>
-      <c r="C519" s="253"/>
-[...2 lines deleted...]
-      <c r="F519" s="253"/>
+      <c r="C519" s="255"/>
+      <c r="D519" s="255"/>
+      <c r="E519" s="255"/>
+      <c r="F519" s="255"/>
       <c r="G519" s="119">
         <v>1.5487500000000001</v>
       </c>
       <c r="H519" s="119">
         <v>8.6650369999999999</v>
       </c>
       <c r="I519" s="119">
         <v>711.32852800000001</v>
       </c>
       <c r="J519" s="119">
         <v>1337.3419429999999</v>
       </c>
       <c r="K519" s="119">
         <v>5248.9391249999999</v>
       </c>
       <c r="L519" s="119">
         <v>7235.2214219999996</v>
       </c>
       <c r="M519" s="119">
         <v>4343.1708930000004</v>
       </c>
       <c r="N519" s="76">
         <v>18886.215698</v>
       </c>
     </row>
     <row r="520" spans="1:15" s="18" customFormat="1" ht="11.25">
-      <c r="B520" s="240" t="s">
+      <c r="B520" s="256" t="s">
         <v>135</v>
       </c>
-      <c r="C520" s="240"/>
-[...11 lines deleted...]
-      <c r="O520" s="240"/>
+      <c r="C520" s="256"/>
+      <c r="D520" s="256"/>
+      <c r="E520" s="256"/>
+      <c r="F520" s="256"/>
+      <c r="G520" s="256"/>
+      <c r="H520" s="256"/>
+      <c r="I520" s="256"/>
+      <c r="J520" s="256"/>
+      <c r="K520" s="256"/>
+      <c r="L520" s="256"/>
+      <c r="M520" s="256"/>
+      <c r="N520" s="256"/>
+      <c r="O520" s="256"/>
     </row>
     <row r="521" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B521" s="25" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="522" spans="1:15" s="18" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B522" s="240" t="s">
+      <c r="B522" s="256" t="s">
         <v>113</v>
       </c>
-      <c r="C522" s="240"/>
-[...11 lines deleted...]
-      <c r="O522" s="240"/>
+      <c r="C522" s="256"/>
+      <c r="D522" s="256"/>
+      <c r="E522" s="256"/>
+      <c r="F522" s="256"/>
+      <c r="G522" s="256"/>
+      <c r="H522" s="256"/>
+      <c r="I522" s="256"/>
+      <c r="J522" s="256"/>
+      <c r="K522" s="256"/>
+      <c r="L522" s="256"/>
+      <c r="M522" s="256"/>
+      <c r="N522" s="256"/>
+      <c r="O522" s="256"/>
     </row>
     <row r="523" spans="1:15" s="18" customFormat="1" ht="11.25" customHeight="1">
       <c r="B523" s="25" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="524" spans="1:15" s="18" customFormat="1" ht="6" customHeight="1"/>
     <row r="525" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A525" s="18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="526" spans="1:15" s="18" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B526" s="335" t="s">
+      <c r="B526" s="257" t="s">
         <v>12</v>
       </c>
-      <c r="C526" s="336"/>
-[...3 lines deleted...]
-      <c r="G526" s="338" t="s">
+      <c r="C526" s="258"/>
+      <c r="D526" s="258"/>
+      <c r="E526" s="258"/>
+      <c r="F526" s="259"/>
+      <c r="G526" s="260" t="s">
         <v>129</v>
       </c>
-      <c r="H526" s="167"/>
+      <c r="H526" s="182"/>
     </row>
     <row r="527" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
-      <c r="B527" s="339" t="s">
+      <c r="B527" s="261" t="s">
+        <v>171</v>
+      </c>
+      <c r="C527" s="262"/>
+      <c r="D527" s="262"/>
+      <c r="E527" s="262"/>
+      <c r="F527" s="263"/>
+      <c r="G527" s="264">
+        <v>415785.514065</v>
+      </c>
+      <c r="H527" s="265"/>
+    </row>
+    <row r="528" spans="1:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B528" s="240" t="s">
+        <v>192</v>
+      </c>
+      <c r="C528" s="241"/>
+      <c r="D528" s="241"/>
+      <c r="E528" s="241"/>
+      <c r="F528" s="242"/>
+      <c r="G528" s="243">
+        <v>50621.676241000001</v>
+      </c>
+      <c r="H528" s="244"/>
+    </row>
+    <row r="529" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B529" s="240" t="s">
+        <v>110</v>
+      </c>
+      <c r="C529" s="241"/>
+      <c r="D529" s="241"/>
+      <c r="E529" s="241"/>
+      <c r="F529" s="242"/>
+      <c r="G529" s="243">
+        <v>151995.885202</v>
+      </c>
+      <c r="H529" s="244"/>
+    </row>
+    <row r="530" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B530" s="240" t="s">
         <v>172</v>
       </c>
-      <c r="C527" s="340"/>
-[...35 lines deleted...]
-      <c r="B530" s="235" t="s">
+      <c r="C530" s="241"/>
+      <c r="D530" s="241"/>
+      <c r="E530" s="241"/>
+      <c r="F530" s="242"/>
+      <c r="G530" s="243">
+        <v>280858.34344000003</v>
+      </c>
+      <c r="H530" s="244"/>
+    </row>
+    <row r="531" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B531" s="240" t="s">
+        <v>130</v>
+      </c>
+      <c r="C531" s="241"/>
+      <c r="D531" s="241"/>
+      <c r="E531" s="241"/>
+      <c r="F531" s="242"/>
+      <c r="G531" s="243">
+        <v>24985.674266000002</v>
+      </c>
+      <c r="H531" s="244"/>
+    </row>
+    <row r="532" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B532" s="240" t="s">
+        <v>131</v>
+      </c>
+      <c r="C532" s="241"/>
+      <c r="D532" s="241"/>
+      <c r="E532" s="241"/>
+      <c r="F532" s="242"/>
+      <c r="G532" s="243">
+        <v>7903.259771</v>
+      </c>
+      <c r="H532" s="244"/>
+    </row>
+    <row r="533" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1">
+      <c r="B533" s="245" t="s">
+        <v>132</v>
+      </c>
+      <c r="C533" s="246"/>
+      <c r="D533" s="246"/>
+      <c r="E533" s="246"/>
+      <c r="F533" s="247"/>
+      <c r="G533" s="248">
+        <v>18886.215698</v>
+      </c>
+      <c r="H533" s="249"/>
+    </row>
+    <row r="534" spans="2:15" s="18" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="B534" s="235" t="s">
+        <v>29</v>
+      </c>
+      <c r="C534" s="236"/>
+      <c r="D534" s="236"/>
+      <c r="E534" s="236"/>
+      <c r="F534" s="237"/>
+      <c r="G534" s="238">
+        <v>951036.56868300005</v>
+      </c>
+      <c r="H534" s="239"/>
+    </row>
+    <row r="535" spans="2:15" ht="12.75" customHeight="1">
+      <c r="B535" s="256" t="s">
         <v>173</v>
       </c>
-      <c r="C530" s="236"/>
-[...76 lines deleted...]
-      <c r="O535" s="240"/>
+      <c r="C535" s="256"/>
+      <c r="D535" s="256"/>
+      <c r="E535" s="256"/>
+      <c r="F535" s="256"/>
+      <c r="G535" s="256"/>
+      <c r="H535" s="256"/>
+      <c r="I535" s="256"/>
+      <c r="J535" s="256"/>
+      <c r="K535" s="256"/>
+      <c r="L535" s="256"/>
+      <c r="M535" s="256"/>
+      <c r="N535" s="256"/>
+      <c r="O535" s="256"/>
     </row>
   </sheetData>
   <mergeCells count="451">
-    <mergeCell ref="B534:F534"/>
-[...425 lines deleted...]
-    <mergeCell ref="B14:D14"/>
     <mergeCell ref="B528:F528"/>
     <mergeCell ref="G528:H528"/>
     <mergeCell ref="B535:O535"/>
     <mergeCell ref="C274:F274"/>
     <mergeCell ref="C276:F276"/>
     <mergeCell ref="C278:F278"/>
     <mergeCell ref="C281:F281"/>
     <mergeCell ref="C317:F317"/>
     <mergeCell ref="C325:F325"/>
     <mergeCell ref="C326:F326"/>
     <mergeCell ref="C327:F327"/>
     <mergeCell ref="C328:F328"/>
     <mergeCell ref="C275:F275"/>
     <mergeCell ref="C277:F277"/>
     <mergeCell ref="C279:F279"/>
     <mergeCell ref="C280:F280"/>
     <mergeCell ref="C282:F282"/>
     <mergeCell ref="C284:F284"/>
     <mergeCell ref="C285:F285"/>
     <mergeCell ref="C286:F286"/>
     <mergeCell ref="C287:F287"/>
     <mergeCell ref="B288:F288"/>
     <mergeCell ref="B289:O289"/>
     <mergeCell ref="B297:F297"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="B43:D43"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="B47:D47"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="B52:D52"/>
+    <mergeCell ref="B53:D53"/>
+    <mergeCell ref="B54:D54"/>
+    <mergeCell ref="B55:D55"/>
+    <mergeCell ref="B56:D56"/>
+    <mergeCell ref="B57:D57"/>
+    <mergeCell ref="B58:D58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="B60:D60"/>
+    <mergeCell ref="B61:D61"/>
+    <mergeCell ref="B62:D62"/>
+    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B67:D67"/>
+    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B73:D73"/>
+    <mergeCell ref="B74:D74"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B75:D75"/>
+    <mergeCell ref="B76:D76"/>
+    <mergeCell ref="B77:D77"/>
+    <mergeCell ref="B78:D78"/>
+    <mergeCell ref="B79:D79"/>
+    <mergeCell ref="B80:D80"/>
+    <mergeCell ref="B82:D82"/>
+    <mergeCell ref="B83:D83"/>
+    <mergeCell ref="B89:D89"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="B90:D90"/>
+    <mergeCell ref="B91:D91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="B93:D93"/>
+    <mergeCell ref="B94:D94"/>
+    <mergeCell ref="B95:D95"/>
+    <mergeCell ref="B96:D96"/>
+    <mergeCell ref="B97:D97"/>
+    <mergeCell ref="B99:D99"/>
+    <mergeCell ref="B98:D98"/>
+    <mergeCell ref="B100:D100"/>
+    <mergeCell ref="B106:D106"/>
+    <mergeCell ref="B107:D107"/>
+    <mergeCell ref="B108:D108"/>
+    <mergeCell ref="B109:D109"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="B111:D111"/>
+    <mergeCell ref="B112:D112"/>
+    <mergeCell ref="B113:D113"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="B116:D116"/>
+    <mergeCell ref="B117:D117"/>
+    <mergeCell ref="B123:D123"/>
+    <mergeCell ref="B124:D124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="B126:D126"/>
+    <mergeCell ref="B129:D129"/>
+    <mergeCell ref="B130:D130"/>
+    <mergeCell ref="B115:D115"/>
+    <mergeCell ref="B131:D131"/>
+    <mergeCell ref="B132:D132"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="B137:D137"/>
+    <mergeCell ref="B138:D138"/>
+    <mergeCell ref="B139:D139"/>
+    <mergeCell ref="B141:D141"/>
+    <mergeCell ref="B142:D142"/>
+    <mergeCell ref="B146:D146"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="B134:D134"/>
+    <mergeCell ref="B135:D135"/>
+    <mergeCell ref="B140:D140"/>
+    <mergeCell ref="B147:D147"/>
+    <mergeCell ref="B148:D148"/>
+    <mergeCell ref="B153:D153"/>
+    <mergeCell ref="B154:D154"/>
+    <mergeCell ref="B155:D155"/>
+    <mergeCell ref="B156:D156"/>
+    <mergeCell ref="B157:D157"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="B159:D159"/>
+    <mergeCell ref="B149:D149"/>
+    <mergeCell ref="B150:D150"/>
+    <mergeCell ref="B151:D151"/>
+    <mergeCell ref="B152:D152"/>
+    <mergeCell ref="B163:D163"/>
+    <mergeCell ref="B164:D164"/>
+    <mergeCell ref="B165:D165"/>
+    <mergeCell ref="B166:D166"/>
+    <mergeCell ref="B167:D167"/>
+    <mergeCell ref="B172:D172"/>
+    <mergeCell ref="B173:D173"/>
+    <mergeCell ref="B174:D174"/>
+    <mergeCell ref="B175:D175"/>
+    <mergeCell ref="B168:D168"/>
+    <mergeCell ref="B169:D169"/>
+    <mergeCell ref="B170:D170"/>
+    <mergeCell ref="B171:D171"/>
+    <mergeCell ref="B176:D176"/>
+    <mergeCell ref="B180:D180"/>
+    <mergeCell ref="B184:D184"/>
+    <mergeCell ref="B186:D186"/>
+    <mergeCell ref="B190:D190"/>
+    <mergeCell ref="B195:D195"/>
+    <mergeCell ref="B196:D196"/>
+    <mergeCell ref="B200:D200"/>
+    <mergeCell ref="B205:D205"/>
+    <mergeCell ref="B185:D185"/>
+    <mergeCell ref="B182:D182"/>
+    <mergeCell ref="B183:D183"/>
+    <mergeCell ref="B181:D181"/>
+    <mergeCell ref="B194:D194"/>
+    <mergeCell ref="B192:D192"/>
+    <mergeCell ref="B193:D193"/>
+    <mergeCell ref="B191:D191"/>
+    <mergeCell ref="B204:D204"/>
+    <mergeCell ref="B201:D201"/>
+    <mergeCell ref="B203:D203"/>
+    <mergeCell ref="B202:D202"/>
+    <mergeCell ref="B206:D206"/>
+    <mergeCell ref="B210:D210"/>
+    <mergeCell ref="B211:D211"/>
+    <mergeCell ref="C212:D212"/>
+    <mergeCell ref="C213:D213"/>
+    <mergeCell ref="B214:D214"/>
+    <mergeCell ref="C215:D215"/>
+    <mergeCell ref="C216:D216"/>
+    <mergeCell ref="B217:D217"/>
+    <mergeCell ref="C218:D218"/>
+    <mergeCell ref="C219:D219"/>
+    <mergeCell ref="B220:D220"/>
+    <mergeCell ref="C221:D221"/>
+    <mergeCell ref="C222:D222"/>
+    <mergeCell ref="B223:D223"/>
+    <mergeCell ref="B228:D228"/>
+    <mergeCell ref="B229:D229"/>
+    <mergeCell ref="B225:O225"/>
+    <mergeCell ref="B224:N224"/>
+    <mergeCell ref="B230:D230"/>
+    <mergeCell ref="B231:D231"/>
+    <mergeCell ref="B232:D232"/>
+    <mergeCell ref="B233:O233"/>
+    <mergeCell ref="B237:D237"/>
+    <mergeCell ref="B238:D238"/>
+    <mergeCell ref="B239:D239"/>
+    <mergeCell ref="B240:D240"/>
+    <mergeCell ref="B241:D241"/>
+    <mergeCell ref="B234:O234"/>
+    <mergeCell ref="B242:O242"/>
+    <mergeCell ref="B246:F246"/>
+    <mergeCell ref="B247:F247"/>
+    <mergeCell ref="C248:F248"/>
+    <mergeCell ref="D249:F249"/>
+    <mergeCell ref="D250:F250"/>
+    <mergeCell ref="D251:F251"/>
+    <mergeCell ref="D252:F252"/>
+    <mergeCell ref="D253:F253"/>
+    <mergeCell ref="B243:O243"/>
+    <mergeCell ref="C254:F254"/>
+    <mergeCell ref="D255:F255"/>
+    <mergeCell ref="D256:F256"/>
+    <mergeCell ref="C257:F257"/>
+    <mergeCell ref="D258:F258"/>
+    <mergeCell ref="D259:F259"/>
+    <mergeCell ref="D260:F260"/>
+    <mergeCell ref="D261:F261"/>
+    <mergeCell ref="C262:F262"/>
+    <mergeCell ref="D263:F263"/>
+    <mergeCell ref="D264:F264"/>
+    <mergeCell ref="D265:F265"/>
+    <mergeCell ref="C266:F266"/>
+    <mergeCell ref="C270:F270"/>
+    <mergeCell ref="C271:F271"/>
+    <mergeCell ref="C272:F272"/>
+    <mergeCell ref="C273:F273"/>
+    <mergeCell ref="C267:F267"/>
+    <mergeCell ref="B298:F298"/>
+    <mergeCell ref="C299:F299"/>
+    <mergeCell ref="D300:F300"/>
+    <mergeCell ref="B290:O290"/>
+    <mergeCell ref="B291:O291"/>
+    <mergeCell ref="D301:F301"/>
+    <mergeCell ref="D302:F302"/>
+    <mergeCell ref="D303:F303"/>
+    <mergeCell ref="D304:F304"/>
+    <mergeCell ref="C305:F305"/>
+    <mergeCell ref="D306:F306"/>
+    <mergeCell ref="D307:F307"/>
+    <mergeCell ref="C308:F308"/>
+    <mergeCell ref="D309:F309"/>
+    <mergeCell ref="D310:F310"/>
+    <mergeCell ref="D311:F311"/>
+    <mergeCell ref="D312:F312"/>
+    <mergeCell ref="C313:F313"/>
+    <mergeCell ref="D314:F314"/>
+    <mergeCell ref="D315:F315"/>
+    <mergeCell ref="D316:F316"/>
+    <mergeCell ref="C318:F318"/>
+    <mergeCell ref="C321:F321"/>
+    <mergeCell ref="C322:F322"/>
+    <mergeCell ref="C323:F323"/>
+    <mergeCell ref="C324:F324"/>
+    <mergeCell ref="C329:F329"/>
+    <mergeCell ref="C330:F330"/>
+    <mergeCell ref="C331:F331"/>
+    <mergeCell ref="C332:F332"/>
+    <mergeCell ref="C333:F333"/>
+    <mergeCell ref="C335:F335"/>
+    <mergeCell ref="C336:F336"/>
+    <mergeCell ref="C337:F337"/>
+    <mergeCell ref="C338:F338"/>
+    <mergeCell ref="B339:F339"/>
+    <mergeCell ref="B346:F346"/>
+    <mergeCell ref="B347:F347"/>
+    <mergeCell ref="C348:F348"/>
+    <mergeCell ref="D349:F349"/>
+    <mergeCell ref="D350:F350"/>
+    <mergeCell ref="D351:F351"/>
+    <mergeCell ref="D352:F352"/>
+    <mergeCell ref="D353:F353"/>
+    <mergeCell ref="B340:M340"/>
+    <mergeCell ref="C354:F354"/>
+    <mergeCell ref="D355:F355"/>
+    <mergeCell ref="D356:F356"/>
+    <mergeCell ref="C357:F357"/>
+    <mergeCell ref="D358:F358"/>
+    <mergeCell ref="D359:F359"/>
+    <mergeCell ref="D360:F360"/>
+    <mergeCell ref="D361:F361"/>
+    <mergeCell ref="C362:F362"/>
+    <mergeCell ref="D363:F363"/>
+    <mergeCell ref="D364:F364"/>
+    <mergeCell ref="D365:F365"/>
+    <mergeCell ref="C367:F367"/>
+    <mergeCell ref="C369:F369"/>
+    <mergeCell ref="C366:F366"/>
+    <mergeCell ref="C370:F370"/>
+    <mergeCell ref="C371:F371"/>
+    <mergeCell ref="C372:F372"/>
+    <mergeCell ref="C377:F377"/>
+    <mergeCell ref="C378:F378"/>
+    <mergeCell ref="C379:F379"/>
+    <mergeCell ref="C380:F380"/>
+    <mergeCell ref="C381:F381"/>
+    <mergeCell ref="C383:F383"/>
+    <mergeCell ref="C373:F373"/>
+    <mergeCell ref="C374:F374"/>
+    <mergeCell ref="C375:F375"/>
+    <mergeCell ref="C376:F376"/>
+    <mergeCell ref="C384:F384"/>
+    <mergeCell ref="C385:F385"/>
+    <mergeCell ref="C386:F386"/>
+    <mergeCell ref="B387:F387"/>
+    <mergeCell ref="B393:F393"/>
+    <mergeCell ref="B394:F394"/>
+    <mergeCell ref="C395:F395"/>
+    <mergeCell ref="D396:F396"/>
+    <mergeCell ref="D397:F397"/>
+    <mergeCell ref="D398:F398"/>
+    <mergeCell ref="D399:F399"/>
+    <mergeCell ref="D400:F400"/>
+    <mergeCell ref="C401:F401"/>
+    <mergeCell ref="D402:F402"/>
+    <mergeCell ref="D403:F403"/>
+    <mergeCell ref="C404:F404"/>
+    <mergeCell ref="D405:F405"/>
+    <mergeCell ref="D406:F406"/>
+    <mergeCell ref="D407:F407"/>
+    <mergeCell ref="D408:F408"/>
+    <mergeCell ref="C409:F409"/>
+    <mergeCell ref="D410:F410"/>
+    <mergeCell ref="D411:F411"/>
+    <mergeCell ref="D412:F412"/>
+    <mergeCell ref="C414:F414"/>
+    <mergeCell ref="C416:F416"/>
+    <mergeCell ref="C417:F417"/>
+    <mergeCell ref="C413:F413"/>
+    <mergeCell ref="C418:F418"/>
+    <mergeCell ref="C419:F419"/>
+    <mergeCell ref="C424:F424"/>
+    <mergeCell ref="C425:F425"/>
+    <mergeCell ref="C426:F426"/>
+    <mergeCell ref="C427:F427"/>
+    <mergeCell ref="C428:F428"/>
+    <mergeCell ref="C430:F430"/>
+    <mergeCell ref="C431:F431"/>
+    <mergeCell ref="C420:F420"/>
+    <mergeCell ref="C421:F421"/>
+    <mergeCell ref="C422:F422"/>
+    <mergeCell ref="C423:F423"/>
+    <mergeCell ref="C432:F432"/>
+    <mergeCell ref="C433:F433"/>
+    <mergeCell ref="B434:F434"/>
+    <mergeCell ref="B440:F440"/>
+    <mergeCell ref="B441:F441"/>
+    <mergeCell ref="C442:F442"/>
+    <mergeCell ref="D443:F443"/>
+    <mergeCell ref="D444:F444"/>
+    <mergeCell ref="D445:F445"/>
+    <mergeCell ref="D446:F446"/>
+    <mergeCell ref="D447:F447"/>
+    <mergeCell ref="C448:F448"/>
+    <mergeCell ref="D449:F449"/>
+    <mergeCell ref="D450:F450"/>
+    <mergeCell ref="C451:F451"/>
+    <mergeCell ref="D452:F452"/>
+    <mergeCell ref="D453:F453"/>
+    <mergeCell ref="D454:F454"/>
+    <mergeCell ref="D455:F455"/>
+    <mergeCell ref="C456:F456"/>
+    <mergeCell ref="D457:F457"/>
+    <mergeCell ref="D458:F458"/>
+    <mergeCell ref="D459:F459"/>
+    <mergeCell ref="C461:F461"/>
+    <mergeCell ref="C464:F464"/>
+    <mergeCell ref="C465:F465"/>
+    <mergeCell ref="C460:F460"/>
+    <mergeCell ref="C466:F466"/>
+    <mergeCell ref="C467:F467"/>
+    <mergeCell ref="C472:F472"/>
+    <mergeCell ref="C473:F473"/>
+    <mergeCell ref="C474:F474"/>
+    <mergeCell ref="C475:F475"/>
+    <mergeCell ref="C476:F476"/>
+    <mergeCell ref="C478:F478"/>
+    <mergeCell ref="C479:F479"/>
+    <mergeCell ref="C468:F468"/>
+    <mergeCell ref="C469:F469"/>
+    <mergeCell ref="C470:F470"/>
+    <mergeCell ref="C471:F471"/>
+    <mergeCell ref="C480:F480"/>
+    <mergeCell ref="C481:F481"/>
+    <mergeCell ref="B482:F482"/>
+    <mergeCell ref="B488:F488"/>
+    <mergeCell ref="G488:I488"/>
+    <mergeCell ref="J488:L488"/>
+    <mergeCell ref="M488:O488"/>
+    <mergeCell ref="B489:F489"/>
+    <mergeCell ref="G489:I489"/>
+    <mergeCell ref="J489:L489"/>
+    <mergeCell ref="M489:O489"/>
+    <mergeCell ref="B490:F490"/>
+    <mergeCell ref="G490:I490"/>
+    <mergeCell ref="J490:L490"/>
+    <mergeCell ref="M490:O490"/>
+    <mergeCell ref="B491:O491"/>
+    <mergeCell ref="B494:F494"/>
+    <mergeCell ref="G494:L494"/>
+    <mergeCell ref="B495:F495"/>
+    <mergeCell ref="G495:L495"/>
+    <mergeCell ref="B498:F498"/>
+    <mergeCell ref="B499:F499"/>
+    <mergeCell ref="C500:F500"/>
+    <mergeCell ref="C501:F501"/>
+    <mergeCell ref="C502:F502"/>
+    <mergeCell ref="C503:F503"/>
+    <mergeCell ref="C504:F504"/>
+    <mergeCell ref="C505:F505"/>
+    <mergeCell ref="C506:F506"/>
+    <mergeCell ref="C507:F507"/>
+    <mergeCell ref="C508:F508"/>
+    <mergeCell ref="B509:F509"/>
+    <mergeCell ref="C510:F510"/>
+    <mergeCell ref="C511:F511"/>
+    <mergeCell ref="C512:F512"/>
+    <mergeCell ref="C513:F513"/>
+    <mergeCell ref="C514:F514"/>
+    <mergeCell ref="C515:F515"/>
+    <mergeCell ref="C516:F516"/>
+    <mergeCell ref="C517:F517"/>
+    <mergeCell ref="C518:F518"/>
+    <mergeCell ref="B519:F519"/>
+    <mergeCell ref="B520:O520"/>
+    <mergeCell ref="B522:O522"/>
+    <mergeCell ref="B526:F526"/>
+    <mergeCell ref="G526:H526"/>
+    <mergeCell ref="B527:F527"/>
+    <mergeCell ref="G527:H527"/>
+    <mergeCell ref="B534:F534"/>
+    <mergeCell ref="G534:H534"/>
+    <mergeCell ref="B529:F529"/>
+    <mergeCell ref="G529:H529"/>
+    <mergeCell ref="B530:F530"/>
+    <mergeCell ref="G530:H530"/>
+    <mergeCell ref="B531:F531"/>
+    <mergeCell ref="G531:H531"/>
+    <mergeCell ref="B532:F532"/>
+    <mergeCell ref="G532:H532"/>
+    <mergeCell ref="B533:F533"/>
+    <mergeCell ref="G533:H533"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.70866141732283472" right="0.31496062992125984" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="86" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="9" manualBreakCount="9">
     <brk id="69" max="16383" man="1"/>
     <brk id="121" max="16383" man="1"/>
     <brk id="177" max="16383" man="1"/>
     <brk id="243" max="16383" man="1"/>
     <brk id="294" max="16383" man="1"/>
     <brk id="343" max="16383" man="1"/>
     <brk id="390" max="16383" man="1"/>
     <brk id="437" max="16383" man="1"/>
     <brk id="485" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="21dc24ce48b25a04d8cf2e82ea5a49ca" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010087CF894088108243B701015C07253644" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a127e0b2b5b36f61a5a58c5c1b5fb896">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ddf87c116989d1dd589a1293b81ff0bf" ns2:_="" ns3:_="">
     <xsd:import namespace="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -42197,84 +42188,93 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B04E621B-CDBB-49E5-9AC6-98A9AB0623EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9F4316E-BA79-4FE8-8FA9-0FB1FB50416B}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73F2F52D-FECC-4915-A600-F46AB63D782A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E390D6ED-2B11-457A-A716-78941B1BF8BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9F4316E-BA79-4FE8-8FA9-0FB1FB50416B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>