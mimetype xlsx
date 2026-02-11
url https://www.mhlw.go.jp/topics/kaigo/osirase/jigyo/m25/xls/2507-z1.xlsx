--- v0 (2025-10-06)
+++ v1 (2026-02-11)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://myoffice.accenture.com/personal/yuki_nagao_accenture_com/Documents/デスクトップ/個人フォルダ/008_厚労省HP代行掲載/★作業フォルダ/00_作業中/r07092904/資材/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12303500/WorkingDocLib/06計画係/令和７年度/09　介護保険事業状況報告（作業）/月報作業/◆令和7年月報に係る/HP掲載後の修正/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="133" documentId="13_ncr:1_{8E77B7CB-2C64-412B-BBCC-EA6E280CBA53}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C3770EAB-0835-42DD-8EC9-739A5DE3A4B3}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{85D3C2FF-6F28-40B4-8517-8F74A93C4B8D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{93830BF4-3630-4A68-A929-BB8B56FC5221}"/>
+    <workbookView xWindow="-105" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{93830BF4-3630-4A68-A929-BB8B56FC5221}"/>
   </bookViews>
   <sheets>
     <sheet name="全国集計１" sheetId="1" r:id="rId1"/>
     <sheet name="全国集計２" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
     <definedName name="_ja1">#REF!</definedName>
     <definedName name="_wa1">#REF!</definedName>
     <definedName name="_xa1">#REF!</definedName>
     <definedName name="cz">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">全国集計１!$A$1:$R$134</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">全国集計２!$A$1:$O$534</definedName>
     <definedName name="R_H27">INDIRECT("'サービス見込量等(H27)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H27)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H28">INDIRECT("'サービス見込量等(H28)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H28)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H29">INDIRECT("'サービス見込量等(H29)'!$A$7:$FV$"&amp;COUNTA('[1]サービス見込量等(H29)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H30">INDIRECT("'サービス見込量等(H30)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H30)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H31">INDIRECT("'サービス見込量等(H31)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H31)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H32">INDIRECT("'サービス見込量等(H32)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H32)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_H37">INDIRECT("'サービス見込量等(H37)'!$A$7:$FP$"&amp;COUNTA('[1]サービス見込量等(H37)'!$A$1:$A$65536)+5)</definedName>
     <definedName name="R_HS">INDIRECT("'保険料推計'!$A$10:$AGs$"&amp;COUNTA([1]保険料推計!$A$1:$A$65536)+8)</definedName>
     <definedName name="R_LIST">INDIRECT("'プルダウンリスト'!$A$2:$B$"&amp;COUNTA([1]プルダウンリスト!$A$1:$A$65536))</definedName>
     <definedName name="R_TH">INDIRECT("'都道府県別の保険料'!$A$6:$Q$"&amp;COUNTA([1]都道府県別の保険料!$A$1:$A$65536)+4)</definedName>
@@ -791,89 +791,89 @@
     <t>居住費（滞在費）</t>
   </si>
   <si>
     <t>※１ 請求明細の内訳合計よりも減額して請求される場合等があるため、内訳の計と合計が一致しない場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>　　　また、数値は、百万円未満を四捨五入しているため、計に一致しない場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※３ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>１３．保険給付・総数（給付費・百万円）</t>
   </si>
   <si>
     <t>給付費</t>
   </si>
   <si>
     <t>居宅介護（介護予防）サービス費</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>居宅介護（介護予防）サービス計画費</t>
-[...2 lines deleted...]
-  <si>
     <t>施設介護サービス費</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>高額介護（介護予防）サービス費</t>
   </si>
   <si>
     <t>高額医療合算介護(介護予防)サービス費</t>
   </si>
   <si>
     <t>特定入所者介護（介護予防）サービス費</t>
   </si>
   <si>
     <t>※ 現物給付分のみのサービス別受給者数であり、国民健康保険団体連合会から提出されるデータを基にしたものである。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※２ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 同一月に２施設以上でサービスを受けた場合、施設ごとにそれぞれ受給者数を１人と計上するが、合計には１人と計上しているため、４施設の合算と合計が一致しない。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※１ 同一月に２施設以上でサービスを受けた場合、施設ごとにそれぞれ受給者数を１人と計上する。
 ※２ 現物給付分のみのサービス別受給者数であり、国民健康保険団体連合会から提出されるデータを基にしたものである。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※６ 介護療養型医療施設については、過誤請求等により、廃止前の実績が計上される場合がある。</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>※ 居宅介護（介護予防）サービス費には、居宅介護（介護予防）福祉用具購入費、居宅介護（介護予防）住宅改修費を含む。</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>居宅介護（介護予防）支援費</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="_ * #,##0;_ * &quot;△&quot;#,##0;_ * &quot;‐&quot;"/>
   </numFmts>
   <fonts count="12">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="ＭＳ Ｐ明朝"/>
       <family val="1"/>
       <charset val="128"/>
@@ -3431,757 +3431,757 @@
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="77" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="79" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="76" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="63" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="82" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="83" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="82" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="92" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="6" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="94" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="95" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="107" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="87" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="99" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="125" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="127" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="2"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="129" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="85" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="83" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="133" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="84" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="134" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="147" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="129" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="133" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="130" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="88" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="82" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="83" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="126" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="144" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="145" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="147" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="98" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="129" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="105" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="98" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="176" fontId="1" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="122" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="148" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="149" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="151" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="89" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="151" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="152" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="153" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="154" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="155" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="156" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="157" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="158" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="137" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="159" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="160" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="161" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="distributed" vertical="center" indent="4"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="162" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="163" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="164" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="1" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...182 lines deleted...]
-    <xf numFmtId="41" fontId="6" fillId="0" borderId="93" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="165" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="128" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="distributed" vertical="center" indent="4"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="59" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="147" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="166" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="1" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...310 lines deleted...]
-      <alignment horizontal="distributed" vertical="center" wrapText="1" indent="2"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\file3.inside.mhlw.go.jp\&#35506;&#23460;&#38936;&#22495;3\Users\MTFGU\AppData\Local\Microsoft\Windows\Temporary%20Internet%20Files\Content.Outlook\4QHURF47\&#33659;&#37326;&#20462;&#27491;.xlsx" TargetMode="External"/></Relationships>
@@ -4482,1218 +4482,1218 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:R137"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12:XFD41"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="T11" sqref="T11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="18.75" customHeight="1"/>
+  <sheetFormatPr defaultRowHeight="18.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="1.33203125" style="69" customWidth="1"/>
+    <col min="1" max="1" width="1.375" style="69" customWidth="1"/>
     <col min="2" max="2" width="2.25" style="69" customWidth="1"/>
-    <col min="3" max="3" width="4.33203125" style="69" customWidth="1"/>
-    <col min="4" max="18" width="6.58203125" style="69" customWidth="1"/>
+    <col min="3" max="3" width="4.375" style="69" customWidth="1"/>
+    <col min="4" max="18" width="6.625" style="69" customWidth="1"/>
     <col min="19" max="16384" width="9" style="69"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
       <c r="N1" s="2"/>
-      <c r="O1" s="203" t="s">
-[...4 lines deleted...]
-      <c r="R1" s="205"/>
+      <c r="O1" s="118" t="s">
+        <v>0</v>
+      </c>
+      <c r="P1" s="119"/>
+      <c r="Q1" s="120"/>
+      <c r="R1" s="120"/>
     </row>
     <row r="2" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1">
-      <c r="A2" s="206" t="s">
+      <c r="A2" s="121" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="206"/>
-[...15 lines deleted...]
-      <c r="R2" s="206"/>
+      <c r="B2" s="121"/>
+      <c r="C2" s="121"/>
+      <c r="D2" s="121"/>
+      <c r="E2" s="121"/>
+      <c r="F2" s="121"/>
+      <c r="G2" s="121"/>
+      <c r="H2" s="121"/>
+      <c r="I2" s="121"/>
+      <c r="J2" s="121"/>
+      <c r="K2" s="121"/>
+      <c r="L2" s="121"/>
+      <c r="M2" s="121"/>
+      <c r="N2" s="121"/>
+      <c r="O2" s="121"/>
+      <c r="P2" s="121"/>
+      <c r="Q2" s="121"/>
+      <c r="R2" s="121"/>
     </row>
     <row r="3" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="A3" s="207" t="s">
+      <c r="A3" s="122" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="207"/>
-[...15 lines deleted...]
-      <c r="R3" s="207"/>
+      <c r="B3" s="122"/>
+      <c r="C3" s="122"/>
+      <c r="D3" s="122"/>
+      <c r="E3" s="122"/>
+      <c r="F3" s="122"/>
+      <c r="G3" s="122"/>
+      <c r="H3" s="122"/>
+      <c r="I3" s="122"/>
+      <c r="J3" s="122"/>
+      <c r="K3" s="122"/>
+      <c r="L3" s="122"/>
+      <c r="M3" s="122"/>
+      <c r="N3" s="122"/>
+      <c r="O3" s="122"/>
+      <c r="P3" s="122"/>
+      <c r="Q3" s="122"/>
+      <c r="R3" s="122"/>
     </row>
     <row r="4" spans="1:18" s="1" customFormat="1" ht="3.75" customHeight="1"/>
     <row r="5" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B6" s="208" t="s">
+      <c r="B6" s="123" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="209"/>
-[...1 lines deleted...]
-      <c r="E6" s="209" t="s">
+      <c r="C6" s="124"/>
+      <c r="D6" s="124"/>
+      <c r="E6" s="124" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="209"/>
-      <c r="G6" s="209" t="s">
+      <c r="F6" s="124"/>
+      <c r="G6" s="124" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="209"/>
-      <c r="I6" s="210" t="s">
+      <c r="H6" s="124"/>
+      <c r="I6" s="125" t="s">
         <v>8</v>
       </c>
-      <c r="J6" s="211"/>
-[...5 lines deleted...]
-      <c r="P6" s="212"/>
+      <c r="J6" s="126"/>
+      <c r="K6" s="126"/>
+      <c r="L6" s="126"/>
+      <c r="M6" s="126"/>
+      <c r="N6" s="126"/>
+      <c r="O6" s="126"/>
+      <c r="P6" s="127"/>
     </row>
     <row r="7" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B7" s="213">
+      <c r="B7" s="128">
         <v>35851866</v>
       </c>
-      <c r="C7" s="214"/>
-[...1 lines deleted...]
-      <c r="E7" s="219">
+      <c r="C7" s="129"/>
+      <c r="D7" s="130"/>
+      <c r="E7" s="134">
         <v>136144</v>
       </c>
-      <c r="F7" s="220"/>
-      <c r="G7" s="219">
+      <c r="F7" s="135"/>
+      <c r="G7" s="134">
         <v>130736</v>
       </c>
-      <c r="H7" s="220"/>
-      <c r="I7" s="223">
+      <c r="H7" s="135"/>
+      <c r="I7" s="138">
         <v>35857274</v>
       </c>
-      <c r="J7" s="224"/>
-      <c r="K7" s="226" t="s">
+      <c r="J7" s="139"/>
+      <c r="K7" s="141" t="s">
         <v>9</v>
       </c>
-      <c r="L7" s="227"/>
-      <c r="M7" s="226" t="s">
+      <c r="L7" s="142"/>
+      <c r="M7" s="141" t="s">
         <v>10</v>
       </c>
-      <c r="N7" s="227"/>
-      <c r="O7" s="228" t="s">
+      <c r="N7" s="142"/>
+      <c r="O7" s="143" t="s">
         <v>11</v>
       </c>
-      <c r="P7" s="229"/>
+      <c r="P7" s="144"/>
     </row>
     <row r="8" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B8" s="216"/>
-[...8 lines deleted...]
-      <c r="K8" s="230">
+      <c r="B8" s="131"/>
+      <c r="C8" s="132"/>
+      <c r="D8" s="133"/>
+      <c r="E8" s="136"/>
+      <c r="F8" s="137"/>
+      <c r="G8" s="136"/>
+      <c r="H8" s="137"/>
+      <c r="I8" s="136"/>
+      <c r="J8" s="140"/>
+      <c r="K8" s="145">
         <v>14963207</v>
       </c>
-      <c r="L8" s="231"/>
-      <c r="M8" s="232">
+      <c r="L8" s="146"/>
+      <c r="M8" s="147">
         <v>14197056</v>
       </c>
-      <c r="N8" s="233"/>
-      <c r="O8" s="225">
+      <c r="N8" s="148"/>
+      <c r="O8" s="140">
         <v>6697011</v>
       </c>
-      <c r="P8" s="234"/>
+      <c r="P8" s="149"/>
     </row>
     <row r="9" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
       <c r="B9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="7"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
     </row>
     <row r="10" spans="1:18" s="1" customFormat="1" ht="2.25" customHeight="1"/>
     <row r="11" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>4</v>
       </c>
       <c r="O11" s="4"/>
     </row>
     <row r="12" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B12" s="192" t="s">
+      <c r="B12" s="150" t="s">
         <v>14</v>
       </c>
-      <c r="C12" s="149" t="s">
+      <c r="C12" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="195"/>
-      <c r="E12" s="196"/>
+      <c r="D12" s="154"/>
+      <c r="E12" s="155"/>
       <c r="F12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M12" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
     </row>
     <row r="13" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B13" s="193"/>
+      <c r="B13" s="151"/>
       <c r="C13" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="11"/>
       <c r="F13" s="12">
         <v>342703</v>
       </c>
       <c r="G13" s="12">
         <v>303104</v>
       </c>
       <c r="H13" s="12">
         <v>494215</v>
       </c>
       <c r="I13" s="12">
         <v>418039</v>
       </c>
       <c r="J13" s="12">
         <v>303972</v>
       </c>
       <c r="K13" s="12">
         <v>259399</v>
       </c>
       <c r="L13" s="12">
         <v>154898</v>
       </c>
       <c r="M13" s="13">
         <v>2276330</v>
       </c>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
     </row>
     <row r="14" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B14" s="193"/>
-      <c r="D14" s="197" t="s">
+      <c r="B14" s="151"/>
+      <c r="D14" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E14" s="198"/>
+      <c r="E14" s="157"/>
       <c r="F14" s="15">
         <v>14853</v>
       </c>
       <c r="G14" s="15">
         <v>16133</v>
       </c>
       <c r="H14" s="15">
         <v>20191</v>
       </c>
       <c r="I14" s="15">
         <v>20870</v>
       </c>
       <c r="J14" s="15">
         <v>14739</v>
       </c>
       <c r="K14" s="15">
         <v>13255</v>
       </c>
       <c r="L14" s="15">
         <v>10705</v>
       </c>
       <c r="M14" s="16">
         <v>110746</v>
       </c>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
     </row>
     <row r="15" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B15" s="193"/>
-      <c r="D15" s="197" t="s">
+      <c r="B15" s="151"/>
+      <c r="D15" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E15" s="198"/>
+      <c r="E15" s="157"/>
       <c r="F15" s="15">
         <v>30825</v>
       </c>
       <c r="G15" s="15">
         <v>31701</v>
       </c>
       <c r="H15" s="15">
         <v>42270</v>
       </c>
       <c r="I15" s="15">
         <v>41951</v>
       </c>
       <c r="J15" s="15">
         <v>29641</v>
       </c>
       <c r="K15" s="15">
         <v>26793</v>
       </c>
       <c r="L15" s="15">
         <v>19039</v>
       </c>
       <c r="M15" s="16">
         <v>222220</v>
       </c>
       <c r="N15" s="14"/>
       <c r="O15" s="14"/>
     </row>
     <row r="16" spans="1:18" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B16" s="193"/>
+      <c r="B16" s="151"/>
       <c r="C16" s="17"/>
-      <c r="D16" s="197" t="s">
+      <c r="D16" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E16" s="198"/>
+      <c r="E16" s="157"/>
       <c r="F16" s="18">
         <v>58023</v>
       </c>
       <c r="G16" s="18">
         <v>54835</v>
       </c>
       <c r="H16" s="18">
         <v>80472</v>
       </c>
       <c r="I16" s="18">
         <v>73107</v>
       </c>
       <c r="J16" s="18">
         <v>51791</v>
       </c>
       <c r="K16" s="18">
         <v>45037</v>
       </c>
       <c r="L16" s="18">
         <v>30082</v>
       </c>
       <c r="M16" s="19">
         <v>393347</v>
       </c>
       <c r="N16" s="14"/>
       <c r="O16" s="14"/>
     </row>
     <row r="17" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B17" s="193"/>
+      <c r="B17" s="151"/>
       <c r="C17" s="17"/>
-      <c r="D17" s="197" t="s">
+      <c r="D17" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E17" s="198"/>
+      <c r="E17" s="157"/>
       <c r="F17" s="15">
         <v>87202</v>
       </c>
       <c r="G17" s="15">
         <v>71699</v>
       </c>
       <c r="H17" s="15">
         <v>118706</v>
       </c>
       <c r="I17" s="15">
         <v>94610</v>
       </c>
       <c r="J17" s="15">
         <v>65419</v>
       </c>
       <c r="K17" s="15">
         <v>55505</v>
       </c>
       <c r="L17" s="15">
         <v>33770</v>
       </c>
       <c r="M17" s="16">
         <v>526911</v>
       </c>
       <c r="N17" s="14"/>
       <c r="O17" s="14"/>
     </row>
     <row r="18" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B18" s="193"/>
+      <c r="B18" s="151"/>
       <c r="C18" s="17"/>
-      <c r="D18" s="197" t="s">
+      <c r="D18" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E18" s="198"/>
+      <c r="E18" s="157"/>
       <c r="F18" s="15">
         <v>91362</v>
       </c>
       <c r="G18" s="15">
         <v>73543</v>
       </c>
       <c r="H18" s="15">
         <v>129312</v>
       </c>
       <c r="I18" s="15">
         <v>98846</v>
       </c>
       <c r="J18" s="15">
         <v>71375</v>
       </c>
       <c r="K18" s="15">
         <v>59192</v>
       </c>
       <c r="L18" s="15">
         <v>32457</v>
       </c>
       <c r="M18" s="16">
         <v>556087</v>
       </c>
       <c r="N18" s="14"/>
       <c r="O18" s="14"/>
     </row>
     <row r="19" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B19" s="193"/>
+      <c r="B19" s="151"/>
       <c r="C19" s="20"/>
-      <c r="D19" s="199" t="s">
+      <c r="D19" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E19" s="200"/>
+      <c r="E19" s="159"/>
       <c r="F19" s="21">
         <v>60438</v>
       </c>
       <c r="G19" s="21">
         <v>55193</v>
       </c>
       <c r="H19" s="21">
         <v>103264</v>
       </c>
       <c r="I19" s="21">
         <v>88655</v>
       </c>
       <c r="J19" s="21">
         <v>71007</v>
       </c>
       <c r="K19" s="21">
         <v>59617</v>
       </c>
       <c r="L19" s="21">
         <v>28845</v>
       </c>
       <c r="M19" s="22">
         <v>467019</v>
       </c>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
     </row>
     <row r="20" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B20" s="193"/>
+      <c r="B20" s="151"/>
       <c r="C20" s="23" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="24"/>
       <c r="E20" s="25"/>
       <c r="F20" s="26">
         <v>6898</v>
       </c>
       <c r="G20" s="26">
         <v>11409</v>
       </c>
       <c r="H20" s="26">
         <v>11576</v>
       </c>
       <c r="I20" s="26">
         <v>16075</v>
       </c>
       <c r="J20" s="26">
         <v>10702</v>
       </c>
       <c r="K20" s="26">
         <v>9236</v>
       </c>
       <c r="L20" s="26">
         <v>8927</v>
       </c>
       <c r="M20" s="27">
         <v>74823</v>
       </c>
       <c r="N20" s="14"/>
       <c r="O20" s="14"/>
     </row>
     <row r="21" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B21" s="194"/>
-      <c r="C21" s="139" t="s">
+      <c r="B21" s="152"/>
+      <c r="C21" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D21" s="201"/>
-      <c r="E21" s="202"/>
+      <c r="D21" s="161"/>
+      <c r="E21" s="162"/>
       <c r="F21" s="28">
         <v>349601</v>
       </c>
       <c r="G21" s="28">
         <v>314513</v>
       </c>
       <c r="H21" s="28">
         <v>505791</v>
       </c>
       <c r="I21" s="28">
         <v>434114</v>
       </c>
       <c r="J21" s="28">
         <v>314674</v>
       </c>
       <c r="K21" s="28">
         <v>268635</v>
       </c>
       <c r="L21" s="28">
         <v>163825</v>
       </c>
       <c r="M21" s="29">
         <v>2351153</v>
       </c>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
     </row>
     <row r="22" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B22" s="192" t="s">
+      <c r="B22" s="150" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="149" t="s">
+      <c r="C22" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D22" s="195"/>
-      <c r="E22" s="196"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="155"/>
       <c r="F22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M22" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="7"/>
     </row>
     <row r="23" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B23" s="193"/>
+      <c r="B23" s="151"/>
       <c r="C23" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="10"/>
       <c r="E23" s="11"/>
       <c r="F23" s="12">
         <v>724509</v>
       </c>
       <c r="G23" s="12">
         <v>721463</v>
       </c>
       <c r="H23" s="12">
         <v>993444</v>
       </c>
       <c r="I23" s="12">
         <v>780348</v>
       </c>
       <c r="J23" s="12">
         <v>625953</v>
       </c>
       <c r="K23" s="12">
         <v>642199</v>
       </c>
       <c r="L23" s="12">
         <v>415099</v>
       </c>
       <c r="M23" s="13">
         <v>4903015</v>
       </c>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
     </row>
     <row r="24" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B24" s="193"/>
-      <c r="D24" s="197" t="s">
+      <c r="B24" s="151"/>
+      <c r="D24" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E24" s="198"/>
+      <c r="E24" s="157"/>
       <c r="F24" s="15">
         <v>14730</v>
       </c>
       <c r="G24" s="15">
         <v>16571</v>
       </c>
       <c r="H24" s="15">
         <v>15590</v>
       </c>
       <c r="I24" s="15">
         <v>15293</v>
       </c>
       <c r="J24" s="15">
         <v>10077</v>
       </c>
       <c r="K24" s="15">
         <v>9870</v>
       </c>
       <c r="L24" s="15">
         <v>8983</v>
       </c>
       <c r="M24" s="16">
         <v>91114</v>
       </c>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
     </row>
     <row r="25" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B25" s="193"/>
-      <c r="D25" s="197" t="s">
+      <c r="B25" s="151"/>
+      <c r="D25" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E25" s="198"/>
+      <c r="E25" s="157"/>
       <c r="F25" s="15">
         <v>41786</v>
       </c>
       <c r="G25" s="15">
         <v>42398</v>
       </c>
       <c r="H25" s="15">
         <v>40659</v>
       </c>
       <c r="I25" s="15">
         <v>35064</v>
       </c>
       <c r="J25" s="15">
         <v>23254</v>
       </c>
       <c r="K25" s="15">
         <v>23151</v>
       </c>
       <c r="L25" s="15">
         <v>18889</v>
       </c>
       <c r="M25" s="16">
         <v>225201</v>
       </c>
       <c r="N25" s="14"/>
       <c r="O25" s="14"/>
     </row>
     <row r="26" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B26" s="193"/>
+      <c r="B26" s="151"/>
       <c r="C26" s="17"/>
-      <c r="D26" s="197" t="s">
+      <c r="D26" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E26" s="198"/>
+      <c r="E26" s="157"/>
       <c r="F26" s="18">
         <v>112134</v>
       </c>
       <c r="G26" s="18">
         <v>101543</v>
       </c>
       <c r="H26" s="18">
         <v>109031</v>
       </c>
       <c r="I26" s="18">
         <v>79022</v>
       </c>
       <c r="J26" s="18">
         <v>54412</v>
       </c>
       <c r="K26" s="18">
         <v>52848</v>
       </c>
       <c r="L26" s="18">
         <v>40840</v>
       </c>
       <c r="M26" s="19">
         <v>549830</v>
       </c>
       <c r="N26" s="14"/>
       <c r="O26" s="14"/>
     </row>
     <row r="27" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B27" s="193"/>
+      <c r="B27" s="151"/>
       <c r="C27" s="17"/>
-      <c r="D27" s="197" t="s">
+      <c r="D27" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E27" s="198"/>
+      <c r="E27" s="157"/>
       <c r="F27" s="15">
         <v>213606</v>
       </c>
       <c r="G27" s="15">
         <v>183515</v>
       </c>
       <c r="H27" s="15">
         <v>225870</v>
       </c>
       <c r="I27" s="15">
         <v>148924</v>
       </c>
       <c r="J27" s="15">
         <v>105143</v>
       </c>
       <c r="K27" s="15">
         <v>98978</v>
       </c>
       <c r="L27" s="15">
         <v>69589</v>
       </c>
       <c r="M27" s="16">
         <v>1045625</v>
       </c>
       <c r="N27" s="14"/>
       <c r="O27" s="14"/>
     </row>
     <row r="28" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B28" s="193"/>
+      <c r="B28" s="151"/>
       <c r="C28" s="17"/>
-      <c r="D28" s="197" t="s">
+      <c r="D28" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E28" s="198"/>
+      <c r="E28" s="157"/>
       <c r="F28" s="15">
         <v>214507</v>
       </c>
       <c r="G28" s="15">
         <v>208756</v>
       </c>
       <c r="H28" s="15">
         <v>296328</v>
       </c>
       <c r="I28" s="15">
         <v>213742</v>
       </c>
       <c r="J28" s="15">
         <v>160842</v>
       </c>
       <c r="K28" s="15">
         <v>154844</v>
       </c>
       <c r="L28" s="15">
         <v>99207</v>
       </c>
       <c r="M28" s="16">
         <v>1348226</v>
       </c>
       <c r="N28" s="14"/>
       <c r="O28" s="14"/>
     </row>
     <row r="29" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B29" s="193"/>
+      <c r="B29" s="151"/>
       <c r="C29" s="20"/>
-      <c r="D29" s="199" t="s">
+      <c r="D29" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E29" s="200"/>
+      <c r="E29" s="159"/>
       <c r="F29" s="21">
         <v>127746</v>
       </c>
       <c r="G29" s="21">
         <v>168680</v>
       </c>
       <c r="H29" s="21">
         <v>305966</v>
       </c>
       <c r="I29" s="21">
         <v>288303</v>
       </c>
       <c r="J29" s="21">
         <v>272225</v>
       </c>
       <c r="K29" s="21">
         <v>302508</v>
       </c>
       <c r="L29" s="21">
         <v>177591</v>
       </c>
       <c r="M29" s="22">
         <v>1643019</v>
       </c>
       <c r="N29" s="14"/>
       <c r="O29" s="14"/>
     </row>
     <row r="30" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B30" s="193"/>
+      <c r="B30" s="151"/>
       <c r="C30" s="23" t="s">
         <v>31</v>
       </c>
       <c r="D30" s="24"/>
       <c r="E30" s="25"/>
       <c r="F30" s="26">
         <v>5659</v>
       </c>
       <c r="G30" s="26">
         <v>9587</v>
       </c>
       <c r="H30" s="26">
         <v>8917</v>
       </c>
       <c r="I30" s="26">
         <v>11964</v>
       </c>
       <c r="J30" s="26">
         <v>7720</v>
       </c>
       <c r="K30" s="26">
         <v>7378</v>
       </c>
       <c r="L30" s="26">
         <v>7733</v>
       </c>
       <c r="M30" s="27">
         <v>58958</v>
       </c>
       <c r="N30" s="14"/>
       <c r="O30" s="14"/>
     </row>
     <row r="31" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B31" s="194"/>
-      <c r="C31" s="139" t="s">
+      <c r="B31" s="152"/>
+      <c r="C31" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D31" s="201"/>
-      <c r="E31" s="202"/>
+      <c r="D31" s="161"/>
+      <c r="E31" s="162"/>
       <c r="F31" s="28">
         <v>730168</v>
       </c>
       <c r="G31" s="28">
         <v>731050</v>
       </c>
       <c r="H31" s="28">
         <v>1002361</v>
       </c>
       <c r="I31" s="28">
         <v>792312</v>
       </c>
       <c r="J31" s="28">
         <v>633673</v>
       </c>
       <c r="K31" s="28">
         <v>649577</v>
       </c>
       <c r="L31" s="28">
         <v>422832</v>
       </c>
       <c r="M31" s="29">
         <v>4961973</v>
       </c>
       <c r="N31" s="14"/>
       <c r="O31" s="14"/>
     </row>
     <row r="32" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B32" s="192" t="s">
+      <c r="B32" s="150" t="s">
         <v>34</v>
       </c>
-      <c r="C32" s="149" t="s">
+      <c r="C32" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D32" s="195"/>
-      <c r="E32" s="196"/>
+      <c r="D32" s="154"/>
+      <c r="E32" s="155"/>
       <c r="F32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M32" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="7"/>
     </row>
     <row r="33" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B33" s="193"/>
+      <c r="B33" s="151"/>
       <c r="C33" s="9" t="s">
         <v>24</v>
       </c>
       <c r="D33" s="10"/>
       <c r="E33" s="11"/>
       <c r="F33" s="12">
         <v>1067212</v>
       </c>
       <c r="G33" s="12">
         <v>1024567</v>
       </c>
       <c r="H33" s="12">
         <v>1487659</v>
       </c>
       <c r="I33" s="12">
         <v>1198387</v>
       </c>
       <c r="J33" s="12">
         <v>929925</v>
       </c>
       <c r="K33" s="12">
         <v>901598</v>
       </c>
       <c r="L33" s="12">
         <v>569997</v>
       </c>
       <c r="M33" s="13">
         <v>7179345</v>
       </c>
       <c r="N33" s="14"/>
       <c r="O33" s="14"/>
     </row>
     <row r="34" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B34" s="193"/>
-      <c r="D34" s="197" t="s">
+      <c r="B34" s="151"/>
+      <c r="D34" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E34" s="198"/>
+      <c r="E34" s="157"/>
       <c r="F34" s="15">
         <v>29583</v>
       </c>
       <c r="G34" s="15">
         <v>32704</v>
       </c>
       <c r="H34" s="15">
         <v>35781</v>
       </c>
       <c r="I34" s="15">
         <v>36163</v>
       </c>
       <c r="J34" s="15">
         <v>24816</v>
       </c>
       <c r="K34" s="15">
         <v>23125</v>
       </c>
       <c r="L34" s="15">
         <v>19688</v>
       </c>
       <c r="M34" s="16">
         <v>201860</v>
       </c>
       <c r="N34" s="14"/>
       <c r="O34" s="14"/>
     </row>
     <row r="35" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B35" s="193"/>
-      <c r="D35" s="197" t="s">
+      <c r="B35" s="151"/>
+      <c r="D35" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E35" s="198"/>
+      <c r="E35" s="157"/>
       <c r="F35" s="15">
         <v>72611</v>
       </c>
       <c r="G35" s="15">
         <v>74099</v>
       </c>
       <c r="H35" s="15">
         <v>82929</v>
       </c>
       <c r="I35" s="15">
         <v>77015</v>
       </c>
       <c r="J35" s="15">
         <v>52895</v>
       </c>
       <c r="K35" s="15">
         <v>49944</v>
       </c>
       <c r="L35" s="15">
         <v>37928</v>
       </c>
       <c r="M35" s="16">
         <v>447421</v>
       </c>
       <c r="N35" s="14"/>
       <c r="O35" s="14"/>
     </row>
     <row r="36" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B36" s="193"/>
+      <c r="B36" s="151"/>
       <c r="C36" s="17"/>
-      <c r="D36" s="197" t="s">
+      <c r="D36" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E36" s="198"/>
+      <c r="E36" s="157"/>
       <c r="F36" s="18">
         <v>170157</v>
       </c>
       <c r="G36" s="18">
         <v>156378</v>
       </c>
       <c r="H36" s="18">
         <v>189503</v>
       </c>
       <c r="I36" s="18">
         <v>152129</v>
       </c>
       <c r="J36" s="18">
         <v>106203</v>
       </c>
       <c r="K36" s="18">
         <v>97885</v>
       </c>
       <c r="L36" s="18">
         <v>70922</v>
       </c>
       <c r="M36" s="19">
         <v>943177</v>
       </c>
       <c r="N36" s="14"/>
       <c r="O36" s="14"/>
     </row>
     <row r="37" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B37" s="193"/>
+      <c r="B37" s="151"/>
       <c r="C37" s="17"/>
-      <c r="D37" s="197" t="s">
+      <c r="D37" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E37" s="198"/>
+      <c r="E37" s="157"/>
       <c r="F37" s="15">
         <v>300808</v>
       </c>
       <c r="G37" s="15">
         <v>255214</v>
       </c>
       <c r="H37" s="15">
         <v>344576</v>
       </c>
       <c r="I37" s="15">
         <v>243534</v>
       </c>
       <c r="J37" s="15">
         <v>170562</v>
       </c>
       <c r="K37" s="15">
         <v>154483</v>
       </c>
       <c r="L37" s="15">
         <v>103359</v>
       </c>
       <c r="M37" s="16">
         <v>1572536</v>
       </c>
       <c r="N37" s="14"/>
       <c r="O37" s="14"/>
     </row>
     <row r="38" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B38" s="193"/>
+      <c r="B38" s="151"/>
       <c r="C38" s="17"/>
-      <c r="D38" s="197" t="s">
+      <c r="D38" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E38" s="198"/>
+      <c r="E38" s="157"/>
       <c r="F38" s="15">
         <v>305869</v>
       </c>
       <c r="G38" s="15">
         <v>282299</v>
       </c>
       <c r="H38" s="15">
         <v>425640</v>
       </c>
       <c r="I38" s="15">
         <v>312588</v>
       </c>
       <c r="J38" s="15">
         <v>232217</v>
       </c>
       <c r="K38" s="15">
         <v>214036</v>
       </c>
       <c r="L38" s="15">
         <v>131664</v>
       </c>
       <c r="M38" s="16">
         <v>1904313</v>
       </c>
       <c r="N38" s="14"/>
       <c r="O38" s="14"/>
     </row>
     <row r="39" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B39" s="193"/>
+      <c r="B39" s="151"/>
       <c r="C39" s="20"/>
-      <c r="D39" s="199" t="s">
+      <c r="D39" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E39" s="200"/>
+      <c r="E39" s="159"/>
       <c r="F39" s="21">
         <v>188184</v>
       </c>
       <c r="G39" s="21">
         <v>223873</v>
       </c>
       <c r="H39" s="21">
         <v>409230</v>
       </c>
       <c r="I39" s="21">
         <v>376958</v>
       </c>
       <c r="J39" s="21">
         <v>343232</v>
       </c>
       <c r="K39" s="21">
         <v>362125</v>
       </c>
       <c r="L39" s="21">
         <v>206436</v>
       </c>
       <c r="M39" s="22">
         <v>2110038</v>
       </c>
       <c r="N39" s="14"/>
       <c r="O39" s="14"/>
     </row>
     <row r="40" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B40" s="193"/>
+      <c r="B40" s="151"/>
       <c r="C40" s="23" t="s">
         <v>31</v>
       </c>
       <c r="D40" s="24"/>
       <c r="E40" s="25"/>
       <c r="F40" s="26">
         <v>12557</v>
       </c>
       <c r="G40" s="26">
         <v>20996</v>
       </c>
       <c r="H40" s="26">
         <v>20493</v>
       </c>
       <c r="I40" s="26">
         <v>28039</v>
       </c>
       <c r="J40" s="26">
         <v>18422</v>
       </c>
       <c r="K40" s="26">
         <v>16614</v>
       </c>
       <c r="L40" s="26">
         <v>16660</v>
       </c>
       <c r="M40" s="27">
         <v>133781</v>
       </c>
       <c r="N40" s="14"/>
       <c r="O40" s="14"/>
     </row>
     <row r="41" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B41" s="194"/>
-      <c r="C41" s="139" t="s">
+      <c r="B41" s="152"/>
+      <c r="C41" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D41" s="201"/>
-      <c r="E41" s="202"/>
+      <c r="D41" s="161"/>
+      <c r="E41" s="162"/>
       <c r="F41" s="28">
         <v>1079769</v>
       </c>
       <c r="G41" s="28">
         <v>1045563</v>
       </c>
       <c r="H41" s="28">
         <v>1508152</v>
       </c>
       <c r="I41" s="28">
         <v>1226426</v>
       </c>
       <c r="J41" s="28">
         <v>948347</v>
       </c>
       <c r="K41" s="28">
         <v>918212</v>
       </c>
       <c r="L41" s="28">
         <v>586657</v>
       </c>
       <c r="M41" s="29">
         <v>7313126</v>
       </c>
       <c r="N41" s="14"/>
@@ -5714,838 +5714,838 @@
       <c r="M42" s="30"/>
       <c r="N42" s="30"/>
     </row>
     <row r="43" spans="1:15" s="1" customFormat="1" ht="4.5" customHeight="1">
       <c r="E43" s="30"/>
       <c r="F43" s="30"/>
       <c r="G43" s="30"/>
       <c r="H43" s="30"/>
       <c r="I43" s="30"/>
       <c r="J43" s="30"/>
       <c r="K43" s="30"/>
       <c r="L43" s="30"/>
       <c r="M43" s="30"/>
       <c r="N43" s="30"/>
     </row>
     <row r="44" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A44" s="1" t="s">
         <v>36</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>4</v>
       </c>
       <c r="O44" s="4"/>
     </row>
     <row r="45" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B45" s="192" t="s">
+      <c r="B45" s="150" t="s">
         <v>14</v>
       </c>
-      <c r="C45" s="149" t="s">
+      <c r="C45" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D45" s="195"/>
-      <c r="E45" s="196"/>
+      <c r="D45" s="154"/>
+      <c r="E45" s="155"/>
       <c r="F45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M45" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
     </row>
     <row r="46" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B46" s="193"/>
-      <c r="D46" s="197" t="s">
+      <c r="B46" s="151"/>
+      <c r="D46" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E46" s="198"/>
+      <c r="E46" s="157"/>
       <c r="F46" s="15">
         <v>838</v>
       </c>
       <c r="G46" s="15">
         <v>830</v>
       </c>
       <c r="H46" s="15">
         <v>919</v>
       </c>
       <c r="I46" s="15">
         <v>872</v>
       </c>
       <c r="J46" s="15">
         <v>573</v>
       </c>
       <c r="K46" s="15">
         <v>542</v>
       </c>
       <c r="L46" s="15">
         <v>430</v>
       </c>
       <c r="M46" s="31">
         <v>5004</v>
       </c>
       <c r="N46" s="14"/>
       <c r="O46" s="14"/>
     </row>
     <row r="47" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B47" s="193"/>
-      <c r="D47" s="197" t="s">
+      <c r="B47" s="151"/>
+      <c r="D47" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E47" s="198"/>
+      <c r="E47" s="157"/>
       <c r="F47" s="15">
         <v>2126</v>
       </c>
       <c r="G47" s="15">
         <v>1976</v>
       </c>
       <c r="H47" s="15">
         <v>2387</v>
       </c>
       <c r="I47" s="15">
         <v>2183</v>
       </c>
       <c r="J47" s="15">
         <v>1363</v>
       </c>
       <c r="K47" s="15">
         <v>1222</v>
       </c>
       <c r="L47" s="15">
         <v>914</v>
       </c>
       <c r="M47" s="16">
         <v>12171</v>
       </c>
       <c r="N47" s="14"/>
       <c r="O47" s="14"/>
     </row>
     <row r="48" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B48" s="193"/>
+      <c r="B48" s="151"/>
       <c r="C48" s="17"/>
-      <c r="D48" s="197" t="s">
+      <c r="D48" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E48" s="198"/>
+      <c r="E48" s="157"/>
       <c r="F48" s="18">
         <v>4207</v>
       </c>
       <c r="G48" s="18">
         <v>3759</v>
       </c>
       <c r="H48" s="18">
         <v>4983</v>
       </c>
       <c r="I48" s="18">
         <v>4123</v>
       </c>
       <c r="J48" s="18">
         <v>2598</v>
       </c>
       <c r="K48" s="18">
         <v>2246</v>
       </c>
       <c r="L48" s="18">
         <v>1698</v>
       </c>
       <c r="M48" s="19">
         <v>23614</v>
       </c>
       <c r="N48" s="14"/>
       <c r="O48" s="14"/>
     </row>
     <row r="49" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B49" s="193"/>
+      <c r="B49" s="151"/>
       <c r="C49" s="17"/>
-      <c r="D49" s="197" t="s">
+      <c r="D49" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E49" s="198"/>
+      <c r="E49" s="157"/>
       <c r="F49" s="15">
         <v>9185</v>
       </c>
       <c r="G49" s="15">
         <v>7119</v>
       </c>
       <c r="H49" s="15">
         <v>11247</v>
       </c>
       <c r="I49" s="15">
         <v>7807</v>
       </c>
       <c r="J49" s="15">
         <v>4858</v>
       </c>
       <c r="K49" s="15">
         <v>4029</v>
       </c>
       <c r="L49" s="15">
         <v>2649</v>
       </c>
       <c r="M49" s="16">
         <v>46894</v>
       </c>
       <c r="N49" s="14"/>
       <c r="O49" s="14"/>
     </row>
     <row r="50" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B50" s="193"/>
+      <c r="B50" s="151"/>
       <c r="C50" s="17"/>
-      <c r="D50" s="197" t="s">
+      <c r="D50" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E50" s="198"/>
+      <c r="E50" s="157"/>
       <c r="F50" s="15">
         <v>15662</v>
       </c>
       <c r="G50" s="15">
         <v>11669</v>
       </c>
       <c r="H50" s="15">
         <v>19177</v>
       </c>
       <c r="I50" s="15">
         <v>13287</v>
       </c>
       <c r="J50" s="15">
         <v>8632</v>
       </c>
       <c r="K50" s="15">
         <v>7095</v>
       </c>
       <c r="L50" s="15">
         <v>4062</v>
       </c>
       <c r="M50" s="16">
         <v>79584</v>
       </c>
       <c r="N50" s="14"/>
       <c r="O50" s="14"/>
     </row>
     <row r="51" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B51" s="193"/>
+      <c r="B51" s="151"/>
       <c r="C51" s="20"/>
-      <c r="D51" s="199" t="s">
+      <c r="D51" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E51" s="200"/>
+      <c r="E51" s="159"/>
       <c r="F51" s="21">
         <v>16317</v>
       </c>
       <c r="G51" s="21">
         <v>13977</v>
       </c>
       <c r="H51" s="21">
         <v>24845</v>
       </c>
       <c r="I51" s="21">
         <v>19560</v>
       </c>
       <c r="J51" s="21">
         <v>14569</v>
       </c>
       <c r="K51" s="21">
         <v>12175</v>
       </c>
       <c r="L51" s="21">
         <v>6001</v>
       </c>
       <c r="M51" s="22">
         <v>107444</v>
       </c>
       <c r="N51" s="14"/>
       <c r="O51" s="14"/>
     </row>
     <row r="52" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B52" s="194"/>
-      <c r="C52" s="139" t="s">
+      <c r="B52" s="152"/>
+      <c r="C52" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D52" s="201"/>
-      <c r="E52" s="202"/>
+      <c r="D52" s="161"/>
+      <c r="E52" s="162"/>
       <c r="F52" s="28">
         <v>48335</v>
       </c>
       <c r="G52" s="28">
         <v>39330</v>
       </c>
       <c r="H52" s="28">
         <v>63558</v>
       </c>
       <c r="I52" s="28">
         <v>47832</v>
       </c>
       <c r="J52" s="28">
         <v>32593</v>
       </c>
       <c r="K52" s="28">
         <v>27309</v>
       </c>
       <c r="L52" s="28">
         <v>15754</v>
       </c>
       <c r="M52" s="29">
         <v>274711</v>
       </c>
       <c r="N52" s="14"/>
       <c r="O52" s="14"/>
     </row>
     <row r="53" spans="2:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B53" s="192" t="s">
+      <c r="B53" s="150" t="s">
         <v>33</v>
       </c>
-      <c r="C53" s="149" t="s">
+      <c r="C53" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D53" s="195"/>
-      <c r="E53" s="196"/>
+      <c r="D53" s="154"/>
+      <c r="E53" s="155"/>
       <c r="F53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M53" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="7"/>
     </row>
     <row r="54" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B54" s="193"/>
-      <c r="D54" s="197" t="s">
+      <c r="B54" s="151"/>
+      <c r="D54" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E54" s="198"/>
+      <c r="E54" s="157"/>
       <c r="F54" s="15">
         <v>290</v>
       </c>
       <c r="G54" s="15">
         <v>246</v>
       </c>
       <c r="H54" s="15">
         <v>224</v>
       </c>
       <c r="I54" s="15">
         <v>175</v>
       </c>
       <c r="J54" s="15">
         <v>105</v>
       </c>
       <c r="K54" s="15">
         <v>117</v>
       </c>
       <c r="L54" s="15">
         <v>79</v>
       </c>
       <c r="M54" s="31">
         <v>1236</v>
       </c>
       <c r="N54" s="14"/>
       <c r="O54" s="14"/>
     </row>
     <row r="55" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B55" s="193"/>
-      <c r="D55" s="197" t="s">
+      <c r="B55" s="151"/>
+      <c r="D55" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E55" s="198"/>
+      <c r="E55" s="157"/>
       <c r="F55" s="15">
         <v>639</v>
       </c>
       <c r="G55" s="15">
         <v>549</v>
       </c>
       <c r="H55" s="15">
         <v>452</v>
       </c>
       <c r="I55" s="15">
         <v>353</v>
       </c>
       <c r="J55" s="15">
         <v>192</v>
       </c>
       <c r="K55" s="15">
         <v>194</v>
       </c>
       <c r="L55" s="15">
         <v>170</v>
       </c>
       <c r="M55" s="16">
         <v>2549</v>
       </c>
       <c r="N55" s="14"/>
       <c r="O55" s="14"/>
     </row>
     <row r="56" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B56" s="193"/>
+      <c r="B56" s="151"/>
       <c r="C56" s="17"/>
-      <c r="D56" s="197" t="s">
+      <c r="D56" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E56" s="198"/>
+      <c r="E56" s="157"/>
       <c r="F56" s="18">
         <v>1313</v>
       </c>
       <c r="G56" s="18">
         <v>1126</v>
       </c>
       <c r="H56" s="18">
         <v>1058</v>
       </c>
       <c r="I56" s="18">
         <v>691</v>
       </c>
       <c r="J56" s="18">
         <v>430</v>
       </c>
       <c r="K56" s="18">
         <v>365</v>
       </c>
       <c r="L56" s="18">
         <v>346</v>
       </c>
       <c r="M56" s="19">
         <v>5329</v>
       </c>
       <c r="N56" s="14"/>
       <c r="O56" s="14"/>
     </row>
     <row r="57" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B57" s="193"/>
+      <c r="B57" s="151"/>
       <c r="C57" s="17"/>
-      <c r="D57" s="197" t="s">
+      <c r="D57" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E57" s="198"/>
+      <c r="E57" s="157"/>
       <c r="F57" s="15">
         <v>2325</v>
       </c>
       <c r="G57" s="15">
         <v>1929</v>
       </c>
       <c r="H57" s="15">
         <v>2252</v>
       </c>
       <c r="I57" s="15">
         <v>1370</v>
       </c>
       <c r="J57" s="15">
         <v>863</v>
       </c>
       <c r="K57" s="15">
         <v>752</v>
       </c>
       <c r="L57" s="15">
         <v>561</v>
       </c>
       <c r="M57" s="16">
         <v>10052</v>
       </c>
       <c r="N57" s="14"/>
       <c r="O57" s="14"/>
     </row>
     <row r="58" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B58" s="193"/>
+      <c r="B58" s="151"/>
       <c r="C58" s="17"/>
-      <c r="D58" s="197" t="s">
+      <c r="D58" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E58" s="198"/>
+      <c r="E58" s="157"/>
       <c r="F58" s="15">
         <v>2986</v>
       </c>
       <c r="G58" s="15">
         <v>2735</v>
       </c>
       <c r="H58" s="15">
         <v>3586</v>
       </c>
       <c r="I58" s="15">
         <v>2469</v>
       </c>
       <c r="J58" s="15">
         <v>1680</v>
       </c>
       <c r="K58" s="15">
         <v>1479</v>
       </c>
       <c r="L58" s="15">
         <v>1010</v>
       </c>
       <c r="M58" s="16">
         <v>15945</v>
       </c>
       <c r="N58" s="14"/>
       <c r="O58" s="14"/>
     </row>
     <row r="59" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B59" s="193"/>
+      <c r="B59" s="151"/>
       <c r="C59" s="20"/>
-      <c r="D59" s="199" t="s">
+      <c r="D59" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E59" s="200"/>
+      <c r="E59" s="159"/>
       <c r="F59" s="21">
         <v>2409</v>
       </c>
       <c r="G59" s="21">
         <v>2888</v>
       </c>
       <c r="H59" s="21">
         <v>5191</v>
       </c>
       <c r="I59" s="21">
         <v>4749</v>
       </c>
       <c r="J59" s="21">
         <v>4098</v>
       </c>
       <c r="K59" s="21">
         <v>4485</v>
       </c>
       <c r="L59" s="21">
         <v>2901</v>
       </c>
       <c r="M59" s="22">
         <v>26721</v>
       </c>
       <c r="N59" s="14"/>
       <c r="O59" s="14"/>
     </row>
     <row r="60" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B60" s="194"/>
-      <c r="C60" s="139" t="s">
+      <c r="B60" s="152"/>
+      <c r="C60" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D60" s="201"/>
-      <c r="E60" s="202"/>
+      <c r="D60" s="161"/>
+      <c r="E60" s="162"/>
       <c r="F60" s="28">
         <v>9962</v>
       </c>
       <c r="G60" s="28">
         <v>9473</v>
       </c>
       <c r="H60" s="28">
         <v>12763</v>
       </c>
       <c r="I60" s="28">
         <v>9807</v>
       </c>
       <c r="J60" s="28">
         <v>7368</v>
       </c>
       <c r="K60" s="28">
         <v>7392</v>
       </c>
       <c r="L60" s="28">
         <v>5067</v>
       </c>
       <c r="M60" s="29">
         <v>61832</v>
       </c>
       <c r="N60" s="14"/>
       <c r="O60" s="14"/>
     </row>
     <row r="61" spans="2:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B61" s="192" t="s">
+      <c r="B61" s="150" t="s">
         <v>34</v>
       </c>
-      <c r="C61" s="149" t="s">
+      <c r="C61" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D61" s="195"/>
-      <c r="E61" s="196"/>
+      <c r="D61" s="154"/>
+      <c r="E61" s="155"/>
       <c r="F61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L61" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M61" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="7"/>
     </row>
     <row r="62" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B62" s="193"/>
-      <c r="D62" s="197" t="s">
+      <c r="B62" s="151"/>
+      <c r="D62" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E62" s="198"/>
+      <c r="E62" s="157"/>
       <c r="F62" s="15">
         <v>1128</v>
       </c>
       <c r="G62" s="15">
         <v>1076</v>
       </c>
       <c r="H62" s="15">
         <v>1143</v>
       </c>
       <c r="I62" s="15">
         <v>1047</v>
       </c>
       <c r="J62" s="15">
         <v>678</v>
       </c>
       <c r="K62" s="15">
         <v>659</v>
       </c>
       <c r="L62" s="15">
         <v>509</v>
       </c>
       <c r="M62" s="31">
         <v>6240</v>
       </c>
       <c r="N62" s="14"/>
       <c r="O62" s="14"/>
     </row>
     <row r="63" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B63" s="193"/>
-      <c r="D63" s="197" t="s">
+      <c r="B63" s="151"/>
+      <c r="D63" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E63" s="198"/>
+      <c r="E63" s="157"/>
       <c r="F63" s="15">
         <v>2765</v>
       </c>
       <c r="G63" s="15">
         <v>2525</v>
       </c>
       <c r="H63" s="15">
         <v>2839</v>
       </c>
       <c r="I63" s="15">
         <v>2536</v>
       </c>
       <c r="J63" s="15">
         <v>1555</v>
       </c>
       <c r="K63" s="15">
         <v>1416</v>
       </c>
       <c r="L63" s="15">
         <v>1084</v>
       </c>
       <c r="M63" s="16">
         <v>14720</v>
       </c>
       <c r="N63" s="14"/>
       <c r="O63" s="14"/>
     </row>
     <row r="64" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B64" s="193"/>
+      <c r="B64" s="151"/>
       <c r="C64" s="17"/>
-      <c r="D64" s="197" t="s">
+      <c r="D64" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E64" s="198"/>
+      <c r="E64" s="157"/>
       <c r="F64" s="18">
         <v>5520</v>
       </c>
       <c r="G64" s="18">
         <v>4885</v>
       </c>
       <c r="H64" s="18">
         <v>6041</v>
       </c>
       <c r="I64" s="18">
         <v>4814</v>
       </c>
       <c r="J64" s="18">
         <v>3028</v>
       </c>
       <c r="K64" s="18">
         <v>2611</v>
       </c>
       <c r="L64" s="18">
         <v>2044</v>
       </c>
       <c r="M64" s="19">
         <v>28943</v>
       </c>
       <c r="N64" s="14"/>
       <c r="O64" s="14"/>
     </row>
     <row r="65" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B65" s="193"/>
+      <c r="B65" s="151"/>
       <c r="C65" s="17"/>
-      <c r="D65" s="197" t="s">
+      <c r="D65" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E65" s="198"/>
+      <c r="E65" s="157"/>
       <c r="F65" s="15">
         <v>11510</v>
       </c>
       <c r="G65" s="15">
         <v>9048</v>
       </c>
       <c r="H65" s="15">
         <v>13499</v>
       </c>
       <c r="I65" s="15">
         <v>9177</v>
       </c>
       <c r="J65" s="15">
         <v>5721</v>
       </c>
       <c r="K65" s="15">
         <v>4781</v>
       </c>
       <c r="L65" s="15">
         <v>3210</v>
       </c>
       <c r="M65" s="16">
         <v>56946</v>
       </c>
       <c r="N65" s="14"/>
       <c r="O65" s="14"/>
     </row>
     <row r="66" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B66" s="193"/>
+      <c r="B66" s="151"/>
       <c r="C66" s="17"/>
-      <c r="D66" s="197" t="s">
+      <c r="D66" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E66" s="198"/>
+      <c r="E66" s="157"/>
       <c r="F66" s="15">
         <v>18648</v>
       </c>
       <c r="G66" s="15">
         <v>14404</v>
       </c>
       <c r="H66" s="15">
         <v>22763</v>
       </c>
       <c r="I66" s="15">
         <v>15756</v>
       </c>
       <c r="J66" s="15">
         <v>10312</v>
       </c>
       <c r="K66" s="15">
         <v>8574</v>
       </c>
       <c r="L66" s="15">
         <v>5072</v>
       </c>
       <c r="M66" s="16">
         <v>95529</v>
       </c>
       <c r="N66" s="14"/>
       <c r="O66" s="14"/>
     </row>
     <row r="67" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B67" s="193"/>
+      <c r="B67" s="151"/>
       <c r="C67" s="20"/>
-      <c r="D67" s="199" t="s">
+      <c r="D67" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E67" s="200"/>
+      <c r="E67" s="159"/>
       <c r="F67" s="21">
         <v>18726</v>
       </c>
       <c r="G67" s="21">
         <v>16865</v>
       </c>
       <c r="H67" s="21">
         <v>30036</v>
       </c>
       <c r="I67" s="21">
         <v>24309</v>
       </c>
       <c r="J67" s="21">
         <v>18667</v>
       </c>
       <c r="K67" s="21">
         <v>16660</v>
       </c>
       <c r="L67" s="21">
         <v>8902</v>
       </c>
       <c r="M67" s="22">
         <v>134165</v>
       </c>
       <c r="N67" s="14"/>
       <c r="O67" s="14"/>
     </row>
     <row r="68" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B68" s="194"/>
-      <c r="C68" s="139" t="s">
+      <c r="B68" s="152"/>
+      <c r="C68" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D68" s="201"/>
-      <c r="E68" s="202"/>
+      <c r="D68" s="161"/>
+      <c r="E68" s="162"/>
       <c r="F68" s="28">
         <v>58297</v>
       </c>
       <c r="G68" s="28">
         <v>48803</v>
       </c>
       <c r="H68" s="28">
         <v>76321</v>
       </c>
       <c r="I68" s="28">
         <v>57639</v>
       </c>
       <c r="J68" s="28">
         <v>39961</v>
       </c>
       <c r="K68" s="28">
         <v>34701</v>
       </c>
       <c r="L68" s="28">
         <v>20821</v>
       </c>
       <c r="M68" s="29">
         <v>336543</v>
       </c>
       <c r="N68" s="14"/>
@@ -6566,838 +6566,838 @@
       <c r="M69" s="30"/>
       <c r="N69" s="30"/>
     </row>
     <row r="70" spans="1:15" s="1" customFormat="1" ht="4.5" customHeight="1">
       <c r="E70" s="30"/>
       <c r="F70" s="30"/>
       <c r="G70" s="30"/>
       <c r="H70" s="30"/>
       <c r="I70" s="30"/>
       <c r="J70" s="30"/>
       <c r="K70" s="30"/>
       <c r="L70" s="30"/>
       <c r="M70" s="30"/>
       <c r="N70" s="30"/>
     </row>
     <row r="71" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>4</v>
       </c>
       <c r="O71" s="4"/>
     </row>
     <row r="72" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B72" s="192" t="s">
+      <c r="B72" s="150" t="s">
         <v>14</v>
       </c>
-      <c r="C72" s="149" t="s">
+      <c r="C72" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D72" s="195"/>
-      <c r="E72" s="196"/>
+      <c r="D72" s="154"/>
+      <c r="E72" s="155"/>
       <c r="F72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M72" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="7"/>
     </row>
     <row r="73" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B73" s="193"/>
-      <c r="D73" s="197" t="s">
+      <c r="B73" s="151"/>
+      <c r="D73" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E73" s="198"/>
+      <c r="E73" s="157"/>
       <c r="F73" s="15">
         <v>1461</v>
       </c>
       <c r="G73" s="15">
         <v>1472</v>
       </c>
       <c r="H73" s="15">
         <v>1503</v>
       </c>
       <c r="I73" s="15">
         <v>1557</v>
       </c>
       <c r="J73" s="15">
         <v>1024</v>
       </c>
       <c r="K73" s="15">
         <v>933</v>
       </c>
       <c r="L73" s="15">
         <v>805</v>
       </c>
       <c r="M73" s="31">
         <v>8755</v>
       </c>
       <c r="N73" s="14"/>
       <c r="O73" s="14"/>
     </row>
     <row r="74" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B74" s="193"/>
-      <c r="D74" s="197" t="s">
+      <c r="B74" s="151"/>
+      <c r="D74" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E74" s="198"/>
+      <c r="E74" s="157"/>
       <c r="F74" s="15">
         <v>2792</v>
       </c>
       <c r="G74" s="15">
         <v>2815</v>
       </c>
       <c r="H74" s="15">
         <v>3070</v>
       </c>
       <c r="I74" s="15">
         <v>3000</v>
       </c>
       <c r="J74" s="15">
         <v>1824</v>
       </c>
       <c r="K74" s="15">
         <v>1703</v>
       </c>
       <c r="L74" s="15">
         <v>1430</v>
       </c>
       <c r="M74" s="16">
         <v>16634</v>
       </c>
       <c r="N74" s="14"/>
       <c r="O74" s="14"/>
     </row>
     <row r="75" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B75" s="193"/>
+      <c r="B75" s="151"/>
       <c r="C75" s="17"/>
-      <c r="D75" s="197" t="s">
+      <c r="D75" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E75" s="198"/>
+      <c r="E75" s="157"/>
       <c r="F75" s="18">
         <v>4731</v>
       </c>
       <c r="G75" s="18">
         <v>4504</v>
       </c>
       <c r="H75" s="18">
         <v>5673</v>
       </c>
       <c r="I75" s="18">
         <v>5074</v>
       </c>
       <c r="J75" s="18">
         <v>3268</v>
       </c>
       <c r="K75" s="18">
         <v>2880</v>
       </c>
       <c r="L75" s="18">
         <v>2134</v>
       </c>
       <c r="M75" s="19">
         <v>28264</v>
       </c>
       <c r="N75" s="14"/>
       <c r="O75" s="14"/>
     </row>
     <row r="76" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B76" s="193"/>
+      <c r="B76" s="151"/>
       <c r="C76" s="17"/>
-      <c r="D76" s="197" t="s">
+      <c r="D76" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E76" s="198"/>
+      <c r="E76" s="157"/>
       <c r="F76" s="15">
         <v>7761</v>
       </c>
       <c r="G76" s="15">
         <v>6390</v>
       </c>
       <c r="H76" s="15">
         <v>9448</v>
       </c>
       <c r="I76" s="15">
         <v>7116</v>
       </c>
       <c r="J76" s="15">
         <v>4324</v>
       </c>
       <c r="K76" s="15">
         <v>3780</v>
       </c>
       <c r="L76" s="15">
         <v>2457</v>
       </c>
       <c r="M76" s="16">
         <v>41276</v>
       </c>
       <c r="N76" s="14"/>
       <c r="O76" s="14"/>
     </row>
     <row r="77" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B77" s="193"/>
+      <c r="B77" s="151"/>
       <c r="C77" s="17"/>
-      <c r="D77" s="197" t="s">
+      <c r="D77" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E77" s="198"/>
+      <c r="E77" s="157"/>
       <c r="F77" s="15">
         <v>9871</v>
       </c>
       <c r="G77" s="15">
         <v>7968</v>
       </c>
       <c r="H77" s="15">
         <v>12094</v>
       </c>
       <c r="I77" s="15">
         <v>9067</v>
       </c>
       <c r="J77" s="15">
         <v>5714</v>
       </c>
       <c r="K77" s="15">
         <v>4634</v>
       </c>
       <c r="L77" s="15">
         <v>2733</v>
       </c>
       <c r="M77" s="16">
         <v>52081</v>
       </c>
       <c r="N77" s="14"/>
       <c r="O77" s="14"/>
     </row>
     <row r="78" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B78" s="193"/>
+      <c r="B78" s="151"/>
       <c r="C78" s="20"/>
-      <c r="D78" s="199" t="s">
+      <c r="D78" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E78" s="200"/>
+      <c r="E78" s="159"/>
       <c r="F78" s="21">
         <v>7997</v>
       </c>
       <c r="G78" s="21">
         <v>7327</v>
       </c>
       <c r="H78" s="21">
         <v>11920</v>
       </c>
       <c r="I78" s="21">
         <v>10206</v>
       </c>
       <c r="J78" s="21">
         <v>7198</v>
       </c>
       <c r="K78" s="21">
         <v>6210</v>
       </c>
       <c r="L78" s="21">
         <v>3109</v>
       </c>
       <c r="M78" s="22">
         <v>53967</v>
       </c>
       <c r="N78" s="14"/>
       <c r="O78" s="14"/>
     </row>
     <row r="79" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B79" s="194"/>
-      <c r="C79" s="139" t="s">
+      <c r="B79" s="152"/>
+      <c r="C79" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D79" s="201"/>
-      <c r="E79" s="202"/>
+      <c r="D79" s="161"/>
+      <c r="E79" s="162"/>
       <c r="F79" s="28">
         <v>34613</v>
       </c>
       <c r="G79" s="28">
         <v>30476</v>
       </c>
       <c r="H79" s="28">
         <v>43708</v>
       </c>
       <c r="I79" s="28">
         <v>36020</v>
       </c>
       <c r="J79" s="28">
         <v>23352</v>
       </c>
       <c r="K79" s="28">
         <v>20140</v>
       </c>
       <c r="L79" s="28">
         <v>12668</v>
       </c>
       <c r="M79" s="29">
         <v>200977</v>
       </c>
       <c r="N79" s="14"/>
       <c r="O79" s="14"/>
     </row>
     <row r="80" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B80" s="192" t="s">
+      <c r="B80" s="150" t="s">
         <v>33</v>
       </c>
-      <c r="C80" s="149" t="s">
+      <c r="C80" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D80" s="195"/>
-      <c r="E80" s="196"/>
+      <c r="D80" s="154"/>
+      <c r="E80" s="155"/>
       <c r="F80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L80" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M80" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="7"/>
     </row>
     <row r="81" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B81" s="193"/>
-      <c r="D81" s="197" t="s">
+      <c r="B81" s="151"/>
+      <c r="D81" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E81" s="198"/>
+      <c r="E81" s="157"/>
       <c r="F81" s="15">
         <v>441</v>
       </c>
       <c r="G81" s="15">
         <v>475</v>
       </c>
       <c r="H81" s="15">
         <v>367</v>
       </c>
       <c r="I81" s="15">
         <v>372</v>
       </c>
       <c r="J81" s="15">
         <v>202</v>
       </c>
       <c r="K81" s="15">
         <v>203</v>
       </c>
       <c r="L81" s="15">
         <v>187</v>
       </c>
       <c r="M81" s="31">
         <v>2247</v>
       </c>
       <c r="N81" s="14"/>
       <c r="O81" s="14"/>
     </row>
     <row r="82" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B82" s="193"/>
-      <c r="D82" s="197" t="s">
+      <c r="B82" s="151"/>
+      <c r="D82" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E82" s="198"/>
+      <c r="E82" s="157"/>
       <c r="F82" s="15">
         <v>1116</v>
       </c>
       <c r="G82" s="15">
         <v>1079</v>
       </c>
       <c r="H82" s="15">
         <v>899</v>
       </c>
       <c r="I82" s="15">
         <v>773</v>
       </c>
       <c r="J82" s="15">
         <v>430</v>
       </c>
       <c r="K82" s="15">
         <v>393</v>
       </c>
       <c r="L82" s="15">
         <v>338</v>
       </c>
       <c r="M82" s="16">
         <v>5028</v>
       </c>
       <c r="N82" s="14"/>
       <c r="O82" s="14"/>
     </row>
     <row r="83" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B83" s="193"/>
+      <c r="B83" s="151"/>
       <c r="C83" s="17"/>
-      <c r="D83" s="197" t="s">
+      <c r="D83" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E83" s="198"/>
+      <c r="E83" s="157"/>
       <c r="F83" s="18">
         <v>2781</v>
       </c>
       <c r="G83" s="18">
         <v>2416</v>
       </c>
       <c r="H83" s="18">
         <v>2421</v>
       </c>
       <c r="I83" s="18">
         <v>1612</v>
       </c>
       <c r="J83" s="18">
         <v>976</v>
       </c>
       <c r="K83" s="18">
         <v>904</v>
       </c>
       <c r="L83" s="18">
         <v>709</v>
       </c>
       <c r="M83" s="19">
         <v>11819</v>
       </c>
       <c r="N83" s="14"/>
       <c r="O83" s="14"/>
     </row>
     <row r="84" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B84" s="193"/>
+      <c r="B84" s="151"/>
       <c r="C84" s="17"/>
-      <c r="D84" s="197" t="s">
+      <c r="D84" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E84" s="198"/>
+      <c r="E84" s="157"/>
       <c r="F84" s="15">
         <v>4753</v>
       </c>
       <c r="G84" s="15">
         <v>3928</v>
       </c>
       <c r="H84" s="15">
         <v>4466</v>
       </c>
       <c r="I84" s="15">
         <v>2957</v>
       </c>
       <c r="J84" s="15">
         <v>1796</v>
       </c>
       <c r="K84" s="15">
         <v>1437</v>
       </c>
       <c r="L84" s="15">
         <v>1060</v>
       </c>
       <c r="M84" s="16">
         <v>20397</v>
       </c>
       <c r="N84" s="14"/>
       <c r="O84" s="14"/>
     </row>
     <row r="85" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B85" s="193"/>
+      <c r="B85" s="151"/>
       <c r="C85" s="17"/>
-      <c r="D85" s="197" t="s">
+      <c r="D85" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E85" s="198"/>
+      <c r="E85" s="157"/>
       <c r="F85" s="15">
         <v>4772</v>
       </c>
       <c r="G85" s="15">
         <v>4735</v>
       </c>
       <c r="H85" s="15">
         <v>6462</v>
       </c>
       <c r="I85" s="15">
         <v>4608</v>
       </c>
       <c r="J85" s="15">
         <v>2741</v>
       </c>
       <c r="K85" s="15">
         <v>2744</v>
       </c>
       <c r="L85" s="15">
         <v>1731</v>
       </c>
       <c r="M85" s="16">
         <v>27793</v>
       </c>
       <c r="N85" s="14"/>
       <c r="O85" s="14"/>
     </row>
     <row r="86" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B86" s="193"/>
+      <c r="B86" s="151"/>
       <c r="C86" s="20"/>
-      <c r="D86" s="199" t="s">
+      <c r="D86" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E86" s="200"/>
+      <c r="E86" s="159"/>
       <c r="F86" s="21">
         <v>3329</v>
       </c>
       <c r="G86" s="21">
         <v>4323</v>
       </c>
       <c r="H86" s="21">
         <v>7561</v>
       </c>
       <c r="I86" s="21">
         <v>7021</v>
       </c>
       <c r="J86" s="21">
         <v>5597</v>
       </c>
       <c r="K86" s="21">
         <v>6227</v>
       </c>
       <c r="L86" s="21">
         <v>3766</v>
       </c>
       <c r="M86" s="22">
         <v>37824</v>
       </c>
       <c r="N86" s="14"/>
       <c r="O86" s="14"/>
     </row>
     <row r="87" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B87" s="194"/>
-      <c r="C87" s="139" t="s">
+      <c r="B87" s="152"/>
+      <c r="C87" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D87" s="201"/>
-      <c r="E87" s="202"/>
+      <c r="D87" s="161"/>
+      <c r="E87" s="162"/>
       <c r="F87" s="28">
         <v>17192</v>
       </c>
       <c r="G87" s="28">
         <v>16956</v>
       </c>
       <c r="H87" s="28">
         <v>22176</v>
       </c>
       <c r="I87" s="28">
         <v>17343</v>
       </c>
       <c r="J87" s="28">
         <v>11742</v>
       </c>
       <c r="K87" s="28">
         <v>11908</v>
       </c>
       <c r="L87" s="28">
         <v>7791</v>
       </c>
       <c r="M87" s="29">
         <v>105108</v>
       </c>
       <c r="N87" s="14"/>
       <c r="O87" s="14"/>
     </row>
     <row r="88" spans="2:15" s="1" customFormat="1" ht="13.5" customHeight="1">
-      <c r="B88" s="192" t="s">
+      <c r="B88" s="150" t="s">
         <v>34</v>
       </c>
-      <c r="C88" s="149" t="s">
+      <c r="C88" s="153" t="s">
         <v>15</v>
       </c>
-      <c r="D88" s="195"/>
-      <c r="E88" s="196"/>
+      <c r="D88" s="154"/>
+      <c r="E88" s="155"/>
       <c r="F88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>22</v>
       </c>
       <c r="M88" s="8" t="s">
         <v>23</v>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="7"/>
     </row>
     <row r="89" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B89" s="193"/>
-      <c r="D89" s="197" t="s">
+      <c r="B89" s="151"/>
+      <c r="D89" s="156" t="s">
         <v>25</v>
       </c>
-      <c r="E89" s="198"/>
+      <c r="E89" s="157"/>
       <c r="F89" s="15">
         <v>1902</v>
       </c>
       <c r="G89" s="15">
         <v>1947</v>
       </c>
       <c r="H89" s="15">
         <v>1870</v>
       </c>
       <c r="I89" s="15">
         <v>1929</v>
       </c>
       <c r="J89" s="15">
         <v>1226</v>
       </c>
       <c r="K89" s="15">
         <v>1136</v>
       </c>
       <c r="L89" s="15">
         <v>992</v>
       </c>
       <c r="M89" s="31">
         <v>11002</v>
       </c>
       <c r="N89" s="14"/>
       <c r="O89" s="14"/>
     </row>
     <row r="90" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B90" s="193"/>
-      <c r="D90" s="197" t="s">
+      <c r="B90" s="151"/>
+      <c r="D90" s="156" t="s">
         <v>26</v>
       </c>
-      <c r="E90" s="198"/>
+      <c r="E90" s="157"/>
       <c r="F90" s="15">
         <v>3908</v>
       </c>
       <c r="G90" s="15">
         <v>3894</v>
       </c>
       <c r="H90" s="15">
         <v>3969</v>
       </c>
       <c r="I90" s="15">
         <v>3773</v>
       </c>
       <c r="J90" s="15">
         <v>2254</v>
       </c>
       <c r="K90" s="15">
         <v>2096</v>
       </c>
       <c r="L90" s="15">
         <v>1768</v>
       </c>
       <c r="M90" s="16">
         <v>21662</v>
       </c>
       <c r="N90" s="14"/>
       <c r="O90" s="14"/>
     </row>
     <row r="91" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B91" s="193"/>
+      <c r="B91" s="151"/>
       <c r="C91" s="17"/>
-      <c r="D91" s="197" t="s">
+      <c r="D91" s="156" t="s">
         <v>27</v>
       </c>
-      <c r="E91" s="198"/>
+      <c r="E91" s="157"/>
       <c r="F91" s="18">
         <v>7512</v>
       </c>
       <c r="G91" s="18">
         <v>6920</v>
       </c>
       <c r="H91" s="18">
         <v>8094</v>
       </c>
       <c r="I91" s="18">
         <v>6686</v>
       </c>
       <c r="J91" s="18">
         <v>4244</v>
       </c>
       <c r="K91" s="18">
         <v>3784</v>
       </c>
       <c r="L91" s="18">
         <v>2843</v>
       </c>
       <c r="M91" s="19">
         <v>40083</v>
       </c>
       <c r="N91" s="14"/>
       <c r="O91" s="14"/>
     </row>
     <row r="92" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B92" s="193"/>
+      <c r="B92" s="151"/>
       <c r="C92" s="17"/>
-      <c r="D92" s="197" t="s">
+      <c r="D92" s="156" t="s">
         <v>28</v>
       </c>
-      <c r="E92" s="198"/>
+      <c r="E92" s="157"/>
       <c r="F92" s="15">
         <v>12514</v>
       </c>
       <c r="G92" s="15">
         <v>10318</v>
       </c>
       <c r="H92" s="15">
         <v>13914</v>
       </c>
       <c r="I92" s="15">
         <v>10073</v>
       </c>
       <c r="J92" s="15">
         <v>6120</v>
       </c>
       <c r="K92" s="15">
         <v>5217</v>
       </c>
       <c r="L92" s="15">
         <v>3517</v>
       </c>
       <c r="M92" s="16">
         <v>61673</v>
       </c>
       <c r="N92" s="14"/>
       <c r="O92" s="14"/>
     </row>
     <row r="93" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B93" s="193"/>
+      <c r="B93" s="151"/>
       <c r="C93" s="17"/>
-      <c r="D93" s="197" t="s">
+      <c r="D93" s="156" t="s">
         <v>29</v>
       </c>
-      <c r="E93" s="198"/>
+      <c r="E93" s="157"/>
       <c r="F93" s="15">
         <v>14643</v>
       </c>
       <c r="G93" s="15">
         <v>12703</v>
       </c>
       <c r="H93" s="15">
         <v>18556</v>
       </c>
       <c r="I93" s="15">
         <v>13675</v>
       </c>
       <c r="J93" s="15">
         <v>8455</v>
       </c>
       <c r="K93" s="15">
         <v>7378</v>
       </c>
       <c r="L93" s="15">
         <v>4464</v>
       </c>
       <c r="M93" s="16">
         <v>79874</v>
       </c>
       <c r="N93" s="14"/>
       <c r="O93" s="14"/>
     </row>
     <row r="94" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B94" s="193"/>
+      <c r="B94" s="151"/>
       <c r="C94" s="20"/>
-      <c r="D94" s="199" t="s">
+      <c r="D94" s="158" t="s">
         <v>30</v>
       </c>
-      <c r="E94" s="200"/>
+      <c r="E94" s="159"/>
       <c r="F94" s="21">
         <v>11326</v>
       </c>
       <c r="G94" s="21">
         <v>11650</v>
       </c>
       <c r="H94" s="21">
         <v>19481</v>
       </c>
       <c r="I94" s="21">
         <v>17227</v>
       </c>
       <c r="J94" s="21">
         <v>12795</v>
       </c>
       <c r="K94" s="21">
         <v>12437</v>
       </c>
       <c r="L94" s="21">
         <v>6875</v>
       </c>
       <c r="M94" s="22">
         <v>91791</v>
       </c>
       <c r="N94" s="14"/>
       <c r="O94" s="14"/>
     </row>
     <row r="95" spans="2:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B95" s="194"/>
-      <c r="C95" s="139" t="s">
+      <c r="B95" s="152"/>
+      <c r="C95" s="160" t="s">
         <v>32</v>
       </c>
-      <c r="D95" s="201"/>
-      <c r="E95" s="202"/>
+      <c r="D95" s="161"/>
+      <c r="E95" s="162"/>
       <c r="F95" s="28">
         <v>51805</v>
       </c>
       <c r="G95" s="28">
         <v>47432</v>
       </c>
       <c r="H95" s="28">
         <v>65884</v>
       </c>
       <c r="I95" s="28">
         <v>53363</v>
       </c>
       <c r="J95" s="28">
         <v>35094</v>
       </c>
       <c r="K95" s="28">
         <v>32048</v>
       </c>
       <c r="L95" s="28">
         <v>20459</v>
       </c>
       <c r="M95" s="29">
         <v>306085</v>
       </c>
       <c r="N95" s="14"/>
@@ -7417,725 +7417,725 @@
       <c r="L96" s="30"/>
       <c r="M96" s="30"/>
       <c r="N96" s="30"/>
     </row>
     <row r="97" spans="1:18" s="1" customFormat="1" ht="7.5" customHeight="1">
       <c r="E97" s="30"/>
       <c r="F97" s="30"/>
       <c r="G97" s="30"/>
       <c r="H97" s="30"/>
       <c r="I97" s="30"/>
       <c r="J97" s="30"/>
       <c r="K97" s="30"/>
       <c r="L97" s="30"/>
       <c r="M97" s="30"/>
       <c r="N97" s="30"/>
     </row>
     <row r="98" spans="1:18" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A98" s="1" t="s">
         <v>38</v>
       </c>
       <c r="R98" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99" spans="1:18" s="1" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B99" s="166" t="s">
+      <c r="B99" s="173" t="s">
         <v>15</v>
       </c>
-      <c r="C99" s="167"/>
-[...1 lines deleted...]
-      <c r="E99" s="186" t="s">
+      <c r="C99" s="174"/>
+      <c r="D99" s="175"/>
+      <c r="E99" s="179" t="s">
         <v>39</v>
       </c>
-      <c r="F99" s="187"/>
-      <c r="G99" s="186" t="s">
+      <c r="F99" s="180"/>
+      <c r="G99" s="179" t="s">
         <v>40</v>
       </c>
-      <c r="H99" s="187"/>
-      <c r="I99" s="188" t="s">
+      <c r="H99" s="180"/>
+      <c r="I99" s="181" t="s">
         <v>41</v>
       </c>
-      <c r="J99" s="189"/>
-      <c r="K99" s="188" t="s">
+      <c r="J99" s="182"/>
+      <c r="K99" s="181" t="s">
         <v>42</v>
       </c>
-      <c r="L99" s="189"/>
-      <c r="M99" s="190" t="s">
+      <c r="L99" s="182"/>
+      <c r="M99" s="183" t="s">
         <v>43</v>
       </c>
-      <c r="N99" s="191"/>
-      <c r="O99" s="180" t="s">
+      <c r="N99" s="184"/>
+      <c r="O99" s="163" t="s">
         <v>44</v>
       </c>
-      <c r="P99" s="181"/>
-      <c r="Q99" s="180" t="s">
+      <c r="P99" s="164"/>
+      <c r="Q99" s="163" t="s">
         <v>23</v>
       </c>
-      <c r="R99" s="182"/>
+      <c r="R99" s="165"/>
     </row>
     <row r="100" spans="1:18" s="1" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B100" s="169"/>
-[...1 lines deleted...]
-      <c r="D100" s="185"/>
+      <c r="B100" s="176"/>
+      <c r="C100" s="177"/>
+      <c r="D100" s="178"/>
       <c r="E100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="F100" s="33" t="s">
         <v>46</v>
       </c>
       <c r="G100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="H100" s="33" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="J100" s="33" t="s">
         <v>46</v>
       </c>
       <c r="K100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="L100" s="33" t="s">
         <v>46</v>
       </c>
       <c r="M100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="N100" s="33" t="s">
         <v>46</v>
       </c>
       <c r="O100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="P100" s="34" t="s">
         <v>47</v>
       </c>
       <c r="Q100" s="32" t="s">
         <v>45</v>
       </c>
       <c r="R100" s="35" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="101" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B101" s="135" t="s">
+      <c r="B101" s="166" t="s">
         <v>48</v>
       </c>
-      <c r="C101" s="136"/>
-      <c r="D101" s="183"/>
+      <c r="C101" s="167"/>
+      <c r="D101" s="168"/>
       <c r="E101" s="36">
         <v>101045</v>
       </c>
       <c r="F101" s="37">
         <v>101019</v>
       </c>
       <c r="G101" s="36">
         <v>46079</v>
       </c>
       <c r="H101" s="38">
         <v>46071</v>
       </c>
       <c r="I101" s="36">
         <v>0</v>
       </c>
       <c r="J101" s="38">
         <v>0</v>
       </c>
       <c r="K101" s="36">
         <v>6097</v>
       </c>
       <c r="L101" s="38">
         <v>6098</v>
       </c>
       <c r="M101" s="36">
         <v>9171</v>
       </c>
       <c r="N101" s="38">
         <v>9168</v>
       </c>
       <c r="O101" s="36">
         <v>206126</v>
       </c>
       <c r="P101" s="38">
         <v>206091</v>
       </c>
       <c r="Q101" s="36">
         <v>368518</v>
       </c>
       <c r="R101" s="39">
         <v>368447</v>
       </c>
     </row>
     <row r="102" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B102" s="40"/>
-      <c r="C102" s="140" t="s">
+      <c r="C102" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D102" s="161"/>
+      <c r="D102" s="170"/>
       <c r="E102" s="41">
         <v>100562</v>
       </c>
       <c r="F102" s="42">
         <v>100536</v>
       </c>
       <c r="G102" s="41">
         <v>45862</v>
       </c>
       <c r="H102" s="42">
         <v>45854</v>
       </c>
       <c r="I102" s="41">
         <v>0</v>
       </c>
       <c r="J102" s="42">
         <v>0</v>
       </c>
       <c r="K102" s="41">
         <v>6036</v>
       </c>
       <c r="L102" s="42">
         <v>6037</v>
       </c>
       <c r="M102" s="41">
         <v>9129</v>
       </c>
       <c r="N102" s="42">
         <v>9126</v>
       </c>
       <c r="O102" s="41">
         <v>204833</v>
       </c>
       <c r="P102" s="42">
         <v>204797</v>
       </c>
       <c r="Q102" s="41">
         <v>366422</v>
       </c>
       <c r="R102" s="43">
         <v>366350</v>
       </c>
     </row>
     <row r="103" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B103" s="49"/>
-      <c r="C103" s="131" t="s">
+      <c r="C103" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D103" s="162"/>
+      <c r="D103" s="172"/>
       <c r="E103" s="44">
         <v>483</v>
       </c>
       <c r="F103" s="45">
         <v>483</v>
       </c>
       <c r="G103" s="44">
         <v>217</v>
       </c>
       <c r="H103" s="46">
         <v>217</v>
       </c>
       <c r="I103" s="44">
         <v>0</v>
       </c>
       <c r="J103" s="46">
         <v>0</v>
       </c>
       <c r="K103" s="44">
         <v>61</v>
       </c>
       <c r="L103" s="46">
         <v>61</v>
       </c>
       <c r="M103" s="44">
         <v>42</v>
       </c>
       <c r="N103" s="46">
         <v>42</v>
       </c>
       <c r="O103" s="44">
         <v>1293</v>
       </c>
       <c r="P103" s="46">
         <v>1294</v>
       </c>
       <c r="Q103" s="44">
         <v>2096</v>
       </c>
       <c r="R103" s="47">
         <v>2097</v>
       </c>
     </row>
     <row r="104" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B104" s="163" t="s">
+      <c r="B104" s="185" t="s">
         <v>49</v>
       </c>
-      <c r="C104" s="164"/>
-      <c r="D104" s="165"/>
+      <c r="C104" s="186"/>
+      <c r="D104" s="187"/>
       <c r="E104" s="36">
         <v>57820</v>
       </c>
       <c r="F104" s="37">
         <v>57555</v>
       </c>
       <c r="G104" s="36">
         <v>24421</v>
       </c>
       <c r="H104" s="48">
         <v>24277</v>
       </c>
       <c r="I104" s="36">
         <v>0</v>
       </c>
       <c r="J104" s="48">
         <v>0</v>
       </c>
       <c r="K104" s="36">
         <v>3387</v>
       </c>
       <c r="L104" s="48">
         <v>3359</v>
       </c>
       <c r="M104" s="36">
         <v>4206</v>
       </c>
       <c r="N104" s="48">
         <v>4193</v>
       </c>
       <c r="O104" s="36">
         <v>102736</v>
       </c>
       <c r="P104" s="48">
         <v>102521</v>
       </c>
       <c r="Q104" s="36">
         <v>192570</v>
       </c>
       <c r="R104" s="39">
         <v>191905</v>
       </c>
     </row>
     <row r="105" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B105" s="40"/>
-      <c r="C105" s="140" t="s">
+      <c r="C105" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D105" s="161"/>
+      <c r="D105" s="170"/>
       <c r="E105" s="41">
         <v>57139</v>
       </c>
       <c r="F105" s="42">
         <v>56875</v>
       </c>
       <c r="G105" s="41">
         <v>24129</v>
       </c>
       <c r="H105" s="42">
         <v>23989</v>
       </c>
       <c r="I105" s="41">
         <v>0</v>
       </c>
       <c r="J105" s="42">
         <v>0</v>
       </c>
       <c r="K105" s="41">
         <v>3323</v>
       </c>
       <c r="L105" s="42">
         <v>3295</v>
       </c>
       <c r="M105" s="41">
         <v>4167</v>
       </c>
       <c r="N105" s="42">
         <v>4154</v>
       </c>
       <c r="O105" s="41">
         <v>101426</v>
       </c>
       <c r="P105" s="42">
         <v>101214</v>
       </c>
       <c r="Q105" s="41">
         <v>190184</v>
       </c>
       <c r="R105" s="43">
         <v>189527</v>
       </c>
     </row>
     <row r="106" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B106" s="49"/>
-      <c r="C106" s="131" t="s">
+      <c r="C106" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D106" s="162"/>
+      <c r="D106" s="172"/>
       <c r="E106" s="50">
         <v>681</v>
       </c>
       <c r="F106" s="51">
         <v>680</v>
       </c>
       <c r="G106" s="50">
         <v>292</v>
       </c>
       <c r="H106" s="52">
         <v>288</v>
       </c>
       <c r="I106" s="50">
         <v>0</v>
       </c>
       <c r="J106" s="52">
         <v>0</v>
       </c>
       <c r="K106" s="50">
         <v>64</v>
       </c>
       <c r="L106" s="52">
         <v>64</v>
       </c>
       <c r="M106" s="50">
         <v>39</v>
       </c>
       <c r="N106" s="52">
         <v>39</v>
       </c>
       <c r="O106" s="50">
         <v>1310</v>
       </c>
       <c r="P106" s="52">
         <v>1307</v>
       </c>
       <c r="Q106" s="50">
         <v>2386</v>
       </c>
       <c r="R106" s="53">
         <v>2378</v>
       </c>
     </row>
     <row r="107" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B107" s="135" t="s">
+      <c r="B107" s="166" t="s">
         <v>50</v>
       </c>
-      <c r="C107" s="136"/>
-      <c r="D107" s="183"/>
+      <c r="C107" s="167"/>
+      <c r="D107" s="168"/>
       <c r="E107" s="36">
         <v>72980</v>
       </c>
       <c r="F107" s="37">
         <v>72520</v>
       </c>
       <c r="G107" s="36">
         <v>29510</v>
       </c>
       <c r="H107" s="48">
         <v>29263</v>
       </c>
       <c r="I107" s="36">
         <v>0</v>
       </c>
       <c r="J107" s="48">
         <v>0</v>
       </c>
       <c r="K107" s="36">
         <v>3788</v>
       </c>
       <c r="L107" s="48">
         <v>3736</v>
       </c>
       <c r="M107" s="36">
         <v>5683</v>
       </c>
       <c r="N107" s="48">
         <v>5681</v>
       </c>
       <c r="O107" s="36">
         <v>124150</v>
       </c>
       <c r="P107" s="48">
         <v>123801</v>
       </c>
       <c r="Q107" s="36">
         <v>236111</v>
       </c>
       <c r="R107" s="39">
         <v>235001</v>
       </c>
     </row>
     <row r="108" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B108" s="40"/>
-      <c r="C108" s="140" t="s">
+      <c r="C108" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D108" s="161"/>
+      <c r="D108" s="170"/>
       <c r="E108" s="41">
         <v>72391</v>
       </c>
       <c r="F108" s="42">
         <v>71932</v>
       </c>
       <c r="G108" s="41">
         <v>29096</v>
       </c>
       <c r="H108" s="42">
         <v>28851</v>
       </c>
       <c r="I108" s="41">
         <v>0</v>
       </c>
       <c r="J108" s="42">
         <v>0</v>
       </c>
       <c r="K108" s="41">
         <v>3714</v>
       </c>
       <c r="L108" s="42">
         <v>3662</v>
       </c>
       <c r="M108" s="41">
         <v>5643</v>
       </c>
       <c r="N108" s="42">
         <v>5641</v>
       </c>
       <c r="O108" s="41">
         <v>122119</v>
       </c>
       <c r="P108" s="42">
         <v>121771</v>
       </c>
       <c r="Q108" s="41">
         <v>232963</v>
       </c>
       <c r="R108" s="43">
         <v>231857</v>
       </c>
     </row>
     <row r="109" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B109" s="49"/>
-      <c r="C109" s="131" t="s">
+      <c r="C109" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D109" s="162"/>
+      <c r="D109" s="172"/>
       <c r="E109" s="50">
         <v>589</v>
       </c>
       <c r="F109" s="51">
         <v>588</v>
       </c>
       <c r="G109" s="50">
         <v>414</v>
       </c>
       <c r="H109" s="52">
         <v>412</v>
       </c>
       <c r="I109" s="50">
         <v>0</v>
       </c>
       <c r="J109" s="52">
         <v>0</v>
       </c>
       <c r="K109" s="50">
         <v>74</v>
       </c>
       <c r="L109" s="52">
         <v>74</v>
       </c>
       <c r="M109" s="50">
         <v>40</v>
       </c>
       <c r="N109" s="52">
         <v>40</v>
       </c>
       <c r="O109" s="50">
         <v>2031</v>
       </c>
       <c r="P109" s="52">
         <v>2030</v>
       </c>
       <c r="Q109" s="50">
         <v>3148</v>
       </c>
       <c r="R109" s="53">
         <v>3144</v>
       </c>
     </row>
     <row r="110" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
-      <c r="B110" s="163" t="s">
+      <c r="B110" s="185" t="s">
         <v>51</v>
       </c>
-      <c r="C110" s="164"/>
-      <c r="D110" s="165"/>
+      <c r="C110" s="186"/>
+      <c r="D110" s="187"/>
       <c r="E110" s="54">
         <v>17370</v>
       </c>
       <c r="F110" s="55">
         <v>18215</v>
       </c>
       <c r="G110" s="54">
         <v>9456</v>
       </c>
       <c r="H110" s="38">
         <v>9882</v>
       </c>
       <c r="I110" s="54">
         <v>0</v>
       </c>
       <c r="J110" s="38">
         <v>0</v>
       </c>
       <c r="K110" s="54">
         <v>1756</v>
       </c>
       <c r="L110" s="38">
         <v>1845</v>
       </c>
       <c r="M110" s="54">
         <v>609</v>
       </c>
       <c r="N110" s="38">
         <v>634</v>
       </c>
       <c r="O110" s="54">
         <v>48358</v>
       </c>
       <c r="P110" s="38">
         <v>49002</v>
       </c>
       <c r="Q110" s="54">
         <v>77549</v>
       </c>
       <c r="R110" s="56">
         <v>79578</v>
       </c>
     </row>
     <row r="111" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B111" s="40"/>
-      <c r="C111" s="140" t="s">
+      <c r="C111" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D111" s="161"/>
+      <c r="D111" s="170"/>
       <c r="E111" s="41">
         <v>17337</v>
       </c>
       <c r="F111" s="42">
         <v>18178</v>
       </c>
       <c r="G111" s="41">
         <v>9432</v>
       </c>
       <c r="H111" s="42">
         <v>9851</v>
       </c>
       <c r="I111" s="41">
         <v>0</v>
       </c>
       <c r="J111" s="42">
         <v>0</v>
       </c>
       <c r="K111" s="41">
         <v>1754</v>
       </c>
       <c r="L111" s="42">
         <v>1842</v>
       </c>
       <c r="M111" s="41">
         <v>610</v>
       </c>
       <c r="N111" s="42">
         <v>635</v>
       </c>
       <c r="O111" s="41">
         <v>48290</v>
       </c>
       <c r="P111" s="42">
         <v>48931</v>
       </c>
       <c r="Q111" s="41">
         <v>77423</v>
       </c>
       <c r="R111" s="43">
         <v>79437</v>
       </c>
     </row>
     <row r="112" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1">
       <c r="B112" s="49"/>
-      <c r="C112" s="131" t="s">
+      <c r="C112" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D112" s="162"/>
+      <c r="D112" s="172"/>
       <c r="E112" s="44">
         <v>33</v>
       </c>
       <c r="F112" s="45">
         <v>37</v>
       </c>
       <c r="G112" s="44">
         <v>24</v>
       </c>
       <c r="H112" s="46">
         <v>31</v>
       </c>
       <c r="I112" s="44">
         <v>0</v>
       </c>
       <c r="J112" s="46">
         <v>0</v>
       </c>
       <c r="K112" s="44">
         <v>2</v>
       </c>
       <c r="L112" s="46">
         <v>3</v>
       </c>
       <c r="M112" s="44">
         <v>-1</v>
       </c>
       <c r="N112" s="46">
         <v>-1</v>
       </c>
       <c r="O112" s="44">
         <v>68</v>
       </c>
       <c r="P112" s="46">
         <v>71</v>
       </c>
       <c r="Q112" s="44">
         <v>126</v>
       </c>
       <c r="R112" s="47">
         <v>141</v>
       </c>
     </row>
     <row r="113" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1" thickBot="1">
-      <c r="B113" s="145" t="s">
+      <c r="B113" s="188" t="s">
         <v>32</v>
       </c>
-      <c r="C113" s="146"/>
-      <c r="D113" s="146"/>
+      <c r="C113" s="189"/>
+      <c r="D113" s="189"/>
       <c r="E113" s="57">
         <v>249215</v>
       </c>
       <c r="F113" s="58">
         <v>249309</v>
       </c>
       <c r="G113" s="57">
         <v>109466</v>
       </c>
       <c r="H113" s="58">
         <v>109493</v>
       </c>
       <c r="I113" s="57">
         <v>0</v>
       </c>
       <c r="J113" s="58">
         <v>0</v>
       </c>
       <c r="K113" s="57">
         <v>15028</v>
       </c>
       <c r="L113" s="58">
         <v>15038</v>
       </c>
       <c r="M113" s="57">
@@ -8157,2626 +8157,2626 @@
         <v>874931</v>
       </c>
     </row>
     <row r="114" spans="1:18" s="1" customFormat="1" ht="13.5" customHeight="1">
       <c r="B114" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C114" s="67"/>
       <c r="D114" s="67"/>
       <c r="E114" s="63"/>
       <c r="F114" s="63"/>
       <c r="G114" s="63"/>
       <c r="H114" s="63"/>
       <c r="I114" s="63"/>
       <c r="J114" s="63"/>
       <c r="K114" s="63"/>
       <c r="L114" s="63"/>
       <c r="M114" s="63"/>
       <c r="N114" s="63"/>
       <c r="O114" s="63"/>
       <c r="P114" s="63"/>
       <c r="Q114" s="66"/>
       <c r="R114" s="66"/>
     </row>
     <row r="115" spans="1:18" s="1" customFormat="1" ht="17.25" customHeight="1"/>
-    <row r="116" spans="1:18" s="1" customFormat="1" ht="11.5" thickBot="1">
+    <row r="116" spans="1:18" s="1" customFormat="1" ht="12" thickBot="1">
       <c r="A116" s="1" t="s">
         <v>53</v>
       </c>
       <c r="J116" s="68" t="s">
         <v>4</v>
       </c>
       <c r="L116" s="4"/>
     </row>
-    <row r="117" spans="1:18" s="1" customFormat="1" ht="11">
-      <c r="B117" s="166" t="s">
+    <row r="117" spans="1:18" s="1" customFormat="1" ht="11.25">
+      <c r="B117" s="173" t="s">
         <v>15</v>
       </c>
-      <c r="C117" s="167"/>
-[...1 lines deleted...]
-      <c r="E117" s="172" t="s">
+      <c r="C117" s="174"/>
+      <c r="D117" s="190"/>
+      <c r="E117" s="192" t="s">
         <v>54</v>
       </c>
-      <c r="F117" s="173"/>
-      <c r="G117" s="174" t="s">
+      <c r="F117" s="193"/>
+      <c r="G117" s="194" t="s">
         <v>55</v>
       </c>
-      <c r="H117" s="175"/>
-[...5 lines deleted...]
-      <c r="D118" s="171"/>
+      <c r="H117" s="195"/>
+      <c r="I117" s="196"/>
+    </row>
+    <row r="118" spans="1:18" s="1" customFormat="1" ht="11.25">
+      <c r="B118" s="176"/>
+      <c r="C118" s="177"/>
+      <c r="D118" s="191"/>
       <c r="E118" s="61" t="s">
         <v>45</v>
       </c>
       <c r="F118" s="62" t="s">
         <v>46</v>
       </c>
-      <c r="G118" s="177"/>
-[...1 lines deleted...]
-      <c r="I118" s="179"/>
+      <c r="G118" s="197"/>
+      <c r="H118" s="198"/>
+      <c r="I118" s="199"/>
     </row>
     <row r="119" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B119" s="135" t="s">
+      <c r="B119" s="166" t="s">
         <v>56</v>
       </c>
-      <c r="C119" s="155"/>
-      <c r="D119" s="156"/>
+      <c r="C119" s="200"/>
+      <c r="D119" s="201"/>
       <c r="E119" s="70">
         <v>25</v>
       </c>
       <c r="F119" s="71">
         <v>21</v>
       </c>
-      <c r="G119" s="157" t="s">
+      <c r="G119" s="202" t="s">
         <v>57</v>
       </c>
-      <c r="H119" s="158"/>
+      <c r="H119" s="203"/>
       <c r="I119" s="72">
         <v>54</v>
       </c>
       <c r="K119" s="63"/>
     </row>
     <row r="120" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B120" s="40"/>
-      <c r="C120" s="140" t="s">
+      <c r="C120" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D120" s="141"/>
+      <c r="D120" s="204"/>
       <c r="E120" s="70">
         <v>25</v>
       </c>
       <c r="F120" s="73">
         <v>21</v>
       </c>
-      <c r="G120" s="159" t="s">
+      <c r="G120" s="205" t="s">
         <v>24</v>
       </c>
-      <c r="H120" s="160"/>
+      <c r="H120" s="206"/>
       <c r="I120" s="72">
         <v>54</v>
       </c>
       <c r="K120" s="63"/>
     </row>
     <row r="121" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B121" s="49"/>
-      <c r="C121" s="131" t="s">
+      <c r="C121" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D121" s="132"/>
+      <c r="D121" s="207"/>
       <c r="E121" s="70">
         <v>0</v>
       </c>
       <c r="F121" s="73">
         <v>0</v>
       </c>
-      <c r="G121" s="133" t="s">
+      <c r="G121" s="208" t="s">
         <v>31</v>
       </c>
-      <c r="H121" s="134"/>
+      <c r="H121" s="209"/>
       <c r="I121" s="72">
         <v>0</v>
       </c>
       <c r="K121" s="63"/>
     </row>
     <row r="122" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B122" s="135" t="s">
+      <c r="B122" s="166" t="s">
         <v>50</v>
       </c>
-      <c r="C122" s="155"/>
-      <c r="D122" s="156"/>
+      <c r="C122" s="200"/>
+      <c r="D122" s="201"/>
       <c r="E122" s="74">
         <v>235</v>
       </c>
       <c r="F122" s="75">
         <v>209</v>
       </c>
-      <c r="G122" s="157" t="s">
+      <c r="G122" s="202" t="s">
         <v>58</v>
       </c>
-      <c r="H122" s="158"/>
+      <c r="H122" s="203"/>
       <c r="I122" s="76">
         <v>43</v>
       </c>
       <c r="K122" s="63"/>
     </row>
     <row r="123" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B123" s="40"/>
-      <c r="C123" s="140" t="s">
+      <c r="C123" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D123" s="141"/>
+      <c r="D123" s="204"/>
       <c r="E123" s="70">
         <v>235</v>
       </c>
       <c r="F123" s="73">
         <v>209</v>
       </c>
-      <c r="G123" s="159" t="s">
+      <c r="G123" s="205" t="s">
         <v>24</v>
       </c>
-      <c r="H123" s="160"/>
+      <c r="H123" s="206"/>
       <c r="I123" s="72">
         <v>43</v>
       </c>
       <c r="K123" s="63"/>
     </row>
     <row r="124" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B124" s="49"/>
-      <c r="C124" s="131" t="s">
+      <c r="C124" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D124" s="132"/>
+      <c r="D124" s="207"/>
       <c r="E124" s="70">
         <v>0</v>
       </c>
       <c r="F124" s="73">
         <v>0</v>
       </c>
-      <c r="G124" s="133" t="s">
+      <c r="G124" s="208" t="s">
         <v>31</v>
       </c>
-      <c r="H124" s="134"/>
+      <c r="H124" s="209"/>
       <c r="I124" s="72">
         <v>0</v>
       </c>
       <c r="K124" s="63"/>
     </row>
     <row r="125" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B125" s="135" t="s">
+      <c r="B125" s="166" t="s">
         <v>59</v>
       </c>
-      <c r="C125" s="136"/>
-      <c r="D125" s="137"/>
+      <c r="C125" s="167"/>
+      <c r="D125" s="211"/>
       <c r="E125" s="74">
         <v>32</v>
       </c>
       <c r="F125" s="75">
         <v>61</v>
       </c>
-      <c r="G125" s="138" t="s">
+      <c r="G125" s="212" t="s">
         <v>32</v>
       </c>
-      <c r="H125" s="139"/>
+      <c r="H125" s="160"/>
       <c r="I125" s="77">
         <v>97</v>
       </c>
       <c r="K125" s="63"/>
     </row>
     <row r="126" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B126" s="40"/>
-      <c r="C126" s="140" t="s">
+      <c r="C126" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D126" s="141"/>
+      <c r="D126" s="204"/>
       <c r="E126" s="70">
         <v>32</v>
       </c>
       <c r="F126" s="73">
         <v>61</v>
       </c>
     </row>
     <row r="127" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B127" s="49"/>
-      <c r="C127" s="131" t="s">
+      <c r="C127" s="171" t="s">
         <v>31</v>
       </c>
-      <c r="D127" s="132"/>
+      <c r="D127" s="207"/>
       <c r="E127" s="70">
         <v>0</v>
       </c>
       <c r="F127" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:18" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B128" s="145" t="s">
+      <c r="B128" s="188" t="s">
         <v>32</v>
       </c>
-      <c r="C128" s="146"/>
-      <c r="D128" s="147"/>
+      <c r="C128" s="189"/>
+      <c r="D128" s="217"/>
       <c r="E128" s="78">
         <v>292</v>
       </c>
       <c r="F128" s="79">
         <v>291</v>
       </c>
     </row>
-    <row r="129" spans="1:13" s="1" customFormat="1" ht="11"/>
-    <row r="130" spans="1:13" s="1" customFormat="1" ht="11.5" thickBot="1">
+    <row r="129" spans="1:13" s="1" customFormat="1" ht="11.25"/>
+    <row r="130" spans="1:13" s="1" customFormat="1" ht="12" thickBot="1">
       <c r="A130" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J130" s="68" t="s">
         <v>4</v>
       </c>
       <c r="L130" s="4"/>
       <c r="M130" s="4"/>
     </row>
     <row r="131" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B131" s="148" t="s">
+      <c r="B131" s="218" t="s">
         <v>15</v>
       </c>
-      <c r="C131" s="149"/>
-[...1 lines deleted...]
-      <c r="E131" s="151" t="s">
+      <c r="C131" s="153"/>
+      <c r="D131" s="219"/>
+      <c r="E131" s="220" t="s">
         <v>61</v>
       </c>
-      <c r="F131" s="152"/>
-      <c r="G131" s="151" t="s">
+      <c r="F131" s="221"/>
+      <c r="G131" s="220" t="s">
         <v>62</v>
       </c>
-      <c r="H131" s="152"/>
-      <c r="I131" s="153" t="s">
+      <c r="H131" s="221"/>
+      <c r="I131" s="222" t="s">
         <v>63</v>
       </c>
-      <c r="J131" s="154"/>
-[...1 lines deleted...]
-      <c r="L131" s="130"/>
+      <c r="J131" s="223"/>
+      <c r="K131" s="210"/>
+      <c r="L131" s="210"/>
     </row>
     <row r="132" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B132" s="124" t="s">
+      <c r="B132" s="229" t="s">
         <v>64</v>
       </c>
-      <c r="C132" s="125"/>
-[...1 lines deleted...]
-      <c r="E132" s="127">
+      <c r="C132" s="230"/>
+      <c r="D132" s="231"/>
+      <c r="E132" s="232">
         <v>31</v>
       </c>
-      <c r="F132" s="128"/>
-      <c r="G132" s="127">
+      <c r="F132" s="233"/>
+      <c r="G132" s="232">
         <v>45</v>
       </c>
-      <c r="H132" s="128"/>
-      <c r="I132" s="127">
+      <c r="H132" s="233"/>
+      <c r="I132" s="232">
         <v>149</v>
       </c>
-      <c r="J132" s="129"/>
-[...1 lines deleted...]
-      <c r="L132" s="123"/>
+      <c r="J132" s="234"/>
+      <c r="K132" s="216"/>
+      <c r="L132" s="216"/>
     </row>
     <row r="133" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B133" s="64"/>
-      <c r="C133" s="140" t="s">
+      <c r="C133" s="169" t="s">
         <v>24</v>
       </c>
-      <c r="D133" s="141"/>
-      <c r="E133" s="142">
+      <c r="D133" s="204"/>
+      <c r="E133" s="213">
         <v>31</v>
       </c>
-      <c r="F133" s="143"/>
-      <c r="G133" s="142">
+      <c r="F133" s="214"/>
+      <c r="G133" s="213">
         <v>45</v>
       </c>
-      <c r="H133" s="143"/>
-      <c r="I133" s="142">
+      <c r="H133" s="214"/>
+      <c r="I133" s="213">
         <v>145</v>
       </c>
-      <c r="J133" s="144"/>
-[...1 lines deleted...]
-      <c r="L133" s="123"/>
+      <c r="J133" s="215"/>
+      <c r="K133" s="216"/>
+      <c r="L133" s="216"/>
     </row>
     <row r="134" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
       <c r="B134" s="65"/>
-      <c r="C134" s="118" t="s">
+      <c r="C134" s="224" t="s">
         <v>31</v>
       </c>
-      <c r="D134" s="119"/>
-[...8 lines deleted...]
-      <c r="I134" s="120">
+      <c r="D134" s="225"/>
+      <c r="E134" s="226">
+        <v>0</v>
+      </c>
+      <c r="F134" s="227"/>
+      <c r="G134" s="226">
+        <v>0</v>
+      </c>
+      <c r="H134" s="227"/>
+      <c r="I134" s="226">
         <v>4</v>
       </c>
-      <c r="J134" s="122"/>
-[...5 lines deleted...]
-    <row r="137" spans="1:13" s="1" customFormat="1" ht="11"/>
+      <c r="J134" s="228"/>
+      <c r="K134" s="216"/>
+      <c r="L134" s="216"/>
+    </row>
+    <row r="135" spans="1:13" s="1" customFormat="1" ht="11.25"/>
+    <row r="136" spans="1:13" s="1" customFormat="1" ht="11.25"/>
+    <row r="137" spans="1:13" s="1" customFormat="1" ht="11.25"/>
   </sheetData>
   <mergeCells count="160">
+    <mergeCell ref="C134:D134"/>
+    <mergeCell ref="E134:F134"/>
+    <mergeCell ref="G134:H134"/>
+    <mergeCell ref="I134:J134"/>
+    <mergeCell ref="K134:L134"/>
+    <mergeCell ref="B132:D132"/>
+    <mergeCell ref="E132:F132"/>
+    <mergeCell ref="G132:H132"/>
+    <mergeCell ref="I132:J132"/>
+    <mergeCell ref="K132:L132"/>
+    <mergeCell ref="K131:L131"/>
+    <mergeCell ref="C124:D124"/>
+    <mergeCell ref="G124:H124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="G125:H125"/>
+    <mergeCell ref="C126:D126"/>
+    <mergeCell ref="C127:D127"/>
+    <mergeCell ref="C133:D133"/>
+    <mergeCell ref="E133:F133"/>
+    <mergeCell ref="G133:H133"/>
+    <mergeCell ref="I133:J133"/>
+    <mergeCell ref="K133:L133"/>
+    <mergeCell ref="B128:D128"/>
+    <mergeCell ref="B131:D131"/>
+    <mergeCell ref="E131:F131"/>
+    <mergeCell ref="G131:H131"/>
+    <mergeCell ref="I131:J131"/>
+    <mergeCell ref="B119:D119"/>
+    <mergeCell ref="G119:H119"/>
+    <mergeCell ref="C120:D120"/>
+    <mergeCell ref="G120:H120"/>
+    <mergeCell ref="C121:D121"/>
+    <mergeCell ref="G121:H121"/>
+    <mergeCell ref="B122:D122"/>
+    <mergeCell ref="G122:H122"/>
+    <mergeCell ref="C123:D123"/>
+    <mergeCell ref="G123:H123"/>
+    <mergeCell ref="C108:D108"/>
+    <mergeCell ref="C109:D109"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="C111:D111"/>
+    <mergeCell ref="C112:D112"/>
+    <mergeCell ref="B113:D113"/>
+    <mergeCell ref="B117:D118"/>
+    <mergeCell ref="E117:F117"/>
+    <mergeCell ref="G117:I118"/>
+    <mergeCell ref="O99:P99"/>
+    <mergeCell ref="Q99:R99"/>
+    <mergeCell ref="B101:D101"/>
+    <mergeCell ref="C102:D102"/>
+    <mergeCell ref="C103:D103"/>
+    <mergeCell ref="B107:D107"/>
+    <mergeCell ref="B99:D100"/>
+    <mergeCell ref="E99:F99"/>
+    <mergeCell ref="G99:H99"/>
+    <mergeCell ref="I99:J99"/>
+    <mergeCell ref="K99:L99"/>
+    <mergeCell ref="M99:N99"/>
+    <mergeCell ref="B104:D104"/>
+    <mergeCell ref="C105:D105"/>
+    <mergeCell ref="C106:D106"/>
+    <mergeCell ref="B88:B95"/>
+    <mergeCell ref="C88:E88"/>
+    <mergeCell ref="D89:E89"/>
+    <mergeCell ref="D90:E90"/>
+    <mergeCell ref="D91:E91"/>
+    <mergeCell ref="D92:E92"/>
+    <mergeCell ref="D93:E93"/>
+    <mergeCell ref="D94:E94"/>
+    <mergeCell ref="C95:E95"/>
+    <mergeCell ref="B80:B87"/>
+    <mergeCell ref="C80:E80"/>
+    <mergeCell ref="D81:E81"/>
+    <mergeCell ref="D82:E82"/>
+    <mergeCell ref="D83:E83"/>
+    <mergeCell ref="D84:E84"/>
+    <mergeCell ref="D85:E85"/>
+    <mergeCell ref="D86:E86"/>
+    <mergeCell ref="C87:E87"/>
+    <mergeCell ref="B72:B79"/>
+    <mergeCell ref="C72:E72"/>
+    <mergeCell ref="D73:E73"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="D75:E75"/>
+    <mergeCell ref="D76:E76"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="D78:E78"/>
+    <mergeCell ref="C79:E79"/>
+    <mergeCell ref="B61:B68"/>
+    <mergeCell ref="C61:E61"/>
+    <mergeCell ref="D62:E62"/>
+    <mergeCell ref="D63:E63"/>
+    <mergeCell ref="D64:E64"/>
+    <mergeCell ref="D65:E65"/>
+    <mergeCell ref="D66:E66"/>
+    <mergeCell ref="D67:E67"/>
+    <mergeCell ref="C68:E68"/>
+    <mergeCell ref="B53:B60"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="D59:E59"/>
+    <mergeCell ref="C60:E60"/>
+    <mergeCell ref="B45:B52"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="D46:E46"/>
+    <mergeCell ref="D47:E47"/>
+    <mergeCell ref="D48:E48"/>
+    <mergeCell ref="D49:E49"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="B32:B41"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="D37:E37"/>
+    <mergeCell ref="D38:E38"/>
+    <mergeCell ref="D39:E39"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="B22:B31"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D28:E28"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="B12:B21"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="D15:E15"/>
+    <mergeCell ref="D16:E16"/>
+    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="D18:E18"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="C21:E21"/>
     <mergeCell ref="O1:P1"/>
     <mergeCell ref="Q1:R1"/>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="A3:R3"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="G6:H6"/>
     <mergeCell ref="I6:P6"/>
     <mergeCell ref="B7:D8"/>
     <mergeCell ref="E7:F8"/>
     <mergeCell ref="G7:H8"/>
     <mergeCell ref="I7:J8"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="M7:N7"/>
     <mergeCell ref="O7:P7"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="M8:N8"/>
     <mergeCell ref="O8:P8"/>
-    <mergeCell ref="B12:B21"/>
-[...140 lines deleted...]
-    <mergeCell ref="K132:L132"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.51181102362204722" right="0" top="0.74803149606299213" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="17" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:O534"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A4" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:L8"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="S508" sqref="S508"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="18.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="1.33203125" style="69" customWidth="1"/>
+    <col min="1" max="1" width="1.375" style="69" customWidth="1"/>
     <col min="2" max="2" width="2.25" style="69" customWidth="1"/>
-    <col min="3" max="3" width="2.08203125" style="69" customWidth="1"/>
-    <col min="4" max="4" width="9.08203125" style="69" customWidth="1"/>
+    <col min="3" max="3" width="2.125" style="69" customWidth="1"/>
+    <col min="4" max="4" width="9.125" style="69" customWidth="1"/>
     <col min="5" max="13" width="7.25" style="69" customWidth="1"/>
-    <col min="14" max="14" width="11.08203125" style="69" customWidth="1"/>
+    <col min="14" max="14" width="11.125" style="69" customWidth="1"/>
     <col min="15" max="15" width="6.25" style="69" customWidth="1"/>
-    <col min="16" max="16" width="2.08203125" style="69" customWidth="1"/>
+    <col min="16" max="16" width="2.125" style="69" customWidth="1"/>
     <col min="17" max="16384" width="8.25" style="69"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1"/>
     <row r="2" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="A2" s="207"/>
-[...13 lines deleted...]
-      <c r="O2" s="207"/>
+      <c r="A2" s="122"/>
+      <c r="B2" s="122"/>
+      <c r="C2" s="122"/>
+      <c r="D2" s="122"/>
+      <c r="E2" s="122"/>
+      <c r="F2" s="122"/>
+      <c r="G2" s="122"/>
+      <c r="H2" s="122"/>
+      <c r="I2" s="122"/>
+      <c r="J2" s="122"/>
+      <c r="K2" s="122"/>
+      <c r="L2" s="122"/>
+      <c r="M2" s="122"/>
+      <c r="N2" s="122"/>
+      <c r="O2" s="122"/>
     </row>
     <row r="3" spans="1:15" s="1" customFormat="1" ht="4.5" customHeight="1"/>
     <row r="4" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A4" s="1" t="s">
         <v>65</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B5" s="333" t="s">
+      <c r="B5" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="334"/>
-      <c r="D5" s="334"/>
+      <c r="C5" s="259"/>
+      <c r="D5" s="259"/>
       <c r="E5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B6" s="346" t="s">
+      <c r="B6" s="260" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="347"/>
-      <c r="D6" s="348"/>
+      <c r="C6" s="261"/>
+      <c r="D6" s="262"/>
       <c r="E6" s="54">
         <v>382214</v>
       </c>
       <c r="F6" s="54">
         <v>556835</v>
       </c>
       <c r="G6" s="54">
         <v>1135323</v>
       </c>
       <c r="H6" s="54">
         <v>966009</v>
       </c>
       <c r="I6" s="54">
         <v>580500</v>
       </c>
       <c r="J6" s="54">
         <v>433610</v>
       </c>
       <c r="K6" s="54">
         <v>254412</v>
       </c>
       <c r="L6" s="80">
         <v>4308903</v>
       </c>
     </row>
     <row r="7" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B7" s="349" t="s">
+      <c r="B7" s="263" t="s">
         <v>31</v>
       </c>
-      <c r="C7" s="350"/>
-      <c r="D7" s="351"/>
+      <c r="C7" s="264"/>
+      <c r="D7" s="265"/>
       <c r="E7" s="54">
         <v>5292</v>
       </c>
       <c r="F7" s="54">
         <v>13007</v>
       </c>
       <c r="G7" s="54">
         <v>15142</v>
       </c>
       <c r="H7" s="54">
         <v>23543</v>
       </c>
       <c r="I7" s="54">
         <v>13560</v>
       </c>
       <c r="J7" s="54">
         <v>10402</v>
       </c>
       <c r="K7" s="54">
         <v>10056</v>
       </c>
       <c r="L7" s="80">
         <v>91002</v>
       </c>
     </row>
     <row r="8" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B8" s="352" t="s">
+      <c r="B8" s="266" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="353"/>
-      <c r="D8" s="353"/>
+      <c r="C8" s="267"/>
+      <c r="D8" s="267"/>
       <c r="E8" s="81">
         <v>387506</v>
       </c>
       <c r="F8" s="81">
         <v>569842</v>
       </c>
       <c r="G8" s="81">
         <v>1150465</v>
       </c>
       <c r="H8" s="81">
         <v>989552</v>
       </c>
       <c r="I8" s="81">
         <v>594060</v>
       </c>
       <c r="J8" s="81">
         <v>444012</v>
       </c>
       <c r="K8" s="81">
         <v>264468</v>
       </c>
       <c r="L8" s="82">
         <v>4399905</v>
       </c>
     </row>
     <row r="9" spans="1:15" s="1" customFormat="1" ht="3.75" customHeight="1"/>
     <row r="10" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A10" s="1" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4"/>
     </row>
     <row r="11" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B11" s="333" t="s">
+      <c r="B11" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="334"/>
-      <c r="D11" s="334"/>
+      <c r="C11" s="259"/>
+      <c r="D11" s="259"/>
       <c r="E11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L11" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B12" s="157" t="s">
+      <c r="B12" s="202" t="s">
         <v>69</v>
       </c>
-      <c r="C12" s="158"/>
-      <c r="D12" s="345"/>
+      <c r="C12" s="203"/>
+      <c r="D12" s="268"/>
       <c r="E12" s="36">
         <v>2</v>
       </c>
       <c r="F12" s="36">
         <v>4</v>
       </c>
       <c r="G12" s="36">
         <v>319515</v>
       </c>
       <c r="H12" s="36">
         <v>302487</v>
       </c>
       <c r="I12" s="36">
         <v>181144</v>
       </c>
       <c r="J12" s="36">
         <v>153164</v>
       </c>
       <c r="K12" s="36">
         <v>115470</v>
       </c>
       <c r="L12" s="76">
         <v>1071786</v>
       </c>
     </row>
     <row r="13" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B13" s="344" t="s">
+      <c r="B13" s="269" t="s">
         <v>70</v>
       </c>
-      <c r="C13" s="319"/>
-      <c r="D13" s="320"/>
+      <c r="C13" s="244"/>
+      <c r="D13" s="245"/>
       <c r="E13" s="41">
         <v>29</v>
       </c>
       <c r="F13" s="41">
         <v>325</v>
       </c>
       <c r="G13" s="41">
         <v>1351</v>
       </c>
       <c r="H13" s="41">
         <v>4553</v>
       </c>
       <c r="I13" s="41">
         <v>7492</v>
       </c>
       <c r="J13" s="41">
         <v>18425</v>
       </c>
       <c r="K13" s="41">
         <v>31864</v>
       </c>
       <c r="L13" s="83">
         <v>64039</v>
       </c>
     </row>
     <row r="14" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B14" s="344" t="s">
+      <c r="B14" s="269" t="s">
         <v>71</v>
       </c>
-      <c r="C14" s="319"/>
-      <c r="D14" s="320"/>
+      <c r="C14" s="244"/>
+      <c r="D14" s="245"/>
       <c r="E14" s="41">
         <v>42380</v>
       </c>
       <c r="F14" s="41">
         <v>85000</v>
       </c>
       <c r="G14" s="41">
         <v>179717</v>
       </c>
       <c r="H14" s="41">
         <v>193815</v>
       </c>
       <c r="I14" s="41">
         <v>123079</v>
       </c>
       <c r="J14" s="41">
         <v>111946</v>
       </c>
       <c r="K14" s="41">
         <v>87451</v>
       </c>
       <c r="L14" s="83">
         <v>823388</v>
       </c>
     </row>
     <row r="15" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B15" s="344" t="s">
+      <c r="B15" s="269" t="s">
         <v>72</v>
       </c>
-      <c r="C15" s="319"/>
-      <c r="D15" s="320"/>
+      <c r="C15" s="244"/>
+      <c r="D15" s="245"/>
       <c r="E15" s="41">
         <v>8915</v>
       </c>
       <c r="F15" s="41">
         <v>20786</v>
       </c>
       <c r="G15" s="41">
         <v>27868</v>
       </c>
       <c r="H15" s="41">
         <v>35061</v>
       </c>
       <c r="I15" s="41">
         <v>22990</v>
       </c>
       <c r="J15" s="41">
         <v>19479</v>
       </c>
       <c r="K15" s="41">
         <v>14439</v>
       </c>
       <c r="L15" s="83">
         <v>149538</v>
       </c>
     </row>
     <row r="16" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B16" s="344" t="s">
+      <c r="B16" s="269" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="319"/>
-      <c r="D16" s="320"/>
+      <c r="C16" s="244"/>
+      <c r="D16" s="245"/>
       <c r="E16" s="41">
         <v>34049</v>
       </c>
       <c r="F16" s="41">
         <v>47107</v>
       </c>
       <c r="G16" s="41">
         <v>227420</v>
       </c>
       <c r="H16" s="41">
         <v>255218</v>
       </c>
       <c r="I16" s="41">
         <v>223306</v>
       </c>
       <c r="J16" s="41">
         <v>224303</v>
       </c>
       <c r="K16" s="41">
         <v>174437</v>
       </c>
       <c r="L16" s="83">
         <v>1185840</v>
       </c>
     </row>
     <row r="17" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B17" s="344" t="s">
+      <c r="B17" s="269" t="s">
         <v>74</v>
       </c>
-      <c r="C17" s="319"/>
-      <c r="D17" s="320"/>
+      <c r="C17" s="244"/>
+      <c r="D17" s="245"/>
       <c r="E17" s="41">
         <v>5</v>
       </c>
       <c r="F17" s="41">
         <v>23</v>
       </c>
       <c r="G17" s="41">
         <v>446310</v>
       </c>
       <c r="H17" s="41">
         <v>352266</v>
       </c>
       <c r="I17" s="41">
         <v>197858</v>
       </c>
       <c r="J17" s="41">
         <v>123916</v>
       </c>
       <c r="K17" s="41">
         <v>59715</v>
       </c>
       <c r="L17" s="83">
         <v>1180093</v>
       </c>
     </row>
     <row r="18" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B18" s="344" t="s">
+      <c r="B18" s="269" t="s">
         <v>75</v>
       </c>
-      <c r="C18" s="319"/>
-      <c r="D18" s="320"/>
+      <c r="C18" s="244"/>
+      <c r="D18" s="245"/>
       <c r="E18" s="41">
         <v>79321</v>
       </c>
       <c r="F18" s="41">
         <v>110067</v>
       </c>
       <c r="G18" s="41">
         <v>149580</v>
       </c>
       <c r="H18" s="41">
         <v>134762</v>
       </c>
       <c r="I18" s="41">
         <v>68560</v>
       </c>
       <c r="J18" s="41">
         <v>40287</v>
       </c>
       <c r="K18" s="41">
         <v>15624</v>
       </c>
       <c r="L18" s="83">
         <v>598201</v>
       </c>
     </row>
     <row r="19" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B19" s="344" t="s">
+      <c r="B19" s="269" t="s">
         <v>76</v>
       </c>
-      <c r="C19" s="319"/>
-      <c r="D19" s="320"/>
+      <c r="C19" s="244"/>
+      <c r="D19" s="245"/>
       <c r="E19" s="41">
         <v>2291</v>
       </c>
       <c r="F19" s="41">
         <v>6344</v>
       </c>
       <c r="G19" s="41">
         <v>53885</v>
       </c>
       <c r="H19" s="41">
         <v>70154</v>
       </c>
       <c r="I19" s="41">
         <v>81991</v>
       </c>
       <c r="J19" s="41">
         <v>56602</v>
       </c>
       <c r="K19" s="41">
         <v>27427</v>
       </c>
       <c r="L19" s="83">
         <v>298694</v>
       </c>
     </row>
     <row r="20" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B20" s="344" t="s">
+      <c r="B20" s="269" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="319"/>
-      <c r="D20" s="320"/>
+      <c r="C20" s="244"/>
+      <c r="D20" s="245"/>
       <c r="E20" s="41">
         <v>142</v>
       </c>
       <c r="F20" s="41">
         <v>614</v>
       </c>
       <c r="G20" s="41">
         <v>6590</v>
       </c>
       <c r="H20" s="41">
         <v>9863</v>
       </c>
       <c r="I20" s="41">
         <v>10124</v>
       </c>
       <c r="J20" s="41">
         <v>8398</v>
       </c>
       <c r="K20" s="41">
         <v>5131</v>
       </c>
       <c r="L20" s="83">
         <v>40862</v>
       </c>
     </row>
     <row r="21" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B21" s="344" t="s">
+      <c r="B21" s="269" t="s">
         <v>78</v>
       </c>
-      <c r="C21" s="319"/>
-      <c r="D21" s="320"/>
+      <c r="C21" s="244"/>
+      <c r="D21" s="245"/>
       <c r="E21" s="41">
         <v>3</v>
       </c>
       <c r="F21" s="41">
         <v>6</v>
       </c>
       <c r="G21" s="41">
         <v>43</v>
       </c>
       <c r="H21" s="41">
         <v>63</v>
       </c>
       <c r="I21" s="41">
         <v>79</v>
       </c>
       <c r="J21" s="41">
         <v>101</v>
       </c>
       <c r="K21" s="41">
         <v>107</v>
       </c>
       <c r="L21" s="83">
         <v>402</v>
       </c>
     </row>
     <row r="22" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B22" s="344" t="s">
+      <c r="B22" s="269" t="s">
         <v>79</v>
       </c>
-      <c r="C22" s="319"/>
-      <c r="D22" s="320"/>
+      <c r="C22" s="244"/>
+      <c r="D22" s="245"/>
       <c r="E22" s="41">
         <v>1</v>
       </c>
       <c r="F22" s="41">
         <v>6</v>
       </c>
       <c r="G22" s="41">
         <v>61</v>
       </c>
       <c r="H22" s="41">
         <v>63</v>
       </c>
       <c r="I22" s="41">
         <v>81</v>
       </c>
       <c r="J22" s="41">
         <v>91</v>
       </c>
       <c r="K22" s="41">
         <v>114</v>
       </c>
       <c r="L22" s="83">
         <v>417</v>
       </c>
     </row>
     <row r="23" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B23" s="344" t="s">
+      <c r="B23" s="269" t="s">
         <v>80</v>
       </c>
-      <c r="C23" s="319"/>
-      <c r="D23" s="320"/>
+      <c r="C23" s="244"/>
+      <c r="D23" s="245"/>
       <c r="E23" s="41">
         <v>263353</v>
       </c>
       <c r="F23" s="41">
         <v>438618</v>
       </c>
       <c r="G23" s="41">
         <v>517068</v>
       </c>
       <c r="H23" s="41">
         <v>658613</v>
       </c>
       <c r="I23" s="41">
         <v>397660</v>
       </c>
       <c r="J23" s="41">
         <v>306517</v>
       </c>
       <c r="K23" s="41">
         <v>189127</v>
       </c>
       <c r="L23" s="83">
         <v>2770956</v>
       </c>
     </row>
     <row r="24" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B24" s="344" t="s">
+      <c r="B24" s="269" t="s">
         <v>81</v>
       </c>
-      <c r="C24" s="319"/>
-      <c r="D24" s="320"/>
+      <c r="C24" s="244"/>
+      <c r="D24" s="245"/>
       <c r="E24" s="41">
         <v>17853</v>
       </c>
       <c r="F24" s="41">
         <v>15664</v>
       </c>
       <c r="G24" s="41">
         <v>66563</v>
       </c>
       <c r="H24" s="41">
         <v>56709</v>
       </c>
       <c r="I24" s="41">
         <v>46604</v>
       </c>
       <c r="J24" s="41">
         <v>50552</v>
       </c>
       <c r="K24" s="41">
         <v>28414</v>
       </c>
       <c r="L24" s="83">
         <v>282359</v>
       </c>
     </row>
     <row r="25" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B25" s="344" t="s">
+      <c r="B25" s="269" t="s">
         <v>82</v>
       </c>
-      <c r="C25" s="319"/>
-      <c r="D25" s="320"/>
+      <c r="C25" s="244"/>
+      <c r="D25" s="245"/>
       <c r="E25" s="41">
         <v>1</v>
       </c>
       <c r="F25" s="41">
         <v>0</v>
       </c>
       <c r="G25" s="41">
         <v>200</v>
       </c>
       <c r="H25" s="41">
         <v>202</v>
       </c>
       <c r="I25" s="41">
         <v>154</v>
       </c>
       <c r="J25" s="41">
         <v>110</v>
       </c>
       <c r="K25" s="41">
         <v>67</v>
       </c>
       <c r="L25" s="83">
         <v>734</v>
       </c>
     </row>
     <row r="26" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B26" s="341" t="s">
+      <c r="B26" s="270" t="s">
         <v>83</v>
       </c>
-      <c r="C26" s="342"/>
-      <c r="D26" s="343"/>
+      <c r="C26" s="271"/>
+      <c r="D26" s="272"/>
       <c r="E26" s="84">
         <v>348745</v>
       </c>
       <c r="F26" s="84">
         <v>529695</v>
       </c>
       <c r="G26" s="84">
         <v>1021007</v>
       </c>
       <c r="H26" s="84">
         <v>864230</v>
       </c>
       <c r="I26" s="84">
         <v>481088</v>
       </c>
       <c r="J26" s="84">
         <v>338401</v>
       </c>
       <c r="K26" s="84">
         <v>199481</v>
       </c>
       <c r="L26" s="85">
         <v>3782647</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B27" s="86" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="28" spans="1:13" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B28" s="86" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="29" spans="1:13" s="1" customFormat="1" ht="3.75" customHeight="1">
       <c r="B29" s="86"/>
     </row>
     <row r="30" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A30" s="1" t="s">
         <v>86</v>
       </c>
       <c r="M30" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B31" s="333" t="s">
+      <c r="B31" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C31" s="334"/>
-      <c r="D31" s="334"/>
+      <c r="C31" s="259"/>
+      <c r="D31" s="259"/>
       <c r="E31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L31" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B32" s="157" t="s">
+      <c r="B32" s="202" t="s">
         <v>69</v>
       </c>
-      <c r="C32" s="158"/>
-      <c r="D32" s="345"/>
+      <c r="C32" s="203"/>
+      <c r="D32" s="268"/>
       <c r="E32" s="36">
         <v>0</v>
       </c>
       <c r="F32" s="36">
         <v>1</v>
       </c>
       <c r="G32" s="36">
         <v>14230</v>
       </c>
       <c r="H32" s="36">
         <v>12566</v>
       </c>
       <c r="I32" s="36">
         <v>7579</v>
       </c>
       <c r="J32" s="36">
         <v>6387</v>
       </c>
       <c r="K32" s="36">
         <v>4534</v>
       </c>
       <c r="L32" s="76">
         <v>45297</v>
       </c>
     </row>
     <row r="33" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B33" s="344" t="s">
+      <c r="B33" s="269" t="s">
         <v>70</v>
       </c>
-      <c r="C33" s="319"/>
-      <c r="D33" s="320"/>
+      <c r="C33" s="244"/>
+      <c r="D33" s="245"/>
       <c r="E33" s="41">
         <v>2</v>
       </c>
       <c r="F33" s="41">
         <v>7</v>
       </c>
       <c r="G33" s="41">
         <v>70</v>
       </c>
       <c r="H33" s="41">
         <v>226</v>
       </c>
       <c r="I33" s="41">
         <v>414</v>
       </c>
       <c r="J33" s="41">
         <v>868</v>
       </c>
       <c r="K33" s="41">
         <v>1345</v>
       </c>
       <c r="L33" s="83">
         <v>2932</v>
       </c>
     </row>
     <row r="34" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B34" s="344" t="s">
+      <c r="B34" s="269" t="s">
         <v>71</v>
       </c>
-      <c r="C34" s="319"/>
-      <c r="D34" s="320"/>
+      <c r="C34" s="244"/>
+      <c r="D34" s="245"/>
       <c r="E34" s="41">
         <v>2643</v>
       </c>
       <c r="F34" s="41">
         <v>4440</v>
       </c>
       <c r="G34" s="41">
         <v>10514</v>
       </c>
       <c r="H34" s="41">
         <v>11122</v>
       </c>
       <c r="I34" s="41">
         <v>6872</v>
       </c>
       <c r="J34" s="41">
         <v>5611</v>
       </c>
       <c r="K34" s="41">
         <v>3787</v>
       </c>
       <c r="L34" s="83">
         <v>44989</v>
       </c>
     </row>
     <row r="35" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B35" s="344" t="s">
+      <c r="B35" s="269" t="s">
         <v>72</v>
       </c>
-      <c r="C35" s="319"/>
-      <c r="D35" s="320"/>
+      <c r="C35" s="244"/>
+      <c r="D35" s="245"/>
       <c r="E35" s="41">
         <v>523</v>
       </c>
       <c r="F35" s="41">
         <v>970</v>
       </c>
       <c r="G35" s="41">
         <v>1583</v>
       </c>
       <c r="H35" s="41">
         <v>1788</v>
       </c>
       <c r="I35" s="41">
         <v>1258</v>
       </c>
       <c r="J35" s="41">
         <v>992</v>
       </c>
       <c r="K35" s="41">
         <v>694</v>
       </c>
       <c r="L35" s="83">
         <v>7808</v>
       </c>
     </row>
     <row r="36" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B36" s="344" t="s">
+      <c r="B36" s="269" t="s">
         <v>73</v>
       </c>
-      <c r="C36" s="319"/>
-      <c r="D36" s="320"/>
+      <c r="C36" s="244"/>
+      <c r="D36" s="245"/>
       <c r="E36" s="41">
         <v>2509</v>
       </c>
       <c r="F36" s="41">
         <v>2860</v>
       </c>
       <c r="G36" s="41">
         <v>12805</v>
       </c>
       <c r="H36" s="41">
         <v>13902</v>
       </c>
       <c r="I36" s="41">
         <v>12042</v>
       </c>
       <c r="J36" s="41">
         <v>11258</v>
       </c>
       <c r="K36" s="41">
         <v>7835</v>
       </c>
       <c r="L36" s="83">
         <v>63211</v>
       </c>
     </row>
     <row r="37" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B37" s="344" t="s">
+      <c r="B37" s="269" t="s">
         <v>74</v>
       </c>
-      <c r="C37" s="319"/>
-      <c r="D37" s="320"/>
+      <c r="C37" s="244"/>
+      <c r="D37" s="245"/>
       <c r="E37" s="41">
         <v>1</v>
       </c>
       <c r="F37" s="41">
         <v>2</v>
       </c>
       <c r="G37" s="41">
         <v>21030</v>
       </c>
       <c r="H37" s="41">
         <v>15707</v>
       </c>
       <c r="I37" s="41">
         <v>8439</v>
       </c>
       <c r="J37" s="41">
         <v>4929</v>
       </c>
       <c r="K37" s="41">
         <v>2196</v>
       </c>
       <c r="L37" s="83">
         <v>52304</v>
       </c>
     </row>
     <row r="38" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B38" s="344" t="s">
+      <c r="B38" s="269" t="s">
         <v>75</v>
       </c>
-      <c r="C38" s="319"/>
-      <c r="D38" s="320"/>
+      <c r="C38" s="244"/>
+      <c r="D38" s="245"/>
       <c r="E38" s="41">
         <v>4066</v>
       </c>
       <c r="F38" s="41">
         <v>4950</v>
       </c>
       <c r="G38" s="41">
         <v>8377</v>
       </c>
       <c r="H38" s="41">
         <v>7254</v>
       </c>
       <c r="I38" s="41">
         <v>3603</v>
       </c>
       <c r="J38" s="41">
         <v>2056</v>
       </c>
       <c r="K38" s="41">
         <v>677</v>
       </c>
       <c r="L38" s="83">
         <v>30983</v>
       </c>
     </row>
     <row r="39" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B39" s="344" t="s">
+      <c r="B39" s="269" t="s">
         <v>76</v>
       </c>
-      <c r="C39" s="319"/>
-      <c r="D39" s="320"/>
+      <c r="C39" s="244"/>
+      <c r="D39" s="245"/>
       <c r="E39" s="41">
         <v>133</v>
       </c>
       <c r="F39" s="41">
         <v>275</v>
       </c>
       <c r="G39" s="41">
         <v>2545</v>
       </c>
       <c r="H39" s="41">
         <v>3134</v>
       </c>
       <c r="I39" s="41">
         <v>3350</v>
       </c>
       <c r="J39" s="41">
         <v>2229</v>
       </c>
       <c r="K39" s="41">
         <v>1030</v>
       </c>
       <c r="L39" s="83">
         <v>12696</v>
       </c>
     </row>
     <row r="40" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B40" s="344" t="s">
+      <c r="B40" s="269" t="s">
         <v>77</v>
       </c>
-      <c r="C40" s="319"/>
-      <c r="D40" s="320"/>
+      <c r="C40" s="244"/>
+      <c r="D40" s="245"/>
       <c r="E40" s="41">
         <v>12</v>
       </c>
       <c r="F40" s="41">
         <v>34</v>
       </c>
       <c r="G40" s="41">
         <v>368</v>
       </c>
       <c r="H40" s="41">
         <v>516</v>
       </c>
       <c r="I40" s="41">
         <v>592</v>
       </c>
       <c r="J40" s="41">
         <v>396</v>
       </c>
       <c r="K40" s="41">
         <v>200</v>
       </c>
       <c r="L40" s="83">
         <v>2118</v>
       </c>
     </row>
     <row r="41" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B41" s="344" t="s">
+      <c r="B41" s="269" t="s">
         <v>78</v>
       </c>
-      <c r="C41" s="319"/>
-      <c r="D41" s="320"/>
+      <c r="C41" s="244"/>
+      <c r="D41" s="245"/>
       <c r="E41" s="41">
         <v>1</v>
       </c>
       <c r="F41" s="41">
         <v>0</v>
       </c>
       <c r="G41" s="41">
         <v>5</v>
       </c>
       <c r="H41" s="41">
         <v>2</v>
       </c>
       <c r="I41" s="41">
         <v>7</v>
       </c>
       <c r="J41" s="41">
         <v>2</v>
       </c>
       <c r="K41" s="41">
         <v>5</v>
       </c>
       <c r="L41" s="83">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B42" s="344" t="s">
+      <c r="B42" s="269" t="s">
         <v>79</v>
       </c>
-      <c r="C42" s="319"/>
-      <c r="D42" s="320"/>
+      <c r="C42" s="244"/>
+      <c r="D42" s="245"/>
       <c r="E42" s="41">
         <v>0</v>
       </c>
       <c r="F42" s="41">
         <v>0</v>
       </c>
       <c r="G42" s="41">
         <v>1</v>
       </c>
       <c r="H42" s="41">
         <v>5</v>
       </c>
       <c r="I42" s="41">
         <v>4</v>
       </c>
       <c r="J42" s="41">
         <v>1</v>
       </c>
       <c r="K42" s="41">
         <v>2</v>
       </c>
       <c r="L42" s="83">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B43" s="344" t="s">
+      <c r="B43" s="269" t="s">
         <v>80</v>
       </c>
-      <c r="C43" s="319"/>
-      <c r="D43" s="320"/>
+      <c r="C43" s="244"/>
+      <c r="D43" s="245"/>
       <c r="E43" s="41">
         <v>10328</v>
       </c>
       <c r="F43" s="41">
         <v>16175</v>
       </c>
       <c r="G43" s="41">
         <v>23378</v>
       </c>
       <c r="H43" s="41">
         <v>30448</v>
       </c>
       <c r="I43" s="41">
         <v>18138</v>
       </c>
       <c r="J43" s="41">
         <v>13293</v>
       </c>
       <c r="K43" s="41">
         <v>7623</v>
       </c>
       <c r="L43" s="83">
         <v>119383</v>
       </c>
     </row>
     <row r="44" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B44" s="344" t="s">
+      <c r="B44" s="269" t="s">
         <v>81</v>
       </c>
-      <c r="C44" s="319"/>
-      <c r="D44" s="320"/>
+      <c r="C44" s="244"/>
+      <c r="D44" s="245"/>
       <c r="E44" s="41">
         <v>1661</v>
       </c>
       <c r="F44" s="41">
         <v>1307</v>
       </c>
       <c r="G44" s="41">
         <v>4809</v>
       </c>
       <c r="H44" s="41">
         <v>4189</v>
       </c>
       <c r="I44" s="41">
         <v>3457</v>
       </c>
       <c r="J44" s="41">
         <v>3407</v>
       </c>
       <c r="K44" s="41">
         <v>1782</v>
       </c>
       <c r="L44" s="83">
         <v>20612</v>
       </c>
     </row>
     <row r="45" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B45" s="344" t="s">
+      <c r="B45" s="269" t="s">
         <v>82</v>
       </c>
-      <c r="C45" s="319"/>
-      <c r="D45" s="320"/>
+      <c r="C45" s="244"/>
+      <c r="D45" s="245"/>
       <c r="E45" s="41">
         <v>0</v>
       </c>
       <c r="F45" s="41">
         <v>0</v>
       </c>
       <c r="G45" s="41">
         <v>27</v>
       </c>
       <c r="H45" s="41">
         <v>22</v>
       </c>
       <c r="I45" s="41">
         <v>10</v>
       </c>
       <c r="J45" s="41">
         <v>12</v>
       </c>
       <c r="K45" s="41">
         <v>7</v>
       </c>
       <c r="L45" s="83">
         <v>78</v>
       </c>
     </row>
     <row r="46" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B46" s="341" t="s">
+      <c r="B46" s="270" t="s">
         <v>83</v>
       </c>
-      <c r="C46" s="342"/>
-      <c r="D46" s="343"/>
+      <c r="C46" s="271"/>
+      <c r="D46" s="272"/>
       <c r="E46" s="84">
         <v>15541</v>
       </c>
       <c r="F46" s="84">
         <v>21320</v>
       </c>
       <c r="G46" s="84">
         <v>50722</v>
       </c>
       <c r="H46" s="84">
         <v>41021</v>
       </c>
       <c r="I46" s="84">
         <v>21779</v>
       </c>
       <c r="J46" s="84">
         <v>14558</v>
       </c>
       <c r="K46" s="84">
         <v>7992</v>
       </c>
       <c r="L46" s="85">
         <v>172933</v>
       </c>
     </row>
     <row r="47" spans="2:12" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B47" s="86" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="48" spans="2:12" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B48" s="86" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="49" spans="1:13" s="1" customFormat="1" ht="3.75" customHeight="1">
       <c r="B49" s="86"/>
     </row>
     <row r="50" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A50" s="1" t="s">
         <v>87</v>
       </c>
       <c r="M50" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="51" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B51" s="333" t="s">
+      <c r="B51" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C51" s="334"/>
-      <c r="D51" s="334"/>
+      <c r="C51" s="259"/>
+      <c r="D51" s="259"/>
       <c r="E51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B52" s="157" t="s">
+      <c r="B52" s="202" t="s">
         <v>69</v>
       </c>
-      <c r="C52" s="158"/>
-      <c r="D52" s="345"/>
+      <c r="C52" s="203"/>
+      <c r="D52" s="268"/>
       <c r="E52" s="36">
         <v>0</v>
       </c>
       <c r="F52" s="36">
         <v>0</v>
       </c>
       <c r="G52" s="36">
         <v>12014</v>
       </c>
       <c r="H52" s="36">
         <v>11484</v>
       </c>
       <c r="I52" s="36">
         <v>7118</v>
       </c>
       <c r="J52" s="36">
         <v>6063</v>
       </c>
       <c r="K52" s="36">
         <v>4769</v>
       </c>
       <c r="L52" s="76">
         <v>41448</v>
       </c>
     </row>
     <row r="53" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B53" s="344" t="s">
+      <c r="B53" s="269" t="s">
         <v>70</v>
       </c>
-      <c r="C53" s="319"/>
-      <c r="D53" s="320"/>
+      <c r="C53" s="244"/>
+      <c r="D53" s="245"/>
       <c r="E53" s="41">
         <v>1</v>
       </c>
       <c r="F53" s="41">
         <v>18</v>
       </c>
       <c r="G53" s="41">
         <v>71</v>
       </c>
       <c r="H53" s="41">
         <v>237</v>
       </c>
       <c r="I53" s="41">
         <v>360</v>
       </c>
       <c r="J53" s="41">
         <v>981</v>
       </c>
       <c r="K53" s="41">
         <v>1603</v>
       </c>
       <c r="L53" s="83">
         <v>3271</v>
       </c>
     </row>
     <row r="54" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B54" s="344" t="s">
+      <c r="B54" s="269" t="s">
         <v>71</v>
       </c>
-      <c r="C54" s="319"/>
-      <c r="D54" s="320"/>
+      <c r="C54" s="244"/>
+      <c r="D54" s="245"/>
       <c r="E54" s="41">
         <v>2541</v>
       </c>
       <c r="F54" s="41">
         <v>4736</v>
       </c>
       <c r="G54" s="41">
         <v>9698</v>
       </c>
       <c r="H54" s="41">
         <v>10852</v>
       </c>
       <c r="I54" s="41">
         <v>6618</v>
       </c>
       <c r="J54" s="41">
         <v>5765</v>
       </c>
       <c r="K54" s="41">
         <v>3930</v>
       </c>
       <c r="L54" s="83">
         <v>44140</v>
       </c>
     </row>
     <row r="55" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B55" s="344" t="s">
+      <c r="B55" s="269" t="s">
         <v>72</v>
       </c>
-      <c r="C55" s="319"/>
-      <c r="D55" s="320"/>
+      <c r="C55" s="244"/>
+      <c r="D55" s="245"/>
       <c r="E55" s="41">
         <v>573</v>
       </c>
       <c r="F55" s="41">
         <v>1145</v>
       </c>
       <c r="G55" s="41">
         <v>1575</v>
       </c>
       <c r="H55" s="41">
         <v>1973</v>
       </c>
       <c r="I55" s="41">
         <v>1365</v>
       </c>
       <c r="J55" s="41">
         <v>1161</v>
       </c>
       <c r="K55" s="41">
         <v>837</v>
       </c>
       <c r="L55" s="83">
         <v>8629</v>
       </c>
     </row>
     <row r="56" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B56" s="344" t="s">
+      <c r="B56" s="269" t="s">
         <v>73</v>
       </c>
-      <c r="C56" s="319"/>
-      <c r="D56" s="320"/>
+      <c r="C56" s="244"/>
+      <c r="D56" s="245"/>
       <c r="E56" s="41">
         <v>2634</v>
       </c>
       <c r="F56" s="41">
         <v>3000</v>
       </c>
       <c r="G56" s="41">
         <v>12076</v>
       </c>
       <c r="H56" s="41">
         <v>13700</v>
       </c>
       <c r="I56" s="41">
         <v>11841</v>
       </c>
       <c r="J56" s="41">
         <v>12144</v>
       </c>
       <c r="K56" s="41">
         <v>9213</v>
       </c>
       <c r="L56" s="83">
         <v>64608</v>
       </c>
     </row>
     <row r="57" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B57" s="344" t="s">
+      <c r="B57" s="269" t="s">
         <v>74</v>
       </c>
-      <c r="C57" s="319"/>
-      <c r="D57" s="320"/>
+      <c r="C57" s="244"/>
+      <c r="D57" s="245"/>
       <c r="E57" s="41">
         <v>1</v>
       </c>
       <c r="F57" s="41">
         <v>1</v>
       </c>
       <c r="G57" s="41">
         <v>16287</v>
       </c>
       <c r="H57" s="41">
         <v>12900</v>
       </c>
       <c r="I57" s="41">
         <v>7008</v>
       </c>
       <c r="J57" s="41">
         <v>4409</v>
       </c>
       <c r="K57" s="41">
         <v>2019</v>
       </c>
       <c r="L57" s="83">
         <v>42625</v>
       </c>
     </row>
     <row r="58" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B58" s="344" t="s">
+      <c r="B58" s="269" t="s">
         <v>75</v>
       </c>
-      <c r="C58" s="319"/>
-      <c r="D58" s="320"/>
+      <c r="C58" s="244"/>
+      <c r="D58" s="245"/>
       <c r="E58" s="41">
         <v>3173</v>
       </c>
       <c r="F58" s="41">
         <v>4127</v>
       </c>
       <c r="G58" s="41">
         <v>6452</v>
       </c>
       <c r="H58" s="41">
         <v>5940</v>
       </c>
       <c r="I58" s="41">
         <v>3253</v>
       </c>
       <c r="J58" s="41">
         <v>1931</v>
       </c>
       <c r="K58" s="41">
         <v>787</v>
       </c>
       <c r="L58" s="83">
         <v>25663</v>
       </c>
     </row>
     <row r="59" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B59" s="344" t="s">
+      <c r="B59" s="269" t="s">
         <v>76</v>
       </c>
-      <c r="C59" s="319"/>
-      <c r="D59" s="320"/>
+      <c r="C59" s="244"/>
+      <c r="D59" s="245"/>
       <c r="E59" s="41">
         <v>98</v>
       </c>
       <c r="F59" s="41">
         <v>239</v>
       </c>
       <c r="G59" s="41">
         <v>2065</v>
       </c>
       <c r="H59" s="41">
         <v>2557</v>
       </c>
       <c r="I59" s="41">
         <v>2698</v>
       </c>
       <c r="J59" s="41">
         <v>1909</v>
       </c>
       <c r="K59" s="41">
         <v>986</v>
       </c>
       <c r="L59" s="83">
         <v>10552</v>
       </c>
     </row>
     <row r="60" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B60" s="344" t="s">
+      <c r="B60" s="269" t="s">
         <v>77</v>
       </c>
-      <c r="C60" s="319"/>
-      <c r="D60" s="320"/>
+      <c r="C60" s="244"/>
+      <c r="D60" s="245"/>
       <c r="E60" s="41">
         <v>6</v>
       </c>
       <c r="F60" s="41">
         <v>25</v>
       </c>
       <c r="G60" s="41">
         <v>269</v>
       </c>
       <c r="H60" s="41">
         <v>421</v>
       </c>
       <c r="I60" s="41">
         <v>473</v>
       </c>
       <c r="J60" s="41">
         <v>406</v>
       </c>
       <c r="K60" s="41">
         <v>256</v>
       </c>
       <c r="L60" s="83">
         <v>1856</v>
       </c>
     </row>
     <row r="61" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B61" s="344" t="s">
+      <c r="B61" s="269" t="s">
         <v>78</v>
       </c>
-      <c r="C61" s="319"/>
-      <c r="D61" s="320"/>
+      <c r="C61" s="244"/>
+      <c r="D61" s="245"/>
       <c r="E61" s="41">
         <v>0</v>
       </c>
       <c r="F61" s="41">
         <v>1</v>
       </c>
       <c r="G61" s="41">
         <v>1</v>
       </c>
       <c r="H61" s="41">
         <v>1</v>
       </c>
       <c r="I61" s="41">
         <v>4</v>
       </c>
       <c r="J61" s="41">
         <v>3</v>
       </c>
       <c r="K61" s="41">
         <v>3</v>
       </c>
       <c r="L61" s="83">
         <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B62" s="344" t="s">
+      <c r="B62" s="269" t="s">
         <v>79</v>
       </c>
-      <c r="C62" s="319"/>
-      <c r="D62" s="320"/>
+      <c r="C62" s="244"/>
+      <c r="D62" s="245"/>
       <c r="E62" s="41">
         <v>0</v>
       </c>
       <c r="F62" s="41">
         <v>1</v>
       </c>
       <c r="G62" s="41">
         <v>2</v>
       </c>
       <c r="H62" s="41">
         <v>3</v>
       </c>
       <c r="I62" s="41">
         <v>4</v>
       </c>
       <c r="J62" s="41">
         <v>3</v>
       </c>
       <c r="K62" s="41">
         <v>6</v>
       </c>
       <c r="L62" s="83">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B63" s="344" t="s">
+      <c r="B63" s="269" t="s">
         <v>80</v>
       </c>
-      <c r="C63" s="319"/>
-      <c r="D63" s="320"/>
+      <c r="C63" s="244"/>
+      <c r="D63" s="245"/>
       <c r="E63" s="41">
         <v>8716</v>
       </c>
       <c r="F63" s="41">
         <v>15198</v>
       </c>
       <c r="G63" s="41">
         <v>19355</v>
       </c>
       <c r="H63" s="41">
         <v>26933</v>
       </c>
       <c r="I63" s="41">
         <v>16253</v>
       </c>
       <c r="J63" s="41">
         <v>12578</v>
       </c>
       <c r="K63" s="41">
         <v>7781</v>
       </c>
       <c r="L63" s="83">
         <v>106814</v>
       </c>
     </row>
     <row r="64" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B64" s="344" t="s">
+      <c r="B64" s="269" t="s">
         <v>81</v>
       </c>
-      <c r="C64" s="319"/>
-      <c r="D64" s="320"/>
+      <c r="C64" s="244"/>
+      <c r="D64" s="245"/>
       <c r="E64" s="41">
         <v>1893</v>
       </c>
       <c r="F64" s="41">
         <v>1548</v>
       </c>
       <c r="G64" s="41">
         <v>5551</v>
       </c>
       <c r="H64" s="41">
         <v>5177</v>
       </c>
       <c r="I64" s="41">
         <v>4431</v>
       </c>
       <c r="J64" s="41">
         <v>4897</v>
       </c>
       <c r="K64" s="41">
         <v>2960</v>
       </c>
       <c r="L64" s="83">
         <v>26457</v>
       </c>
     </row>
     <row r="65" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B65" s="344" t="s">
+      <c r="B65" s="269" t="s">
         <v>82</v>
       </c>
-      <c r="C65" s="319"/>
-      <c r="D65" s="320"/>
+      <c r="C65" s="244"/>
+      <c r="D65" s="245"/>
       <c r="E65" s="41">
         <v>0</v>
       </c>
       <c r="F65" s="41">
         <v>0</v>
       </c>
       <c r="G65" s="41">
         <v>27</v>
       </c>
       <c r="H65" s="41">
         <v>35</v>
       </c>
       <c r="I65" s="41">
         <v>32</v>
       </c>
       <c r="J65" s="41">
         <v>20</v>
       </c>
       <c r="K65" s="41">
         <v>15</v>
       </c>
       <c r="L65" s="83">
         <v>129</v>
       </c>
     </row>
     <row r="66" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B66" s="341" t="s">
+      <c r="B66" s="270" t="s">
         <v>83</v>
       </c>
-      <c r="C66" s="342"/>
-      <c r="D66" s="343"/>
+      <c r="C66" s="271"/>
+      <c r="D66" s="272"/>
       <c r="E66" s="84">
         <v>13319</v>
       </c>
       <c r="F66" s="84">
         <v>20305</v>
       </c>
       <c r="G66" s="84">
         <v>42066</v>
       </c>
       <c r="H66" s="84">
         <v>36980</v>
       </c>
       <c r="I66" s="84">
         <v>19900</v>
       </c>
       <c r="J66" s="84">
         <v>13923</v>
       </c>
       <c r="K66" s="84">
         <v>8379</v>
       </c>
       <c r="L66" s="85">
         <v>154872</v>
       </c>
     </row>
     <row r="67" spans="1:12" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B67" s="86" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="68" spans="1:12" s="1" customFormat="1" ht="9" customHeight="1">
       <c r="B68" s="86" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="69" spans="1:12" s="1" customFormat="1" ht="6.75" customHeight="1">
       <c r="B69" s="86"/>
     </row>
     <row r="70" spans="1:12" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A70" s="1" t="s">
         <v>88</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="71" spans="1:12" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B71" s="333" t="s">
+      <c r="B71" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C71" s="334"/>
-      <c r="D71" s="334"/>
+      <c r="C71" s="259"/>
+      <c r="D71" s="259"/>
       <c r="E71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L71" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B72" s="157" t="s">
+      <c r="B72" s="202" t="s">
         <v>89</v>
       </c>
-      <c r="C72" s="158"/>
-      <c r="D72" s="345"/>
+      <c r="C72" s="203"/>
+      <c r="D72" s="268"/>
       <c r="E72" s="36">
         <v>2</v>
       </c>
       <c r="F72" s="36">
         <v>11</v>
       </c>
       <c r="G72" s="36">
         <v>4182353</v>
       </c>
       <c r="H72" s="36">
         <v>5732648</v>
       </c>
       <c r="I72" s="36">
         <v>6616505</v>
       </c>
       <c r="J72" s="36">
         <v>8095747</v>
       </c>
       <c r="K72" s="36">
         <v>7656356</v>
       </c>
       <c r="L72" s="76">
         <v>32283622</v>
       </c>
     </row>
     <row r="73" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B73" s="344" t="s">
+      <c r="B73" s="269" t="s">
         <v>90</v>
       </c>
-      <c r="C73" s="319"/>
-      <c r="D73" s="320"/>
+      <c r="C73" s="244"/>
+      <c r="D73" s="245"/>
       <c r="E73" s="41">
         <v>101</v>
       </c>
       <c r="F73" s="41">
         <v>1416</v>
       </c>
       <c r="G73" s="41">
         <v>5798</v>
       </c>
       <c r="H73" s="41">
         <v>20610</v>
       </c>
       <c r="I73" s="41">
         <v>36253</v>
       </c>
       <c r="J73" s="41">
         <v>90583</v>
       </c>
       <c r="K73" s="41">
         <v>172849</v>
       </c>
       <c r="L73" s="83">
         <v>327610</v>
       </c>
     </row>
     <row r="74" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B74" s="344" t="s">
+      <c r="B74" s="269" t="s">
         <v>91</v>
       </c>
-      <c r="C74" s="319"/>
-      <c r="D74" s="320"/>
+      <c r="C74" s="244"/>
+      <c r="D74" s="245"/>
       <c r="E74" s="41">
         <v>247984</v>
       </c>
       <c r="F74" s="41">
         <v>668600</v>
       </c>
       <c r="G74" s="41">
         <v>1494895</v>
       </c>
       <c r="H74" s="41">
         <v>1850687</v>
       </c>
       <c r="I74" s="41">
         <v>1211995</v>
       </c>
       <c r="J74" s="41">
         <v>1157372</v>
       </c>
       <c r="K74" s="41">
         <v>1075237</v>
       </c>
       <c r="L74" s="83">
         <v>7706770</v>
       </c>
     </row>
     <row r="75" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B75" s="344" t="s">
+      <c r="B75" s="269" t="s">
         <v>92</v>
       </c>
-      <c r="C75" s="319"/>
-      <c r="D75" s="320"/>
+      <c r="C75" s="244"/>
+      <c r="D75" s="245"/>
       <c r="E75" s="41">
         <v>81187</v>
       </c>
       <c r="F75" s="41">
         <v>242135</v>
       </c>
       <c r="G75" s="41">
         <v>341299</v>
       </c>
       <c r="H75" s="41">
         <v>443809</v>
       </c>
       <c r="I75" s="41">
         <v>295269</v>
       </c>
       <c r="J75" s="41">
         <v>248971</v>
       </c>
       <c r="K75" s="41">
         <v>189087</v>
       </c>
       <c r="L75" s="83">
         <v>1841757</v>
       </c>
     </row>
     <row r="76" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B76" s="344" t="s">
+      <c r="B76" s="269" t="s">
         <v>93</v>
       </c>
-      <c r="C76" s="319"/>
-      <c r="D76" s="320"/>
+      <c r="C76" s="244"/>
+      <c r="D76" s="245"/>
       <c r="E76" s="41">
         <v>4</v>
       </c>
       <c r="F76" s="41">
         <v>50</v>
       </c>
       <c r="G76" s="41">
         <v>4409001</v>
       </c>
       <c r="H76" s="41">
         <v>3785666</v>
       </c>
       <c r="I76" s="41">
         <v>2473324</v>
       </c>
       <c r="J76" s="41">
         <v>1615228</v>
       </c>
       <c r="K76" s="41">
         <v>781670</v>
       </c>
       <c r="L76" s="83">
         <v>13064943</v>
       </c>
     </row>
     <row r="77" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B77" s="344" t="s">
+      <c r="B77" s="269" t="s">
         <v>94</v>
       </c>
-      <c r="C77" s="319"/>
-      <c r="D77" s="320"/>
+      <c r="C77" s="244"/>
+      <c r="D77" s="245"/>
       <c r="E77" s="41">
         <v>10</v>
       </c>
       <c r="F77" s="41">
         <v>6</v>
       </c>
       <c r="G77" s="41">
         <v>1200915</v>
       </c>
       <c r="H77" s="41">
         <v>1127618</v>
       </c>
       <c r="I77" s="41">
         <v>608457</v>
       </c>
       <c r="J77" s="41">
         <v>353365</v>
       </c>
       <c r="K77" s="41">
         <v>133419</v>
       </c>
       <c r="L77" s="83">
         <v>3423790</v>
       </c>
     </row>
     <row r="78" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B78" s="344" t="s">
+      <c r="B78" s="269" t="s">
         <v>95</v>
       </c>
-      <c r="C78" s="319"/>
-      <c r="D78" s="320"/>
+      <c r="C78" s="244"/>
+      <c r="D78" s="245"/>
       <c r="E78" s="41">
         <v>10940</v>
       </c>
       <c r="F78" s="41">
         <v>37375</v>
       </c>
       <c r="G78" s="41">
         <v>439065</v>
       </c>
       <c r="H78" s="41">
         <v>704263</v>
       </c>
       <c r="I78" s="41">
         <v>1222302</v>
       </c>
       <c r="J78" s="41">
         <v>920187</v>
       </c>
       <c r="K78" s="41">
         <v>391783</v>
       </c>
       <c r="L78" s="83">
         <v>3725915</v>
       </c>
     </row>
     <row r="79" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B79" s="344" t="s">
+      <c r="B79" s="269" t="s">
         <v>96</v>
       </c>
-      <c r="C79" s="319"/>
-      <c r="D79" s="320"/>
+      <c r="C79" s="244"/>
+      <c r="D79" s="245"/>
       <c r="E79" s="41">
         <v>669</v>
       </c>
       <c r="F79" s="41">
         <v>3044</v>
       </c>
       <c r="G79" s="41">
         <v>42270</v>
       </c>
       <c r="H79" s="41">
         <v>70500</v>
       </c>
       <c r="I79" s="41">
         <v>86067</v>
       </c>
       <c r="J79" s="41">
         <v>76219</v>
       </c>
       <c r="K79" s="41">
         <v>45861</v>
       </c>
       <c r="L79" s="83">
         <v>324630</v>
       </c>
     </row>
     <row r="80" spans="1:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B80" s="344" t="s">
+      <c r="B80" s="269" t="s">
         <v>97</v>
       </c>
-      <c r="C80" s="319"/>
-      <c r="D80" s="320"/>
+      <c r="C80" s="244"/>
+      <c r="D80" s="245"/>
       <c r="E80" s="41">
         <v>13</v>
       </c>
       <c r="F80" s="41">
         <v>53</v>
       </c>
       <c r="G80" s="41">
         <v>370</v>
       </c>
       <c r="H80" s="41">
         <v>626</v>
       </c>
       <c r="I80" s="41">
         <v>1161</v>
       </c>
       <c r="J80" s="41">
         <v>1871</v>
       </c>
       <c r="K80" s="41">
         <v>1941</v>
       </c>
       <c r="L80" s="83">
         <v>6035</v>
       </c>
     </row>
     <row r="81" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B81" s="344" t="s">
+      <c r="B81" s="269" t="s">
         <v>98</v>
       </c>
-      <c r="C81" s="319"/>
-      <c r="D81" s="320"/>
+      <c r="C81" s="244"/>
+      <c r="D81" s="245"/>
       <c r="E81" s="41">
         <v>5</v>
       </c>
       <c r="F81" s="41">
         <v>24</v>
       </c>
       <c r="G81" s="41">
         <v>354</v>
       </c>
       <c r="H81" s="41">
         <v>508</v>
       </c>
       <c r="I81" s="41">
         <v>602</v>
       </c>
       <c r="J81" s="41">
         <v>776</v>
       </c>
       <c r="K81" s="41">
         <v>961</v>
       </c>
       <c r="L81" s="83">
         <v>3230</v>
       </c>
     </row>
     <row r="82" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B82" s="341" t="s">
+      <c r="B82" s="270" t="s">
         <v>99</v>
       </c>
-      <c r="C82" s="342"/>
-      <c r="D82" s="343"/>
+      <c r="C82" s="271"/>
+      <c r="D82" s="272"/>
       <c r="E82" s="87">
         <v>1</v>
       </c>
       <c r="F82" s="87">
         <v>0</v>
       </c>
       <c r="G82" s="87">
         <v>1965</v>
       </c>
       <c r="H82" s="87">
         <v>1869</v>
       </c>
       <c r="I82" s="87">
         <v>1622</v>
       </c>
       <c r="J82" s="87">
         <v>1240</v>
       </c>
       <c r="K82" s="87">
         <v>595</v>
       </c>
       <c r="L82" s="85">
         <v>7292</v>
       </c>
     </row>
@@ -10837,407 +10837,407 @@
     <row r="86" spans="1:15" s="1" customFormat="1" ht="2.25" customHeight="1">
       <c r="B86" s="86"/>
       <c r="C86" s="88"/>
       <c r="D86" s="88"/>
       <c r="E86" s="88"/>
       <c r="F86" s="88"/>
       <c r="G86" s="88"/>
       <c r="H86" s="88"/>
       <c r="I86" s="88"/>
       <c r="J86" s="88"/>
       <c r="K86" s="88"/>
       <c r="L86" s="88"/>
       <c r="M86" s="88"/>
       <c r="N86" s="88"/>
       <c r="O86" s="88"/>
     </row>
     <row r="87" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A87" s="1" t="s">
         <v>103</v>
       </c>
       <c r="M87" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="88" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B88" s="333" t="s">
+      <c r="B88" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C88" s="334"/>
-      <c r="D88" s="334"/>
+      <c r="C88" s="259"/>
+      <c r="D88" s="259"/>
       <c r="E88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="8" t="s">
         <v>23</v>
       </c>
       <c r="O88" s="88"/>
     </row>
     <row r="89" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B89" s="157" t="s">
+      <c r="B89" s="202" t="s">
         <v>89</v>
       </c>
-      <c r="C89" s="158"/>
-      <c r="D89" s="345"/>
+      <c r="C89" s="203"/>
+      <c r="D89" s="268"/>
       <c r="E89" s="36">
         <v>0</v>
       </c>
       <c r="F89" s="36">
         <v>2</v>
       </c>
       <c r="G89" s="36">
         <v>184983</v>
       </c>
       <c r="H89" s="36">
         <v>234413</v>
       </c>
       <c r="I89" s="36">
         <v>277105</v>
       </c>
       <c r="J89" s="36">
         <v>330710</v>
       </c>
       <c r="K89" s="36">
         <v>285030</v>
       </c>
       <c r="L89" s="76">
         <v>1312243</v>
       </c>
       <c r="O89" s="88"/>
     </row>
     <row r="90" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B90" s="344" t="s">
+      <c r="B90" s="269" t="s">
         <v>90</v>
       </c>
-      <c r="C90" s="319"/>
-      <c r="D90" s="320"/>
+      <c r="C90" s="244"/>
+      <c r="D90" s="245"/>
       <c r="E90" s="41">
         <v>6</v>
       </c>
       <c r="F90" s="41">
         <v>40</v>
       </c>
       <c r="G90" s="41">
         <v>299</v>
       </c>
       <c r="H90" s="41">
         <v>949</v>
       </c>
       <c r="I90" s="41">
         <v>1935</v>
       </c>
       <c r="J90" s="41">
         <v>4183</v>
       </c>
       <c r="K90" s="41">
         <v>6998</v>
       </c>
       <c r="L90" s="83">
         <v>14410</v>
       </c>
       <c r="O90" s="88"/>
     </row>
     <row r="91" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B91" s="344" t="s">
+      <c r="B91" s="269" t="s">
         <v>91</v>
       </c>
-      <c r="C91" s="319"/>
-      <c r="D91" s="320"/>
+      <c r="C91" s="244"/>
+      <c r="D91" s="245"/>
       <c r="E91" s="41">
         <v>15747</v>
       </c>
       <c r="F91" s="41">
         <v>34167</v>
       </c>
       <c r="G91" s="41">
         <v>89283</v>
       </c>
       <c r="H91" s="41">
         <v>107069</v>
       </c>
       <c r="I91" s="41">
         <v>68826</v>
       </c>
       <c r="J91" s="41">
         <v>60291</v>
       </c>
       <c r="K91" s="41">
         <v>49859</v>
       </c>
       <c r="L91" s="83">
         <v>425242</v>
       </c>
       <c r="O91" s="88"/>
     </row>
     <row r="92" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B92" s="344" t="s">
+      <c r="B92" s="269" t="s">
         <v>92</v>
       </c>
-      <c r="C92" s="319"/>
-      <c r="D92" s="320"/>
+      <c r="C92" s="244"/>
+      <c r="D92" s="245"/>
       <c r="E92" s="41">
         <v>4992</v>
       </c>
       <c r="F92" s="41">
         <v>11273</v>
       </c>
       <c r="G92" s="41">
         <v>19386</v>
       </c>
       <c r="H92" s="41">
         <v>22140</v>
       </c>
       <c r="I92" s="41">
         <v>16477</v>
       </c>
       <c r="J92" s="41">
         <v>13082</v>
       </c>
       <c r="K92" s="41">
         <v>9069</v>
       </c>
       <c r="L92" s="83">
         <v>96419</v>
       </c>
       <c r="O92" s="88"/>
     </row>
     <row r="93" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B93" s="344" t="s">
+      <c r="B93" s="269" t="s">
         <v>93</v>
       </c>
-      <c r="C93" s="319"/>
-      <c r="D93" s="320"/>
+      <c r="C93" s="244"/>
+      <c r="D93" s="245"/>
       <c r="E93" s="41">
         <v>1</v>
       </c>
       <c r="F93" s="41">
         <v>6</v>
       </c>
       <c r="G93" s="41">
         <v>190467</v>
       </c>
       <c r="H93" s="41">
         <v>154982</v>
       </c>
       <c r="I93" s="41">
         <v>95442</v>
       </c>
       <c r="J93" s="41">
         <v>58564</v>
       </c>
       <c r="K93" s="41">
         <v>25652</v>
       </c>
       <c r="L93" s="83">
         <v>525114</v>
       </c>
       <c r="O93" s="88"/>
     </row>
     <row r="94" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B94" s="344" t="s">
+      <c r="B94" s="269" t="s">
         <v>94</v>
       </c>
-      <c r="C94" s="319"/>
-      <c r="D94" s="320"/>
+      <c r="C94" s="244"/>
+      <c r="D94" s="245"/>
       <c r="E94" s="41">
         <v>5</v>
       </c>
       <c r="F94" s="41">
         <v>0</v>
       </c>
       <c r="G94" s="41">
         <v>63004</v>
       </c>
       <c r="H94" s="41">
         <v>58446</v>
       </c>
       <c r="I94" s="41">
         <v>31647</v>
       </c>
       <c r="J94" s="41">
         <v>17190</v>
       </c>
       <c r="K94" s="41">
         <v>5747</v>
       </c>
       <c r="L94" s="83">
         <v>176039</v>
       </c>
       <c r="O94" s="88"/>
     </row>
     <row r="95" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B95" s="344" t="s">
+      <c r="B95" s="269" t="s">
         <v>95</v>
       </c>
-      <c r="C95" s="319"/>
-      <c r="D95" s="320"/>
+      <c r="C95" s="244"/>
+      <c r="D95" s="245"/>
       <c r="E95" s="41">
         <v>710</v>
       </c>
       <c r="F95" s="41">
         <v>1526</v>
       </c>
       <c r="G95" s="41">
         <v>18783</v>
       </c>
       <c r="H95" s="41">
         <v>27771</v>
       </c>
       <c r="I95" s="41">
         <v>46114</v>
       </c>
       <c r="J95" s="41">
         <v>33539</v>
       </c>
       <c r="K95" s="41">
         <v>13823</v>
       </c>
       <c r="L95" s="83">
         <v>142266</v>
       </c>
       <c r="O95" s="88"/>
     </row>
     <row r="96" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B96" s="344" t="s">
+      <c r="B96" s="269" t="s">
         <v>96</v>
       </c>
-      <c r="C96" s="319"/>
-      <c r="D96" s="320"/>
+      <c r="C96" s="244"/>
+      <c r="D96" s="245"/>
       <c r="E96" s="41">
         <v>42</v>
       </c>
       <c r="F96" s="41">
         <v>170</v>
       </c>
       <c r="G96" s="41">
         <v>2264</v>
       </c>
       <c r="H96" s="41">
         <v>3558</v>
       </c>
       <c r="I96" s="41">
         <v>4796</v>
       </c>
       <c r="J96" s="41">
         <v>3499</v>
       </c>
       <c r="K96" s="41">
         <v>1651</v>
       </c>
       <c r="L96" s="83">
         <v>15980</v>
       </c>
       <c r="O96" s="88"/>
     </row>
     <row r="97" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B97" s="344" t="s">
+      <c r="B97" s="269" t="s">
         <v>97</v>
       </c>
-      <c r="C97" s="319"/>
-      <c r="D97" s="320"/>
+      <c r="C97" s="244"/>
+      <c r="D97" s="245"/>
       <c r="E97" s="41">
         <v>2</v>
       </c>
       <c r="F97" s="41">
         <v>0</v>
       </c>
       <c r="G97" s="41">
         <v>38</v>
       </c>
       <c r="H97" s="41">
         <v>33</v>
       </c>
       <c r="I97" s="41">
         <v>146</v>
       </c>
       <c r="J97" s="41">
         <v>47</v>
       </c>
       <c r="K97" s="41">
         <v>81</v>
       </c>
       <c r="L97" s="83">
         <v>347</v>
       </c>
       <c r="O97" s="88"/>
     </row>
     <row r="98" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B98" s="344" t="s">
+      <c r="B98" s="269" t="s">
         <v>98</v>
       </c>
-      <c r="C98" s="319"/>
-      <c r="D98" s="320"/>
+      <c r="C98" s="244"/>
+      <c r="D98" s="245"/>
       <c r="E98" s="41">
         <v>0</v>
       </c>
       <c r="F98" s="41">
         <v>0</v>
       </c>
       <c r="G98" s="41">
         <v>2</v>
       </c>
       <c r="H98" s="41">
         <v>54</v>
       </c>
       <c r="I98" s="41">
         <v>28</v>
       </c>
       <c r="J98" s="41">
         <v>6</v>
       </c>
       <c r="K98" s="41">
         <v>7</v>
       </c>
       <c r="L98" s="83">
         <v>97</v>
       </c>
       <c r="O98" s="88"/>
     </row>
     <row r="99" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B99" s="341" t="s">
+      <c r="B99" s="270" t="s">
         <v>99</v>
       </c>
-      <c r="C99" s="342"/>
-      <c r="D99" s="343"/>
+      <c r="C99" s="271"/>
+      <c r="D99" s="272"/>
       <c r="E99" s="87">
         <v>0</v>
       </c>
       <c r="F99" s="87">
         <v>0</v>
       </c>
       <c r="G99" s="87">
         <v>321</v>
       </c>
       <c r="H99" s="87">
         <v>133</v>
       </c>
       <c r="I99" s="87">
         <v>145</v>
       </c>
       <c r="J99" s="87">
         <v>156</v>
       </c>
       <c r="K99" s="87">
         <v>55</v>
       </c>
       <c r="L99" s="85">
         <v>810</v>
       </c>
       <c r="O99" s="88"/>
@@ -11302,400 +11302,400 @@
       <c r="D103" s="88"/>
       <c r="E103" s="88"/>
       <c r="F103" s="88"/>
       <c r="G103" s="88"/>
       <c r="H103" s="88"/>
       <c r="I103" s="88"/>
       <c r="J103" s="88"/>
       <c r="K103" s="88"/>
       <c r="L103" s="88"/>
       <c r="M103" s="88"/>
       <c r="N103" s="88"/>
       <c r="O103" s="88"/>
     </row>
     <row r="104" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A104" s="1" t="s">
         <v>104</v>
       </c>
       <c r="M104" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O104" s="1" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="105" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B105" s="333" t="s">
+      <c r="B105" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C105" s="334"/>
-      <c r="D105" s="334"/>
+      <c r="C105" s="259"/>
+      <c r="D105" s="259"/>
       <c r="E105" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L105" s="8" t="s">
         <v>23</v>
       </c>
       <c r="O105" s="88"/>
     </row>
     <row r="106" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B106" s="157" t="s">
+      <c r="B106" s="202" t="s">
         <v>89</v>
       </c>
-      <c r="C106" s="158"/>
-      <c r="D106" s="345"/>
+      <c r="C106" s="203"/>
+      <c r="D106" s="268"/>
       <c r="E106" s="36">
         <v>0</v>
       </c>
       <c r="F106" s="36">
         <v>0</v>
       </c>
       <c r="G106" s="36">
         <v>147565</v>
       </c>
       <c r="H106" s="36">
         <v>204878</v>
       </c>
       <c r="I106" s="36">
         <v>249287</v>
       </c>
       <c r="J106" s="36">
         <v>300143</v>
       </c>
       <c r="K106" s="36">
         <v>290401</v>
       </c>
       <c r="L106" s="76">
         <v>1192274</v>
       </c>
       <c r="O106" s="88"/>
     </row>
     <row r="107" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B107" s="344" t="s">
+      <c r="B107" s="269" t="s">
         <v>90</v>
       </c>
-      <c r="C107" s="319"/>
-      <c r="D107" s="320"/>
+      <c r="C107" s="244"/>
+      <c r="D107" s="245"/>
       <c r="E107" s="41">
         <v>1</v>
       </c>
       <c r="F107" s="41">
         <v>65</v>
       </c>
       <c r="G107" s="41">
         <v>271</v>
       </c>
       <c r="H107" s="41">
         <v>1052</v>
       </c>
       <c r="I107" s="41">
         <v>1748</v>
       </c>
       <c r="J107" s="41">
         <v>4956</v>
       </c>
       <c r="K107" s="41">
         <v>9137</v>
       </c>
       <c r="L107" s="83">
         <v>17230</v>
       </c>
       <c r="O107" s="88"/>
     </row>
     <row r="108" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B108" s="344" t="s">
+      <c r="B108" s="269" t="s">
         <v>91</v>
       </c>
-      <c r="C108" s="319"/>
-      <c r="D108" s="320"/>
+      <c r="C108" s="244"/>
+      <c r="D108" s="245"/>
       <c r="E108" s="41">
         <v>16917</v>
       </c>
       <c r="F108" s="41">
         <v>40822</v>
       </c>
       <c r="G108" s="41">
         <v>95267</v>
       </c>
       <c r="H108" s="41">
         <v>121407</v>
       </c>
       <c r="I108" s="41">
         <v>77313</v>
       </c>
       <c r="J108" s="41">
         <v>72419</v>
       </c>
       <c r="K108" s="41">
         <v>55704</v>
       </c>
       <c r="L108" s="83">
         <v>479849</v>
       </c>
       <c r="O108" s="88"/>
     </row>
     <row r="109" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B109" s="344" t="s">
+      <c r="B109" s="269" t="s">
         <v>92</v>
       </c>
-      <c r="C109" s="319"/>
-      <c r="D109" s="320"/>
+      <c r="C109" s="244"/>
+      <c r="D109" s="245"/>
       <c r="E109" s="41">
         <v>5334</v>
       </c>
       <c r="F109" s="41">
         <v>14317</v>
       </c>
       <c r="G109" s="41">
         <v>20402</v>
       </c>
       <c r="H109" s="41">
         <v>26715</v>
       </c>
       <c r="I109" s="41">
         <v>19203</v>
       </c>
       <c r="J109" s="41">
         <v>16100</v>
       </c>
       <c r="K109" s="41">
         <v>12473</v>
       </c>
       <c r="L109" s="83">
         <v>114544</v>
       </c>
     </row>
     <row r="110" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B110" s="344" t="s">
+      <c r="B110" s="269" t="s">
         <v>93</v>
       </c>
-      <c r="C110" s="319"/>
-      <c r="D110" s="320"/>
+      <c r="C110" s="244"/>
+      <c r="D110" s="245"/>
       <c r="E110" s="41">
         <v>1</v>
       </c>
       <c r="F110" s="41">
         <v>0</v>
       </c>
       <c r="G110" s="41">
         <v>145978</v>
       </c>
       <c r="H110" s="41">
         <v>126652</v>
       </c>
       <c r="I110" s="41">
         <v>79344</v>
       </c>
       <c r="J110" s="41">
         <v>51661</v>
       </c>
       <c r="K110" s="41">
         <v>23220</v>
       </c>
       <c r="L110" s="83">
         <v>426856</v>
       </c>
     </row>
     <row r="111" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B111" s="344" t="s">
+      <c r="B111" s="269" t="s">
         <v>94</v>
       </c>
-      <c r="C111" s="319"/>
-      <c r="D111" s="320"/>
+      <c r="C111" s="244"/>
+      <c r="D111" s="245"/>
       <c r="E111" s="41">
         <v>0</v>
       </c>
       <c r="F111" s="41">
         <v>6</v>
       </c>
       <c r="G111" s="41">
         <v>49034</v>
       </c>
       <c r="H111" s="41">
         <v>47157</v>
       </c>
       <c r="I111" s="41">
         <v>28018</v>
       </c>
       <c r="J111" s="41">
         <v>16827</v>
       </c>
       <c r="K111" s="41">
         <v>6943</v>
       </c>
       <c r="L111" s="83">
         <v>147985</v>
       </c>
     </row>
     <row r="112" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B112" s="344" t="s">
+      <c r="B112" s="269" t="s">
         <v>95</v>
       </c>
-      <c r="C112" s="319"/>
-      <c r="D112" s="320"/>
+      <c r="C112" s="244"/>
+      <c r="D112" s="245"/>
       <c r="E112" s="41">
         <v>545</v>
       </c>
       <c r="F112" s="41">
         <v>1622</v>
       </c>
       <c r="G112" s="41">
         <v>14842</v>
       </c>
       <c r="H112" s="41">
         <v>21405</v>
       </c>
       <c r="I112" s="41">
         <v>35102</v>
       </c>
       <c r="J112" s="41">
         <v>26496</v>
       </c>
       <c r="K112" s="41">
         <v>12610</v>
       </c>
       <c r="L112" s="83">
         <v>112622</v>
       </c>
     </row>
     <row r="113" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B113" s="344" t="s">
+      <c r="B113" s="269" t="s">
         <v>96</v>
       </c>
-      <c r="C113" s="319"/>
-      <c r="D113" s="320"/>
+      <c r="C113" s="244"/>
+      <c r="D113" s="245"/>
       <c r="E113" s="41">
         <v>40</v>
       </c>
       <c r="F113" s="41">
         <v>139</v>
       </c>
       <c r="G113" s="41">
         <v>1561</v>
       </c>
       <c r="H113" s="41">
         <v>2838</v>
       </c>
       <c r="I113" s="41">
         <v>3684</v>
       </c>
       <c r="J113" s="41">
         <v>3778</v>
       </c>
       <c r="K113" s="41">
         <v>2243</v>
       </c>
       <c r="L113" s="83">
         <v>14283</v>
       </c>
     </row>
     <row r="114" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B114" s="344" t="s">
+      <c r="B114" s="269" t="s">
         <v>97</v>
       </c>
-      <c r="C114" s="319"/>
-      <c r="D114" s="320"/>
+      <c r="C114" s="244"/>
+      <c r="D114" s="245"/>
       <c r="E114" s="41">
         <v>0</v>
       </c>
       <c r="F114" s="41">
         <v>9</v>
       </c>
       <c r="G114" s="41">
         <v>6</v>
       </c>
       <c r="H114" s="41">
         <v>19</v>
       </c>
       <c r="I114" s="41">
         <v>56</v>
       </c>
       <c r="J114" s="41">
         <v>48</v>
       </c>
       <c r="K114" s="41">
         <v>59</v>
       </c>
       <c r="L114" s="83">
         <v>197</v>
       </c>
     </row>
     <row r="115" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B115" s="344" t="s">
+      <c r="B115" s="269" t="s">
         <v>98</v>
       </c>
-      <c r="C115" s="319"/>
-      <c r="D115" s="320"/>
+      <c r="C115" s="244"/>
+      <c r="D115" s="245"/>
       <c r="E115" s="41">
         <v>0</v>
       </c>
       <c r="F115" s="41">
         <v>3</v>
       </c>
       <c r="G115" s="41">
         <v>8</v>
       </c>
       <c r="H115" s="41">
         <v>13</v>
       </c>
       <c r="I115" s="41">
         <v>41</v>
       </c>
       <c r="J115" s="41">
         <v>23</v>
       </c>
       <c r="K115" s="41">
         <v>35</v>
       </c>
       <c r="L115" s="83">
         <v>123</v>
       </c>
     </row>
     <row r="116" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B116" s="341" t="s">
+      <c r="B116" s="270" t="s">
         <v>99</v>
       </c>
-      <c r="C116" s="342"/>
-      <c r="D116" s="343"/>
+      <c r="C116" s="271"/>
+      <c r="D116" s="272"/>
       <c r="E116" s="87">
         <v>0</v>
       </c>
       <c r="F116" s="87">
         <v>0</v>
       </c>
       <c r="G116" s="87">
         <v>204</v>
       </c>
       <c r="H116" s="87">
         <v>233</v>
       </c>
       <c r="I116" s="87">
         <v>298</v>
       </c>
       <c r="J116" s="87">
         <v>170</v>
       </c>
       <c r="K116" s="87">
         <v>176</v>
       </c>
       <c r="L116" s="85">
         <v>1081</v>
       </c>
     </row>
@@ -11757,2184 +11757,2184 @@
       <c r="B120" s="86"/>
       <c r="C120" s="88"/>
       <c r="D120" s="88"/>
       <c r="E120" s="88"/>
       <c r="F120" s="88"/>
       <c r="G120" s="88"/>
       <c r="H120" s="88"/>
       <c r="I120" s="88"/>
       <c r="J120" s="88"/>
       <c r="K120" s="88"/>
       <c r="L120" s="88"/>
       <c r="M120" s="88"/>
       <c r="N120" s="88"/>
       <c r="O120" s="88"/>
     </row>
     <row r="121" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A121" s="1" t="s">
         <v>106</v>
       </c>
       <c r="L121" s="4"/>
       <c r="N121" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="122" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B122" s="333" t="s">
+      <c r="B122" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C122" s="334"/>
-      <c r="D122" s="334"/>
+      <c r="C122" s="259"/>
+      <c r="D122" s="259"/>
       <c r="E122" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G122" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H122" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L122" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B123" s="346" t="s">
+      <c r="B123" s="260" t="s">
         <v>24</v>
       </c>
-      <c r="C123" s="347"/>
-      <c r="D123" s="348"/>
+      <c r="C123" s="261"/>
+      <c r="D123" s="262"/>
       <c r="E123" s="36">
         <v>4980</v>
       </c>
       <c r="F123" s="54">
         <v>7743</v>
       </c>
       <c r="G123" s="54">
         <v>280886</v>
       </c>
       <c r="H123" s="54">
         <v>237669</v>
       </c>
       <c r="I123" s="54">
         <v>178612</v>
       </c>
       <c r="J123" s="54">
         <v>132088</v>
       </c>
       <c r="K123" s="54">
         <v>80276</v>
       </c>
       <c r="L123" s="80">
         <v>922254</v>
       </c>
     </row>
     <row r="124" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B124" s="349" t="s">
+      <c r="B124" s="263" t="s">
         <v>31</v>
       </c>
-      <c r="C124" s="350"/>
-      <c r="D124" s="351"/>
+      <c r="C124" s="264"/>
+      <c r="D124" s="265"/>
       <c r="E124" s="54">
         <v>32</v>
       </c>
       <c r="F124" s="54">
         <v>48</v>
       </c>
       <c r="G124" s="54">
         <v>2111</v>
       </c>
       <c r="H124" s="54">
         <v>2954</v>
       </c>
       <c r="I124" s="54">
         <v>2103</v>
       </c>
       <c r="J124" s="54">
         <v>1667</v>
       </c>
       <c r="K124" s="54">
         <v>1544</v>
       </c>
       <c r="L124" s="80">
         <v>10459</v>
       </c>
     </row>
     <row r="125" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B125" s="352" t="s">
+      <c r="B125" s="266" t="s">
         <v>32</v>
       </c>
-      <c r="C125" s="353"/>
-      <c r="D125" s="353"/>
+      <c r="C125" s="267"/>
+      <c r="D125" s="267"/>
       <c r="E125" s="81">
         <v>5012</v>
       </c>
       <c r="F125" s="81">
         <v>7791</v>
       </c>
       <c r="G125" s="81">
         <v>282997</v>
       </c>
       <c r="H125" s="81">
         <v>240623</v>
       </c>
       <c r="I125" s="81">
         <v>180715</v>
       </c>
       <c r="J125" s="81">
         <v>133755</v>
       </c>
       <c r="K125" s="81">
         <v>81820</v>
       </c>
       <c r="L125" s="82">
         <v>932713</v>
       </c>
     </row>
     <row r="126" spans="1:15" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="127" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A127" s="1" t="s">
         <v>107</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N127" s="4"/>
     </row>
     <row r="128" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B128" s="333" t="s">
+      <c r="B128" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C128" s="334"/>
-      <c r="D128" s="334"/>
+      <c r="C128" s="259"/>
+      <c r="D128" s="259"/>
       <c r="E128" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H128" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L128" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B129" s="157" t="s">
+      <c r="B129" s="202" t="s">
         <v>108</v>
       </c>
-      <c r="C129" s="158"/>
-      <c r="D129" s="345"/>
+      <c r="C129" s="203"/>
+      <c r="D129" s="268"/>
       <c r="E129" s="36">
         <v>0</v>
       </c>
       <c r="F129" s="36">
         <v>0</v>
       </c>
       <c r="G129" s="36">
         <v>11264</v>
       </c>
       <c r="H129" s="36">
         <v>11301</v>
       </c>
       <c r="I129" s="36">
         <v>8488</v>
       </c>
       <c r="J129" s="36">
         <v>9053</v>
       </c>
       <c r="K129" s="36">
         <v>6040</v>
       </c>
       <c r="L129" s="76">
         <v>46146</v>
       </c>
     </row>
     <row r="130" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B130" s="344" t="s">
+      <c r="B130" s="269" t="s">
         <v>109</v>
       </c>
-      <c r="C130" s="319"/>
-      <c r="D130" s="320"/>
+      <c r="C130" s="244"/>
+      <c r="D130" s="245"/>
       <c r="E130" s="41">
         <v>0</v>
       </c>
       <c r="F130" s="41">
         <v>0</v>
       </c>
       <c r="G130" s="41">
         <v>812</v>
       </c>
       <c r="H130" s="41">
         <v>1576</v>
       </c>
       <c r="I130" s="41">
         <v>1585</v>
       </c>
       <c r="J130" s="41">
         <v>1450</v>
       </c>
       <c r="K130" s="41">
         <v>1339</v>
       </c>
       <c r="L130" s="83">
         <v>6762</v>
       </c>
     </row>
     <row r="131" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B131" s="344" t="s">
+      <c r="B131" s="269" t="s">
         <v>110</v>
       </c>
-      <c r="C131" s="319"/>
-      <c r="D131" s="320"/>
+      <c r="C131" s="244"/>
+      <c r="D131" s="245"/>
       <c r="E131" s="41">
         <v>0</v>
       </c>
       <c r="F131" s="41">
         <v>1</v>
       </c>
       <c r="G131" s="41">
         <v>175176</v>
       </c>
       <c r="H131" s="41">
         <v>129389</v>
       </c>
       <c r="I131" s="41">
         <v>65638</v>
       </c>
       <c r="J131" s="41">
         <v>34973</v>
       </c>
       <c r="K131" s="41">
         <v>16967</v>
       </c>
       <c r="L131" s="83">
         <v>422144</v>
       </c>
     </row>
     <row r="132" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B132" s="344" t="s">
+      <c r="B132" s="269" t="s">
         <v>111</v>
       </c>
-      <c r="C132" s="319"/>
-      <c r="D132" s="320"/>
+      <c r="C132" s="244"/>
+      <c r="D132" s="245"/>
       <c r="E132" s="41">
         <v>356</v>
       </c>
       <c r="F132" s="41">
         <v>335</v>
       </c>
       <c r="G132" s="41">
         <v>13216</v>
       </c>
       <c r="H132" s="41">
         <v>11297</v>
       </c>
       <c r="I132" s="41">
         <v>10570</v>
       </c>
       <c r="J132" s="41">
         <v>5729</v>
       </c>
       <c r="K132" s="41">
         <v>4347</v>
       </c>
       <c r="L132" s="83">
         <v>45850</v>
       </c>
     </row>
     <row r="133" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B133" s="344" t="s">
+      <c r="B133" s="269" t="s">
         <v>112</v>
       </c>
-      <c r="C133" s="319"/>
-      <c r="D133" s="320"/>
+      <c r="C133" s="244"/>
+      <c r="D133" s="245"/>
       <c r="E133" s="41">
         <v>4638</v>
       </c>
       <c r="F133" s="41">
         <v>6247</v>
       </c>
       <c r="G133" s="41">
         <v>29462</v>
       </c>
       <c r="H133" s="41">
         <v>26444</v>
       </c>
       <c r="I133" s="41">
         <v>19914</v>
       </c>
       <c r="J133" s="41">
         <v>14285</v>
       </c>
       <c r="K133" s="41">
         <v>7315</v>
       </c>
       <c r="L133" s="83">
         <v>108305</v>
       </c>
     </row>
     <row r="134" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B134" s="344" t="s">
+      <c r="B134" s="269" t="s">
         <v>113</v>
       </c>
-      <c r="C134" s="319"/>
-      <c r="D134" s="320"/>
+      <c r="C134" s="244"/>
+      <c r="D134" s="245"/>
       <c r="E134" s="41">
         <v>10</v>
       </c>
       <c r="F134" s="41">
         <v>20</v>
       </c>
       <c r="G134" s="41">
         <v>139</v>
       </c>
       <c r="H134" s="41">
         <v>140</v>
       </c>
       <c r="I134" s="41">
         <v>89</v>
       </c>
       <c r="J134" s="41">
         <v>75</v>
       </c>
       <c r="K134" s="41">
         <v>36</v>
       </c>
       <c r="L134" s="83">
         <v>509</v>
       </c>
     </row>
     <row r="135" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B135" s="344" t="s">
+      <c r="B135" s="269" t="s">
         <v>114</v>
       </c>
-      <c r="C135" s="319"/>
-      <c r="D135" s="320"/>
+      <c r="C135" s="244"/>
+      <c r="D135" s="245"/>
       <c r="E135" s="41">
         <v>0</v>
       </c>
       <c r="F135" s="41">
         <v>1160</v>
       </c>
       <c r="G135" s="41">
         <v>49398</v>
       </c>
       <c r="H135" s="41">
         <v>54893</v>
       </c>
       <c r="I135" s="41">
         <v>53058</v>
       </c>
       <c r="J135" s="41">
         <v>34913</v>
       </c>
       <c r="K135" s="41">
         <v>21745</v>
       </c>
       <c r="L135" s="83">
         <v>215167</v>
       </c>
     </row>
     <row r="136" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B136" s="344" t="s">
+      <c r="B136" s="269" t="s">
         <v>115</v>
       </c>
-      <c r="C136" s="319"/>
-      <c r="D136" s="320"/>
+      <c r="C136" s="244"/>
+      <c r="D136" s="245"/>
       <c r="E136" s="41">
         <v>0</v>
       </c>
       <c r="F136" s="41">
         <v>2</v>
       </c>
       <c r="G136" s="41">
         <v>115</v>
       </c>
       <c r="H136" s="41">
         <v>125</v>
       </c>
       <c r="I136" s="41">
         <v>137</v>
       </c>
       <c r="J136" s="41">
         <v>59</v>
       </c>
       <c r="K136" s="41">
         <v>33</v>
       </c>
       <c r="L136" s="83">
         <v>471</v>
       </c>
     </row>
     <row r="137" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B137" s="344" t="s">
+      <c r="B137" s="269" t="s">
         <v>116</v>
       </c>
-      <c r="C137" s="319"/>
-      <c r="D137" s="320"/>
+      <c r="C137" s="244"/>
+      <c r="D137" s="245"/>
       <c r="E137" s="41">
         <v>0</v>
       </c>
       <c r="F137" s="41">
         <v>0</v>
       </c>
       <c r="G137" s="41">
         <v>1753</v>
       </c>
       <c r="H137" s="41">
         <v>2045</v>
       </c>
       <c r="I137" s="41">
         <v>1877</v>
       </c>
       <c r="J137" s="41">
         <v>1836</v>
       </c>
       <c r="K137" s="41">
         <v>940</v>
       </c>
       <c r="L137" s="83">
         <v>8451</v>
       </c>
     </row>
     <row r="138" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B138" s="344" t="s">
+      <c r="B138" s="269" t="s">
         <v>117</v>
       </c>
-      <c r="C138" s="319"/>
-      <c r="D138" s="320"/>
+      <c r="C138" s="244"/>
+      <c r="D138" s="245"/>
       <c r="E138" s="41">
         <v>0</v>
       </c>
       <c r="F138" s="41">
         <v>0</v>
       </c>
       <c r="G138" s="41">
         <v>11</v>
       </c>
       <c r="H138" s="41">
         <v>11</v>
       </c>
       <c r="I138" s="41">
         <v>5</v>
       </c>
       <c r="J138" s="41">
         <v>6</v>
       </c>
       <c r="K138" s="41">
         <v>4</v>
       </c>
       <c r="L138" s="83">
         <v>37</v>
       </c>
     </row>
     <row r="139" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B139" s="344" t="s">
+      <c r="B139" s="269" t="s">
         <v>118</v>
       </c>
-      <c r="C139" s="319"/>
-      <c r="D139" s="320"/>
+      <c r="C139" s="244"/>
+      <c r="D139" s="245"/>
       <c r="E139" s="41">
         <v>0</v>
       </c>
       <c r="F139" s="41">
         <v>0</v>
       </c>
       <c r="G139" s="41">
         <v>385</v>
       </c>
       <c r="H139" s="41">
         <v>1251</v>
       </c>
       <c r="I139" s="41">
         <v>17153</v>
       </c>
       <c r="J139" s="41">
         <v>27662</v>
       </c>
       <c r="K139" s="41">
         <v>18869</v>
       </c>
       <c r="L139" s="83">
         <v>65320</v>
       </c>
     </row>
     <row r="140" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B140" s="344" t="s">
+      <c r="B140" s="269" t="s">
         <v>119</v>
       </c>
-      <c r="C140" s="319"/>
-      <c r="D140" s="320"/>
+      <c r="C140" s="244"/>
+      <c r="D140" s="245"/>
       <c r="E140" s="41">
         <v>0</v>
       </c>
       <c r="F140" s="41">
         <v>0</v>
       </c>
       <c r="G140" s="41">
         <v>3625</v>
       </c>
       <c r="H140" s="41">
         <v>4696</v>
       </c>
       <c r="I140" s="41">
         <v>4382</v>
       </c>
       <c r="J140" s="41">
         <v>5199</v>
       </c>
       <c r="K140" s="41">
         <v>4976</v>
       </c>
       <c r="L140" s="83">
         <v>22878</v>
       </c>
     </row>
     <row r="141" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B141" s="341" t="s">
+      <c r="B141" s="270" t="s">
         <v>120</v>
       </c>
-      <c r="C141" s="342"/>
-      <c r="D141" s="343"/>
+      <c r="C141" s="271"/>
+      <c r="D141" s="272"/>
       <c r="E141" s="84">
         <v>0</v>
       </c>
       <c r="F141" s="84">
         <v>0</v>
       </c>
       <c r="G141" s="84">
         <v>53</v>
       </c>
       <c r="H141" s="84">
         <v>68</v>
       </c>
       <c r="I141" s="84">
         <v>69</v>
       </c>
       <c r="J141" s="84">
         <v>50</v>
       </c>
       <c r="K141" s="84">
         <v>63</v>
       </c>
       <c r="L141" s="85">
         <v>303</v>
       </c>
     </row>
     <row r="142" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="B142" s="86" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="143" spans="1:13" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="144" spans="1:13" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A144" s="1" t="s">
         <v>121</v>
       </c>
       <c r="M144" s="68" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="145" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B145" s="333" t="s">
+      <c r="B145" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C145" s="334"/>
-      <c r="D145" s="334"/>
+      <c r="C145" s="259"/>
+      <c r="D145" s="259"/>
       <c r="E145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G145" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L145" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="146" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B146" s="157" t="s">
+      <c r="B146" s="202" t="s">
         <v>122</v>
       </c>
-      <c r="C146" s="158"/>
-      <c r="D146" s="345"/>
+      <c r="C146" s="203"/>
+      <c r="D146" s="268"/>
       <c r="E146" s="36">
         <v>0</v>
       </c>
       <c r="F146" s="36">
         <v>0</v>
       </c>
       <c r="G146" s="36">
         <v>656</v>
       </c>
       <c r="H146" s="36">
         <v>569</v>
       </c>
       <c r="I146" s="36">
         <v>497</v>
       </c>
       <c r="J146" s="36">
         <v>484</v>
       </c>
       <c r="K146" s="36">
         <v>303</v>
       </c>
       <c r="L146" s="76">
         <v>2509</v>
       </c>
     </row>
     <row r="147" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B147" s="344" t="s">
+      <c r="B147" s="269" t="s">
         <v>109</v>
       </c>
-      <c r="C147" s="319"/>
-      <c r="D147" s="320"/>
+      <c r="C147" s="244"/>
+      <c r="D147" s="245"/>
       <c r="E147" s="41">
         <v>0</v>
       </c>
       <c r="F147" s="41">
         <v>0</v>
       </c>
       <c r="G147" s="41">
         <v>54</v>
       </c>
       <c r="H147" s="41">
         <v>87</v>
       </c>
       <c r="I147" s="41">
         <v>97</v>
       </c>
       <c r="J147" s="41">
         <v>85</v>
       </c>
       <c r="K147" s="41">
         <v>76</v>
       </c>
       <c r="L147" s="83">
         <v>399</v>
       </c>
     </row>
     <row r="148" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B148" s="344" t="s">
+      <c r="B148" s="269" t="s">
         <v>110</v>
       </c>
-      <c r="C148" s="319"/>
-      <c r="D148" s="320"/>
+      <c r="C148" s="244"/>
+      <c r="D148" s="245"/>
       <c r="E148" s="41">
         <v>0</v>
       </c>
       <c r="F148" s="41">
         <v>1</v>
       </c>
       <c r="G148" s="41">
         <v>8443</v>
       </c>
       <c r="H148" s="41">
         <v>5839</v>
       </c>
       <c r="I148" s="41">
         <v>2636</v>
       </c>
       <c r="J148" s="41">
         <v>1266</v>
       </c>
       <c r="K148" s="41">
         <v>581</v>
       </c>
       <c r="L148" s="83">
         <v>18766</v>
       </c>
     </row>
     <row r="149" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B149" s="344" t="s">
+      <c r="B149" s="269" t="s">
         <v>123</v>
       </c>
-      <c r="C149" s="319"/>
-      <c r="D149" s="320"/>
+      <c r="C149" s="244"/>
+      <c r="D149" s="245"/>
       <c r="E149" s="41">
         <v>13</v>
       </c>
       <c r="F149" s="41">
         <v>15</v>
       </c>
       <c r="G149" s="41">
         <v>610</v>
       </c>
       <c r="H149" s="41">
         <v>531</v>
       </c>
       <c r="I149" s="41">
         <v>508</v>
       </c>
       <c r="J149" s="41">
         <v>248</v>
       </c>
       <c r="K149" s="41">
         <v>137</v>
       </c>
       <c r="L149" s="83">
         <v>2062</v>
       </c>
     </row>
     <row r="150" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B150" s="344" t="s">
+      <c r="B150" s="269" t="s">
         <v>112</v>
       </c>
-      <c r="C150" s="319"/>
-      <c r="D150" s="320"/>
+      <c r="C150" s="244"/>
+      <c r="D150" s="245"/>
       <c r="E150" s="41">
         <v>201</v>
       </c>
       <c r="F150" s="41">
         <v>239</v>
       </c>
       <c r="G150" s="41">
         <v>1079</v>
       </c>
       <c r="H150" s="41">
         <v>958</v>
       </c>
       <c r="I150" s="41">
         <v>793</v>
       </c>
       <c r="J150" s="41">
         <v>565</v>
       </c>
       <c r="K150" s="41">
         <v>260</v>
       </c>
       <c r="L150" s="83">
         <v>4095</v>
       </c>
     </row>
     <row r="151" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B151" s="344" t="s">
+      <c r="B151" s="269" t="s">
         <v>113</v>
       </c>
-      <c r="C151" s="319"/>
-      <c r="D151" s="320"/>
+      <c r="C151" s="244"/>
+      <c r="D151" s="245"/>
       <c r="E151" s="41">
         <v>0</v>
       </c>
       <c r="F151" s="41">
         <v>1</v>
       </c>
       <c r="G151" s="41">
         <v>5</v>
       </c>
       <c r="H151" s="41">
         <v>10</v>
       </c>
       <c r="I151" s="41">
         <v>5</v>
       </c>
       <c r="J151" s="41">
         <v>2</v>
       </c>
       <c r="K151" s="41">
         <v>1</v>
       </c>
       <c r="L151" s="83">
         <v>24</v>
       </c>
     </row>
     <row r="152" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B152" s="344" t="s">
+      <c r="B152" s="269" t="s">
         <v>114</v>
       </c>
-      <c r="C152" s="319"/>
-      <c r="D152" s="320"/>
+      <c r="C152" s="244"/>
+      <c r="D152" s="245"/>
       <c r="E152" s="41">
         <v>0</v>
       </c>
       <c r="F152" s="41">
         <v>30</v>
       </c>
       <c r="G152" s="41">
         <v>1461</v>
       </c>
       <c r="H152" s="41">
         <v>1760</v>
       </c>
       <c r="I152" s="41">
         <v>2006</v>
       </c>
       <c r="J152" s="41">
         <v>1147</v>
       </c>
       <c r="K152" s="41">
         <v>679</v>
       </c>
       <c r="L152" s="83">
         <v>7083</v>
       </c>
     </row>
     <row r="153" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B153" s="344" t="s">
+      <c r="B153" s="269" t="s">
         <v>115</v>
       </c>
-      <c r="C153" s="319"/>
-      <c r="D153" s="320"/>
+      <c r="C153" s="244"/>
+      <c r="D153" s="245"/>
       <c r="E153" s="41">
         <v>0</v>
       </c>
       <c r="F153" s="41">
         <v>0</v>
       </c>
       <c r="G153" s="41">
         <v>5</v>
       </c>
       <c r="H153" s="41">
         <v>6</v>
       </c>
       <c r="I153" s="41">
         <v>7</v>
       </c>
       <c r="J153" s="41">
         <v>2</v>
       </c>
       <c r="K153" s="41">
         <v>3</v>
       </c>
       <c r="L153" s="83">
         <v>23</v>
       </c>
     </row>
     <row r="154" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B154" s="344" t="s">
+      <c r="B154" s="269" t="s">
         <v>116</v>
       </c>
-      <c r="C154" s="319"/>
-      <c r="D154" s="320"/>
+      <c r="C154" s="244"/>
+      <c r="D154" s="245"/>
       <c r="E154" s="41">
         <v>0</v>
       </c>
       <c r="F154" s="41">
         <v>0</v>
       </c>
       <c r="G154" s="41">
         <v>89</v>
       </c>
       <c r="H154" s="41">
         <v>123</v>
       </c>
       <c r="I154" s="41">
         <v>116</v>
       </c>
       <c r="J154" s="41">
         <v>101</v>
       </c>
       <c r="K154" s="41">
         <v>50</v>
       </c>
       <c r="L154" s="83">
         <v>479</v>
       </c>
     </row>
     <row r="155" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B155" s="344" t="s">
+      <c r="B155" s="269" t="s">
         <v>117</v>
       </c>
-      <c r="C155" s="319"/>
-      <c r="D155" s="320"/>
+      <c r="C155" s="244"/>
+      <c r="D155" s="245"/>
       <c r="E155" s="41">
         <v>0</v>
       </c>
       <c r="F155" s="41">
         <v>0</v>
       </c>
       <c r="G155" s="41">
         <v>1</v>
       </c>
       <c r="H155" s="41">
         <v>0</v>
       </c>
       <c r="I155" s="41">
         <v>0</v>
       </c>
       <c r="J155" s="41">
         <v>2</v>
       </c>
       <c r="K155" s="41">
         <v>0</v>
       </c>
       <c r="L155" s="83">
         <v>3</v>
       </c>
     </row>
     <row r="156" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B156" s="344" t="s">
+      <c r="B156" s="269" t="s">
         <v>118</v>
       </c>
-      <c r="C156" s="319"/>
-      <c r="D156" s="320"/>
+      <c r="C156" s="244"/>
+      <c r="D156" s="245"/>
       <c r="E156" s="41">
         <v>0</v>
       </c>
       <c r="F156" s="41">
         <v>0</v>
       </c>
       <c r="G156" s="41">
         <v>8</v>
       </c>
       <c r="H156" s="41">
         <v>26</v>
       </c>
       <c r="I156" s="41">
         <v>554</v>
       </c>
       <c r="J156" s="41">
         <v>809</v>
       </c>
       <c r="K156" s="41">
         <v>516</v>
       </c>
       <c r="L156" s="83">
         <v>1913</v>
       </c>
     </row>
     <row r="157" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B157" s="344" t="s">
+      <c r="B157" s="269" t="s">
         <v>119</v>
       </c>
-      <c r="C157" s="319"/>
-      <c r="D157" s="320"/>
+      <c r="C157" s="244"/>
+      <c r="D157" s="245"/>
       <c r="E157" s="41">
         <v>0</v>
       </c>
       <c r="F157" s="41">
         <v>0</v>
       </c>
       <c r="G157" s="41">
         <v>163</v>
       </c>
       <c r="H157" s="41">
         <v>232</v>
       </c>
       <c r="I157" s="41">
         <v>231</v>
       </c>
       <c r="J157" s="41">
         <v>280</v>
       </c>
       <c r="K157" s="41">
         <v>246</v>
       </c>
       <c r="L157" s="83">
         <v>1152</v>
       </c>
     </row>
     <row r="158" spans="2:12" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B158" s="341" t="s">
+      <c r="B158" s="270" t="s">
         <v>120</v>
       </c>
-      <c r="C158" s="342"/>
-      <c r="D158" s="343"/>
+      <c r="C158" s="271"/>
+      <c r="D158" s="272"/>
       <c r="E158" s="84">
         <v>0</v>
       </c>
       <c r="F158" s="84">
         <v>0</v>
       </c>
       <c r="G158" s="84">
         <v>3</v>
       </c>
       <c r="H158" s="84">
         <v>6</v>
       </c>
       <c r="I158" s="84">
         <v>4</v>
       </c>
       <c r="J158" s="84">
         <v>3</v>
       </c>
       <c r="K158" s="84">
         <v>6</v>
       </c>
       <c r="L158" s="85">
         <v>22</v>
       </c>
     </row>
     <row r="159" spans="2:12" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="B159" s="86" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="160" spans="2:12" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="161" spans="1:13" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A161" s="1" t="s">
         <v>124</v>
       </c>
       <c r="M161" s="68" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="162" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B162" s="333" t="s">
+      <c r="B162" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C162" s="334"/>
-      <c r="D162" s="334"/>
+      <c r="C162" s="259"/>
+      <c r="D162" s="259"/>
       <c r="E162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F162" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G162" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H162" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I162" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J162" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L162" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B163" s="157" t="s">
+      <c r="B163" s="202" t="s">
         <v>122</v>
       </c>
-      <c r="C163" s="158"/>
-      <c r="D163" s="345"/>
+      <c r="C163" s="203"/>
+      <c r="D163" s="268"/>
       <c r="E163" s="36">
         <v>0</v>
       </c>
       <c r="F163" s="36">
         <v>0</v>
       </c>
       <c r="G163" s="36">
         <v>439</v>
       </c>
       <c r="H163" s="36">
         <v>455</v>
       </c>
       <c r="I163" s="36">
         <v>392</v>
       </c>
       <c r="J163" s="36">
         <v>468</v>
       </c>
       <c r="K163" s="36">
         <v>294</v>
       </c>
       <c r="L163" s="76">
         <v>2048</v>
       </c>
     </row>
     <row r="164" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B164" s="344" t="s">
+      <c r="B164" s="269" t="s">
         <v>109</v>
       </c>
-      <c r="C164" s="319"/>
-      <c r="D164" s="320"/>
+      <c r="C164" s="244"/>
+      <c r="D164" s="245"/>
       <c r="E164" s="41">
         <v>0</v>
       </c>
       <c r="F164" s="41">
         <v>0</v>
       </c>
       <c r="G164" s="41">
         <v>49</v>
       </c>
       <c r="H164" s="41">
         <v>94</v>
       </c>
       <c r="I164" s="41">
         <v>103</v>
       </c>
       <c r="J164" s="41">
         <v>88</v>
       </c>
       <c r="K164" s="41">
         <v>104</v>
       </c>
       <c r="L164" s="83">
         <v>438</v>
       </c>
     </row>
     <row r="165" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B165" s="344" t="s">
+      <c r="B165" s="269" t="s">
         <v>110</v>
       </c>
-      <c r="C165" s="319"/>
-      <c r="D165" s="320"/>
+      <c r="C165" s="244"/>
+      <c r="D165" s="245"/>
       <c r="E165" s="41">
         <v>0</v>
       </c>
       <c r="F165" s="41">
         <v>0</v>
       </c>
       <c r="G165" s="41">
         <v>6948</v>
       </c>
       <c r="H165" s="41">
         <v>5106</v>
       </c>
       <c r="I165" s="41">
         <v>2431</v>
       </c>
       <c r="J165" s="41">
         <v>1171</v>
       </c>
       <c r="K165" s="41">
         <v>509</v>
       </c>
       <c r="L165" s="83">
         <v>16165</v>
       </c>
     </row>
     <row r="166" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B166" s="344" t="s">
+      <c r="B166" s="269" t="s">
         <v>123</v>
       </c>
-      <c r="C166" s="319"/>
-      <c r="D166" s="320"/>
+      <c r="C166" s="244"/>
+      <c r="D166" s="245"/>
       <c r="E166" s="41">
         <v>3</v>
       </c>
       <c r="F166" s="41">
         <v>12</v>
       </c>
       <c r="G166" s="41">
         <v>434</v>
       </c>
       <c r="H166" s="41">
         <v>402</v>
       </c>
       <c r="I166" s="41">
         <v>417</v>
       </c>
       <c r="J166" s="41">
         <v>214</v>
       </c>
       <c r="K166" s="41">
         <v>193</v>
       </c>
       <c r="L166" s="83">
         <v>1675</v>
       </c>
     </row>
     <row r="167" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B167" s="344" t="s">
+      <c r="B167" s="269" t="s">
         <v>112</v>
       </c>
-      <c r="C167" s="319"/>
-      <c r="D167" s="320"/>
+      <c r="C167" s="244"/>
+      <c r="D167" s="245"/>
       <c r="E167" s="41">
         <v>116</v>
       </c>
       <c r="F167" s="41">
         <v>151</v>
       </c>
       <c r="G167" s="41">
         <v>679</v>
       </c>
       <c r="H167" s="41">
         <v>668</v>
       </c>
       <c r="I167" s="41">
         <v>493</v>
       </c>
       <c r="J167" s="41">
         <v>428</v>
       </c>
       <c r="K167" s="41">
         <v>172</v>
       </c>
       <c r="L167" s="83">
         <v>2707</v>
       </c>
     </row>
     <row r="168" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B168" s="344" t="s">
+      <c r="B168" s="269" t="s">
         <v>113</v>
       </c>
-      <c r="C168" s="319"/>
-      <c r="D168" s="320"/>
+      <c r="C168" s="244"/>
+      <c r="D168" s="245"/>
       <c r="E168" s="41">
         <v>0</v>
       </c>
       <c r="F168" s="41">
         <v>0</v>
       </c>
       <c r="G168" s="41">
         <v>5</v>
       </c>
       <c r="H168" s="41">
         <v>1</v>
       </c>
       <c r="I168" s="41">
         <v>6</v>
       </c>
       <c r="J168" s="41">
         <v>4</v>
       </c>
       <c r="K168" s="41">
         <v>3</v>
       </c>
       <c r="L168" s="83">
         <v>19</v>
       </c>
     </row>
     <row r="169" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B169" s="344" t="s">
+      <c r="B169" s="269" t="s">
         <v>114</v>
       </c>
-      <c r="C169" s="319"/>
-      <c r="D169" s="320"/>
+      <c r="C169" s="244"/>
+      <c r="D169" s="245"/>
       <c r="E169" s="41">
         <v>0</v>
       </c>
       <c r="F169" s="41">
         <v>16</v>
       </c>
       <c r="G169" s="41">
         <v>954</v>
       </c>
       <c r="H169" s="41">
         <v>1224</v>
       </c>
       <c r="I169" s="41">
         <v>1361</v>
       </c>
       <c r="J169" s="41">
         <v>843</v>
       </c>
       <c r="K169" s="41">
         <v>556</v>
       </c>
       <c r="L169" s="83">
         <v>4954</v>
       </c>
     </row>
     <row r="170" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B170" s="344" t="s">
+      <c r="B170" s="269" t="s">
         <v>115</v>
       </c>
-      <c r="C170" s="319"/>
-      <c r="D170" s="320"/>
+      <c r="C170" s="244"/>
+      <c r="D170" s="245"/>
       <c r="E170" s="41">
         <v>0</v>
       </c>
       <c r="F170" s="41">
         <v>0</v>
       </c>
       <c r="G170" s="41">
         <v>1</v>
       </c>
       <c r="H170" s="41">
         <v>4</v>
       </c>
       <c r="I170" s="41">
         <v>7</v>
       </c>
       <c r="J170" s="41">
         <v>2</v>
       </c>
       <c r="K170" s="41">
         <v>4</v>
       </c>
       <c r="L170" s="83">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B171" s="344" t="s">
+      <c r="B171" s="269" t="s">
         <v>116</v>
       </c>
-      <c r="C171" s="319"/>
-      <c r="D171" s="320"/>
+      <c r="C171" s="244"/>
+      <c r="D171" s="245"/>
       <c r="E171" s="41">
         <v>0</v>
       </c>
       <c r="F171" s="41">
         <v>0</v>
       </c>
       <c r="G171" s="41">
         <v>70</v>
       </c>
       <c r="H171" s="41">
         <v>81</v>
       </c>
       <c r="I171" s="41">
         <v>91</v>
       </c>
       <c r="J171" s="41">
         <v>105</v>
       </c>
       <c r="K171" s="41">
         <v>46</v>
       </c>
       <c r="L171" s="83">
         <v>393</v>
       </c>
     </row>
     <row r="172" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B172" s="344" t="s">
+      <c r="B172" s="269" t="s">
         <v>117</v>
       </c>
-      <c r="C172" s="319"/>
-      <c r="D172" s="320"/>
+      <c r="C172" s="244"/>
+      <c r="D172" s="245"/>
       <c r="E172" s="41">
         <v>0</v>
       </c>
       <c r="F172" s="41">
         <v>0</v>
       </c>
       <c r="G172" s="41">
         <v>2</v>
       </c>
       <c r="H172" s="41">
         <v>2</v>
       </c>
       <c r="I172" s="41">
         <v>2</v>
       </c>
       <c r="J172" s="41">
         <v>0</v>
       </c>
       <c r="K172" s="41">
         <v>1</v>
       </c>
       <c r="L172" s="83">
         <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B173" s="344" t="s">
+      <c r="B173" s="269" t="s">
         <v>118</v>
       </c>
-      <c r="C173" s="319"/>
-      <c r="D173" s="320"/>
+      <c r="C173" s="244"/>
+      <c r="D173" s="245"/>
       <c r="E173" s="41">
         <v>0</v>
       </c>
       <c r="F173" s="41">
         <v>0</v>
       </c>
       <c r="G173" s="41">
         <v>5</v>
       </c>
       <c r="H173" s="41">
         <v>15</v>
       </c>
       <c r="I173" s="41">
         <v>290</v>
       </c>
       <c r="J173" s="41">
         <v>569</v>
       </c>
       <c r="K173" s="41">
         <v>369</v>
       </c>
       <c r="L173" s="83">
         <v>1248</v>
       </c>
     </row>
     <row r="174" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B174" s="344" t="s">
+      <c r="B174" s="269" t="s">
         <v>119</v>
       </c>
-      <c r="C174" s="319"/>
-      <c r="D174" s="320"/>
+      <c r="C174" s="244"/>
+      <c r="D174" s="245"/>
       <c r="E174" s="41">
         <v>0</v>
       </c>
       <c r="F174" s="41">
         <v>0</v>
       </c>
       <c r="G174" s="41">
         <v>131</v>
       </c>
       <c r="H174" s="41">
         <v>174</v>
       </c>
       <c r="I174" s="41">
         <v>160</v>
       </c>
       <c r="J174" s="41">
         <v>218</v>
       </c>
       <c r="K174" s="41">
         <v>207</v>
       </c>
       <c r="L174" s="83">
         <v>890</v>
       </c>
     </row>
     <row r="175" spans="1:13" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B175" s="341" t="s">
+      <c r="B175" s="270" t="s">
         <v>120</v>
       </c>
-      <c r="C175" s="342"/>
-      <c r="D175" s="343"/>
+      <c r="C175" s="271"/>
+      <c r="D175" s="272"/>
       <c r="E175" s="84">
         <v>0</v>
       </c>
       <c r="F175" s="84">
         <v>0</v>
       </c>
       <c r="G175" s="84">
         <v>4</v>
       </c>
       <c r="H175" s="84">
         <v>5</v>
       </c>
       <c r="I175" s="84">
         <v>8</v>
       </c>
       <c r="J175" s="84">
         <v>3</v>
       </c>
       <c r="K175" s="84">
         <v>4</v>
       </c>
       <c r="L175" s="85">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="B176" s="86" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
     </row>
     <row r="177" spans="1:14" s="1" customFormat="1" ht="4.5" customHeight="1"/>
     <row r="178" spans="1:14" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A178" s="1" t="s">
         <v>125</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N178" s="4"/>
     </row>
     <row r="179" spans="1:14" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B179" s="333" t="s">
+      <c r="B179" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C179" s="334"/>
-      <c r="D179" s="334"/>
+      <c r="C179" s="259"/>
+      <c r="D179" s="259"/>
       <c r="E179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F179" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G179" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H179" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I179" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J179" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K179" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L179" s="8" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="180" spans="1:14" s="1" customFormat="1" ht="14.5" customHeight="1">
-      <c r="B180" s="344" t="s">
+    <row r="180" spans="1:14" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="B180" s="269" t="s">
         <v>126</v>
       </c>
-      <c r="C180" s="319"/>
-      <c r="D180" s="320"/>
+      <c r="C180" s="244"/>
+      <c r="D180" s="245"/>
       <c r="E180" s="41">
         <v>0</v>
       </c>
       <c r="F180" s="41">
         <v>1</v>
       </c>
       <c r="G180" s="41">
         <v>1466621</v>
       </c>
       <c r="H180" s="41">
         <v>1182130</v>
       </c>
       <c r="I180" s="41">
         <v>731299</v>
       </c>
       <c r="J180" s="41">
         <v>409424</v>
       </c>
       <c r="K180" s="41">
         <v>211377</v>
       </c>
       <c r="L180" s="83">
         <v>4000852</v>
       </c>
     </row>
-    <row r="181" spans="1:14" s="1" customFormat="1" ht="14.5" customHeight="1">
-      <c r="B181" s="344" t="s">
+    <row r="181" spans="1:14" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="B181" s="269" t="s">
         <v>127</v>
       </c>
-      <c r="C181" s="319"/>
-      <c r="D181" s="320"/>
+      <c r="C181" s="244"/>
+      <c r="D181" s="245"/>
       <c r="E181" s="41">
         <v>1624</v>
       </c>
       <c r="F181" s="41">
         <v>2384</v>
       </c>
       <c r="G181" s="41">
         <v>126050</v>
       </c>
       <c r="H181" s="41">
         <v>120737</v>
       </c>
       <c r="I181" s="41">
         <v>127595</v>
       </c>
       <c r="J181" s="41">
         <v>70873</v>
       </c>
       <c r="K181" s="41">
         <v>52679</v>
       </c>
       <c r="L181" s="83">
         <v>501942</v>
       </c>
     </row>
-    <row r="182" spans="1:14" s="1" customFormat="1" ht="14.5" customHeight="1">
-      <c r="B182" s="344" t="s">
+    <row r="182" spans="1:14" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="B182" s="269" t="s">
         <v>128</v>
       </c>
-      <c r="C182" s="319"/>
-      <c r="D182" s="320"/>
+      <c r="C182" s="244"/>
+      <c r="D182" s="245"/>
       <c r="E182" s="41">
         <v>32</v>
       </c>
       <c r="F182" s="41">
         <v>105</v>
       </c>
       <c r="G182" s="41">
         <v>810</v>
       </c>
       <c r="H182" s="41">
         <v>782</v>
       </c>
       <c r="I182" s="41">
         <v>467</v>
       </c>
       <c r="J182" s="41">
         <v>437</v>
       </c>
       <c r="K182" s="41">
         <v>193</v>
       </c>
       <c r="L182" s="83">
         <v>2826</v>
       </c>
     </row>
-    <row r="183" spans="1:14" s="1" customFormat="1" ht="14.5" customHeight="1">
-      <c r="B183" s="344" t="s">
+    <row r="183" spans="1:14" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="B183" s="269" t="s">
         <v>129</v>
       </c>
-      <c r="C183" s="319"/>
-      <c r="D183" s="320"/>
+      <c r="C183" s="244"/>
+      <c r="D183" s="245"/>
       <c r="E183" s="41">
         <v>0</v>
       </c>
       <c r="F183" s="41">
         <v>17</v>
       </c>
       <c r="G183" s="41">
         <v>803</v>
       </c>
       <c r="H183" s="41">
         <v>1082</v>
       </c>
       <c r="I183" s="41">
         <v>1314</v>
       </c>
       <c r="J183" s="41">
         <v>820</v>
       </c>
       <c r="K183" s="41">
         <v>311</v>
       </c>
       <c r="L183" s="83">
         <v>4347</v>
       </c>
     </row>
-    <row r="184" spans="1:14" s="1" customFormat="1" ht="14.5" customHeight="1">
-      <c r="B184" s="344" t="s">
+    <row r="184" spans="1:14" s="1" customFormat="1" ht="14.45" customHeight="1">
+      <c r="B184" s="269" t="s">
         <v>130</v>
       </c>
-      <c r="C184" s="319"/>
-      <c r="D184" s="320"/>
+      <c r="C184" s="244"/>
+      <c r="D184" s="245"/>
       <c r="E184" s="89">
         <v>0</v>
       </c>
       <c r="F184" s="41">
         <v>0</v>
       </c>
       <c r="G184" s="41">
         <v>100</v>
       </c>
       <c r="H184" s="41">
         <v>125</v>
       </c>
       <c r="I184" s="41">
         <v>37</v>
       </c>
       <c r="J184" s="41">
         <v>98</v>
       </c>
       <c r="K184" s="41">
         <v>77</v>
       </c>
       <c r="L184" s="83">
         <v>437</v>
       </c>
     </row>
     <row r="185" spans="1:14" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B185" s="338" t="s">
+      <c r="B185" s="273" t="s">
         <v>131</v>
       </c>
-      <c r="C185" s="339"/>
-      <c r="D185" s="340"/>
+      <c r="C185" s="274"/>
+      <c r="D185" s="275"/>
       <c r="E185" s="81">
         <v>0</v>
       </c>
       <c r="F185" s="81">
         <v>0</v>
       </c>
       <c r="G185" s="81">
         <v>216</v>
       </c>
       <c r="H185" s="81">
         <v>296</v>
       </c>
       <c r="I185" s="81">
         <v>351</v>
       </c>
       <c r="J185" s="81">
         <v>277</v>
       </c>
       <c r="K185" s="81">
         <v>315</v>
       </c>
       <c r="L185" s="82">
         <v>1455</v>
       </c>
     </row>
     <row r="186" spans="1:14" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="B186" s="86" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="187" spans="1:14" s="1" customFormat="1" ht="8.25" customHeight="1"/>
     <row r="188" spans="1:14" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A188" s="1" t="s">
         <v>133</v>
       </c>
       <c r="L188" s="4"/>
       <c r="M188" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="189" spans="1:14" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B189" s="333" t="s">
+      <c r="B189" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C189" s="334"/>
-      <c r="D189" s="334"/>
+      <c r="C189" s="259"/>
+      <c r="D189" s="259"/>
       <c r="E189" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F189" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G189" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H189" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I189" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J189" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K189" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L189" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="190" spans="1:14" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B190" s="344" t="s">
+      <c r="B190" s="269" t="s">
         <v>126</v>
       </c>
-      <c r="C190" s="319"/>
-      <c r="D190" s="320"/>
+      <c r="C190" s="244"/>
+      <c r="D190" s="245"/>
       <c r="E190" s="41">
         <v>0</v>
       </c>
       <c r="F190" s="41">
         <v>1</v>
       </c>
       <c r="G190" s="41">
         <v>63596</v>
       </c>
       <c r="H190" s="41">
         <v>47292</v>
       </c>
       <c r="I190" s="41">
         <v>27364</v>
       </c>
       <c r="J190" s="41">
         <v>13211</v>
       </c>
       <c r="K190" s="41">
         <v>6966</v>
       </c>
       <c r="L190" s="83">
         <v>158430</v>
       </c>
     </row>
     <row r="191" spans="1:14" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B191" s="344" t="s">
+      <c r="B191" s="269" t="s">
         <v>127</v>
       </c>
-      <c r="C191" s="319"/>
-      <c r="D191" s="320"/>
+      <c r="C191" s="244"/>
+      <c r="D191" s="245"/>
       <c r="E191" s="41">
         <v>57</v>
       </c>
       <c r="F191" s="41">
         <v>131</v>
       </c>
       <c r="G191" s="41">
         <v>5386</v>
       </c>
       <c r="H191" s="41">
         <v>5123</v>
       </c>
       <c r="I191" s="41">
         <v>5800</v>
       </c>
       <c r="J191" s="41">
         <v>3045</v>
       </c>
       <c r="K191" s="41">
         <v>1645</v>
       </c>
       <c r="L191" s="83">
         <v>21187</v>
       </c>
     </row>
     <row r="192" spans="1:14" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B192" s="344" t="s">
+      <c r="B192" s="269" t="s">
         <v>128</v>
       </c>
-      <c r="C192" s="319"/>
-      <c r="D192" s="320"/>
+      <c r="C192" s="244"/>
+      <c r="D192" s="245"/>
       <c r="E192" s="41">
         <v>0</v>
       </c>
       <c r="F192" s="41">
         <v>12</v>
       </c>
       <c r="G192" s="41">
         <v>38</v>
       </c>
       <c r="H192" s="41">
         <v>39</v>
       </c>
       <c r="I192" s="41">
         <v>18</v>
       </c>
       <c r="J192" s="41">
         <v>11</v>
       </c>
       <c r="K192" s="41">
         <v>12</v>
       </c>
       <c r="L192" s="83">
         <v>130</v>
       </c>
     </row>
     <row r="193" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B193" s="344" t="s">
+      <c r="B193" s="269" t="s">
         <v>129</v>
       </c>
-      <c r="C193" s="319"/>
-      <c r="D193" s="320"/>
+      <c r="C193" s="244"/>
+      <c r="D193" s="245"/>
       <c r="E193" s="41">
         <v>0</v>
       </c>
       <c r="F193" s="41">
         <v>0</v>
       </c>
       <c r="G193" s="41">
         <v>51</v>
       </c>
       <c r="H193" s="41">
         <v>44</v>
       </c>
       <c r="I193" s="41">
         <v>85</v>
       </c>
       <c r="J193" s="41">
         <v>-3</v>
       </c>
       <c r="K193" s="41">
         <v>39</v>
       </c>
       <c r="L193" s="83">
         <v>216</v>
       </c>
     </row>
     <row r="194" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B194" s="344" t="s">
+      <c r="B194" s="269" t="s">
         <v>130</v>
       </c>
-      <c r="C194" s="319"/>
-      <c r="D194" s="320"/>
+      <c r="C194" s="244"/>
+      <c r="D194" s="245"/>
       <c r="E194" s="41">
         <v>0</v>
       </c>
       <c r="F194" s="41">
         <v>0</v>
       </c>
       <c r="G194" s="89">
         <v>3</v>
       </c>
       <c r="H194" s="41">
         <v>0</v>
       </c>
       <c r="I194" s="41">
         <v>0</v>
       </c>
       <c r="J194" s="41">
         <v>69</v>
       </c>
       <c r="K194" s="41">
         <v>0</v>
       </c>
       <c r="L194" s="83">
         <v>72</v>
       </c>
     </row>
     <row r="195" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B195" s="338" t="s">
+      <c r="B195" s="273" t="s">
         <v>131</v>
       </c>
-      <c r="C195" s="339"/>
-      <c r="D195" s="340"/>
+      <c r="C195" s="274"/>
+      <c r="D195" s="275"/>
       <c r="E195" s="81">
         <v>0</v>
       </c>
       <c r="F195" s="81">
         <v>0</v>
       </c>
       <c r="G195" s="81">
         <v>13</v>
       </c>
       <c r="H195" s="81">
         <v>33</v>
       </c>
       <c r="I195" s="81">
         <v>17</v>
       </c>
       <c r="J195" s="81">
         <v>27</v>
       </c>
       <c r="K195" s="81">
         <v>16</v>
       </c>
       <c r="L195" s="85">
         <v>106</v>
       </c>
     </row>
     <row r="196" spans="1:15" s="1" customFormat="1" ht="10.5" customHeight="1">
       <c r="B196" s="86" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="197" spans="1:15" s="1" customFormat="1" ht="8.25" customHeight="1"/>
     <row r="198" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A198" s="1" t="s">
         <v>134</v>
       </c>
       <c r="L198" s="4"/>
       <c r="M198" s="7" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="199" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B199" s="333" t="s">
+      <c r="B199" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C199" s="334"/>
-      <c r="D199" s="334"/>
+      <c r="C199" s="259"/>
+      <c r="D199" s="259"/>
       <c r="E199" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G199" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H199" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I199" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J199" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K199" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L199" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="200" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B200" s="344" t="s">
+      <c r="B200" s="269" t="s">
         <v>126</v>
       </c>
-      <c r="C200" s="319"/>
-      <c r="D200" s="320"/>
+      <c r="C200" s="244"/>
+      <c r="D200" s="245"/>
       <c r="E200" s="41">
         <v>0</v>
       </c>
       <c r="F200" s="41">
         <v>0</v>
       </c>
       <c r="G200" s="41">
         <v>51246</v>
       </c>
       <c r="H200" s="41">
         <v>41349</v>
       </c>
       <c r="I200" s="41">
         <v>23959</v>
       </c>
       <c r="J200" s="41">
         <v>11722</v>
       </c>
       <c r="K200" s="41">
         <v>5718</v>
       </c>
       <c r="L200" s="83">
         <v>133994</v>
       </c>
     </row>
     <row r="201" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B201" s="344" t="s">
+      <c r="B201" s="269" t="s">
         <v>127</v>
       </c>
-      <c r="C201" s="319"/>
-      <c r="D201" s="320"/>
+      <c r="C201" s="244"/>
+      <c r="D201" s="245"/>
       <c r="E201" s="41">
         <v>19</v>
       </c>
       <c r="F201" s="41">
         <v>78</v>
       </c>
       <c r="G201" s="41">
         <v>3932</v>
       </c>
       <c r="H201" s="41">
         <v>4001</v>
       </c>
       <c r="I201" s="41">
         <v>4806</v>
       </c>
       <c r="J201" s="41">
         <v>2536</v>
       </c>
       <c r="K201" s="41">
         <v>2224</v>
       </c>
       <c r="L201" s="83">
         <v>17596</v>
       </c>
     </row>
     <row r="202" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B202" s="344" t="s">
+      <c r="B202" s="269" t="s">
         <v>128</v>
       </c>
-      <c r="C202" s="319"/>
-      <c r="D202" s="320"/>
+      <c r="C202" s="244"/>
+      <c r="D202" s="245"/>
       <c r="E202" s="41">
         <v>0</v>
       </c>
       <c r="F202" s="41">
         <v>0</v>
       </c>
       <c r="G202" s="41">
         <v>28</v>
       </c>
       <c r="H202" s="41">
         <v>1</v>
       </c>
       <c r="I202" s="41">
         <v>42</v>
       </c>
       <c r="J202" s="41">
         <v>18</v>
       </c>
       <c r="K202" s="41">
         <v>27</v>
       </c>
       <c r="L202" s="83">
         <v>116</v>
       </c>
     </row>
     <row r="203" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B203" s="344" t="s">
+      <c r="B203" s="269" t="s">
         <v>129</v>
       </c>
-      <c r="C203" s="319"/>
-      <c r="D203" s="320"/>
+      <c r="C203" s="244"/>
+      <c r="D203" s="245"/>
       <c r="E203" s="41">
         <v>0</v>
       </c>
       <c r="F203" s="41">
         <v>0</v>
       </c>
       <c r="G203" s="41">
         <v>11</v>
       </c>
       <c r="H203" s="41">
         <v>63</v>
       </c>
       <c r="I203" s="41">
         <v>49</v>
       </c>
       <c r="J203" s="41">
         <v>32</v>
       </c>
       <c r="K203" s="41">
         <v>32</v>
       </c>
       <c r="L203" s="83">
         <v>187</v>
       </c>
     </row>
     <row r="204" spans="1:15" s="1" customFormat="1" ht="13.9" customHeight="1">
-      <c r="B204" s="344" t="s">
+      <c r="B204" s="269" t="s">
         <v>130</v>
       </c>
-      <c r="C204" s="319"/>
-      <c r="D204" s="320"/>
+      <c r="C204" s="244"/>
+      <c r="D204" s="245"/>
       <c r="E204" s="41">
         <v>0</v>
       </c>
       <c r="F204" s="41">
         <v>0</v>
       </c>
       <c r="G204" s="89">
         <v>8</v>
       </c>
       <c r="H204" s="41">
         <v>17</v>
       </c>
       <c r="I204" s="41">
         <v>26</v>
       </c>
       <c r="J204" s="41">
         <v>0</v>
       </c>
       <c r="K204" s="41">
         <v>55</v>
       </c>
       <c r="L204" s="83">
         <v>106</v>
       </c>
     </row>
     <row r="205" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B205" s="338" t="s">
+      <c r="B205" s="273" t="s">
         <v>131</v>
       </c>
-      <c r="C205" s="339"/>
-      <c r="D205" s="340"/>
+      <c r="C205" s="274"/>
+      <c r="D205" s="275"/>
       <c r="E205" s="81">
         <v>0</v>
       </c>
       <c r="F205" s="81">
         <v>0</v>
       </c>
       <c r="G205" s="81">
         <v>17</v>
       </c>
       <c r="H205" s="81">
         <v>36</v>
       </c>
       <c r="I205" s="81">
         <v>35</v>
       </c>
       <c r="J205" s="81">
         <v>13</v>
       </c>
       <c r="K205" s="81">
         <v>13</v>
       </c>
       <c r="L205" s="85">
         <v>114</v>
       </c>
     </row>
@@ -13948,1648 +13948,1648 @@
       <c r="C207" s="88"/>
       <c r="D207" s="88"/>
       <c r="E207" s="88"/>
       <c r="F207" s="88"/>
       <c r="G207" s="88"/>
       <c r="H207" s="88"/>
       <c r="I207" s="88"/>
       <c r="J207" s="88"/>
       <c r="K207" s="88"/>
       <c r="L207" s="88"/>
       <c r="M207" s="88"/>
       <c r="N207" s="88"/>
       <c r="O207" s="88"/>
     </row>
     <row r="208" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A208" s="1" t="s">
         <v>135</v>
       </c>
       <c r="L208" s="4"/>
       <c r="M208" s="4"/>
       <c r="N208" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="209" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B209" s="333" t="s">
+      <c r="B209" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C209" s="334"/>
-      <c r="D209" s="334"/>
+      <c r="C209" s="259"/>
+      <c r="D209" s="259"/>
       <c r="E209" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G209" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H209" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I209" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J209" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L209" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="210" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B210" s="324" t="s">
+      <c r="B210" s="276" t="s">
         <v>39</v>
       </c>
-      <c r="C210" s="325"/>
-      <c r="D210" s="326"/>
+      <c r="C210" s="277"/>
+      <c r="D210" s="278"/>
       <c r="E210" s="54">
         <v>0</v>
       </c>
       <c r="F210" s="54">
         <v>0</v>
       </c>
       <c r="G210" s="54">
         <v>5382</v>
       </c>
       <c r="H210" s="54">
         <v>16523</v>
       </c>
       <c r="I210" s="54">
         <v>161357</v>
       </c>
       <c r="J210" s="54">
         <v>241465</v>
       </c>
       <c r="K210" s="54">
         <v>155681</v>
       </c>
       <c r="L210" s="80">
         <v>580408</v>
       </c>
     </row>
     <row r="211" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B211" s="90"/>
-      <c r="C211" s="316" t="s">
+      <c r="C211" s="279" t="s">
         <v>24</v>
       </c>
-      <c r="D211" s="318"/>
+      <c r="D211" s="280"/>
       <c r="E211" s="54">
         <v>0</v>
       </c>
       <c r="F211" s="54">
         <v>0</v>
       </c>
       <c r="G211" s="54">
         <v>5348</v>
       </c>
       <c r="H211" s="54">
         <v>16396</v>
       </c>
       <c r="I211" s="54">
         <v>160416</v>
       </c>
       <c r="J211" s="54">
         <v>239925</v>
       </c>
       <c r="K211" s="54">
         <v>154065</v>
       </c>
       <c r="L211" s="80">
         <v>576150</v>
       </c>
     </row>
     <row r="212" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B212" s="91"/>
-      <c r="C212" s="162" t="s">
+      <c r="C212" s="172" t="s">
         <v>31</v>
       </c>
-      <c r="D212" s="335"/>
+      <c r="D212" s="281"/>
       <c r="E212" s="92">
         <v>0</v>
       </c>
       <c r="F212" s="92">
         <v>0</v>
       </c>
       <c r="G212" s="92">
         <v>34</v>
       </c>
       <c r="H212" s="92">
         <v>127</v>
       </c>
       <c r="I212" s="92">
         <v>941</v>
       </c>
       <c r="J212" s="92">
         <v>1540</v>
       </c>
       <c r="K212" s="92">
         <v>1616</v>
       </c>
       <c r="L212" s="93">
         <v>4258</v>
       </c>
     </row>
     <row r="213" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B213" s="324" t="s">
+      <c r="B213" s="276" t="s">
         <v>40</v>
       </c>
-      <c r="C213" s="325"/>
-      <c r="D213" s="326"/>
+      <c r="C213" s="277"/>
+      <c r="D213" s="278"/>
       <c r="E213" s="36">
         <v>2</v>
       </c>
       <c r="F213" s="36">
         <v>0</v>
       </c>
       <c r="G213" s="36">
         <v>42659</v>
       </c>
       <c r="H213" s="36">
         <v>65140</v>
       </c>
       <c r="I213" s="36">
         <v>81662</v>
       </c>
       <c r="J213" s="36">
         <v>97322</v>
       </c>
       <c r="K213" s="36">
         <v>51506</v>
       </c>
       <c r="L213" s="76">
         <v>338291</v>
       </c>
     </row>
     <row r="214" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B214" s="90"/>
-      <c r="C214" s="316" t="s">
+      <c r="C214" s="279" t="s">
         <v>24</v>
       </c>
-      <c r="D214" s="318"/>
+      <c r="D214" s="280"/>
       <c r="E214" s="54">
         <v>2</v>
       </c>
       <c r="F214" s="54">
         <v>0</v>
       </c>
       <c r="G214" s="54">
         <v>42403</v>
       </c>
       <c r="H214" s="54">
         <v>64586</v>
       </c>
       <c r="I214" s="54">
         <v>80691</v>
       </c>
       <c r="J214" s="54">
         <v>96091</v>
       </c>
       <c r="K214" s="54">
         <v>50458</v>
       </c>
       <c r="L214" s="80">
         <v>334231</v>
       </c>
     </row>
     <row r="215" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B215" s="91"/>
-      <c r="C215" s="162" t="s">
+      <c r="C215" s="172" t="s">
         <v>31</v>
       </c>
-      <c r="D215" s="335"/>
+      <c r="D215" s="281"/>
       <c r="E215" s="92">
         <v>0</v>
       </c>
       <c r="F215" s="92">
         <v>0</v>
       </c>
       <c r="G215" s="92">
         <v>256</v>
       </c>
       <c r="H215" s="92">
         <v>554</v>
       </c>
       <c r="I215" s="92">
         <v>971</v>
       </c>
       <c r="J215" s="92">
         <v>1231</v>
       </c>
       <c r="K215" s="92">
         <v>1048</v>
       </c>
       <c r="L215" s="93">
         <v>4060</v>
       </c>
     </row>
     <row r="216" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B216" s="324" t="s">
+      <c r="B216" s="276" t="s">
         <v>136</v>
       </c>
-      <c r="C216" s="325"/>
-      <c r="D216" s="326"/>
+      <c r="C216" s="277"/>
+      <c r="D216" s="278"/>
       <c r="E216" s="36">
         <v>0</v>
       </c>
       <c r="F216" s="36">
         <v>0</v>
       </c>
       <c r="G216" s="36">
         <v>0</v>
       </c>
       <c r="H216" s="36">
         <v>0</v>
       </c>
       <c r="I216" s="36">
         <v>0</v>
       </c>
       <c r="J216" s="36">
         <v>0</v>
       </c>
       <c r="K216" s="36">
         <v>3</v>
       </c>
       <c r="L216" s="76">
         <v>3</v>
       </c>
     </row>
     <row r="217" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B217" s="90"/>
-      <c r="C217" s="316" t="s">
+      <c r="C217" s="279" t="s">
         <v>24</v>
       </c>
-      <c r="D217" s="318"/>
+      <c r="D217" s="280"/>
       <c r="E217" s="54">
         <v>0</v>
       </c>
       <c r="F217" s="54">
         <v>0</v>
       </c>
       <c r="G217" s="54">
         <v>0</v>
       </c>
       <c r="H217" s="54">
         <v>0</v>
       </c>
       <c r="I217" s="54">
         <v>0</v>
       </c>
       <c r="J217" s="54">
         <v>0</v>
       </c>
       <c r="K217" s="54">
         <v>3</v>
       </c>
       <c r="L217" s="80">
         <v>3</v>
       </c>
     </row>
     <row r="218" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B218" s="91"/>
-      <c r="C218" s="162" t="s">
+      <c r="C218" s="172" t="s">
         <v>31</v>
       </c>
-      <c r="D218" s="335"/>
+      <c r="D218" s="281"/>
       <c r="E218" s="92">
         <v>0</v>
       </c>
       <c r="F218" s="92">
         <v>0</v>
       </c>
       <c r="G218" s="92">
         <v>0</v>
       </c>
       <c r="H218" s="92">
         <v>0</v>
       </c>
       <c r="I218" s="92">
         <v>0</v>
       </c>
       <c r="J218" s="92">
         <v>0</v>
       </c>
       <c r="K218" s="92">
         <v>0</v>
       </c>
       <c r="L218" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B219" s="324" t="s">
+      <c r="B219" s="276" t="s">
         <v>42</v>
       </c>
-      <c r="C219" s="325"/>
-      <c r="D219" s="326"/>
+      <c r="C219" s="277"/>
+      <c r="D219" s="278"/>
       <c r="E219" s="36">
         <v>0</v>
       </c>
       <c r="F219" s="36">
         <v>0</v>
       </c>
       <c r="G219" s="36">
         <v>1299</v>
       </c>
       <c r="H219" s="36">
         <v>2406</v>
       </c>
       <c r="I219" s="36">
         <v>5473</v>
       </c>
       <c r="J219" s="36">
         <v>20314</v>
       </c>
       <c r="K219" s="36">
         <v>22414</v>
       </c>
       <c r="L219" s="76">
         <v>51906</v>
       </c>
     </row>
     <row r="220" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B220" s="90"/>
-      <c r="C220" s="316" t="s">
+      <c r="C220" s="279" t="s">
         <v>24</v>
       </c>
-      <c r="D220" s="318"/>
+      <c r="D220" s="280"/>
       <c r="E220" s="41">
         <v>0</v>
       </c>
       <c r="F220" s="41">
         <v>0</v>
       </c>
       <c r="G220" s="41">
         <v>1283</v>
       </c>
       <c r="H220" s="41">
         <v>2381</v>
       </c>
       <c r="I220" s="41">
         <v>5426</v>
       </c>
       <c r="J220" s="41">
         <v>20041</v>
       </c>
       <c r="K220" s="41">
         <v>21979</v>
       </c>
       <c r="L220" s="83">
         <v>51110</v>
       </c>
     </row>
     <row r="221" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B221" s="91"/>
-      <c r="C221" s="162" t="s">
+      <c r="C221" s="172" t="s">
         <v>31</v>
       </c>
-      <c r="D221" s="335"/>
+      <c r="D221" s="281"/>
       <c r="E221" s="50">
         <v>0</v>
       </c>
       <c r="F221" s="50">
         <v>0</v>
       </c>
       <c r="G221" s="50">
         <v>16</v>
       </c>
       <c r="H221" s="50">
         <v>25</v>
       </c>
       <c r="I221" s="50">
         <v>47</v>
       </c>
       <c r="J221" s="50">
         <v>273</v>
       </c>
       <c r="K221" s="50">
         <v>435</v>
       </c>
       <c r="L221" s="94">
         <v>796</v>
       </c>
     </row>
     <row r="222" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B222" s="336" t="s">
+      <c r="B222" s="282" t="s">
         <v>32</v>
       </c>
-      <c r="C222" s="337"/>
-      <c r="D222" s="337"/>
+      <c r="C222" s="283"/>
+      <c r="D222" s="283"/>
       <c r="E222" s="57">
         <v>2</v>
       </c>
       <c r="F222" s="57">
         <v>0</v>
       </c>
       <c r="G222" s="57">
         <v>49302</v>
       </c>
       <c r="H222" s="57">
         <v>83985</v>
       </c>
       <c r="I222" s="57">
         <v>247687</v>
       </c>
       <c r="J222" s="57">
         <v>357759</v>
       </c>
       <c r="K222" s="57">
         <v>228934</v>
       </c>
       <c r="L222" s="77">
         <v>967669</v>
       </c>
     </row>
     <row r="223" spans="2:15" s="1" customFormat="1" ht="20.25" customHeight="1">
-      <c r="B223" s="323" t="s">
-[...13 lines deleted...]
-      <c r="N223" s="323"/>
+      <c r="B223" s="284" t="s">
+        <v>188</v>
+      </c>
+      <c r="C223" s="284"/>
+      <c r="D223" s="284"/>
+      <c r="E223" s="284"/>
+      <c r="F223" s="284"/>
+      <c r="G223" s="284"/>
+      <c r="H223" s="284"/>
+      <c r="I223" s="284"/>
+      <c r="J223" s="284"/>
+      <c r="K223" s="284"/>
+      <c r="L223" s="284"/>
+      <c r="M223" s="284"/>
+      <c r="N223" s="284"/>
       <c r="O223" s="116"/>
     </row>
-    <row r="224" spans="2:15" s="1" customFormat="1" ht="11">
-[...14 lines deleted...]
-      <c r="N224" s="256"/>
+    <row r="224" spans="2:15" s="1" customFormat="1" ht="11.25">
+      <c r="B224" s="240" t="s">
+        <v>187</v>
+      </c>
+      <c r="C224" s="240"/>
+      <c r="D224" s="240"/>
+      <c r="E224" s="240"/>
+      <c r="F224" s="240"/>
+      <c r="G224" s="240"/>
+      <c r="H224" s="240"/>
+      <c r="I224" s="240"/>
+      <c r="J224" s="240"/>
+      <c r="K224" s="240"/>
+      <c r="L224" s="240"/>
+      <c r="M224" s="240"/>
+      <c r="N224" s="240"/>
       <c r="O224" s="116"/>
     </row>
     <row r="225" spans="1:15" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="226" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A226" s="1" t="s">
         <v>137</v>
       </c>
       <c r="L226" s="4"/>
       <c r="M226" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O226" s="4"/>
     </row>
     <row r="227" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B227" s="333" t="s">
+      <c r="B227" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C227" s="334"/>
-      <c r="D227" s="334"/>
+      <c r="C227" s="259"/>
+      <c r="D227" s="259"/>
       <c r="E227" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F227" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G227" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H227" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I227" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J227" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K227" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L227" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="228" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B228" s="324" t="s">
+      <c r="B228" s="276" t="s">
         <v>39</v>
       </c>
-      <c r="C228" s="325"/>
-      <c r="D228" s="326"/>
+      <c r="C228" s="277"/>
+      <c r="D228" s="278"/>
       <c r="E228" s="54">
         <v>0</v>
       </c>
       <c r="F228" s="54">
         <v>0</v>
       </c>
       <c r="G228" s="54">
         <v>126</v>
       </c>
       <c r="H228" s="54">
         <v>418</v>
       </c>
       <c r="I228" s="54">
         <v>4384</v>
       </c>
       <c r="J228" s="54">
         <v>6090</v>
       </c>
       <c r="K228" s="54">
         <v>3369</v>
       </c>
       <c r="L228" s="80">
         <v>14387</v>
       </c>
     </row>
     <row r="229" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B229" s="324" t="s">
+      <c r="B229" s="276" t="s">
         <v>40</v>
       </c>
-      <c r="C229" s="325"/>
-      <c r="D229" s="326"/>
+      <c r="C229" s="277"/>
+      <c r="D229" s="278"/>
       <c r="E229" s="36">
         <v>0</v>
       </c>
       <c r="F229" s="36">
         <v>0</v>
       </c>
       <c r="G229" s="36">
         <v>1350</v>
       </c>
       <c r="H229" s="36">
         <v>2073</v>
       </c>
       <c r="I229" s="36">
         <v>2859</v>
       </c>
       <c r="J229" s="36">
         <v>3415</v>
       </c>
       <c r="K229" s="36">
         <v>1724</v>
       </c>
       <c r="L229" s="76">
         <v>11421</v>
       </c>
     </row>
     <row r="230" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B230" s="327" t="s">
+      <c r="B230" s="285" t="s">
         <v>136</v>
       </c>
-      <c r="C230" s="328"/>
-      <c r="D230" s="329"/>
+      <c r="C230" s="286"/>
+      <c r="D230" s="287"/>
       <c r="E230" s="95">
         <v>0</v>
       </c>
       <c r="F230" s="95">
         <v>0</v>
       </c>
       <c r="G230" s="95">
         <v>0</v>
       </c>
       <c r="H230" s="95">
         <v>0</v>
       </c>
       <c r="I230" s="95">
         <v>0</v>
       </c>
       <c r="J230" s="95">
         <v>0</v>
       </c>
       <c r="K230" s="95">
         <v>1</v>
       </c>
       <c r="L230" s="96">
         <v>1</v>
       </c>
     </row>
     <row r="231" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B231" s="330" t="s">
+      <c r="B231" s="288" t="s">
         <v>42</v>
       </c>
-      <c r="C231" s="331"/>
-      <c r="D231" s="332"/>
+      <c r="C231" s="289"/>
+      <c r="D231" s="290"/>
       <c r="E231" s="57">
         <v>0</v>
       </c>
       <c r="F231" s="57">
         <v>0</v>
       </c>
       <c r="G231" s="57">
         <v>40</v>
       </c>
       <c r="H231" s="57">
         <v>72</v>
       </c>
       <c r="I231" s="57">
         <v>203</v>
       </c>
       <c r="J231" s="57">
         <v>656</v>
       </c>
       <c r="K231" s="57">
         <v>746</v>
       </c>
       <c r="L231" s="77">
         <v>1717</v>
       </c>
     </row>
     <row r="232" spans="1:15" s="1" customFormat="1" ht="23.25" customHeight="1">
-      <c r="B232" s="323" t="s">
-[...13 lines deleted...]
-      <c r="N232" s="323"/>
+      <c r="B232" s="284" t="s">
+        <v>189</v>
+      </c>
+      <c r="C232" s="284"/>
+      <c r="D232" s="284"/>
+      <c r="E232" s="284"/>
+      <c r="F232" s="284"/>
+      <c r="G232" s="284"/>
+      <c r="H232" s="284"/>
+      <c r="I232" s="284"/>
+      <c r="J232" s="284"/>
+      <c r="K232" s="284"/>
+      <c r="L232" s="284"/>
+      <c r="M232" s="284"/>
+      <c r="N232" s="284"/>
       <c r="O232" s="116"/>
     </row>
-    <row r="233" spans="1:15" s="1" customFormat="1" ht="11">
-      <c r="B233" s="256" t="s">
+    <row r="233" spans="1:15" s="1" customFormat="1" ht="11.25">
+      <c r="B233" s="240" t="s">
         <v>178</v>
       </c>
-      <c r="C233" s="256"/>
-[...10 lines deleted...]
-      <c r="N233" s="256"/>
+      <c r="C233" s="240"/>
+      <c r="D233" s="240"/>
+      <c r="E233" s="240"/>
+      <c r="F233" s="240"/>
+      <c r="G233" s="240"/>
+      <c r="H233" s="240"/>
+      <c r="I233" s="240"/>
+      <c r="J233" s="240"/>
+      <c r="K233" s="240"/>
+      <c r="L233" s="240"/>
+      <c r="M233" s="240"/>
+      <c r="N233" s="240"/>
       <c r="O233" s="116"/>
     </row>
     <row r="234" spans="1:15" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="235" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A235" s="1" t="s">
         <v>138</v>
       </c>
       <c r="L235" s="4"/>
       <c r="M235" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O235" s="4"/>
     </row>
     <row r="236" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B236" s="333" t="s">
+      <c r="B236" s="258" t="s">
         <v>15</v>
       </c>
-      <c r="C236" s="334"/>
-      <c r="D236" s="334"/>
+      <c r="C236" s="259"/>
+      <c r="D236" s="259"/>
       <c r="E236" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F236" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G236" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H236" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I236" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J236" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L236" s="8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="237" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B237" s="324" t="s">
+      <c r="B237" s="276" t="s">
         <v>39</v>
       </c>
-      <c r="C237" s="325"/>
-      <c r="D237" s="326"/>
+      <c r="C237" s="277"/>
+      <c r="D237" s="278"/>
       <c r="E237" s="54">
         <v>0</v>
       </c>
       <c r="F237" s="54">
         <v>0</v>
       </c>
       <c r="G237" s="54">
         <v>73</v>
       </c>
       <c r="H237" s="54">
         <v>230</v>
       </c>
       <c r="I237" s="54">
         <v>2633</v>
       </c>
       <c r="J237" s="54">
         <v>4123</v>
       </c>
       <c r="K237" s="54">
         <v>2395</v>
       </c>
       <c r="L237" s="80">
         <v>9454</v>
       </c>
     </row>
     <row r="238" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B238" s="324" t="s">
+      <c r="B238" s="276" t="s">
         <v>40</v>
       </c>
-      <c r="C238" s="325"/>
-      <c r="D238" s="326"/>
+      <c r="C238" s="277"/>
+      <c r="D238" s="278"/>
       <c r="E238" s="36">
         <v>0</v>
       </c>
       <c r="F238" s="36">
         <v>0</v>
       </c>
       <c r="G238" s="36">
         <v>765</v>
       </c>
       <c r="H238" s="36">
         <v>1400</v>
       </c>
       <c r="I238" s="36">
         <v>1913</v>
       </c>
       <c r="J238" s="36">
         <v>2523</v>
       </c>
       <c r="K238" s="36">
         <v>1291</v>
       </c>
       <c r="L238" s="76">
         <v>7892</v>
       </c>
     </row>
     <row r="239" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B239" s="327" t="s">
+      <c r="B239" s="285" t="s">
         <v>136</v>
       </c>
-      <c r="C239" s="328"/>
-      <c r="D239" s="329"/>
+      <c r="C239" s="286"/>
+      <c r="D239" s="287"/>
       <c r="E239" s="95">
         <v>0</v>
       </c>
       <c r="F239" s="95">
         <v>0</v>
       </c>
       <c r="G239" s="95">
         <v>0</v>
       </c>
       <c r="H239" s="95">
         <v>0</v>
       </c>
       <c r="I239" s="95">
         <v>0</v>
       </c>
       <c r="J239" s="95">
         <v>0</v>
       </c>
       <c r="K239" s="95">
         <v>0</v>
       </c>
       <c r="L239" s="96">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B240" s="330" t="s">
+      <c r="B240" s="288" t="s">
         <v>42</v>
       </c>
-      <c r="C240" s="331"/>
-      <c r="D240" s="332"/>
+      <c r="C240" s="289"/>
+      <c r="D240" s="290"/>
       <c r="E240" s="57">
         <v>0</v>
       </c>
       <c r="F240" s="57">
         <v>0</v>
       </c>
       <c r="G240" s="57">
         <v>33</v>
       </c>
       <c r="H240" s="57">
         <v>53</v>
       </c>
       <c r="I240" s="57">
         <v>123</v>
       </c>
       <c r="J240" s="57">
         <v>455</v>
       </c>
       <c r="K240" s="57">
         <v>551</v>
       </c>
       <c r="L240" s="77">
         <v>1215</v>
       </c>
     </row>
     <row r="241" spans="1:15" s="1" customFormat="1" ht="23.25" customHeight="1">
-      <c r="B241" s="323" t="s">
-[...13 lines deleted...]
-      <c r="N241" s="323"/>
+      <c r="B241" s="284" t="s">
+        <v>189</v>
+      </c>
+      <c r="C241" s="284"/>
+      <c r="D241" s="284"/>
+      <c r="E241" s="284"/>
+      <c r="F241" s="284"/>
+      <c r="G241" s="284"/>
+      <c r="H241" s="284"/>
+      <c r="I241" s="284"/>
+      <c r="J241" s="284"/>
+      <c r="K241" s="284"/>
+      <c r="L241" s="284"/>
+      <c r="M241" s="284"/>
+      <c r="N241" s="284"/>
       <c r="O241" s="116"/>
     </row>
-    <row r="242" spans="1:15" s="1" customFormat="1" ht="11">
-      <c r="B242" s="256" t="s">
+    <row r="242" spans="1:15" s="1" customFormat="1" ht="11.25">
+      <c r="B242" s="240" t="s">
         <v>178</v>
       </c>
-      <c r="C242" s="256"/>
-[...11 lines deleted...]
-      <c r="O242" s="256"/>
+      <c r="C242" s="240"/>
+      <c r="D242" s="240"/>
+      <c r="E242" s="240"/>
+      <c r="F242" s="240"/>
+      <c r="G242" s="240"/>
+      <c r="H242" s="240"/>
+      <c r="I242" s="240"/>
+      <c r="J242" s="240"/>
+      <c r="K242" s="240"/>
+      <c r="L242" s="240"/>
+      <c r="M242" s="240"/>
+      <c r="N242" s="240"/>
+      <c r="O242" s="240"/>
     </row>
     <row r="243" spans="1:15" s="1" customFormat="1" ht="4.5" customHeight="1">
       <c r="B243" s="88"/>
       <c r="C243" s="88"/>
       <c r="D243" s="88"/>
       <c r="E243" s="88"/>
       <c r="F243" s="88"/>
       <c r="G243" s="88"/>
       <c r="H243" s="88"/>
       <c r="I243" s="88"/>
       <c r="J243" s="88"/>
       <c r="K243" s="88"/>
       <c r="L243" s="88"/>
       <c r="M243" s="88"/>
       <c r="N243" s="88"/>
       <c r="O243" s="88"/>
     </row>
     <row r="244" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A244" s="1" t="s">
         <v>139</v>
       </c>
       <c r="N244" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="245" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B245" s="272" t="s">
+      <c r="B245" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C245" s="273"/>
-[...2 lines deleted...]
-      <c r="F245" s="321"/>
+      <c r="C245" s="256"/>
+      <c r="D245" s="256"/>
+      <c r="E245" s="256"/>
+      <c r="F245" s="257"/>
       <c r="G245" s="97" t="s">
         <v>16</v>
       </c>
       <c r="H245" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I245" s="98" t="s">
         <v>18</v>
       </c>
       <c r="J245" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K245" s="98" t="s">
         <v>20</v>
       </c>
       <c r="L245" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M245" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N245" s="99" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="246" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B246" s="266" t="s">
+      <c r="B246" s="293" t="s">
         <v>142</v>
       </c>
-      <c r="C246" s="267"/>
-[...2 lines deleted...]
-      <c r="F246" s="267"/>
+      <c r="C246" s="294"/>
+      <c r="D246" s="294"/>
+      <c r="E246" s="294"/>
+      <c r="F246" s="294"/>
       <c r="G246" s="54">
         <v>6970.3470950000001</v>
       </c>
       <c r="H246" s="54">
         <v>14524.847125</v>
       </c>
       <c r="I246" s="54">
         <v>81847.834554999994</v>
       </c>
       <c r="J246" s="54">
         <v>96117.530299000005</v>
       </c>
       <c r="K246" s="54">
         <v>85582.043149999998</v>
       </c>
       <c r="L246" s="54">
         <v>80850.419403000007</v>
       </c>
       <c r="M246" s="54">
         <v>60124.557210999999</v>
       </c>
       <c r="N246" s="80">
         <v>426017.57883800002</v>
       </c>
     </row>
     <row r="247" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B247" s="64"/>
-      <c r="C247" s="268" t="s">
+      <c r="C247" s="250" t="s">
         <v>143</v>
       </c>
-      <c r="D247" s="269"/>
-[...1 lines deleted...]
-      <c r="F247" s="269"/>
+      <c r="D247" s="251"/>
+      <c r="E247" s="251"/>
+      <c r="F247" s="251"/>
       <c r="G247" s="92">
         <v>1592.9473350000001</v>
       </c>
       <c r="H247" s="92">
         <v>3841.5398559999999</v>
       </c>
       <c r="I247" s="92">
         <v>23876.305493</v>
       </c>
       <c r="J247" s="92">
         <v>30657.065321999999</v>
       </c>
       <c r="K247" s="92">
         <v>28886.370258999999</v>
       </c>
       <c r="L247" s="92">
         <v>33168.184307000003</v>
       </c>
       <c r="M247" s="92">
         <v>33455.350721000003</v>
       </c>
       <c r="N247" s="93">
         <v>155477.763293</v>
       </c>
     </row>
     <row r="248" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B248" s="64"/>
       <c r="C248" s="100"/>
-      <c r="D248" s="125" t="s">
+      <c r="D248" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="E248" s="125"/>
-      <c r="F248" s="125"/>
+      <c r="E248" s="230"/>
+      <c r="F248" s="230"/>
       <c r="G248" s="92">
         <v>4.3550000000000004E-3</v>
       </c>
       <c r="H248" s="92">
         <v>3.1418000000000001E-2</v>
       </c>
       <c r="I248" s="92">
         <v>13051.503989000001</v>
       </c>
       <c r="J248" s="92">
         <v>17419.946163000001</v>
       </c>
       <c r="K248" s="92">
         <v>18885.208621999998</v>
       </c>
       <c r="L248" s="92">
         <v>22540.740769</v>
       </c>
       <c r="M248" s="92">
         <v>22629.758679999999</v>
       </c>
       <c r="N248" s="93">
         <v>94527.193996000002</v>
       </c>
     </row>
     <row r="249" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B249" s="64"/>
       <c r="C249" s="100"/>
-      <c r="D249" s="125" t="s">
+      <c r="D249" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="E249" s="125"/>
-      <c r="F249" s="125"/>
+      <c r="E249" s="230"/>
+      <c r="F249" s="230"/>
       <c r="G249" s="92">
         <v>0.91769299999999998</v>
       </c>
       <c r="H249" s="92">
         <v>12.5131</v>
       </c>
       <c r="I249" s="92">
         <v>74.902198999999996</v>
       </c>
       <c r="J249" s="92">
         <v>266.72837500000003</v>
       </c>
       <c r="K249" s="92">
         <v>471.60251499999998</v>
       </c>
       <c r="L249" s="92">
         <v>1177.129878</v>
       </c>
       <c r="M249" s="92">
         <v>2264.2493180000001</v>
       </c>
       <c r="N249" s="93">
         <v>4268.0430779999997</v>
       </c>
     </row>
     <row r="250" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B250" s="64"/>
       <c r="C250" s="100"/>
-      <c r="D250" s="125" t="s">
+      <c r="D250" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="E250" s="125"/>
-      <c r="F250" s="125"/>
+      <c r="E250" s="230"/>
+      <c r="F250" s="230"/>
       <c r="G250" s="92">
         <v>991.68738499999995</v>
       </c>
       <c r="H250" s="92">
         <v>2675.9810910000001</v>
       </c>
       <c r="I250" s="92">
         <v>6827.8660790000004</v>
       </c>
       <c r="J250" s="92">
         <v>8299.3800819999997</v>
       </c>
       <c r="K250" s="92">
         <v>5573.4536740000003</v>
       </c>
       <c r="L250" s="92">
         <v>5530.6258939999998</v>
       </c>
       <c r="M250" s="92">
         <v>5427.2534599999999</v>
       </c>
       <c r="N250" s="93">
         <v>35326.247665000003</v>
       </c>
     </row>
     <row r="251" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B251" s="64"/>
       <c r="C251" s="100"/>
-      <c r="D251" s="125" t="s">
+      <c r="D251" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="E251" s="125"/>
-      <c r="F251" s="125"/>
+      <c r="E251" s="230"/>
+      <c r="F251" s="230"/>
       <c r="G251" s="92">
         <v>213.339958</v>
       </c>
       <c r="H251" s="92">
         <v>645.58214399999997</v>
       </c>
       <c r="I251" s="92">
         <v>1024.5729200000001</v>
       </c>
       <c r="J251" s="92">
         <v>1333.416778</v>
       </c>
       <c r="K251" s="92">
         <v>893.13302599999997</v>
       </c>
       <c r="L251" s="92">
         <v>751.08971199999996</v>
       </c>
       <c r="M251" s="92">
         <v>560.91157799999996</v>
       </c>
       <c r="N251" s="93">
         <v>5422.0461160000004</v>
       </c>
     </row>
     <row r="252" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B252" s="64"/>
       <c r="C252" s="101"/>
-      <c r="D252" s="314" t="s">
+      <c r="D252" s="291" t="s">
         <v>73</v>
       </c>
-      <c r="E252" s="314"/>
-      <c r="F252" s="314"/>
+      <c r="E252" s="291"/>
+      <c r="F252" s="291"/>
       <c r="G252" s="54">
         <v>386.99794400000002</v>
       </c>
       <c r="H252" s="54">
         <v>507.43210299999998</v>
       </c>
       <c r="I252" s="54">
         <v>2897.4603059999999</v>
       </c>
       <c r="J252" s="54">
         <v>3337.5939239999998</v>
       </c>
       <c r="K252" s="54">
         <v>3062.9724219999998</v>
       </c>
       <c r="L252" s="54">
         <v>3168.598054</v>
       </c>
       <c r="M252" s="54">
         <v>2573.1776850000001</v>
       </c>
       <c r="N252" s="80">
         <v>15934.232437999999</v>
       </c>
     </row>
     <row r="253" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B253" s="64"/>
-      <c r="C253" s="268" t="s">
+      <c r="C253" s="250" t="s">
         <v>144</v>
       </c>
-      <c r="D253" s="269"/>
-[...1 lines deleted...]
-      <c r="F253" s="269"/>
+      <c r="D253" s="251"/>
+      <c r="E253" s="251"/>
+      <c r="F253" s="251"/>
       <c r="G253" s="92">
         <v>1811.0590050000001</v>
       </c>
       <c r="H253" s="92">
         <v>4691.1574330000003</v>
       </c>
       <c r="I253" s="92">
         <v>37461.038519000002</v>
       </c>
       <c r="J253" s="92">
         <v>38217.910928999998</v>
       </c>
       <c r="K253" s="92">
         <v>27704.234574999999</v>
       </c>
       <c r="L253" s="92">
         <v>19567.899410000002</v>
       </c>
       <c r="M253" s="92">
         <v>10031.760249000001</v>
       </c>
       <c r="N253" s="93">
         <v>139485.06012000001</v>
       </c>
     </row>
     <row r="254" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B254" s="64"/>
       <c r="C254" s="100"/>
-      <c r="D254" s="125" t="s">
+      <c r="D254" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="E254" s="125"/>
-      <c r="F254" s="125"/>
+      <c r="E254" s="230"/>
+      <c r="F254" s="230"/>
       <c r="G254" s="92">
         <v>2.5284999999999998E-2</v>
       </c>
       <c r="H254" s="92">
         <v>0.42112300000000003</v>
       </c>
       <c r="I254" s="92">
         <v>29004.991914999999</v>
       </c>
       <c r="J254" s="92">
         <v>28837.612293999999</v>
       </c>
       <c r="K254" s="92">
         <v>21700.208030999998</v>
       </c>
       <c r="L254" s="92">
         <v>15530.095195</v>
       </c>
       <c r="M254" s="92">
         <v>8308.1988309999997</v>
       </c>
       <c r="N254" s="93">
         <v>103381.55267400001</v>
       </c>
     </row>
     <row r="255" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B255" s="64"/>
       <c r="C255" s="101"/>
-      <c r="D255" s="314" t="s">
+      <c r="D255" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="E255" s="314"/>
-      <c r="F255" s="314"/>
+      <c r="E255" s="291"/>
+      <c r="F255" s="291"/>
       <c r="G255" s="54">
         <v>1811.0337199999999</v>
       </c>
       <c r="H255" s="54">
         <v>4690.7363100000002</v>
       </c>
       <c r="I255" s="54">
         <v>8456.0466039999992</v>
       </c>
       <c r="J255" s="54">
         <v>9380.2986349999992</v>
       </c>
       <c r="K255" s="54">
         <v>6004.0265440000003</v>
       </c>
       <c r="L255" s="54">
         <v>4037.8042150000001</v>
       </c>
       <c r="M255" s="54">
         <v>1723.561418</v>
       </c>
       <c r="N255" s="80">
         <v>36103.507446000003</v>
       </c>
     </row>
     <row r="256" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B256" s="64"/>
-      <c r="C256" s="268" t="s">
+      <c r="C256" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="D256" s="269"/>
-[...1 lines deleted...]
-      <c r="F256" s="269"/>
+      <c r="D256" s="251"/>
+      <c r="E256" s="251"/>
+      <c r="F256" s="251"/>
       <c r="G256" s="92">
         <v>61.820677000000003</v>
       </c>
       <c r="H256" s="92">
         <v>284.73459600000001</v>
       </c>
       <c r="I256" s="92">
         <v>3697.9328580000001</v>
       </c>
       <c r="J256" s="92">
         <v>6430.7995069999997</v>
       </c>
       <c r="K256" s="92">
         <v>11833.693017</v>
       </c>
       <c r="L256" s="92">
         <v>9733.1382990000002</v>
       </c>
       <c r="M256" s="92">
         <v>4730.9649950000003</v>
       </c>
       <c r="N256" s="93">
         <v>36773.083949</v>
       </c>
     </row>
     <row r="257" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B257" s="64"/>
       <c r="C257" s="100"/>
-      <c r="D257" s="125" t="s">
+      <c r="D257" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="E257" s="125"/>
-      <c r="F257" s="125"/>
+      <c r="E257" s="230"/>
+      <c r="F257" s="230"/>
       <c r="G257" s="92">
         <v>57.614238999999998</v>
       </c>
       <c r="H257" s="92">
         <v>256.35139199999998</v>
       </c>
       <c r="I257" s="92">
         <v>3253.969407</v>
       </c>
       <c r="J257" s="92">
         <v>5645.9392749999997</v>
       </c>
       <c r="K257" s="92">
         <v>10786.282485</v>
       </c>
       <c r="L257" s="92">
         <v>8750.5264169999991</v>
       </c>
       <c r="M257" s="92">
         <v>4081.7933549999998</v>
       </c>
       <c r="N257" s="93">
         <v>32832.476569999999</v>
       </c>
     </row>
     <row r="258" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B258" s="64"/>
       <c r="C258" s="100"/>
-      <c r="D258" s="125" t="s">
+      <c r="D258" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="E258" s="125"/>
-      <c r="F258" s="125"/>
+      <c r="E258" s="230"/>
+      <c r="F258" s="230"/>
       <c r="G258" s="92">
         <v>4.1112029999999997</v>
       </c>
       <c r="H258" s="92">
         <v>27.781110000000002</v>
       </c>
       <c r="I258" s="92">
         <v>437.813287</v>
       </c>
       <c r="J258" s="92">
         <v>774.77366300000006</v>
       </c>
       <c r="K258" s="92">
         <v>1029.363081</v>
       </c>
       <c r="L258" s="92">
         <v>955.12255000000005</v>
       </c>
       <c r="M258" s="92">
         <v>616.52709200000004</v>
       </c>
       <c r="N258" s="93">
         <v>3845.491986</v>
       </c>
     </row>
     <row r="259" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B259" s="64"/>
       <c r="C259" s="100"/>
-      <c r="D259" s="125" t="s">
+      <c r="D259" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="E259" s="125"/>
-      <c r="F259" s="125"/>
+      <c r="E259" s="230"/>
+      <c r="F259" s="230"/>
       <c r="G259" s="92">
         <v>6.9728999999999999E-2</v>
       </c>
       <c r="H259" s="92">
         <v>0.38111499999999998</v>
       </c>
       <c r="I259" s="92">
         <v>2.8739469999999998</v>
       </c>
       <c r="J259" s="92">
         <v>5.1357179999999998</v>
       </c>
       <c r="K259" s="92">
         <v>10.493145</v>
       </c>
       <c r="L259" s="92">
         <v>17.311433000000001</v>
       </c>
       <c r="M259" s="92">
         <v>19.032043999999999</v>
       </c>
       <c r="N259" s="93">
         <v>55.297131</v>
       </c>
     </row>
     <row r="260" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B260" s="64"/>
       <c r="C260" s="101"/>
-      <c r="D260" s="314" t="s">
+      <c r="D260" s="291" t="s">
         <v>79</v>
       </c>
-      <c r="E260" s="314"/>
-      <c r="F260" s="315"/>
+      <c r="E260" s="291"/>
+      <c r="F260" s="292"/>
       <c r="G260" s="54">
         <v>2.5506000000000001E-2</v>
       </c>
       <c r="H260" s="54">
         <v>0.22097900000000001</v>
       </c>
       <c r="I260" s="54">
         <v>3.2762169999999999</v>
       </c>
       <c r="J260" s="54">
         <v>4.9508510000000001</v>
       </c>
       <c r="K260" s="54">
         <v>7.5543060000000004</v>
       </c>
       <c r="L260" s="54">
         <v>10.177899</v>
       </c>
       <c r="M260" s="54">
         <v>13.612503999999999</v>
       </c>
       <c r="N260" s="80">
         <v>39.818261999999997</v>
       </c>
     </row>
     <row r="261" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B261" s="64"/>
-      <c r="C261" s="268" t="s">
+      <c r="C261" s="250" t="s">
         <v>146</v>
       </c>
-      <c r="D261" s="269"/>
-[...1 lines deleted...]
-      <c r="F261" s="269"/>
+      <c r="D261" s="251"/>
+      <c r="E261" s="251"/>
+      <c r="F261" s="251"/>
       <c r="G261" s="44">
         <v>2394.605881</v>
       </c>
       <c r="H261" s="44">
         <v>4112.079616</v>
       </c>
       <c r="I261" s="44">
         <v>5147.2187789999998</v>
       </c>
       <c r="J261" s="44">
         <v>9737.2565689999992</v>
       </c>
       <c r="K261" s="44">
         <v>7020.916725</v>
       </c>
       <c r="L261" s="44">
         <v>6336.407322</v>
       </c>
       <c r="M261" s="44">
         <v>4493.8559789999999</v>
       </c>
       <c r="N261" s="72">
         <v>39242.340871</v>
       </c>
     </row>
     <row r="262" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B262" s="64"/>
       <c r="C262" s="100"/>
-      <c r="D262" s="125" t="s">
+      <c r="D262" s="230" t="s">
         <v>80</v>
       </c>
-      <c r="E262" s="125"/>
-      <c r="F262" s="125"/>
+      <c r="E262" s="230"/>
+      <c r="F262" s="230"/>
       <c r="G262" s="92">
         <v>1541.5303879999999</v>
       </c>
       <c r="H262" s="92">
         <v>3199.5620739999999</v>
       </c>
       <c r="I262" s="92">
         <v>4154.0550380000004</v>
       </c>
       <c r="J262" s="92">
         <v>8921.9314680000007</v>
       </c>
       <c r="K262" s="92">
         <v>6479.3281440000001</v>
       </c>
       <c r="L262" s="92">
         <v>5937.8007619999998</v>
       </c>
       <c r="M262" s="92">
         <v>4346.9612719999996</v>
       </c>
       <c r="N262" s="93">
         <v>34581.169146</v>
       </c>
     </row>
     <row r="263" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B263" s="64"/>
       <c r="C263" s="100"/>
-      <c r="D263" s="125" t="s">
+      <c r="D263" s="230" t="s">
         <v>147</v>
       </c>
-      <c r="E263" s="125"/>
-      <c r="F263" s="125"/>
+      <c r="E263" s="230"/>
+      <c r="F263" s="230"/>
       <c r="G263" s="92">
         <v>170.16621499999999</v>
       </c>
       <c r="H263" s="92">
         <v>226.24405100000001</v>
       </c>
       <c r="I263" s="92">
         <v>292.34059400000001</v>
       </c>
       <c r="J263" s="92">
         <v>317.07076799999999</v>
       </c>
       <c r="K263" s="92">
         <v>228.38204300000001</v>
       </c>
       <c r="L263" s="92">
         <v>183.439618</v>
       </c>
       <c r="M263" s="92">
         <v>72.95111</v>
       </c>
       <c r="N263" s="93">
         <v>1490.5943990000001</v>
       </c>
     </row>
     <row r="264" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B264" s="64"/>
       <c r="C264" s="101"/>
-      <c r="D264" s="314" t="s">
+      <c r="D264" s="291" t="s">
         <v>148</v>
       </c>
-      <c r="E264" s="314"/>
-      <c r="F264" s="314"/>
+      <c r="E264" s="291"/>
+      <c r="F264" s="291"/>
       <c r="G264" s="92">
         <v>682.90927799999997</v>
       </c>
       <c r="H264" s="92">
         <v>686.27349100000004</v>
       </c>
       <c r="I264" s="92">
         <v>700.82314699999995</v>
       </c>
       <c r="J264" s="92">
         <v>498.25433299999997</v>
       </c>
       <c r="K264" s="92">
         <v>313.20653800000002</v>
       </c>
       <c r="L264" s="92">
         <v>215.16694200000001</v>
       </c>
       <c r="M264" s="92">
         <v>73.943596999999997</v>
       </c>
       <c r="N264" s="93">
         <v>3170.5773260000001</v>
       </c>
     </row>
     <row r="265" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B265" s="64"/>
-      <c r="C265" s="161" t="s">
+      <c r="C265" s="170" t="s">
         <v>81</v>
       </c>
-      <c r="D265" s="319"/>
-[...1 lines deleted...]
-      <c r="F265" s="320"/>
+      <c r="D265" s="244"/>
+      <c r="E265" s="244"/>
+      <c r="F265" s="245"/>
       <c r="G265" s="41">
         <v>1109.9068749999999</v>
       </c>
       <c r="H265" s="41">
         <v>1595.3356240000001</v>
       </c>
       <c r="I265" s="41">
         <v>11654.072059</v>
       </c>
       <c r="J265" s="41">
         <v>11062.612408000001</v>
       </c>
       <c r="K265" s="41">
         <v>10125.452827999999</v>
       </c>
       <c r="L265" s="41">
         <v>12035.248726</v>
       </c>
       <c r="M265" s="41">
         <v>7407.7871539999996</v>
       </c>
       <c r="N265" s="83">
         <v>54990.415674000003</v>
       </c>
     </row>
     <row r="266" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B266" s="102"/>
-      <c r="C266" s="311" t="s">
+      <c r="C266" s="247" t="s">
         <v>82</v>
       </c>
-      <c r="D266" s="312"/>
-[...1 lines deleted...]
-      <c r="F266" s="313"/>
+      <c r="D266" s="248"/>
+      <c r="E266" s="248"/>
+      <c r="F266" s="249"/>
       <c r="G266" s="50">
         <v>7.3220000000000004E-3</v>
       </c>
       <c r="H266" s="50">
         <v>0</v>
       </c>
       <c r="I266" s="50">
         <v>11.266847</v>
       </c>
       <c r="J266" s="50">
         <v>11.885564</v>
       </c>
       <c r="K266" s="50">
         <v>11.375745999999999</v>
       </c>
       <c r="L266" s="50">
         <v>9.5413390000000007</v>
       </c>
       <c r="M266" s="50">
         <v>4.8381129999999999</v>
       </c>
       <c r="N266" s="94">
         <v>48.914931000000003</v>
       </c>
     </row>
@@ -15639,452 +15639,452 @@
       </c>
       <c r="H268" s="36">
         <v>877.26572499999997</v>
       </c>
       <c r="I268" s="36">
         <v>29736.929671000002</v>
       </c>
       <c r="J268" s="36">
         <v>33793.749194000004</v>
       </c>
       <c r="K268" s="36">
         <v>36909.889954999999</v>
       </c>
       <c r="L268" s="36">
         <v>32226.698623</v>
       </c>
       <c r="M268" s="36">
         <v>22100.520487000002</v>
       </c>
       <c r="N268" s="76">
         <v>155903.19791399999</v>
       </c>
     </row>
     <row r="269" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B269" s="64"/>
-      <c r="C269" s="316" t="s">
+      <c r="C269" s="279" t="s">
         <v>122</v>
       </c>
-      <c r="D269" s="317"/>
-[...1 lines deleted...]
-      <c r="F269" s="318"/>
+      <c r="D269" s="295"/>
+      <c r="E269" s="295"/>
+      <c r="F269" s="280"/>
       <c r="G269" s="92">
         <v>0</v>
       </c>
       <c r="H269" s="92">
         <v>0</v>
       </c>
       <c r="I269" s="92">
         <v>878.78900099999998</v>
       </c>
       <c r="J269" s="92">
         <v>1402.6518169999999</v>
       </c>
       <c r="K269" s="92">
         <v>1623.696717</v>
       </c>
       <c r="L269" s="92">
         <v>2154.5873270000002</v>
       </c>
       <c r="M269" s="92">
         <v>1757.254248</v>
       </c>
       <c r="N269" s="93">
         <v>7816.9791100000002</v>
       </c>
     </row>
     <row r="270" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B270" s="64"/>
-      <c r="C270" s="250" t="s">
+      <c r="C270" s="246" t="s">
         <v>109</v>
       </c>
-      <c r="D270" s="125"/>
-[...1 lines deleted...]
-      <c r="F270" s="125"/>
+      <c r="D270" s="230"/>
+      <c r="E270" s="230"/>
+      <c r="F270" s="230"/>
       <c r="G270" s="92">
         <v>0</v>
       </c>
       <c r="H270" s="92">
         <v>0</v>
       </c>
       <c r="I270" s="92">
         <v>26.337976000000001</v>
       </c>
       <c r="J270" s="92">
         <v>50.542470000000002</v>
       </c>
       <c r="K270" s="92">
         <v>63.831591000000003</v>
       </c>
       <c r="L270" s="92">
         <v>71.730884000000003</v>
       </c>
       <c r="M270" s="92">
         <v>77.843468999999999</v>
       </c>
       <c r="N270" s="93">
         <v>290.28638999999998</v>
       </c>
     </row>
     <row r="271" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B271" s="64"/>
-      <c r="C271" s="250" t="s">
+      <c r="C271" s="246" t="s">
         <v>110</v>
       </c>
-      <c r="D271" s="125"/>
-[...1 lines deleted...]
-      <c r="F271" s="126"/>
+      <c r="D271" s="230"/>
+      <c r="E271" s="230"/>
+      <c r="F271" s="231"/>
       <c r="G271" s="92">
         <v>0</v>
       </c>
       <c r="H271" s="92">
         <v>5.548E-3</v>
       </c>
       <c r="I271" s="92">
         <v>9566.2349169999998</v>
       </c>
       <c r="J271" s="92">
         <v>9095.874973</v>
       </c>
       <c r="K271" s="92">
         <v>6804.0806769999999</v>
       </c>
       <c r="L271" s="92">
         <v>4290.1830900000004</v>
       </c>
       <c r="M271" s="92">
         <v>2507.072987</v>
       </c>
       <c r="N271" s="93">
         <v>32263.452192000001</v>
       </c>
     </row>
     <row r="272" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B272" s="64"/>
-      <c r="C272" s="250" t="s">
+      <c r="C272" s="246" t="s">
         <v>123</v>
       </c>
-      <c r="D272" s="125"/>
-[...1 lines deleted...]
-      <c r="F272" s="126"/>
+      <c r="D272" s="230"/>
+      <c r="E272" s="230"/>
+      <c r="F272" s="231"/>
       <c r="G272" s="92">
         <v>12.747063000000001</v>
       </c>
       <c r="H272" s="92">
         <v>21.992391000000001</v>
       </c>
       <c r="I272" s="92">
         <v>1221.3232929999999</v>
       </c>
       <c r="J272" s="92">
         <v>1289.752383</v>
       </c>
       <c r="K272" s="92">
         <v>1515.6508610000001</v>
       </c>
       <c r="L272" s="92">
         <v>905.66714999999999</v>
       </c>
       <c r="M272" s="92">
         <v>733.65000799999996</v>
       </c>
       <c r="N272" s="93">
         <v>5700.7831489999999</v>
       </c>
     </row>
     <row r="273" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B273" s="64"/>
-      <c r="C273" s="270" t="s">
+      <c r="C273" s="241" t="s">
         <v>112</v>
       </c>
-      <c r="D273" s="271"/>
-[...1 lines deleted...]
-      <c r="F273" s="310"/>
+      <c r="D273" s="242"/>
+      <c r="E273" s="242"/>
+      <c r="F273" s="243"/>
       <c r="G273" s="92">
         <v>245.23952800000001</v>
       </c>
       <c r="H273" s="92">
         <v>568.96646799999996</v>
       </c>
       <c r="I273" s="92">
         <v>4123.6782279999998</v>
       </c>
       <c r="J273" s="92">
         <v>5172.6119339999996</v>
       </c>
       <c r="K273" s="92">
         <v>5350.399386</v>
       </c>
       <c r="L273" s="92">
         <v>4137.9474609999997</v>
       </c>
       <c r="M273" s="92">
         <v>2312.1726749999998</v>
       </c>
       <c r="N273" s="93">
         <v>21911.01568</v>
       </c>
     </row>
     <row r="274" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B274" s="64"/>
-      <c r="C274" s="250" t="s">
+      <c r="C274" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="D274" s="125"/>
-[...1 lines deleted...]
-      <c r="F274" s="125"/>
+      <c r="D274" s="230"/>
+      <c r="E274" s="230"/>
+      <c r="F274" s="230"/>
       <c r="G274" s="92">
         <v>0.157668</v>
       </c>
       <c r="H274" s="92">
         <v>0.567658</v>
       </c>
       <c r="I274" s="92">
         <v>4.9439120000000001</v>
       </c>
       <c r="J274" s="92">
         <v>5.4437069999999999</v>
       </c>
       <c r="K274" s="92">
         <v>3.5360659999999999</v>
       </c>
       <c r="L274" s="92">
         <v>3.6403089999999998</v>
       </c>
       <c r="M274" s="92">
         <v>1.7029970000000001</v>
       </c>
       <c r="N274" s="93">
         <v>19.992317</v>
       </c>
     </row>
     <row r="275" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B275" s="64"/>
-      <c r="C275" s="270" t="s">
+      <c r="C275" s="241" t="s">
         <v>114</v>
       </c>
-      <c r="D275" s="271"/>
-[...1 lines deleted...]
-      <c r="F275" s="310"/>
+      <c r="D275" s="242"/>
+      <c r="E275" s="242"/>
+      <c r="F275" s="243"/>
       <c r="G275" s="92">
         <v>0</v>
       </c>
       <c r="H275" s="92">
         <v>285.57562899999999</v>
       </c>
       <c r="I275" s="92">
         <v>12928.397629999999</v>
       </c>
       <c r="J275" s="92">
         <v>15035.408531999999</v>
       </c>
       <c r="K275" s="92">
         <v>15008.851898999999</v>
       </c>
       <c r="L275" s="92">
         <v>10073.213422999999</v>
       </c>
       <c r="M275" s="92">
         <v>6421.871048</v>
       </c>
       <c r="N275" s="93">
         <v>59753.318161000003</v>
       </c>
     </row>
     <row r="276" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B276" s="64"/>
-      <c r="C276" s="270" t="s">
+      <c r="C276" s="241" t="s">
         <v>115</v>
       </c>
-      <c r="D276" s="271"/>
-[...1 lines deleted...]
-      <c r="F276" s="310"/>
+      <c r="D276" s="242"/>
+      <c r="E276" s="242"/>
+      <c r="F276" s="243"/>
       <c r="G276" s="92">
         <v>0</v>
       </c>
       <c r="H276" s="92">
         <v>0.158031</v>
       </c>
       <c r="I276" s="92">
         <v>6.9902499999999996</v>
       </c>
       <c r="J276" s="92">
         <v>9.4562019999999993</v>
       </c>
       <c r="K276" s="92">
         <v>12.72587</v>
       </c>
       <c r="L276" s="92">
         <v>8.0248039999999996</v>
       </c>
       <c r="M276" s="92">
         <v>2.890247</v>
       </c>
       <c r="N276" s="93">
         <v>40.245404000000001</v>
       </c>
     </row>
     <row r="277" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B277" s="64"/>
-      <c r="C277" s="270" t="s">
+      <c r="C277" s="241" t="s">
         <v>116</v>
       </c>
-      <c r="D277" s="271"/>
-[...1 lines deleted...]
-      <c r="F277" s="310"/>
+      <c r="D277" s="242"/>
+      <c r="E277" s="242"/>
+      <c r="F277" s="243"/>
       <c r="G277" s="92">
         <v>0</v>
       </c>
       <c r="H277" s="92">
         <v>0</v>
       </c>
       <c r="I277" s="92">
         <v>301.85541899999998</v>
       </c>
       <c r="J277" s="92">
         <v>394.46186499999999</v>
       </c>
       <c r="K277" s="92">
         <v>405.83778100000001</v>
       </c>
       <c r="L277" s="92">
         <v>437.95051799999999</v>
       </c>
       <c r="M277" s="92">
         <v>245.38403400000001</v>
       </c>
       <c r="N277" s="93">
         <v>1785.489617</v>
       </c>
     </row>
     <row r="278" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B278" s="64"/>
-      <c r="C278" s="270" t="s">
+      <c r="C278" s="241" t="s">
         <v>117</v>
       </c>
-      <c r="D278" s="271"/>
-[...1 lines deleted...]
-      <c r="F278" s="310"/>
+      <c r="D278" s="242"/>
+      <c r="E278" s="242"/>
+      <c r="F278" s="243"/>
       <c r="G278" s="92">
         <v>0</v>
       </c>
       <c r="H278" s="92">
         <v>0</v>
       </c>
       <c r="I278" s="92">
         <v>0.56961700000000004</v>
       </c>
       <c r="J278" s="92">
         <v>0.805558</v>
       </c>
       <c r="K278" s="92">
         <v>0.22670100000000001</v>
       </c>
       <c r="L278" s="92">
         <v>0.71311400000000003</v>
       </c>
       <c r="M278" s="92">
         <v>0.55404900000000001</v>
       </c>
       <c r="N278" s="93">
         <v>2.8690389999999999</v>
       </c>
     </row>
     <row r="279" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B279" s="64"/>
-      <c r="C279" s="270" t="s">
+      <c r="C279" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D279" s="271"/>
-[...1 lines deleted...]
-      <c r="F279" s="271"/>
+      <c r="D279" s="242"/>
+      <c r="E279" s="242"/>
+      <c r="F279" s="242"/>
       <c r="G279" s="92">
         <v>0</v>
       </c>
       <c r="H279" s="92">
         <v>0</v>
       </c>
       <c r="I279" s="92">
         <v>92.119482000000005</v>
       </c>
       <c r="J279" s="92">
         <v>321.97295600000001</v>
       </c>
       <c r="K279" s="92">
         <v>4847.207152</v>
       </c>
       <c r="L279" s="92">
         <v>8472.6060039999993</v>
       </c>
       <c r="M279" s="92">
         <v>6231.7997450000003</v>
       </c>
       <c r="N279" s="93">
         <v>19965.705339</v>
       </c>
     </row>
     <row r="280" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B280" s="64"/>
-      <c r="C280" s="270" t="s">
+      <c r="C280" s="241" t="s">
         <v>119</v>
       </c>
-      <c r="D280" s="271"/>
-[...1 lines deleted...]
-      <c r="F280" s="271"/>
+      <c r="D280" s="242"/>
+      <c r="E280" s="242"/>
+      <c r="F280" s="242"/>
       <c r="G280" s="92">
         <v>0</v>
       </c>
       <c r="H280" s="92">
         <v>0</v>
       </c>
       <c r="I280" s="92">
         <v>584.38688500000001</v>
       </c>
       <c r="J280" s="92">
         <v>1012.872797</v>
       </c>
       <c r="K280" s="92">
         <v>1271.252358</v>
       </c>
       <c r="L280" s="92">
         <v>1668.1638129999999</v>
       </c>
       <c r="M280" s="92">
         <v>1805.4894409999999</v>
       </c>
       <c r="N280" s="93">
         <v>6342.1652940000004</v>
       </c>
     </row>
     <row r="281" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B281" s="102"/>
-      <c r="C281" s="311" t="s">
+      <c r="C281" s="247" t="s">
         <v>120</v>
       </c>
-      <c r="D281" s="312"/>
-[...1 lines deleted...]
-      <c r="F281" s="313"/>
+      <c r="D281" s="248"/>
+      <c r="E281" s="248"/>
+      <c r="F281" s="249"/>
       <c r="G281" s="92">
         <v>0</v>
       </c>
       <c r="H281" s="92">
         <v>0</v>
       </c>
       <c r="I281" s="92">
         <v>1.303061</v>
       </c>
       <c r="J281" s="92">
         <v>1.8939999999999999</v>
       </c>
       <c r="K281" s="92">
         <v>2.5928960000000001</v>
       </c>
       <c r="L281" s="92">
         <v>2.2707259999999998</v>
       </c>
       <c r="M281" s="92">
         <v>2.8355389999999998</v>
       </c>
       <c r="N281" s="93">
         <v>10.896222</v>
       </c>
     </row>
@@ -16097,990 +16097,990 @@
       </c>
       <c r="H282" s="36">
         <v>0</v>
       </c>
       <c r="I282" s="36">
         <v>12849.858452</v>
       </c>
       <c r="J282" s="36">
         <v>23341.309918999999</v>
       </c>
       <c r="K282" s="36">
         <v>69967.617085999998</v>
       </c>
       <c r="L282" s="36">
         <v>108711.98274399999</v>
       </c>
       <c r="M282" s="36">
         <v>74489.841566000003</v>
       </c>
       <c r="N282" s="76">
         <v>289360.907397</v>
       </c>
     </row>
     <row r="283" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B283" s="64"/>
-      <c r="C283" s="268" t="s">
+      <c r="C283" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D283" s="269"/>
-[...1 lines deleted...]
-      <c r="F283" s="269"/>
+      <c r="D283" s="251"/>
+      <c r="E283" s="251"/>
+      <c r="F283" s="251"/>
       <c r="G283" s="44">
         <v>0</v>
       </c>
       <c r="H283" s="44">
         <v>0</v>
       </c>
       <c r="I283" s="44">
         <v>1201.5171110000001</v>
       </c>
       <c r="J283" s="44">
         <v>4061.8691680000002</v>
       </c>
       <c r="K283" s="44">
         <v>42790.225433</v>
       </c>
       <c r="L283" s="44">
         <v>69022.623212000006</v>
       </c>
       <c r="M283" s="44">
         <v>47751.823992999998</v>
       </c>
       <c r="N283" s="72">
         <v>164828.05891699999</v>
       </c>
     </row>
     <row r="284" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B284" s="64"/>
-      <c r="C284" s="250" t="s">
+      <c r="C284" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D284" s="125"/>
-[...1 lines deleted...]
-      <c r="F284" s="125"/>
+      <c r="D284" s="230"/>
+      <c r="E284" s="230"/>
+      <c r="F284" s="230"/>
       <c r="G284" s="92">
         <v>0.29763000000000001</v>
       </c>
       <c r="H284" s="92">
         <v>0</v>
       </c>
       <c r="I284" s="92">
         <v>11331.665798</v>
       </c>
       <c r="J284" s="92">
         <v>18614.842840000001</v>
       </c>
       <c r="K284" s="92">
         <v>25315.981273000001</v>
       </c>
       <c r="L284" s="92">
         <v>32044.196721</v>
       </c>
       <c r="M284" s="92">
         <v>17696.51266</v>
       </c>
       <c r="N284" s="93">
         <v>105003.49692200001</v>
       </c>
     </row>
     <row r="285" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B285" s="64"/>
-      <c r="C285" s="250" t="s">
+      <c r="C285" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D285" s="125"/>
-[...1 lines deleted...]
-      <c r="F285" s="125"/>
+      <c r="D285" s="230"/>
+      <c r="E285" s="230"/>
+      <c r="F285" s="230"/>
       <c r="G285" s="92">
         <v>0</v>
       </c>
       <c r="H285" s="92">
         <v>0</v>
       </c>
       <c r="I285" s="92">
         <v>0</v>
       </c>
       <c r="J285" s="92">
         <v>0</v>
       </c>
       <c r="K285" s="92">
         <v>0</v>
       </c>
       <c r="L285" s="92">
         <v>0</v>
       </c>
       <c r="M285" s="92">
         <v>-1.3160320000000001</v>
       </c>
       <c r="N285" s="93">
         <v>-1.3160320000000001</v>
       </c>
     </row>
     <row r="286" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B286" s="64"/>
-      <c r="C286" s="250" t="s">
+      <c r="C286" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D286" s="125"/>
-[...1 lines deleted...]
-      <c r="F286" s="125"/>
+      <c r="D286" s="230"/>
+      <c r="E286" s="230"/>
+      <c r="F286" s="230"/>
       <c r="G286" s="92">
         <v>0</v>
       </c>
       <c r="H286" s="92">
         <v>0</v>
       </c>
       <c r="I286" s="92">
         <v>316.675543</v>
       </c>
       <c r="J286" s="92">
         <v>664.59791099999995</v>
       </c>
       <c r="K286" s="92">
         <v>1861.41038</v>
       </c>
       <c r="L286" s="92">
         <v>7645.1628110000001</v>
       </c>
       <c r="M286" s="92">
         <v>9042.8209449999995</v>
       </c>
       <c r="N286" s="93">
         <v>19530.667590000001</v>
       </c>
     </row>
     <row r="287" spans="2:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B287" s="254" t="s">
+      <c r="B287" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C287" s="255"/>
-[...2 lines deleted...]
-      <c r="F287" s="293"/>
+      <c r="C287" s="253"/>
+      <c r="D287" s="253"/>
+      <c r="E287" s="253"/>
+      <c r="F287" s="254"/>
       <c r="G287" s="57">
         <v>8910.5794490000007</v>
       </c>
       <c r="H287" s="57">
         <v>17963.209444</v>
       </c>
       <c r="I287" s="57">
         <v>139285.18748200001</v>
       </c>
       <c r="J287" s="57">
         <v>165888.366029</v>
       </c>
       <c r="K287" s="57">
         <v>201240.50906800001</v>
       </c>
       <c r="L287" s="57">
         <v>228000.38881900001</v>
       </c>
       <c r="M287" s="57">
         <v>160387.35932700001</v>
       </c>
       <c r="N287" s="77">
         <v>921675.59961799998</v>
       </c>
     </row>
     <row r="288" spans="2:15" s="1" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B288" s="256" t="s">
+      <c r="B288" s="240" t="s">
         <v>153</v>
       </c>
-      <c r="C288" s="256"/>
-[...11 lines deleted...]
-      <c r="O288" s="256"/>
+      <c r="C288" s="240"/>
+      <c r="D288" s="240"/>
+      <c r="E288" s="240"/>
+      <c r="F288" s="240"/>
+      <c r="G288" s="240"/>
+      <c r="H288" s="240"/>
+      <c r="I288" s="240"/>
+      <c r="J288" s="240"/>
+      <c r="K288" s="240"/>
+      <c r="L288" s="240"/>
+      <c r="M288" s="240"/>
+      <c r="N288" s="240"/>
+      <c r="O288" s="240"/>
     </row>
     <row r="289" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B289" s="256" t="s">
+      <c r="B289" s="240" t="s">
         <v>154</v>
       </c>
-      <c r="C289" s="256"/>
-[...11 lines deleted...]
-      <c r="O289" s="256"/>
+      <c r="C289" s="240"/>
+      <c r="D289" s="240"/>
+      <c r="E289" s="240"/>
+      <c r="F289" s="240"/>
+      <c r="G289" s="240"/>
+      <c r="H289" s="240"/>
+      <c r="I289" s="240"/>
+      <c r="J289" s="240"/>
+      <c r="K289" s="240"/>
+      <c r="L289" s="240"/>
+      <c r="M289" s="240"/>
+      <c r="N289" s="240"/>
+      <c r="O289" s="240"/>
     </row>
     <row r="290" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
-      <c r="B290" s="256" t="s">
+      <c r="B290" s="240" t="s">
         <v>155</v>
       </c>
-      <c r="C290" s="256"/>
-[...11 lines deleted...]
-      <c r="O290" s="256"/>
+      <c r="C290" s="240"/>
+      <c r="D290" s="240"/>
+      <c r="E290" s="240"/>
+      <c r="F290" s="240"/>
+      <c r="G290" s="240"/>
+      <c r="H290" s="240"/>
+      <c r="I290" s="240"/>
+      <c r="J290" s="240"/>
+      <c r="K290" s="240"/>
+      <c r="L290" s="240"/>
+      <c r="M290" s="240"/>
+      <c r="N290" s="240"/>
+      <c r="O290" s="240"/>
     </row>
     <row r="291" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B291" s="86" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="292" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B292" s="86" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="293" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B293" s="86" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:15" s="1" customFormat="1" ht="5.25" customHeight="1"/>
     <row r="295" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A295" s="1" t="s">
         <v>158</v>
       </c>
       <c r="O295" s="4"/>
     </row>
     <row r="296" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B296" s="272" t="s">
+      <c r="B296" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C296" s="273"/>
-[...2 lines deleted...]
-      <c r="F296" s="321"/>
+      <c r="C296" s="256"/>
+      <c r="D296" s="256"/>
+      <c r="E296" s="256"/>
+      <c r="F296" s="257"/>
       <c r="G296" s="97" t="s">
         <v>16</v>
       </c>
       <c r="H296" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I296" s="98" t="s">
         <v>18</v>
       </c>
       <c r="J296" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K296" s="98" t="s">
         <v>20</v>
       </c>
       <c r="L296" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M296" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N296" s="99" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="297" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B297" s="266" t="s">
+      <c r="B297" s="293" t="s">
         <v>142</v>
       </c>
-      <c r="C297" s="267"/>
-[...2 lines deleted...]
-      <c r="F297" s="267"/>
+      <c r="C297" s="294"/>
+      <c r="D297" s="294"/>
+      <c r="E297" s="294"/>
+      <c r="F297" s="294"/>
       <c r="G297" s="54">
         <v>6865.6355279999998</v>
       </c>
       <c r="H297" s="54">
         <v>14123.176127999999</v>
       </c>
       <c r="I297" s="54">
         <v>80937.186709999994</v>
       </c>
       <c r="J297" s="54">
         <v>94162.013504000002</v>
       </c>
       <c r="K297" s="54">
         <v>83856.837834999998</v>
       </c>
       <c r="L297" s="54">
         <v>79111.094695000007</v>
       </c>
       <c r="M297" s="54">
         <v>57759.892067000001</v>
       </c>
       <c r="N297" s="80">
         <v>416815.83646700002</v>
       </c>
     </row>
     <row r="298" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B298" s="64"/>
-      <c r="C298" s="268" t="s">
+      <c r="C298" s="250" t="s">
         <v>143</v>
       </c>
-      <c r="D298" s="269"/>
-[...1 lines deleted...]
-      <c r="F298" s="269"/>
+      <c r="D298" s="251"/>
+      <c r="E298" s="251"/>
+      <c r="F298" s="251"/>
       <c r="G298" s="92">
         <v>1554.3449439999999</v>
       </c>
       <c r="H298" s="92">
         <v>3689.8565050000002</v>
       </c>
       <c r="I298" s="92">
         <v>23466.059000000001</v>
       </c>
       <c r="J298" s="92">
         <v>29811.515491999999</v>
       </c>
       <c r="K298" s="92">
         <v>28178.938807999999</v>
       </c>
       <c r="L298" s="92">
         <v>32340.967582000001</v>
       </c>
       <c r="M298" s="92">
         <v>31937.847006</v>
       </c>
       <c r="N298" s="93">
         <v>150979.52933700001</v>
       </c>
     </row>
     <row r="299" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B299" s="64"/>
       <c r="C299" s="100"/>
-      <c r="D299" s="125" t="s">
+      <c r="D299" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="E299" s="125"/>
-      <c r="F299" s="125"/>
+      <c r="E299" s="230"/>
+      <c r="F299" s="230"/>
       <c r="G299" s="92">
         <v>4.3550000000000004E-3</v>
       </c>
       <c r="H299" s="92">
         <v>3.1418000000000001E-2</v>
       </c>
       <c r="I299" s="92">
         <v>12896.2839</v>
       </c>
       <c r="J299" s="92">
         <v>17053.17641</v>
       </c>
       <c r="K299" s="92">
         <v>18528.497705000002</v>
       </c>
       <c r="L299" s="92">
         <v>22066.763408999999</v>
       </c>
       <c r="M299" s="92">
         <v>21718.768840000001</v>
       </c>
       <c r="N299" s="93">
         <v>92263.526037000003</v>
       </c>
     </row>
     <row r="300" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B300" s="64"/>
       <c r="C300" s="100"/>
-      <c r="D300" s="125" t="s">
+      <c r="D300" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="E300" s="125"/>
-      <c r="F300" s="125"/>
+      <c r="E300" s="230"/>
+      <c r="F300" s="230"/>
       <c r="G300" s="92">
         <v>0.86513899999999999</v>
       </c>
       <c r="H300" s="92">
         <v>12.210808</v>
       </c>
       <c r="I300" s="92">
         <v>73.03295</v>
       </c>
       <c r="J300" s="92">
         <v>257.29507100000001</v>
       </c>
       <c r="K300" s="92">
         <v>452.08068300000002</v>
       </c>
       <c r="L300" s="92">
         <v>1116.0900360000001</v>
       </c>
       <c r="M300" s="92">
         <v>2039.627252</v>
       </c>
       <c r="N300" s="93">
         <v>3951.201939</v>
       </c>
     </row>
     <row r="301" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B301" s="64"/>
       <c r="C301" s="100"/>
-      <c r="D301" s="125" t="s">
+      <c r="D301" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="E301" s="125"/>
-      <c r="F301" s="125"/>
+      <c r="E301" s="230"/>
+      <c r="F301" s="230"/>
       <c r="G301" s="92">
         <v>966.47026400000004</v>
       </c>
       <c r="H301" s="92">
         <v>2575.7571480000001</v>
       </c>
       <c r="I301" s="92">
         <v>6661.2609229999998</v>
       </c>
       <c r="J301" s="92">
         <v>7985.819579</v>
       </c>
       <c r="K301" s="92">
         <v>5359.6351969999996</v>
       </c>
       <c r="L301" s="92">
         <v>5344.3282399999998</v>
       </c>
       <c r="M301" s="92">
         <v>5203.490487</v>
       </c>
       <c r="N301" s="93">
         <v>34096.761837999999</v>
       </c>
     </row>
     <row r="302" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B302" s="64"/>
       <c r="C302" s="100"/>
-      <c r="D302" s="125" t="s">
+      <c r="D302" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="E302" s="125"/>
-      <c r="F302" s="125"/>
+      <c r="E302" s="230"/>
+      <c r="F302" s="230"/>
       <c r="G302" s="92">
         <v>201.804281</v>
       </c>
       <c r="H302" s="92">
         <v>599.32678999999996</v>
       </c>
       <c r="I302" s="92">
         <v>957.29810499999996</v>
       </c>
       <c r="J302" s="92">
         <v>1220.618571</v>
       </c>
       <c r="K302" s="92">
         <v>816.73060699999996</v>
       </c>
       <c r="L302" s="92">
         <v>698.687635</v>
       </c>
       <c r="M302" s="92">
         <v>502.739666</v>
       </c>
       <c r="N302" s="93">
         <v>4997.2056549999998</v>
       </c>
     </row>
     <row r="303" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B303" s="64"/>
       <c r="C303" s="101"/>
-      <c r="D303" s="314" t="s">
+      <c r="D303" s="291" t="s">
         <v>73</v>
       </c>
-      <c r="E303" s="314"/>
-      <c r="F303" s="314"/>
+      <c r="E303" s="291"/>
+      <c r="F303" s="291"/>
       <c r="G303" s="54">
         <v>385.20090499999998</v>
       </c>
       <c r="H303" s="54">
         <v>502.53034100000002</v>
       </c>
       <c r="I303" s="54">
         <v>2878.1831219999999</v>
       </c>
       <c r="J303" s="54">
         <v>3294.605861</v>
       </c>
       <c r="K303" s="54">
         <v>3021.994616</v>
       </c>
       <c r="L303" s="54">
         <v>3115.098262</v>
       </c>
       <c r="M303" s="54">
         <v>2473.220761</v>
       </c>
       <c r="N303" s="80">
         <v>15670.833868</v>
       </c>
     </row>
     <row r="304" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B304" s="64"/>
-      <c r="C304" s="268" t="s">
+      <c r="C304" s="250" t="s">
         <v>144</v>
       </c>
-      <c r="D304" s="269"/>
-[...1 lines deleted...]
-      <c r="F304" s="269"/>
+      <c r="D304" s="251"/>
+      <c r="E304" s="251"/>
+      <c r="F304" s="251"/>
       <c r="G304" s="92">
         <v>1777.6328699999999</v>
       </c>
       <c r="H304" s="92">
         <v>4559.5186940000003</v>
       </c>
       <c r="I304" s="92">
         <v>37138.837449999999</v>
       </c>
       <c r="J304" s="92">
         <v>37584.343886000002</v>
       </c>
       <c r="K304" s="92">
         <v>27128.591191</v>
       </c>
       <c r="L304" s="92">
         <v>19105.13092</v>
       </c>
       <c r="M304" s="92">
         <v>9679.8282240000008</v>
       </c>
       <c r="N304" s="93">
         <v>136973.88323499999</v>
       </c>
     </row>
     <row r="305" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B305" s="64"/>
       <c r="C305" s="100"/>
-      <c r="D305" s="125" t="s">
+      <c r="D305" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="E305" s="125"/>
-      <c r="F305" s="125"/>
+      <c r="E305" s="230"/>
+      <c r="F305" s="230"/>
       <c r="G305" s="92">
         <v>2.5284999999999998E-2</v>
       </c>
       <c r="H305" s="92">
         <v>0.39983299999999999</v>
       </c>
       <c r="I305" s="92">
         <v>28844.732596999998</v>
       </c>
       <c r="J305" s="92">
         <v>28518.759140999999</v>
       </c>
       <c r="K305" s="92">
         <v>21386.944052999999</v>
       </c>
       <c r="L305" s="92">
         <v>15258.410029000001</v>
       </c>
       <c r="M305" s="92">
         <v>8074.0473869999996</v>
       </c>
       <c r="N305" s="93">
         <v>102083.318325</v>
       </c>
     </row>
     <row r="306" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B306" s="64"/>
       <c r="C306" s="101"/>
-      <c r="D306" s="314" t="s">
+      <c r="D306" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="E306" s="314"/>
-      <c r="F306" s="314"/>
+      <c r="E306" s="291"/>
+      <c r="F306" s="291"/>
       <c r="G306" s="54">
         <v>1777.607585</v>
       </c>
       <c r="H306" s="54">
         <v>4559.1188609999999</v>
       </c>
       <c r="I306" s="54">
         <v>8294.1048530000007</v>
       </c>
       <c r="J306" s="54">
         <v>9065.5847450000001</v>
       </c>
       <c r="K306" s="54">
         <v>5741.6471380000003</v>
       </c>
       <c r="L306" s="54">
         <v>3846.7208909999999</v>
       </c>
       <c r="M306" s="54">
         <v>1605.780837</v>
       </c>
       <c r="N306" s="80">
         <v>34890.564910000001</v>
       </c>
     </row>
     <row r="307" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B307" s="64"/>
-      <c r="C307" s="268" t="s">
+      <c r="C307" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="D307" s="269"/>
-[...1 lines deleted...]
-      <c r="F307" s="269"/>
+      <c r="D307" s="251"/>
+      <c r="E307" s="251"/>
+      <c r="F307" s="251"/>
       <c r="G307" s="92">
         <v>61.509739000000003</v>
       </c>
       <c r="H307" s="92">
         <v>283.007497</v>
       </c>
       <c r="I307" s="92">
         <v>3681.5420300000001</v>
       </c>
       <c r="J307" s="92">
         <v>6388.6461799999997</v>
       </c>
       <c r="K307" s="92">
         <v>11724.529263</v>
       </c>
       <c r="L307" s="92">
         <v>9614.4657879999995</v>
       </c>
       <c r="M307" s="92">
         <v>4609.6770029999998</v>
       </c>
       <c r="N307" s="93">
         <v>36363.377500000002</v>
       </c>
     </row>
     <row r="308" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B308" s="64"/>
       <c r="C308" s="100"/>
-      <c r="D308" s="125" t="s">
+      <c r="D308" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="E308" s="125"/>
-      <c r="F308" s="125"/>
+      <c r="E308" s="230"/>
+      <c r="F308" s="230"/>
       <c r="G308" s="92">
         <v>57.320011999999998</v>
       </c>
       <c r="H308" s="92">
         <v>254.895456</v>
       </c>
       <c r="I308" s="92">
         <v>3240.7470060000001</v>
       </c>
       <c r="J308" s="92">
         <v>5612.0313930000002</v>
       </c>
       <c r="K308" s="92">
         <v>10696.73718</v>
       </c>
       <c r="L308" s="92">
         <v>8657.8035560000008</v>
       </c>
       <c r="M308" s="92">
         <v>3992.7359980000001</v>
       </c>
       <c r="N308" s="93">
         <v>32512.270601</v>
       </c>
     </row>
     <row r="309" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B309" s="64"/>
       <c r="C309" s="100"/>
-      <c r="D309" s="125" t="s">
+      <c r="D309" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="E309" s="125"/>
-      <c r="F309" s="125"/>
+      <c r="E309" s="230"/>
+      <c r="F309" s="230"/>
       <c r="G309" s="92">
         <v>4.0944919999999998</v>
       </c>
       <c r="H309" s="92">
         <v>27.575035</v>
       </c>
       <c r="I309" s="92">
         <v>434.69435099999998</v>
       </c>
       <c r="J309" s="92">
         <v>766.52821800000004</v>
       </c>
       <c r="K309" s="92">
         <v>1009.795842</v>
       </c>
       <c r="L309" s="92">
         <v>930.23112700000001</v>
       </c>
       <c r="M309" s="92">
         <v>586.58187199999998</v>
       </c>
       <c r="N309" s="93">
         <v>3759.5009369999998</v>
       </c>
     </row>
     <row r="310" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B310" s="64"/>
       <c r="C310" s="100"/>
-      <c r="D310" s="125" t="s">
+      <c r="D310" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="E310" s="125"/>
-      <c r="F310" s="125"/>
+      <c r="E310" s="230"/>
+      <c r="F310" s="230"/>
       <c r="G310" s="92">
         <v>6.9728999999999999E-2</v>
       </c>
       <c r="H310" s="92">
         <v>0.38111499999999998</v>
       </c>
       <c r="I310" s="92">
         <v>2.8739469999999998</v>
       </c>
       <c r="J310" s="92">
         <v>5.1357179999999998</v>
       </c>
       <c r="K310" s="92">
         <v>10.493145</v>
       </c>
       <c r="L310" s="92">
         <v>16.959441999999999</v>
       </c>
       <c r="M310" s="92">
         <v>18.295389</v>
       </c>
       <c r="N310" s="93">
         <v>54.208485000000003</v>
       </c>
     </row>
     <row r="311" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B311" s="64"/>
       <c r="C311" s="101"/>
-      <c r="D311" s="314" t="s">
+      <c r="D311" s="291" t="s">
         <v>79</v>
       </c>
-      <c r="E311" s="314"/>
-      <c r="F311" s="315"/>
+      <c r="E311" s="291"/>
+      <c r="F311" s="292"/>
       <c r="G311" s="54">
         <v>2.5506000000000001E-2</v>
       </c>
       <c r="H311" s="54">
         <v>0.155891</v>
       </c>
       <c r="I311" s="54">
         <v>3.2267260000000002</v>
       </c>
       <c r="J311" s="54">
         <v>4.9508510000000001</v>
       </c>
       <c r="K311" s="54">
         <v>7.5030960000000002</v>
       </c>
       <c r="L311" s="54">
         <v>9.4716629999999995</v>
       </c>
       <c r="M311" s="54">
         <v>12.063744</v>
       </c>
       <c r="N311" s="80">
         <v>37.397477000000002</v>
       </c>
     </row>
     <row r="312" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B312" s="64"/>
-      <c r="C312" s="268" t="s">
+      <c r="C312" s="250" t="s">
         <v>146</v>
       </c>
-      <c r="D312" s="269"/>
-[...1 lines deleted...]
-      <c r="F312" s="269"/>
+      <c r="D312" s="251"/>
+      <c r="E312" s="251"/>
+      <c r="F312" s="251"/>
       <c r="G312" s="92">
         <v>2364.4042079999999</v>
       </c>
       <c r="H312" s="92">
         <v>3999.824838</v>
       </c>
       <c r="I312" s="92">
         <v>5018.5706309999996</v>
       </c>
       <c r="J312" s="92">
         <v>9355.5956829999996</v>
       </c>
       <c r="K312" s="92">
         <v>6753.9299849999998</v>
       </c>
       <c r="L312" s="92">
         <v>6097.9092300000002</v>
       </c>
       <c r="M312" s="92">
         <v>4228.1851100000003</v>
       </c>
       <c r="N312" s="93">
         <v>37818.419685000001</v>
       </c>
     </row>
     <row r="313" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B313" s="64"/>
       <c r="C313" s="100"/>
-      <c r="D313" s="125" t="s">
+      <c r="D313" s="230" t="s">
         <v>80</v>
       </c>
-      <c r="E313" s="125"/>
-      <c r="F313" s="125"/>
+      <c r="E313" s="230"/>
+      <c r="F313" s="230"/>
       <c r="G313" s="92">
         <v>1520.5738940000001</v>
       </c>
       <c r="H313" s="92">
         <v>3102.560743</v>
       </c>
       <c r="I313" s="92">
         <v>4046.1009650000001</v>
       </c>
       <c r="J313" s="92">
         <v>8568.0103359999994</v>
       </c>
       <c r="K313" s="92">
         <v>6236.4006140000001</v>
       </c>
       <c r="L313" s="92">
         <v>5718.8859359999997</v>
       </c>
       <c r="M313" s="92">
         <v>4092.395571</v>
       </c>
       <c r="N313" s="93">
         <v>33284.928058999998</v>
       </c>
     </row>
     <row r="314" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B314" s="64"/>
       <c r="C314" s="100"/>
-      <c r="D314" s="125" t="s">
+      <c r="D314" s="230" t="s">
         <v>147</v>
       </c>
-      <c r="E314" s="125"/>
-      <c r="F314" s="125"/>
+      <c r="E314" s="230"/>
+      <c r="F314" s="230"/>
       <c r="G314" s="92">
         <v>168.355885</v>
       </c>
       <c r="H314" s="92">
         <v>221.25368499999999</v>
       </c>
       <c r="I314" s="92">
         <v>285.43799000000001</v>
       </c>
       <c r="J314" s="92">
         <v>304.65714500000001</v>
       </c>
       <c r="K314" s="92">
         <v>218.89657</v>
       </c>
       <c r="L314" s="92">
         <v>174.33337499999999</v>
       </c>
       <c r="M314" s="92">
         <v>66.885166999999996</v>
       </c>
       <c r="N314" s="93">
         <v>1439.8198170000001</v>
       </c>
     </row>
     <row r="315" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B315" s="64"/>
       <c r="C315" s="101"/>
-      <c r="D315" s="314" t="s">
+      <c r="D315" s="291" t="s">
         <v>148</v>
       </c>
-      <c r="E315" s="314"/>
-      <c r="F315" s="314"/>
+      <c r="E315" s="291"/>
+      <c r="F315" s="291"/>
       <c r="G315" s="92">
         <v>675.47442899999999</v>
       </c>
       <c r="H315" s="92">
         <v>676.01040999999998</v>
       </c>
       <c r="I315" s="92">
         <v>687.03167599999995</v>
       </c>
       <c r="J315" s="92">
         <v>482.928202</v>
       </c>
       <c r="K315" s="92">
         <v>298.63280099999997</v>
       </c>
       <c r="L315" s="92">
         <v>204.689919</v>
       </c>
       <c r="M315" s="92">
         <v>68.904371999999995</v>
       </c>
       <c r="N315" s="93">
         <v>3093.6718089999999</v>
       </c>
     </row>
     <row r="316" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B316" s="64"/>
-      <c r="C316" s="161" t="s">
+      <c r="C316" s="170" t="s">
         <v>81</v>
       </c>
-      <c r="D316" s="319"/>
-[...1 lines deleted...]
-      <c r="F316" s="320"/>
+      <c r="D316" s="244"/>
+      <c r="E316" s="244"/>
+      <c r="F316" s="245"/>
       <c r="G316" s="41">
         <v>1107.736445</v>
       </c>
       <c r="H316" s="41">
         <v>1590.9685939999999</v>
       </c>
       <c r="I316" s="41">
         <v>11620.928384999999</v>
       </c>
       <c r="J316" s="41">
         <v>11010.075161000001</v>
       </c>
       <c r="K316" s="41">
         <v>10059.793885999999</v>
       </c>
       <c r="L316" s="41">
         <v>11943.079836000001</v>
       </c>
       <c r="M316" s="41">
         <v>7300.0806210000001</v>
       </c>
       <c r="N316" s="83">
         <v>54632.662927999998</v>
       </c>
     </row>
     <row r="317" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B317" s="64"/>
-      <c r="C317" s="311" t="s">
+      <c r="C317" s="247" t="s">
         <v>82</v>
       </c>
-      <c r="D317" s="312"/>
-[...1 lines deleted...]
-      <c r="F317" s="313"/>
+      <c r="D317" s="248"/>
+      <c r="E317" s="248"/>
+      <c r="F317" s="249"/>
       <c r="G317" s="50">
         <v>7.3220000000000004E-3</v>
       </c>
       <c r="H317" s="50">
         <v>0</v>
       </c>
       <c r="I317" s="50">
         <v>11.249214</v>
       </c>
       <c r="J317" s="50">
         <v>11.837102</v>
       </c>
       <c r="K317" s="50">
         <v>11.054702000000001</v>
       </c>
       <c r="L317" s="50">
         <v>9.5413390000000007</v>
       </c>
       <c r="M317" s="50">
         <v>4.2741030000000002</v>
       </c>
       <c r="N317" s="94">
         <v>47.963782000000002</v>
       </c>
     </row>
@@ -17130,452 +17130,452 @@
       </c>
       <c r="H319" s="36">
         <v>872.60988599999996</v>
       </c>
       <c r="I319" s="36">
         <v>29587.330207999999</v>
       </c>
       <c r="J319" s="36">
         <v>33550.605111999997</v>
       </c>
       <c r="K319" s="36">
         <v>36591.640719000003</v>
       </c>
       <c r="L319" s="36">
         <v>31904.942557999999</v>
       </c>
       <c r="M319" s="36">
         <v>21722.123512999999</v>
       </c>
       <c r="N319" s="76">
         <v>154485.70321100001</v>
       </c>
     </row>
     <row r="320" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B320" s="64"/>
-      <c r="C320" s="316" t="s">
+      <c r="C320" s="279" t="s">
         <v>122</v>
       </c>
-      <c r="D320" s="317"/>
-[...1 lines deleted...]
-      <c r="F320" s="318"/>
+      <c r="D320" s="295"/>
+      <c r="E320" s="295"/>
+      <c r="F320" s="280"/>
       <c r="G320" s="92">
         <v>0</v>
       </c>
       <c r="H320" s="92">
         <v>0</v>
       </c>
       <c r="I320" s="92">
         <v>872.91747999999995</v>
       </c>
       <c r="J320" s="92">
         <v>1386.2168979999999</v>
       </c>
       <c r="K320" s="92">
         <v>1598.92093</v>
       </c>
       <c r="L320" s="92">
         <v>2107.8077330000001</v>
       </c>
       <c r="M320" s="92">
         <v>1699.021403</v>
       </c>
       <c r="N320" s="93">
         <v>7664.8844440000003</v>
       </c>
     </row>
     <row r="321" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B321" s="64"/>
-      <c r="C321" s="250" t="s">
+      <c r="C321" s="246" t="s">
         <v>109</v>
       </c>
-      <c r="D321" s="125"/>
-[...1 lines deleted...]
-      <c r="F321" s="125"/>
+      <c r="D321" s="230"/>
+      <c r="E321" s="230"/>
+      <c r="F321" s="230"/>
       <c r="G321" s="92">
         <v>0</v>
       </c>
       <c r="H321" s="92">
         <v>0</v>
       </c>
       <c r="I321" s="92">
         <v>25.435248999999999</v>
       </c>
       <c r="J321" s="92">
         <v>49.195956000000002</v>
       </c>
       <c r="K321" s="92">
         <v>62.560361999999998</v>
       </c>
       <c r="L321" s="92">
         <v>69.060749000000001</v>
       </c>
       <c r="M321" s="92">
         <v>73.913983000000002</v>
       </c>
       <c r="N321" s="93">
         <v>280.16629899999998</v>
       </c>
     </row>
     <row r="322" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B322" s="64"/>
-      <c r="C322" s="250" t="s">
+      <c r="C322" s="246" t="s">
         <v>110</v>
       </c>
-      <c r="D322" s="125"/>
-[...1 lines deleted...]
-      <c r="F322" s="126"/>
+      <c r="D322" s="230"/>
+      <c r="E322" s="230"/>
+      <c r="F322" s="231"/>
       <c r="G322" s="92">
         <v>0</v>
       </c>
       <c r="H322" s="92">
         <v>5.548E-3</v>
       </c>
       <c r="I322" s="92">
         <v>9493.5796570000002</v>
       </c>
       <c r="J322" s="92">
         <v>8972.5099370000007</v>
       </c>
       <c r="K322" s="92">
         <v>6708.1623719999998</v>
       </c>
       <c r="L322" s="92">
         <v>4222.7502249999998</v>
       </c>
       <c r="M322" s="92">
         <v>2450.6627050000002</v>
       </c>
       <c r="N322" s="93">
         <v>31847.670443999999</v>
       </c>
     </row>
     <row r="323" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B323" s="64"/>
-      <c r="C323" s="250" t="s">
+      <c r="C323" s="246" t="s">
         <v>123</v>
       </c>
-      <c r="D323" s="125"/>
-[...1 lines deleted...]
-      <c r="F323" s="125"/>
+      <c r="D323" s="230"/>
+      <c r="E323" s="230"/>
+      <c r="F323" s="230"/>
       <c r="G323" s="92">
         <v>12.666242</v>
       </c>
       <c r="H323" s="92">
         <v>21.992391000000001</v>
       </c>
       <c r="I323" s="92">
         <v>1211.6696489999999</v>
       </c>
       <c r="J323" s="92">
         <v>1279.1179179999999</v>
       </c>
       <c r="K323" s="92">
         <v>1498.4018599999999</v>
       </c>
       <c r="L323" s="92">
         <v>887.60464899999999</v>
       </c>
       <c r="M323" s="92">
         <v>714.92994399999998</v>
       </c>
       <c r="N323" s="93">
         <v>5626.3826529999997</v>
       </c>
     </row>
     <row r="324" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B324" s="64"/>
-      <c r="C324" s="270" t="s">
+      <c r="C324" s="241" t="s">
         <v>112</v>
       </c>
-      <c r="D324" s="271"/>
-[...1 lines deleted...]
-      <c r="F324" s="310"/>
+      <c r="D324" s="242"/>
+      <c r="E324" s="242"/>
+      <c r="F324" s="243"/>
       <c r="G324" s="92">
         <v>243.62730500000001</v>
       </c>
       <c r="H324" s="92">
         <v>565.04245800000001</v>
       </c>
       <c r="I324" s="92">
         <v>4096.8076700000001</v>
       </c>
       <c r="J324" s="92">
         <v>5133.0615170000001</v>
       </c>
       <c r="K324" s="92">
         <v>5274.0238689999996</v>
       </c>
       <c r="L324" s="92">
         <v>4072.6259679999998</v>
       </c>
       <c r="M324" s="92">
         <v>2250.3922259999999</v>
       </c>
       <c r="N324" s="93">
         <v>21635.581012999999</v>
       </c>
     </row>
     <row r="325" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B325" s="64"/>
-      <c r="C325" s="250" t="s">
+      <c r="C325" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="D325" s="125"/>
-[...1 lines deleted...]
-      <c r="F325" s="125"/>
+      <c r="D325" s="230"/>
+      <c r="E325" s="230"/>
+      <c r="F325" s="230"/>
       <c r="G325" s="92">
         <v>0.157668</v>
       </c>
       <c r="H325" s="92">
         <v>0.567658</v>
       </c>
       <c r="I325" s="92">
         <v>4.8363740000000002</v>
       </c>
       <c r="J325" s="92">
         <v>5.2808890000000002</v>
       </c>
       <c r="K325" s="92">
         <v>3.4302800000000002</v>
       </c>
       <c r="L325" s="92">
         <v>3.5871879999999998</v>
       </c>
       <c r="M325" s="92">
         <v>1.6583209999999999</v>
       </c>
       <c r="N325" s="93">
         <v>19.518377999999998</v>
       </c>
     </row>
     <row r="326" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B326" s="64"/>
-      <c r="C326" s="270" t="s">
+      <c r="C326" s="241" t="s">
         <v>114</v>
       </c>
-      <c r="D326" s="271"/>
-[...1 lines deleted...]
-      <c r="F326" s="310"/>
+      <c r="D326" s="242"/>
+      <c r="E326" s="242"/>
+      <c r="F326" s="243"/>
       <c r="G326" s="92">
         <v>0</v>
       </c>
       <c r="H326" s="92">
         <v>284.84379999999999</v>
       </c>
       <c r="I326" s="92">
         <v>12899.537386</v>
       </c>
       <c r="J326" s="92">
         <v>15008.149691000001</v>
       </c>
       <c r="K326" s="92">
         <v>14965.324337</v>
       </c>
       <c r="L326" s="92">
         <v>10047.999957</v>
       </c>
       <c r="M326" s="92">
         <v>6387.1377839999996</v>
       </c>
       <c r="N326" s="93">
         <v>59592.992955000002</v>
       </c>
     </row>
     <row r="327" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B327" s="64"/>
-      <c r="C327" s="270" t="s">
+      <c r="C327" s="241" t="s">
         <v>115</v>
       </c>
-      <c r="D327" s="271"/>
-[...1 lines deleted...]
-      <c r="F327" s="310"/>
+      <c r="D327" s="242"/>
+      <c r="E327" s="242"/>
+      <c r="F327" s="243"/>
       <c r="G327" s="92">
         <v>0</v>
       </c>
       <c r="H327" s="92">
         <v>0.158031</v>
       </c>
       <c r="I327" s="92">
         <v>6.8719900000000003</v>
       </c>
       <c r="J327" s="92">
         <v>9.1965590000000006</v>
       </c>
       <c r="K327" s="92">
         <v>12.438924999999999</v>
       </c>
       <c r="L327" s="92">
         <v>7.9211419999999997</v>
       </c>
       <c r="M327" s="92">
         <v>2.8194170000000001</v>
       </c>
       <c r="N327" s="93">
         <v>39.406064000000001</v>
       </c>
     </row>
     <row r="328" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B328" s="64"/>
-      <c r="C328" s="270" t="s">
+      <c r="C328" s="241" t="s">
         <v>116</v>
       </c>
-      <c r="D328" s="271"/>
-[...1 lines deleted...]
-      <c r="F328" s="310"/>
+      <c r="D328" s="242"/>
+      <c r="E328" s="242"/>
+      <c r="F328" s="243"/>
       <c r="G328" s="92">
         <v>0</v>
       </c>
       <c r="H328" s="92">
         <v>0</v>
       </c>
       <c r="I328" s="92">
         <v>301.493943</v>
       </c>
       <c r="J328" s="92">
         <v>393.61332700000003</v>
       </c>
       <c r="K328" s="92">
         <v>404.67054000000002</v>
       </c>
       <c r="L328" s="92">
         <v>435.01863300000002</v>
       </c>
       <c r="M328" s="92">
         <v>243.20853500000001</v>
       </c>
       <c r="N328" s="93">
         <v>1778.0049779999999</v>
       </c>
     </row>
     <row r="329" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B329" s="64"/>
-      <c r="C329" s="270" t="s">
+      <c r="C329" s="241" t="s">
         <v>117</v>
       </c>
-      <c r="D329" s="271"/>
-[...1 lines deleted...]
-      <c r="F329" s="310"/>
+      <c r="D329" s="242"/>
+      <c r="E329" s="242"/>
+      <c r="F329" s="243"/>
       <c r="G329" s="92">
         <v>0</v>
       </c>
       <c r="H329" s="92">
         <v>0</v>
       </c>
       <c r="I329" s="92">
         <v>0.56961700000000004</v>
       </c>
       <c r="J329" s="92">
         <v>0.805558</v>
       </c>
       <c r="K329" s="92">
         <v>0.22670100000000001</v>
       </c>
       <c r="L329" s="92">
         <v>0.71311400000000003</v>
       </c>
       <c r="M329" s="92">
         <v>0.44639099999999998</v>
       </c>
       <c r="N329" s="93">
         <v>2.7613810000000001</v>
       </c>
     </row>
     <row r="330" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B330" s="64"/>
-      <c r="C330" s="270" t="s">
+      <c r="C330" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D330" s="271"/>
-[...1 lines deleted...]
-      <c r="F330" s="271"/>
+      <c r="D330" s="242"/>
+      <c r="E330" s="242"/>
+      <c r="F330" s="242"/>
       <c r="G330" s="92">
         <v>0</v>
       </c>
       <c r="H330" s="92">
         <v>0</v>
       </c>
       <c r="I330" s="92">
         <v>92.119482000000005</v>
       </c>
       <c r="J330" s="92">
         <v>320.26605799999999</v>
       </c>
       <c r="K330" s="92">
         <v>4816.4745890000004</v>
       </c>
       <c r="L330" s="92">
         <v>8432.1883080000007</v>
       </c>
       <c r="M330" s="92">
         <v>6176.3319019999999</v>
       </c>
       <c r="N330" s="93">
         <v>19837.380338999999</v>
       </c>
     </row>
     <row r="331" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B331" s="64"/>
-      <c r="C331" s="270" t="s">
+      <c r="C331" s="241" t="s">
         <v>119</v>
       </c>
-      <c r="D331" s="271"/>
-[...1 lines deleted...]
-      <c r="F331" s="271"/>
+      <c r="D331" s="242"/>
+      <c r="E331" s="242"/>
+      <c r="F331" s="242"/>
       <c r="G331" s="92">
         <v>0</v>
       </c>
       <c r="H331" s="92">
         <v>0</v>
       </c>
       <c r="I331" s="92">
         <v>580.18865000000005</v>
       </c>
       <c r="J331" s="92">
         <v>991.30828799999995</v>
       </c>
       <c r="K331" s="92">
         <v>1244.5203759999999</v>
       </c>
       <c r="L331" s="92">
         <v>1615.4282860000001</v>
       </c>
       <c r="M331" s="92">
         <v>1719.2907809999999</v>
       </c>
       <c r="N331" s="93">
         <v>6150.7363809999997</v>
       </c>
     </row>
     <row r="332" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B332" s="102"/>
-      <c r="C332" s="311" t="s">
+      <c r="C332" s="247" t="s">
         <v>120</v>
       </c>
-      <c r="D332" s="312"/>
-[...1 lines deleted...]
-      <c r="F332" s="313"/>
+      <c r="D332" s="248"/>
+      <c r="E332" s="248"/>
+      <c r="F332" s="249"/>
       <c r="G332" s="92">
         <v>0</v>
       </c>
       <c r="H332" s="92">
         <v>0</v>
       </c>
       <c r="I332" s="92">
         <v>1.303061</v>
       </c>
       <c r="J332" s="92">
         <v>1.8825160000000001</v>
       </c>
       <c r="K332" s="92">
         <v>2.4855779999999998</v>
       </c>
       <c r="L332" s="92">
         <v>2.2366060000000001</v>
       </c>
       <c r="M332" s="92">
         <v>2.3101210000000001</v>
       </c>
       <c r="N332" s="93">
         <v>10.217881999999999</v>
       </c>
     </row>
@@ -17588,228 +17588,228 @@
       </c>
       <c r="H333" s="36">
         <v>0</v>
       </c>
       <c r="I333" s="36">
         <v>12768.076573</v>
       </c>
       <c r="J333" s="36">
         <v>23141.247756000001</v>
       </c>
       <c r="K333" s="36">
         <v>69390.237804000004</v>
       </c>
       <c r="L333" s="36">
         <v>107753.687378</v>
       </c>
       <c r="M333" s="36">
         <v>73440.833922999998</v>
       </c>
       <c r="N333" s="76">
         <v>286494.38106400002</v>
       </c>
     </row>
     <row r="334" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B334" s="64"/>
-      <c r="C334" s="268" t="s">
+      <c r="C334" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D334" s="269"/>
-[...1 lines deleted...]
-      <c r="F334" s="269"/>
+      <c r="D334" s="251"/>
+      <c r="E334" s="251"/>
+      <c r="F334" s="251"/>
       <c r="G334" s="44">
         <v>0</v>
       </c>
       <c r="H334" s="44">
         <v>0</v>
       </c>
       <c r="I334" s="44">
         <v>1194.134061</v>
       </c>
       <c r="J334" s="44">
         <v>4029.9568479999998</v>
       </c>
       <c r="K334" s="44">
         <v>42534.39675</v>
       </c>
       <c r="L334" s="44">
         <v>68576.486896000002</v>
       </c>
       <c r="M334" s="44">
         <v>47245.873611000003</v>
       </c>
       <c r="N334" s="72">
         <v>163580.84816600001</v>
       </c>
     </row>
     <row r="335" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B335" s="64"/>
-      <c r="C335" s="250" t="s">
+      <c r="C335" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D335" s="125"/>
-[...1 lines deleted...]
-      <c r="F335" s="125"/>
+      <c r="D335" s="230"/>
+      <c r="E335" s="230"/>
+      <c r="F335" s="230"/>
       <c r="G335" s="92">
         <v>0.29763000000000001</v>
       </c>
       <c r="H335" s="92">
         <v>0</v>
       </c>
       <c r="I335" s="92">
         <v>11261.388659</v>
       </c>
       <c r="J335" s="92">
         <v>18453.823661999999</v>
       </c>
       <c r="K335" s="92">
         <v>25011.609883000001</v>
       </c>
       <c r="L335" s="92">
         <v>31637.794635999999</v>
       </c>
       <c r="M335" s="92">
         <v>17334.336687999999</v>
       </c>
       <c r="N335" s="93">
         <v>103699.251158</v>
       </c>
     </row>
     <row r="336" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B336" s="64"/>
-      <c r="C336" s="250" t="s">
+      <c r="C336" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D336" s="125"/>
-[...1 lines deleted...]
-      <c r="F336" s="125"/>
+      <c r="D336" s="230"/>
+      <c r="E336" s="230"/>
+      <c r="F336" s="230"/>
       <c r="G336" s="92">
         <v>0</v>
       </c>
       <c r="H336" s="92">
         <v>0</v>
       </c>
       <c r="I336" s="92">
         <v>0</v>
       </c>
       <c r="J336" s="92">
         <v>0</v>
       </c>
       <c r="K336" s="92">
         <v>0</v>
       </c>
       <c r="L336" s="92">
         <v>0</v>
       </c>
       <c r="M336" s="92">
         <v>-1.3160320000000001</v>
       </c>
       <c r="N336" s="93">
         <v>-1.3160320000000001</v>
       </c>
     </row>
     <row r="337" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B337" s="64"/>
-      <c r="C337" s="250" t="s">
+      <c r="C337" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D337" s="125"/>
-[...1 lines deleted...]
-      <c r="F337" s="125"/>
+      <c r="D337" s="230"/>
+      <c r="E337" s="230"/>
+      <c r="F337" s="230"/>
       <c r="G337" s="92">
         <v>0</v>
       </c>
       <c r="H337" s="92">
         <v>0</v>
       </c>
       <c r="I337" s="92">
         <v>312.553853</v>
       </c>
       <c r="J337" s="92">
         <v>657.46724600000005</v>
       </c>
       <c r="K337" s="92">
         <v>1844.2311709999999</v>
       </c>
       <c r="L337" s="92">
         <v>7539.4058459999997</v>
       </c>
       <c r="M337" s="92">
         <v>8861.9396560000005</v>
       </c>
       <c r="N337" s="93">
         <v>19215.597772000001</v>
       </c>
     </row>
     <row r="338" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B338" s="254" t="s">
+      <c r="B338" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C338" s="255"/>
-[...2 lines deleted...]
-      <c r="F338" s="293"/>
+      <c r="C338" s="253"/>
+      <c r="D338" s="253"/>
+      <c r="E338" s="253"/>
+      <c r="F338" s="254"/>
       <c r="G338" s="57">
         <v>8779.8512449999998</v>
       </c>
       <c r="H338" s="57">
         <v>17495.929435999999</v>
       </c>
       <c r="I338" s="57">
         <v>137931.878207</v>
       </c>
       <c r="J338" s="57">
         <v>163157.14211700001</v>
       </c>
       <c r="K338" s="57">
         <v>198389.12437800001</v>
       </c>
       <c r="L338" s="57">
         <v>224811.484765</v>
       </c>
       <c r="M338" s="57">
         <v>156432.23568700001</v>
       </c>
       <c r="N338" s="77">
         <v>906997.64583499997</v>
       </c>
     </row>
     <row r="339" spans="1:15" s="1" customFormat="1" ht="30.75" customHeight="1">
-      <c r="B339" s="322" t="s">
+      <c r="B339" s="296" t="s">
         <v>159</v>
       </c>
-      <c r="C339" s="322"/>
-[...9 lines deleted...]
-      <c r="M339" s="322"/>
+      <c r="C339" s="296"/>
+      <c r="D339" s="296"/>
+      <c r="E339" s="296"/>
+      <c r="F339" s="296"/>
+      <c r="G339" s="296"/>
+      <c r="H339" s="296"/>
+      <c r="I339" s="296"/>
+      <c r="J339" s="296"/>
+      <c r="K339" s="296"/>
+      <c r="L339" s="296"/>
+      <c r="M339" s="296"/>
       <c r="N339" s="117"/>
       <c r="O339" s="117"/>
     </row>
     <row r="340" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1">
       <c r="B340" s="86" t="s">
         <v>160</v>
       </c>
       <c r="C340" s="105"/>
       <c r="D340" s="105"/>
       <c r="E340" s="105"/>
       <c r="F340" s="105"/>
       <c r="G340" s="105"/>
       <c r="H340" s="105"/>
       <c r="I340" s="105"/>
       <c r="J340" s="105"/>
       <c r="K340" s="105"/>
       <c r="L340" s="105"/>
       <c r="M340" s="105"/>
       <c r="N340" s="105"/>
       <c r="O340" s="105"/>
     </row>
     <row r="341" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1">
       <c r="B341" s="86" t="s">
         <v>161</v>
       </c>
@@ -17819,750 +17819,750 @@
         <v>164</v>
       </c>
     </row>
     <row r="343" spans="1:15" s="1" customFormat="1" ht="9.75" customHeight="1">
       <c r="C343" s="105"/>
       <c r="D343" s="105"/>
       <c r="E343" s="105"/>
       <c r="F343" s="105"/>
       <c r="G343" s="105"/>
       <c r="H343" s="105"/>
       <c r="I343" s="105"/>
       <c r="J343" s="105"/>
       <c r="K343" s="105"/>
       <c r="L343" s="105"/>
       <c r="M343" s="105"/>
       <c r="N343" s="105"/>
       <c r="O343" s="105"/>
     </row>
     <row r="344" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A344" s="1" t="s">
         <v>162</v>
       </c>
       <c r="O344" s="4"/>
     </row>
     <row r="345" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B345" s="272" t="s">
+      <c r="B345" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C345" s="273"/>
-[...2 lines deleted...]
-      <c r="F345" s="321"/>
+      <c r="C345" s="256"/>
+      <c r="D345" s="256"/>
+      <c r="E345" s="256"/>
+      <c r="F345" s="257"/>
       <c r="G345" s="97" t="s">
         <v>16</v>
       </c>
       <c r="H345" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I345" s="98" t="s">
         <v>18</v>
       </c>
       <c r="J345" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K345" s="98" t="s">
         <v>20</v>
       </c>
       <c r="L345" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M345" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N345" s="99" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="346" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B346" s="266" t="s">
+      <c r="B346" s="293" t="s">
         <v>142</v>
       </c>
-      <c r="C346" s="267"/>
-[...2 lines deleted...]
-      <c r="F346" s="267"/>
+      <c r="C346" s="294"/>
+      <c r="D346" s="294"/>
+      <c r="E346" s="294"/>
+      <c r="F346" s="294"/>
       <c r="G346" s="54">
         <v>377.01419199999998</v>
       </c>
       <c r="H346" s="54">
         <v>652.81270199999994</v>
       </c>
       <c r="I346" s="54">
         <v>3732.2941729999998</v>
       </c>
       <c r="J346" s="54">
         <v>4189.6245669999998</v>
       </c>
       <c r="K346" s="54">
         <v>3633.0360219999998</v>
       </c>
       <c r="L346" s="54">
         <v>3306.7622099999999</v>
       </c>
       <c r="M346" s="54">
         <v>2226.1450599999998</v>
       </c>
       <c r="N346" s="80">
         <v>18117.688925999999</v>
       </c>
     </row>
     <row r="347" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B347" s="64"/>
-      <c r="C347" s="268" t="s">
+      <c r="C347" s="250" t="s">
         <v>143</v>
       </c>
-      <c r="D347" s="269"/>
-[...1 lines deleted...]
-      <c r="F347" s="269"/>
+      <c r="D347" s="251"/>
+      <c r="E347" s="251"/>
+      <c r="F347" s="251"/>
       <c r="G347" s="92">
         <v>95.535207999999997</v>
       </c>
       <c r="H347" s="92">
         <v>181.72588300000001</v>
       </c>
       <c r="I347" s="92">
         <v>1080.6258049999999</v>
       </c>
       <c r="J347" s="92">
         <v>1299.47946</v>
       </c>
       <c r="K347" s="92">
         <v>1197.7839449999999</v>
       </c>
       <c r="L347" s="92">
         <v>1298.2344860000001</v>
       </c>
       <c r="M347" s="92">
         <v>1177.8314720000001</v>
       </c>
       <c r="N347" s="93">
         <v>6331.2162589999998</v>
       </c>
     </row>
     <row r="348" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B348" s="64"/>
       <c r="C348" s="100"/>
-      <c r="D348" s="125" t="s">
+      <c r="D348" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="E348" s="125"/>
-      <c r="F348" s="125"/>
+      <c r="E348" s="230"/>
+      <c r="F348" s="230"/>
       <c r="G348" s="92">
         <v>0</v>
       </c>
       <c r="H348" s="92">
         <v>6.9639999999999997E-3</v>
       </c>
       <c r="I348" s="92">
         <v>512.25305300000002</v>
       </c>
       <c r="J348" s="92">
         <v>628.01862800000004</v>
       </c>
       <c r="K348" s="92">
         <v>693.84470399999998</v>
       </c>
       <c r="L348" s="92">
         <v>810.49000799999999</v>
       </c>
       <c r="M348" s="92">
         <v>740.61128900000006</v>
       </c>
       <c r="N348" s="93">
         <v>3385.2246460000001</v>
       </c>
     </row>
     <row r="349" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B349" s="64"/>
       <c r="C349" s="100"/>
-      <c r="D349" s="125" t="s">
+      <c r="D349" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="E349" s="125"/>
-      <c r="F349" s="125"/>
+      <c r="E349" s="230"/>
+      <c r="F349" s="230"/>
       <c r="G349" s="92">
         <v>4.6703000000000001E-2</v>
       </c>
       <c r="H349" s="92">
         <v>0.323019</v>
       </c>
       <c r="I349" s="92">
         <v>3.465446</v>
       </c>
       <c r="J349" s="92">
         <v>11.159716</v>
       </c>
       <c r="K349" s="92">
         <v>22.864530999999999</v>
       </c>
       <c r="L349" s="92">
         <v>49.184961999999999</v>
       </c>
       <c r="M349" s="92">
         <v>82.973174</v>
       </c>
       <c r="N349" s="93">
         <v>170.017551</v>
       </c>
     </row>
     <row r="350" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B350" s="64"/>
       <c r="C350" s="100"/>
-      <c r="D350" s="125" t="s">
+      <c r="D350" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="E350" s="125"/>
-      <c r="F350" s="125"/>
+      <c r="E350" s="230"/>
+      <c r="F350" s="230"/>
       <c r="G350" s="92">
         <v>56.443005999999997</v>
       </c>
       <c r="H350" s="92">
         <v>125.341345</v>
       </c>
       <c r="I350" s="92">
         <v>364.42684500000001</v>
       </c>
       <c r="J350" s="92">
         <v>439.80114600000002</v>
       </c>
       <c r="K350" s="92">
         <v>289.008985</v>
       </c>
       <c r="L350" s="92">
         <v>261.12796900000001</v>
       </c>
       <c r="M350" s="92">
         <v>225.55495400000001</v>
       </c>
       <c r="N350" s="93">
         <v>1761.70425</v>
       </c>
     </row>
     <row r="351" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B351" s="64"/>
       <c r="C351" s="100"/>
-      <c r="D351" s="125" t="s">
+      <c r="D351" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="E351" s="125"/>
-      <c r="F351" s="125"/>
+      <c r="E351" s="230"/>
+      <c r="F351" s="230"/>
       <c r="G351" s="92">
         <v>11.787969</v>
       </c>
       <c r="H351" s="92">
         <v>27.096505000000001</v>
       </c>
       <c r="I351" s="92">
         <v>52.715439000000003</v>
       </c>
       <c r="J351" s="92">
         <v>60.115547999999997</v>
       </c>
       <c r="K351" s="92">
         <v>45.575383000000002</v>
       </c>
       <c r="L351" s="92">
         <v>35.552754999999998</v>
       </c>
       <c r="M351" s="92">
         <v>24.693864000000001</v>
       </c>
       <c r="N351" s="93">
         <v>257.537463</v>
       </c>
     </row>
     <row r="352" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B352" s="64"/>
       <c r="C352" s="101"/>
-      <c r="D352" s="314" t="s">
+      <c r="D352" s="291" t="s">
         <v>73</v>
       </c>
-      <c r="E352" s="314"/>
-      <c r="F352" s="314"/>
+      <c r="E352" s="291"/>
+      <c r="F352" s="291"/>
       <c r="G352" s="54">
         <v>27.257529999999999</v>
       </c>
       <c r="H352" s="54">
         <v>28.95805</v>
       </c>
       <c r="I352" s="54">
         <v>147.76502199999999</v>
       </c>
       <c r="J352" s="54">
         <v>160.384422</v>
       </c>
       <c r="K352" s="54">
         <v>146.490342</v>
       </c>
       <c r="L352" s="54">
         <v>141.878792</v>
       </c>
       <c r="M352" s="54">
         <v>103.99819100000001</v>
       </c>
       <c r="N352" s="80">
         <v>756.732349</v>
       </c>
     </row>
     <row r="353" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B353" s="64"/>
-      <c r="C353" s="268" t="s">
+      <c r="C353" s="250" t="s">
         <v>144</v>
       </c>
-      <c r="D353" s="269"/>
-[...1 lines deleted...]
-      <c r="F353" s="269"/>
+      <c r="D353" s="251"/>
+      <c r="E353" s="251"/>
+      <c r="F353" s="251"/>
       <c r="G353" s="92">
         <v>85.165144999999995</v>
       </c>
       <c r="H353" s="92">
         <v>193.083564</v>
       </c>
       <c r="I353" s="92">
         <v>1500.2609339999999</v>
       </c>
       <c r="J353" s="92">
         <v>1486.7260000000001</v>
       </c>
       <c r="K353" s="92">
         <v>1029.4106790000001</v>
       </c>
       <c r="L353" s="92">
         <v>680.87304300000005</v>
       </c>
       <c r="M353" s="92">
         <v>307.77193299999999</v>
       </c>
       <c r="N353" s="93">
         <v>5283.2912980000001</v>
       </c>
     </row>
     <row r="354" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B354" s="64"/>
       <c r="C354" s="100"/>
-      <c r="D354" s="125" t="s">
+      <c r="D354" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="E354" s="125"/>
-      <c r="F354" s="125"/>
+      <c r="E354" s="230"/>
+      <c r="F354" s="230"/>
       <c r="G354" s="92">
         <v>7.6080000000000002E-3</v>
       </c>
       <c r="H354" s="92">
         <v>4.1071999999999997E-2</v>
       </c>
       <c r="I354" s="92">
         <v>1108.1399630000001</v>
       </c>
       <c r="J354" s="92">
         <v>1052.675504</v>
       </c>
       <c r="K354" s="92">
         <v>747.94154600000002</v>
       </c>
       <c r="L354" s="92">
         <v>503.741941</v>
       </c>
       <c r="M354" s="92">
         <v>241.131225</v>
       </c>
       <c r="N354" s="93">
         <v>3653.6788590000001</v>
       </c>
     </row>
     <row r="355" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B355" s="64"/>
       <c r="C355" s="101"/>
-      <c r="D355" s="314" t="s">
+      <c r="D355" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="E355" s="314"/>
-      <c r="F355" s="314"/>
+      <c r="E355" s="291"/>
+      <c r="F355" s="291"/>
       <c r="G355" s="54">
         <v>85.157537000000005</v>
       </c>
       <c r="H355" s="54">
         <v>193.04249200000001</v>
       </c>
       <c r="I355" s="54">
         <v>392.120971</v>
       </c>
       <c r="J355" s="54">
         <v>434.05049600000001</v>
       </c>
       <c r="K355" s="54">
         <v>281.469133</v>
       </c>
       <c r="L355" s="54">
         <v>177.131102</v>
       </c>
       <c r="M355" s="54">
         <v>66.640708000000004</v>
       </c>
       <c r="N355" s="80">
         <v>1629.612439</v>
       </c>
     </row>
     <row r="356" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B356" s="64"/>
-      <c r="C356" s="268" t="s">
+      <c r="C356" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="D356" s="269"/>
-[...1 lines deleted...]
-      <c r="F356" s="269"/>
+      <c r="D356" s="251"/>
+      <c r="E356" s="251"/>
+      <c r="F356" s="251"/>
       <c r="G356" s="92">
         <v>3.386574</v>
       </c>
       <c r="H356" s="92">
         <v>11.054295</v>
       </c>
       <c r="I356" s="92">
         <v>149.85924199999999</v>
       </c>
       <c r="J356" s="92">
         <v>241.8409</v>
       </c>
       <c r="K356" s="92">
         <v>430.641299</v>
       </c>
       <c r="L356" s="92">
         <v>333.15154699999999</v>
       </c>
       <c r="M356" s="92">
         <v>152.54897299999999</v>
       </c>
       <c r="N356" s="93">
         <v>1322.4828299999999</v>
       </c>
     </row>
     <row r="357" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B357" s="64"/>
       <c r="C357" s="100"/>
-      <c r="D357" s="125" t="s">
+      <c r="D357" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="E357" s="125"/>
-      <c r="F357" s="125"/>
+      <c r="E357" s="230"/>
+      <c r="F357" s="230"/>
       <c r="G357" s="92">
         <v>3.0715119999999998</v>
       </c>
       <c r="H357" s="92">
         <v>9.6730560000000008</v>
       </c>
       <c r="I357" s="92">
         <v>128.79988800000001</v>
       </c>
       <c r="J357" s="92">
         <v>206.225358</v>
       </c>
       <c r="K357" s="92">
         <v>376.63978500000002</v>
       </c>
       <c r="L357" s="92">
         <v>292.43974800000001</v>
       </c>
       <c r="M357" s="92">
         <v>131.818545</v>
       </c>
       <c r="N357" s="93">
         <v>1148.6678919999999</v>
       </c>
     </row>
     <row r="358" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B358" s="64"/>
       <c r="C358" s="100"/>
-      <c r="D358" s="125" t="s">
+      <c r="D358" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="E358" s="125"/>
-      <c r="F358" s="125"/>
+      <c r="E358" s="230"/>
+      <c r="F358" s="230"/>
       <c r="G358" s="92">
         <v>0.30232999999999999</v>
       </c>
       <c r="H358" s="92">
         <v>1.3812390000000001</v>
       </c>
       <c r="I358" s="92">
         <v>20.772729999999999</v>
       </c>
       <c r="J358" s="92">
         <v>34.960816999999999</v>
       </c>
       <c r="K358" s="92">
         <v>52.532406000000002</v>
       </c>
       <c r="L358" s="92">
         <v>40.264643</v>
       </c>
       <c r="M358" s="92">
         <v>19.902791000000001</v>
       </c>
       <c r="N358" s="93">
         <v>170.11695599999999</v>
       </c>
     </row>
     <row r="359" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B359" s="64"/>
       <c r="C359" s="100"/>
-      <c r="D359" s="125" t="s">
+      <c r="D359" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="E359" s="125"/>
-      <c r="F359" s="125"/>
+      <c r="E359" s="230"/>
+      <c r="F359" s="230"/>
       <c r="G359" s="92">
         <v>1.2732E-2</v>
       </c>
       <c r="H359" s="92">
         <v>0</v>
       </c>
       <c r="I359" s="92">
         <v>0.26584799999999997</v>
       </c>
       <c r="J359" s="92">
         <v>0.20546500000000001</v>
       </c>
       <c r="K359" s="92">
         <v>1.1225689999999999</v>
       </c>
       <c r="L359" s="92">
         <v>0.381996</v>
       </c>
       <c r="M359" s="92">
         <v>0.71405300000000005</v>
       </c>
       <c r="N359" s="93">
         <v>2.7026629999999998</v>
       </c>
     </row>
     <row r="360" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B360" s="64"/>
       <c r="C360" s="101"/>
-      <c r="D360" s="314" t="s">
+      <c r="D360" s="291" t="s">
         <v>79</v>
       </c>
-      <c r="E360" s="314"/>
-      <c r="F360" s="315"/>
+      <c r="E360" s="291"/>
+      <c r="F360" s="292"/>
       <c r="G360" s="54">
         <v>0</v>
       </c>
       <c r="H360" s="54">
         <v>0</v>
       </c>
       <c r="I360" s="54">
         <v>2.0775999999999999E-2</v>
       </c>
       <c r="J360" s="54">
         <v>0.44925999999999999</v>
       </c>
       <c r="K360" s="54">
         <v>0.34653899999999999</v>
       </c>
       <c r="L360" s="54">
         <v>6.5159999999999996E-2</v>
       </c>
       <c r="M360" s="54">
         <v>0.113584</v>
       </c>
       <c r="N360" s="80">
         <v>0.99531899999999995</v>
       </c>
     </row>
     <row r="361" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B361" s="64"/>
-      <c r="C361" s="250" t="s">
+      <c r="C361" s="246" t="s">
         <v>146</v>
       </c>
-      <c r="D361" s="125"/>
-[...1 lines deleted...]
-      <c r="F361" s="125"/>
+      <c r="D361" s="230"/>
+      <c r="E361" s="230"/>
+      <c r="F361" s="230"/>
       <c r="G361" s="92">
         <v>97.353599000000003</v>
       </c>
       <c r="H361" s="92">
         <v>144.81634600000001</v>
       </c>
       <c r="I361" s="92">
         <v>218.700132</v>
       </c>
       <c r="J361" s="92">
         <v>405.31519600000001</v>
       </c>
       <c r="K361" s="92">
         <v>289.91887800000001</v>
       </c>
       <c r="L361" s="92">
         <v>249.41767400000001</v>
       </c>
       <c r="M361" s="92">
         <v>164.13928000000001</v>
       </c>
       <c r="N361" s="93">
         <v>1569.6611049999999</v>
       </c>
     </row>
     <row r="362" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B362" s="64"/>
       <c r="C362" s="100"/>
-      <c r="D362" s="125" t="s">
+      <c r="D362" s="230" t="s">
         <v>80</v>
       </c>
-      <c r="E362" s="125"/>
-      <c r="F362" s="125"/>
+      <c r="E362" s="230"/>
+      <c r="F362" s="230"/>
       <c r="G362" s="92">
         <v>52.588023</v>
       </c>
       <c r="H362" s="92">
         <v>101.618506</v>
       </c>
       <c r="I362" s="92">
         <v>159.825771</v>
       </c>
       <c r="J362" s="92">
         <v>360.31754100000001</v>
       </c>
       <c r="K362" s="92">
         <v>264.05743999999999</v>
       </c>
       <c r="L362" s="92">
         <v>229.79956899999999</v>
       </c>
       <c r="M362" s="92">
         <v>156.00326200000001</v>
       </c>
       <c r="N362" s="93">
         <v>1324.210112</v>
       </c>
     </row>
     <row r="363" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B363" s="64"/>
       <c r="C363" s="100"/>
-      <c r="D363" s="125" t="s">
+      <c r="D363" s="230" t="s">
         <v>147</v>
       </c>
-      <c r="E363" s="125"/>
-      <c r="F363" s="125"/>
+      <c r="E363" s="230"/>
+      <c r="F363" s="230"/>
       <c r="G363" s="92">
         <v>6.339264</v>
       </c>
       <c r="H363" s="92">
         <v>8.9980080000000005</v>
       </c>
       <c r="I363" s="92">
         <v>13.631099000000001</v>
       </c>
       <c r="J363" s="92">
         <v>14.635158000000001</v>
       </c>
       <c r="K363" s="92">
         <v>10.460402</v>
       </c>
       <c r="L363" s="92">
         <v>8.8391059999999992</v>
       </c>
       <c r="M363" s="92">
         <v>4.0179669999999996</v>
       </c>
       <c r="N363" s="93">
         <v>66.921003999999996</v>
       </c>
     </row>
     <row r="364" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B364" s="64"/>
       <c r="C364" s="101"/>
-      <c r="D364" s="314" t="s">
+      <c r="D364" s="291" t="s">
         <v>148</v>
       </c>
-      <c r="E364" s="314"/>
-      <c r="F364" s="314"/>
+      <c r="E364" s="291"/>
+      <c r="F364" s="291"/>
       <c r="G364" s="92">
         <v>38.426312000000003</v>
       </c>
       <c r="H364" s="92">
         <v>34.199832000000001</v>
       </c>
       <c r="I364" s="92">
         <v>45.243262000000001</v>
       </c>
       <c r="J364" s="92">
         <v>30.362497000000001</v>
       </c>
       <c r="K364" s="92">
         <v>15.401036</v>
       </c>
       <c r="L364" s="92">
         <v>10.778999000000001</v>
       </c>
       <c r="M364" s="92">
         <v>4.1180510000000004</v>
       </c>
       <c r="N364" s="93">
         <v>178.529989</v>
       </c>
     </row>
     <row r="365" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B365" s="64"/>
-      <c r="C365" s="161" t="s">
+      <c r="C365" s="170" t="s">
         <v>81</v>
       </c>
-      <c r="D365" s="319"/>
-[...1 lines deleted...]
-      <c r="F365" s="320"/>
+      <c r="D365" s="244"/>
+      <c r="E365" s="244"/>
+      <c r="F365" s="245"/>
       <c r="G365" s="41">
         <v>95.573666000000003</v>
       </c>
       <c r="H365" s="41">
         <v>122.132614</v>
       </c>
       <c r="I365" s="41">
         <v>781.15395699999999</v>
       </c>
       <c r="J365" s="41">
         <v>755.49330399999997</v>
       </c>
       <c r="K365" s="41">
         <v>684.32717700000001</v>
       </c>
       <c r="L365" s="41">
         <v>743.94949599999995</v>
       </c>
       <c r="M365" s="41">
         <v>423.41560900000002</v>
       </c>
       <c r="N365" s="83">
         <v>3606.0458229999999</v>
       </c>
     </row>
     <row r="366" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B366" s="64"/>
-      <c r="C366" s="311" t="s">
+      <c r="C366" s="247" t="s">
         <v>82</v>
       </c>
-      <c r="D366" s="312"/>
-[...1 lines deleted...]
-      <c r="F366" s="313"/>
+      <c r="D366" s="248"/>
+      <c r="E366" s="248"/>
+      <c r="F366" s="249"/>
       <c r="G366" s="41">
         <v>0</v>
       </c>
       <c r="H366" s="41">
         <v>0</v>
       </c>
       <c r="I366" s="41">
         <v>1.6941029999999999</v>
       </c>
       <c r="J366" s="41">
         <v>0.76970700000000003</v>
       </c>
       <c r="K366" s="41">
         <v>0.954044</v>
       </c>
       <c r="L366" s="41">
         <v>1.135964</v>
       </c>
       <c r="M366" s="41">
         <v>0.43779299999999999</v>
       </c>
       <c r="N366" s="83">
         <v>4.9916109999999998</v>
       </c>
     </row>
@@ -18579,452 +18579,452 @@
       </c>
       <c r="H367" s="36">
         <v>27.592269000000002</v>
       </c>
       <c r="I367" s="36">
         <v>965.51152200000001</v>
       </c>
       <c r="J367" s="36">
         <v>1100.2977189999999</v>
       </c>
       <c r="K367" s="36">
         <v>1294.248564</v>
       </c>
       <c r="L367" s="36">
         <v>1025.0666960000001</v>
       </c>
       <c r="M367" s="36">
         <v>672.140805</v>
       </c>
       <c r="N367" s="76">
         <v>5095.4369420000003</v>
       </c>
     </row>
     <row r="368" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B368" s="64"/>
-      <c r="C368" s="316" t="s">
+      <c r="C368" s="279" t="s">
         <v>122</v>
       </c>
-      <c r="D368" s="317"/>
-[...1 lines deleted...]
-      <c r="F368" s="318"/>
+      <c r="D368" s="295"/>
+      <c r="E368" s="295"/>
+      <c r="F368" s="280"/>
       <c r="G368" s="92">
         <v>0</v>
       </c>
       <c r="H368" s="92">
         <v>0</v>
       </c>
       <c r="I368" s="92">
         <v>47.379007999999999</v>
       </c>
       <c r="J368" s="92">
         <v>63.596805000000003</v>
       </c>
       <c r="K368" s="92">
         <v>84.912087999999997</v>
       </c>
       <c r="L368" s="92">
         <v>102.947874</v>
       </c>
       <c r="M368" s="92">
         <v>78.141244</v>
       </c>
       <c r="N368" s="93">
         <v>376.97701899999998</v>
       </c>
     </row>
     <row r="369" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B369" s="64"/>
-      <c r="C369" s="250" t="s">
+      <c r="C369" s="246" t="s">
         <v>109</v>
       </c>
-      <c r="D369" s="125"/>
-[...1 lines deleted...]
-      <c r="F369" s="125"/>
+      <c r="D369" s="230"/>
+      <c r="E369" s="230"/>
+      <c r="F369" s="230"/>
       <c r="G369" s="92">
         <v>0</v>
       </c>
       <c r="H369" s="92">
         <v>0</v>
       </c>
       <c r="I369" s="92">
         <v>1.210831</v>
       </c>
       <c r="J369" s="92">
         <v>2.4950480000000002</v>
       </c>
       <c r="K369" s="92">
         <v>2.729082</v>
       </c>
       <c r="L369" s="92">
         <v>3.4397920000000002</v>
       </c>
       <c r="M369" s="92">
         <v>3.0290339999999998</v>
       </c>
       <c r="N369" s="93">
         <v>12.903786999999999</v>
       </c>
     </row>
     <row r="370" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B370" s="64"/>
-      <c r="C370" s="250" t="s">
+      <c r="C370" s="246" t="s">
         <v>110</v>
       </c>
-      <c r="D370" s="125"/>
-[...1 lines deleted...]
-      <c r="F370" s="126"/>
+      <c r="D370" s="230"/>
+      <c r="E370" s="230"/>
+      <c r="F370" s="231"/>
       <c r="G370" s="92">
         <v>0</v>
       </c>
       <c r="H370" s="92">
         <v>5.548E-3</v>
       </c>
       <c r="I370" s="92">
         <v>349.14611400000001</v>
       </c>
       <c r="J370" s="92">
         <v>309.31253400000003</v>
       </c>
       <c r="K370" s="92">
         <v>221.358304</v>
       </c>
       <c r="L370" s="92">
         <v>121.284578</v>
       </c>
       <c r="M370" s="92">
         <v>73.934217000000004</v>
       </c>
       <c r="N370" s="93">
         <v>1075.041295</v>
       </c>
     </row>
     <row r="371" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B371" s="64"/>
-      <c r="C371" s="250" t="s">
+      <c r="C371" s="246" t="s">
         <v>123</v>
       </c>
-      <c r="D371" s="125"/>
-[...1 lines deleted...]
-      <c r="F371" s="125"/>
+      <c r="D371" s="230"/>
+      <c r="E371" s="230"/>
+      <c r="F371" s="230"/>
       <c r="G371" s="92">
         <v>0.41706700000000002</v>
       </c>
       <c r="H371" s="92">
         <v>0.98961399999999999</v>
       </c>
       <c r="I371" s="92">
         <v>47.828566000000002</v>
       </c>
       <c r="J371" s="92">
         <v>49.964334000000001</v>
       </c>
       <c r="K371" s="92">
         <v>62.126229000000002</v>
       </c>
       <c r="L371" s="92">
         <v>34.424612000000003</v>
       </c>
       <c r="M371" s="92">
         <v>20.549954</v>
       </c>
       <c r="N371" s="93">
         <v>216.300376</v>
       </c>
     </row>
     <row r="372" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B372" s="64"/>
-      <c r="C372" s="270" t="s">
+      <c r="C372" s="241" t="s">
         <v>112</v>
       </c>
-      <c r="D372" s="271"/>
-[...1 lines deleted...]
-      <c r="F372" s="310"/>
+      <c r="D372" s="242"/>
+      <c r="E372" s="242"/>
+      <c r="F372" s="243"/>
       <c r="G372" s="92">
         <v>10.1623</v>
       </c>
       <c r="H372" s="92">
         <v>19.485624999999999</v>
       </c>
       <c r="I372" s="92">
         <v>134.920072</v>
       </c>
       <c r="J372" s="92">
         <v>169.59040400000001</v>
       </c>
       <c r="K372" s="92">
         <v>188.77233699999999</v>
       </c>
       <c r="L372" s="92">
         <v>144.165966</v>
       </c>
       <c r="M372" s="92">
         <v>71.872833</v>
       </c>
       <c r="N372" s="93">
         <v>738.96953699999995</v>
       </c>
     </row>
     <row r="373" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B373" s="64"/>
-      <c r="C373" s="250" t="s">
+      <c r="C373" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="D373" s="125"/>
-[...1 lines deleted...]
-      <c r="F373" s="125"/>
+      <c r="D373" s="230"/>
+      <c r="E373" s="230"/>
+      <c r="F373" s="230"/>
       <c r="G373" s="92">
         <v>0</v>
       </c>
       <c r="H373" s="92">
         <v>3.9890000000000002E-2</v>
       </c>
       <c r="I373" s="92">
         <v>0.21107000000000001</v>
       </c>
       <c r="J373" s="92">
         <v>0.23896000000000001</v>
       </c>
       <c r="K373" s="92">
         <v>0.12353</v>
       </c>
       <c r="L373" s="92">
         <v>8.1087999999999993E-2</v>
       </c>
       <c r="M373" s="92">
         <v>9.5743999999999996E-2</v>
       </c>
       <c r="N373" s="93">
         <v>0.79028200000000004</v>
       </c>
     </row>
     <row r="374" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B374" s="64"/>
-      <c r="C374" s="270" t="s">
+      <c r="C374" s="241" t="s">
         <v>114</v>
       </c>
-      <c r="D374" s="271"/>
-[...1 lines deleted...]
-      <c r="F374" s="310"/>
+      <c r="D374" s="242"/>
+      <c r="E374" s="242"/>
+      <c r="F374" s="243"/>
       <c r="G374" s="92">
         <v>0</v>
       </c>
       <c r="H374" s="92">
         <v>7.0715919999999999</v>
       </c>
       <c r="I374" s="92">
         <v>345.03850699999998</v>
       </c>
       <c r="J374" s="92">
         <v>432.52965399999999</v>
       </c>
       <c r="K374" s="92">
         <v>511.23968300000001</v>
       </c>
       <c r="L374" s="92">
         <v>297.12064900000001</v>
       </c>
       <c r="M374" s="92">
         <v>178.83745300000001</v>
       </c>
       <c r="N374" s="93">
         <v>1771.837538</v>
       </c>
     </row>
     <row r="375" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B375" s="64"/>
-      <c r="C375" s="270" t="s">
+      <c r="C375" s="241" t="s">
         <v>115</v>
       </c>
-      <c r="D375" s="271"/>
-[...1 lines deleted...]
-      <c r="F375" s="310"/>
+      <c r="D375" s="242"/>
+      <c r="E375" s="242"/>
+      <c r="F375" s="243"/>
       <c r="G375" s="92">
         <v>0</v>
       </c>
       <c r="H375" s="92">
         <v>0</v>
       </c>
       <c r="I375" s="92">
         <v>0.37660199999999999</v>
       </c>
       <c r="J375" s="92">
         <v>0.31653900000000001</v>
       </c>
       <c r="K375" s="92">
         <v>0.7339</v>
       </c>
       <c r="L375" s="92">
         <v>-2.5888000000000001E-2</v>
       </c>
       <c r="M375" s="92">
         <v>0.14872199999999999</v>
       </c>
       <c r="N375" s="93">
         <v>1.5498749999999999</v>
       </c>
     </row>
     <row r="376" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B376" s="64"/>
-      <c r="C376" s="270" t="s">
+      <c r="C376" s="241" t="s">
         <v>116</v>
       </c>
-      <c r="D376" s="271"/>
-[...1 lines deleted...]
-      <c r="F376" s="310"/>
+      <c r="D376" s="242"/>
+      <c r="E376" s="242"/>
+      <c r="F376" s="243"/>
       <c r="G376" s="92">
         <v>0</v>
       </c>
       <c r="H376" s="92">
         <v>0</v>
       </c>
       <c r="I376" s="92">
         <v>13.750303000000001</v>
       </c>
       <c r="J376" s="92">
         <v>21.397513</v>
       </c>
       <c r="K376" s="92">
         <v>21.927664</v>
       </c>
       <c r="L376" s="92">
         <v>21.569551000000001</v>
       </c>
       <c r="M376" s="92">
         <v>11.708812999999999</v>
       </c>
       <c r="N376" s="93">
         <v>90.353843999999995</v>
       </c>
     </row>
     <row r="377" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B377" s="64"/>
-      <c r="C377" s="270" t="s">
+      <c r="C377" s="241" t="s">
         <v>117</v>
       </c>
-      <c r="D377" s="271"/>
-[...1 lines deleted...]
-      <c r="F377" s="310"/>
+      <c r="D377" s="242"/>
+      <c r="E377" s="242"/>
+      <c r="F377" s="243"/>
       <c r="G377" s="92">
         <v>0</v>
       </c>
       <c r="H377" s="92">
         <v>0</v>
       </c>
       <c r="I377" s="92">
         <v>1.4864E-2</v>
       </c>
       <c r="J377" s="92">
         <v>0</v>
       </c>
       <c r="K377" s="92">
         <v>0</v>
       </c>
       <c r="L377" s="92">
         <v>0.488311</v>
       </c>
       <c r="M377" s="92">
         <v>0</v>
       </c>
       <c r="N377" s="93">
         <v>0.50317500000000004</v>
       </c>
     </row>
     <row r="378" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B378" s="64"/>
-      <c r="C378" s="270" t="s">
+      <c r="C378" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D378" s="271"/>
-[...1 lines deleted...]
-      <c r="F378" s="271"/>
+      <c r="D378" s="242"/>
+      <c r="E378" s="242"/>
+      <c r="F378" s="242"/>
       <c r="G378" s="92">
         <v>0</v>
       </c>
       <c r="H378" s="92">
         <v>0</v>
       </c>
       <c r="I378" s="92">
         <v>1.8235939999999999</v>
       </c>
       <c r="J378" s="92">
         <v>5.6924530000000004</v>
       </c>
       <c r="K378" s="92">
         <v>141.25803999999999</v>
       </c>
       <c r="L378" s="92">
         <v>219.16976700000001</v>
       </c>
       <c r="M378" s="92">
         <v>153.87985800000001</v>
       </c>
       <c r="N378" s="93">
         <v>521.823712</v>
       </c>
     </row>
     <row r="379" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B379" s="64"/>
-      <c r="C379" s="270" t="s">
+      <c r="C379" s="241" t="s">
         <v>119</v>
       </c>
-      <c r="D379" s="271"/>
-[...1 lines deleted...]
-      <c r="F379" s="271"/>
+      <c r="D379" s="242"/>
+      <c r="E379" s="242"/>
+      <c r="F379" s="242"/>
       <c r="G379" s="92">
         <v>0</v>
       </c>
       <c r="H379" s="92">
         <v>0</v>
       </c>
       <c r="I379" s="92">
         <v>23.740207000000002</v>
       </c>
       <c r="J379" s="92">
         <v>44.970311000000002</v>
       </c>
       <c r="K379" s="92">
         <v>58.946762999999997</v>
       </c>
       <c r="L379" s="92">
         <v>80.190160000000006</v>
       </c>
       <c r="M379" s="92">
         <v>79.809764999999999</v>
       </c>
       <c r="N379" s="93">
         <v>287.65720599999997</v>
       </c>
     </row>
     <row r="380" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B380" s="102"/>
-      <c r="C380" s="311" t="s">
+      <c r="C380" s="247" t="s">
         <v>120</v>
       </c>
-      <c r="D380" s="312"/>
-[...1 lines deleted...]
-      <c r="F380" s="313"/>
+      <c r="D380" s="248"/>
+      <c r="E380" s="248"/>
+      <c r="F380" s="249"/>
       <c r="G380" s="92">
         <v>0</v>
       </c>
       <c r="H380" s="92">
         <v>0</v>
       </c>
       <c r="I380" s="92">
         <v>7.1784000000000001E-2</v>
       </c>
       <c r="J380" s="92">
         <v>0.193164</v>
       </c>
       <c r="K380" s="92">
         <v>0.120944</v>
       </c>
       <c r="L380" s="92">
         <v>0.21023600000000001</v>
       </c>
       <c r="M380" s="92">
         <v>0.13316800000000001</v>
       </c>
       <c r="N380" s="93">
         <v>0.72929600000000006</v>
       </c>
     </row>
@@ -19037,188 +19037,188 @@
       </c>
       <c r="H381" s="36">
         <v>0</v>
       </c>
       <c r="I381" s="36">
         <v>358.78430900000001</v>
       </c>
       <c r="J381" s="36">
         <v>644.00304000000006</v>
       </c>
       <c r="K381" s="36">
         <v>1910.1487959999999</v>
       </c>
       <c r="L381" s="36">
         <v>2806.923738</v>
       </c>
       <c r="M381" s="36">
         <v>1736.7277059999999</v>
       </c>
       <c r="N381" s="76">
         <v>7456.5875889999998</v>
       </c>
     </row>
     <row r="382" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B382" s="64"/>
-      <c r="C382" s="268" t="s">
+      <c r="C382" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D382" s="269"/>
-[...1 lines deleted...]
-      <c r="F382" s="269"/>
+      <c r="D382" s="251"/>
+      <c r="E382" s="251"/>
+      <c r="F382" s="251"/>
       <c r="G382" s="44">
         <v>0</v>
       </c>
       <c r="H382" s="44">
         <v>0</v>
       </c>
       <c r="I382" s="44">
         <v>25.724879000000001</v>
       </c>
       <c r="J382" s="44">
         <v>95.217294999999993</v>
       </c>
       <c r="K382" s="44">
         <v>1045.4343759999999</v>
       </c>
       <c r="L382" s="44">
         <v>1568.5699059999999</v>
       </c>
       <c r="M382" s="44">
         <v>927.44106099999999</v>
       </c>
       <c r="N382" s="72">
         <v>3662.3875170000001</v>
       </c>
     </row>
     <row r="383" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B383" s="64"/>
-      <c r="C383" s="250" t="s">
+      <c r="C383" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D383" s="125"/>
-[...1 lines deleted...]
-      <c r="F383" s="125"/>
+      <c r="D383" s="230"/>
+      <c r="E383" s="230"/>
+      <c r="F383" s="230"/>
       <c r="G383" s="92">
         <v>0</v>
       </c>
       <c r="H383" s="92">
         <v>0</v>
       </c>
       <c r="I383" s="92">
         <v>325.26984099999999</v>
       </c>
       <c r="J383" s="92">
         <v>531.52564400000006</v>
       </c>
       <c r="K383" s="92">
         <v>803.54917899999998</v>
       </c>
       <c r="L383" s="92">
         <v>1018.78265</v>
       </c>
       <c r="M383" s="92">
         <v>535.83529199999998</v>
       </c>
       <c r="N383" s="93">
         <v>3214.9626060000001</v>
       </c>
     </row>
     <row r="384" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B384" s="64"/>
-      <c r="C384" s="250" t="s">
+      <c r="C384" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D384" s="125"/>
-[...1 lines deleted...]
-      <c r="F384" s="125"/>
+      <c r="D384" s="230"/>
+      <c r="E384" s="230"/>
+      <c r="F384" s="230"/>
       <c r="G384" s="92">
         <v>0</v>
       </c>
       <c r="H384" s="92">
         <v>0</v>
       </c>
       <c r="I384" s="92">
         <v>0</v>
       </c>
       <c r="J384" s="92">
         <v>0</v>
       </c>
       <c r="K384" s="92">
         <v>0</v>
       </c>
       <c r="L384" s="92">
         <v>0</v>
       </c>
       <c r="M384" s="92">
         <v>0.21368000000000001</v>
       </c>
       <c r="N384" s="93">
         <v>0.21368000000000001</v>
       </c>
     </row>
     <row r="385" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B385" s="64"/>
-      <c r="C385" s="250" t="s">
+      <c r="C385" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D385" s="125"/>
-[...1 lines deleted...]
-      <c r="F385" s="125"/>
+      <c r="D385" s="230"/>
+      <c r="E385" s="230"/>
+      <c r="F385" s="230"/>
       <c r="G385" s="92">
         <v>0</v>
       </c>
       <c r="H385" s="92">
         <v>0</v>
       </c>
       <c r="I385" s="92">
         <v>7.7895890000000003</v>
       </c>
       <c r="J385" s="92">
         <v>17.260100999999999</v>
       </c>
       <c r="K385" s="92">
         <v>61.165241000000002</v>
       </c>
       <c r="L385" s="92">
         <v>219.57118199999999</v>
       </c>
       <c r="M385" s="92">
         <v>273.23767299999997</v>
       </c>
       <c r="N385" s="93">
         <v>579.02378599999997</v>
       </c>
     </row>
     <row r="386" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B386" s="254" t="s">
+      <c r="B386" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C386" s="255"/>
-[...2 lines deleted...]
-      <c r="F386" s="293"/>
+      <c r="C386" s="253"/>
+      <c r="D386" s="253"/>
+      <c r="E386" s="253"/>
+      <c r="F386" s="254"/>
       <c r="G386" s="57">
         <v>387.59355900000003</v>
       </c>
       <c r="H386" s="57">
         <v>680.40497100000005</v>
       </c>
       <c r="I386" s="57">
         <v>5056.5900039999997</v>
       </c>
       <c r="J386" s="57">
         <v>5933.9253259999996</v>
       </c>
       <c r="K386" s="57">
         <v>6837.4333820000002</v>
       </c>
       <c r="L386" s="57">
         <v>7138.7526440000001</v>
       </c>
       <c r="M386" s="57">
         <v>4635.0135710000004</v>
       </c>
       <c r="N386" s="77">
         <v>30669.713457000002</v>
       </c>
     </row>
@@ -19256,750 +19256,750 @@
         <v>178</v>
       </c>
     </row>
     <row r="390" spans="1:15" s="1" customFormat="1" ht="9.75" customHeight="1">
       <c r="C390" s="105"/>
       <c r="D390" s="105"/>
       <c r="E390" s="105"/>
       <c r="F390" s="105"/>
       <c r="G390" s="105"/>
       <c r="H390" s="105"/>
       <c r="I390" s="105"/>
       <c r="J390" s="105"/>
       <c r="K390" s="105"/>
       <c r="L390" s="105"/>
       <c r="M390" s="105"/>
       <c r="N390" s="105"/>
       <c r="O390" s="105"/>
     </row>
     <row r="391" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A391" s="1" t="s">
         <v>165</v>
       </c>
       <c r="O391" s="4"/>
     </row>
     <row r="392" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B392" s="272" t="s">
+      <c r="B392" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C392" s="273"/>
-[...2 lines deleted...]
-      <c r="F392" s="321"/>
+      <c r="C392" s="256"/>
+      <c r="D392" s="256"/>
+      <c r="E392" s="256"/>
+      <c r="F392" s="257"/>
       <c r="G392" s="97" t="s">
         <v>16</v>
       </c>
       <c r="H392" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I392" s="98" t="s">
         <v>18</v>
       </c>
       <c r="J392" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K392" s="98" t="s">
         <v>20</v>
       </c>
       <c r="L392" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M392" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N392" s="99" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="393" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B393" s="266" t="s">
+      <c r="B393" s="293" t="s">
         <v>142</v>
       </c>
-      <c r="C393" s="267"/>
-[...2 lines deleted...]
-      <c r="F393" s="267"/>
+      <c r="C393" s="294"/>
+      <c r="D393" s="294"/>
+      <c r="E393" s="294"/>
+      <c r="F393" s="294"/>
       <c r="G393" s="54">
         <v>314.055476</v>
       </c>
       <c r="H393" s="54">
         <v>581.63406099999997</v>
       </c>
       <c r="I393" s="54">
         <v>2945.4942489999999</v>
       </c>
       <c r="J393" s="54">
         <v>3504.3128019999999</v>
       </c>
       <c r="K393" s="54">
         <v>3119.8174990000002</v>
       </c>
       <c r="L393" s="54">
         <v>3106.8055319999999</v>
       </c>
       <c r="M393" s="54">
         <v>2313.490468</v>
       </c>
       <c r="N393" s="80">
         <v>15885.610086999999</v>
       </c>
     </row>
     <row r="394" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B394" s="64"/>
-      <c r="C394" s="268" t="s">
+      <c r="C394" s="250" t="s">
         <v>143</v>
       </c>
-      <c r="D394" s="269"/>
-[...1 lines deleted...]
-      <c r="F394" s="269"/>
+      <c r="D394" s="251"/>
+      <c r="E394" s="251"/>
+      <c r="F394" s="251"/>
       <c r="G394" s="92">
         <v>86.786727999999997</v>
       </c>
       <c r="H394" s="92">
         <v>183.34789000000001</v>
       </c>
       <c r="I394" s="92">
         <v>875.18510800000001</v>
       </c>
       <c r="J394" s="92">
         <v>1135.242215</v>
       </c>
       <c r="K394" s="92">
         <v>1040.742274</v>
       </c>
       <c r="L394" s="92">
         <v>1158.5672709999999</v>
       </c>
       <c r="M394" s="92">
         <v>1142.9335759999999</v>
       </c>
       <c r="N394" s="93">
         <v>5622.8050620000004</v>
       </c>
     </row>
     <row r="395" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B395" s="64"/>
       <c r="C395" s="100"/>
-      <c r="D395" s="125" t="s">
+      <c r="D395" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="E395" s="125"/>
-      <c r="F395" s="125"/>
+      <c r="E395" s="230"/>
+      <c r="F395" s="230"/>
       <c r="G395" s="92">
         <v>0</v>
       </c>
       <c r="H395" s="92">
         <v>0</v>
       </c>
       <c r="I395" s="92">
         <v>377.16804300000001</v>
       </c>
       <c r="J395" s="92">
         <v>506.506731</v>
       </c>
       <c r="K395" s="92">
         <v>572.724332</v>
       </c>
       <c r="L395" s="92">
         <v>665.992434</v>
       </c>
       <c r="M395" s="92">
         <v>691.88784399999997</v>
       </c>
       <c r="N395" s="93">
         <v>2814.2793839999999</v>
       </c>
     </row>
     <row r="396" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B396" s="64"/>
       <c r="C396" s="100"/>
-      <c r="D396" s="125" t="s">
+      <c r="D396" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="E396" s="125"/>
-      <c r="F396" s="125"/>
+      <c r="E396" s="230"/>
+      <c r="F396" s="230"/>
       <c r="G396" s="92">
         <v>8.4069999999999995E-3</v>
       </c>
       <c r="H396" s="92">
         <v>0.45539499999999999</v>
       </c>
       <c r="I396" s="92">
         <v>2.653356</v>
       </c>
       <c r="J396" s="92">
         <v>10.927142</v>
       </c>
       <c r="K396" s="92">
         <v>18.207504</v>
       </c>
       <c r="L396" s="92">
         <v>51.684350000000002</v>
       </c>
       <c r="M396" s="92">
         <v>95.663803000000001</v>
       </c>
       <c r="N396" s="93">
         <v>179.59995699999999</v>
       </c>
     </row>
     <row r="397" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B397" s="64"/>
       <c r="C397" s="100"/>
-      <c r="D397" s="125" t="s">
+      <c r="D397" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="E397" s="125"/>
-      <c r="F397" s="125"/>
+      <c r="E397" s="230"/>
+      <c r="F397" s="230"/>
       <c r="G397" s="92">
         <v>49.888778000000002</v>
       </c>
       <c r="H397" s="92">
         <v>124.00438699999999</v>
       </c>
       <c r="I397" s="92">
         <v>317.43278800000002</v>
       </c>
       <c r="J397" s="92">
         <v>407.57712199999997</v>
       </c>
       <c r="K397" s="92">
         <v>269.22595899999999</v>
       </c>
       <c r="L397" s="92">
         <v>258.32265000000001</v>
       </c>
       <c r="M397" s="92">
         <v>213.997105</v>
       </c>
       <c r="N397" s="93">
         <v>1640.448789</v>
       </c>
     </row>
     <row r="398" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B398" s="64"/>
       <c r="C398" s="100"/>
-      <c r="D398" s="125" t="s">
+      <c r="D398" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="E398" s="125"/>
-      <c r="F398" s="125"/>
+      <c r="E398" s="230"/>
+      <c r="F398" s="230"/>
       <c r="G398" s="92">
         <v>11.126531999999999</v>
       </c>
       <c r="H398" s="92">
         <v>30.669654000000001</v>
       </c>
       <c r="I398" s="92">
         <v>48.970005</v>
       </c>
       <c r="J398" s="92">
         <v>64.486367999999999</v>
       </c>
       <c r="K398" s="92">
         <v>46.498873000000003</v>
       </c>
       <c r="L398" s="92">
         <v>39.206251000000002</v>
       </c>
       <c r="M398" s="92">
         <v>29.683520999999999</v>
       </c>
       <c r="N398" s="93">
         <v>270.64120400000002</v>
       </c>
     </row>
     <row r="399" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B399" s="64"/>
       <c r="C399" s="101"/>
-      <c r="D399" s="314" t="s">
+      <c r="D399" s="291" t="s">
         <v>73</v>
       </c>
-      <c r="E399" s="314"/>
-      <c r="F399" s="314"/>
+      <c r="E399" s="291"/>
+      <c r="F399" s="291"/>
       <c r="G399" s="54">
         <v>25.763010999999999</v>
       </c>
       <c r="H399" s="54">
         <v>28.218454000000001</v>
       </c>
       <c r="I399" s="54">
         <v>128.960916</v>
       </c>
       <c r="J399" s="54">
         <v>145.74485200000001</v>
       </c>
       <c r="K399" s="54">
         <v>134.08560600000001</v>
       </c>
       <c r="L399" s="54">
         <v>143.36158599999999</v>
       </c>
       <c r="M399" s="54">
         <v>111.701303</v>
       </c>
       <c r="N399" s="80">
         <v>717.83572800000002</v>
       </c>
     </row>
     <row r="400" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B400" s="64"/>
-      <c r="C400" s="268" t="s">
+      <c r="C400" s="250" t="s">
         <v>144</v>
       </c>
-      <c r="D400" s="269"/>
-[...1 lines deleted...]
-      <c r="F400" s="269"/>
+      <c r="D400" s="251"/>
+      <c r="E400" s="251"/>
+      <c r="F400" s="251"/>
       <c r="G400" s="92">
         <v>58.231931000000003</v>
       </c>
       <c r="H400" s="92">
         <v>140.21702999999999</v>
       </c>
       <c r="I400" s="92">
         <v>1005.2389910000001</v>
       </c>
       <c r="J400" s="92">
         <v>1048.3625489999999</v>
       </c>
       <c r="K400" s="92">
         <v>760.50437799999997</v>
       </c>
       <c r="L400" s="92">
         <v>535.19986900000004</v>
       </c>
       <c r="M400" s="92">
         <v>261.03834499999999</v>
       </c>
       <c r="N400" s="93">
         <v>3808.7930930000002</v>
       </c>
     </row>
     <row r="401" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B401" s="64"/>
       <c r="C401" s="100"/>
-      <c r="D401" s="125" t="s">
+      <c r="D401" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="E401" s="125"/>
-      <c r="F401" s="125"/>
+      <c r="E401" s="230"/>
+      <c r="F401" s="230"/>
       <c r="G401" s="92">
         <v>0</v>
       </c>
       <c r="H401" s="92">
         <v>-3.0939000000000001E-2</v>
       </c>
       <c r="I401" s="92">
         <v>741.38090399999999</v>
       </c>
       <c r="J401" s="92">
         <v>747.79436699999997</v>
       </c>
       <c r="K401" s="92">
         <v>543.50910499999998</v>
       </c>
       <c r="L401" s="92">
         <v>387.38322099999999</v>
       </c>
       <c r="M401" s="92">
         <v>191.18317400000001</v>
       </c>
       <c r="N401" s="93">
         <v>2611.2198320000002</v>
       </c>
     </row>
     <row r="402" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B402" s="64"/>
       <c r="C402" s="101"/>
-      <c r="D402" s="314" t="s">
+      <c r="D402" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="E402" s="314"/>
-      <c r="F402" s="314"/>
+      <c r="E402" s="291"/>
+      <c r="F402" s="291"/>
       <c r="G402" s="54">
         <v>58.231931000000003</v>
       </c>
       <c r="H402" s="54">
         <v>140.24796900000001</v>
       </c>
       <c r="I402" s="54">
         <v>263.85808700000001</v>
       </c>
       <c r="J402" s="54">
         <v>300.56818199999998</v>
       </c>
       <c r="K402" s="54">
         <v>216.995273</v>
       </c>
       <c r="L402" s="54">
         <v>147.81664799999999</v>
       </c>
       <c r="M402" s="54">
         <v>69.855170999999999</v>
       </c>
       <c r="N402" s="80">
         <v>1197.573261</v>
       </c>
     </row>
     <row r="403" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B403" s="64"/>
-      <c r="C403" s="268" t="s">
+      <c r="C403" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="D403" s="269"/>
-[...1 lines deleted...]
-      <c r="F403" s="269"/>
+      <c r="D403" s="251"/>
+      <c r="E403" s="251"/>
+      <c r="F403" s="251"/>
       <c r="G403" s="92">
         <v>2.2972419999999998</v>
       </c>
       <c r="H403" s="92">
         <v>9.1551430000000007</v>
       </c>
       <c r="I403" s="92">
         <v>103.601371</v>
       </c>
       <c r="J403" s="92">
         <v>166.10656700000001</v>
       </c>
       <c r="K403" s="92">
         <v>289.78465299999999</v>
       </c>
       <c r="L403" s="92">
         <v>243.59996000000001</v>
       </c>
       <c r="M403" s="92">
         <v>131.19591399999999</v>
       </c>
       <c r="N403" s="93">
         <v>945.74085000000002</v>
       </c>
     </row>
     <row r="404" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B404" s="64"/>
       <c r="C404" s="100"/>
-      <c r="D404" s="125" t="s">
+      <c r="D404" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="E404" s="125"/>
-      <c r="F404" s="125"/>
+      <c r="E404" s="230"/>
+      <c r="F404" s="230"/>
       <c r="G404" s="92">
         <v>2.1239889999999999</v>
       </c>
       <c r="H404" s="92">
         <v>8.2548870000000001</v>
       </c>
       <c r="I404" s="92">
         <v>90.757113000000004</v>
       </c>
       <c r="J404" s="92">
         <v>141.626903</v>
       </c>
       <c r="K404" s="92">
         <v>253.69942</v>
       </c>
       <c r="L404" s="92">
         <v>206.69123300000001</v>
       </c>
       <c r="M404" s="92">
         <v>106.75200599999999</v>
       </c>
       <c r="N404" s="93">
         <v>809.90555099999995</v>
       </c>
     </row>
     <row r="405" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B405" s="64"/>
       <c r="C405" s="100"/>
-      <c r="D405" s="125" t="s">
+      <c r="D405" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="E405" s="125"/>
-      <c r="F405" s="125"/>
+      <c r="E405" s="230"/>
+      <c r="F405" s="230"/>
       <c r="G405" s="92">
         <v>0.17325299999999999</v>
       </c>
       <c r="H405" s="92">
         <v>0.831376</v>
       </c>
       <c r="I405" s="92">
         <v>12.738616</v>
       </c>
       <c r="J405" s="92">
         <v>24.250945999999999</v>
       </c>
       <c r="K405" s="92">
         <v>35.279131999999997</v>
       </c>
       <c r="L405" s="92">
         <v>36.332042999999999</v>
       </c>
       <c r="M405" s="92">
         <v>23.50292</v>
       </c>
       <c r="N405" s="93">
         <v>133.10828599999999</v>
       </c>
     </row>
     <row r="406" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B406" s="64"/>
       <c r="C406" s="100"/>
-      <c r="D406" s="125" t="s">
+      <c r="D406" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="E406" s="125"/>
-      <c r="F406" s="125"/>
+      <c r="E406" s="230"/>
+      <c r="F406" s="230"/>
       <c r="G406" s="92">
         <v>0</v>
       </c>
       <c r="H406" s="92">
         <v>4.9735000000000001E-2</v>
       </c>
       <c r="I406" s="92">
         <v>3.4563999999999998E-2</v>
       </c>
       <c r="J406" s="92">
         <v>0.114912</v>
       </c>
       <c r="K406" s="92">
         <v>0.397312</v>
       </c>
       <c r="L406" s="92">
         <v>0.32734200000000002</v>
       </c>
       <c r="M406" s="92">
         <v>0.52334400000000003</v>
       </c>
       <c r="N406" s="93">
         <v>1.447209</v>
       </c>
     </row>
     <row r="407" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B407" s="64"/>
       <c r="C407" s="101"/>
-      <c r="D407" s="314" t="s">
+      <c r="D407" s="291" t="s">
         <v>79</v>
       </c>
-      <c r="E407" s="314"/>
-      <c r="F407" s="315"/>
+      <c r="E407" s="291"/>
+      <c r="F407" s="292"/>
       <c r="G407" s="54">
         <v>0</v>
       </c>
       <c r="H407" s="54">
         <v>1.9144999999999999E-2</v>
       </c>
       <c r="I407" s="54">
         <v>7.1078000000000002E-2</v>
       </c>
       <c r="J407" s="54">
         <v>0.113806</v>
       </c>
       <c r="K407" s="54">
         <v>0.40878900000000001</v>
       </c>
       <c r="L407" s="54">
         <v>0.24934200000000001</v>
       </c>
       <c r="M407" s="54">
         <v>0.41764400000000002</v>
       </c>
       <c r="N407" s="80">
         <v>1.2798039999999999</v>
       </c>
     </row>
     <row r="408" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B408" s="64"/>
-      <c r="C408" s="250" t="s">
+      <c r="C408" s="246" t="s">
         <v>146</v>
       </c>
-      <c r="D408" s="125"/>
-[...1 lines deleted...]
-      <c r="F408" s="125"/>
+      <c r="D408" s="230"/>
+      <c r="E408" s="230"/>
+      <c r="F408" s="230"/>
       <c r="G408" s="92">
         <v>70.464224000000002</v>
       </c>
       <c r="H408" s="92">
         <v>118.823674</v>
       </c>
       <c r="I408" s="92">
         <v>162.95362700000001</v>
       </c>
       <c r="J408" s="92">
         <v>323.96015599999998</v>
       </c>
       <c r="K408" s="92">
         <v>239.064728</v>
       </c>
       <c r="L408" s="92">
         <v>219.725572</v>
       </c>
       <c r="M408" s="92">
         <v>154.71348</v>
       </c>
       <c r="N408" s="93">
         <v>1289.705461</v>
       </c>
     </row>
     <row r="409" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B409" s="64"/>
       <c r="C409" s="100"/>
-      <c r="D409" s="125" t="s">
+      <c r="D409" s="230" t="s">
         <v>80</v>
       </c>
-      <c r="E409" s="125"/>
-      <c r="F409" s="125"/>
+      <c r="E409" s="230"/>
+      <c r="F409" s="230"/>
       <c r="G409" s="92">
         <v>40.3934</v>
       </c>
       <c r="H409" s="92">
         <v>85.380825999999999</v>
       </c>
       <c r="I409" s="92">
         <v>124.19694200000001</v>
       </c>
       <c r="J409" s="92">
         <v>289.27237200000002</v>
       </c>
       <c r="K409" s="92">
         <v>216.05195900000001</v>
       </c>
       <c r="L409" s="92">
         <v>200.29898900000001</v>
       </c>
       <c r="M409" s="92">
         <v>146.56913399999999</v>
       </c>
       <c r="N409" s="93">
         <v>1102.163622</v>
       </c>
     </row>
     <row r="410" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B410" s="64"/>
       <c r="C410" s="100"/>
-      <c r="D410" s="125" t="s">
+      <c r="D410" s="230" t="s">
         <v>147</v>
       </c>
-      <c r="E410" s="125"/>
-      <c r="F410" s="125"/>
+      <c r="E410" s="230"/>
+      <c r="F410" s="230"/>
       <c r="G410" s="92">
         <v>5.4209750000000003</v>
       </c>
       <c r="H410" s="92">
         <v>6.6537509999999997</v>
       </c>
       <c r="I410" s="92">
         <v>12.368664000000001</v>
       </c>
       <c r="J410" s="92">
         <v>12.745082999999999</v>
       </c>
       <c r="K410" s="92">
         <v>8.6391170000000006</v>
       </c>
       <c r="L410" s="92">
         <v>9.3202040000000004</v>
       </c>
       <c r="M410" s="92">
         <v>3.0875460000000001</v>
       </c>
       <c r="N410" s="93">
         <v>58.235340000000001</v>
       </c>
     </row>
     <row r="411" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B411" s="64"/>
       <c r="C411" s="101"/>
-      <c r="D411" s="314" t="s">
+      <c r="D411" s="291" t="s">
         <v>148</v>
       </c>
-      <c r="E411" s="314"/>
-      <c r="F411" s="314"/>
+      <c r="E411" s="291"/>
+      <c r="F411" s="291"/>
       <c r="G411" s="92">
         <v>24.649849</v>
       </c>
       <c r="H411" s="92">
         <v>26.789097000000002</v>
       </c>
       <c r="I411" s="92">
         <v>26.388020999999998</v>
       </c>
       <c r="J411" s="92">
         <v>21.942701</v>
       </c>
       <c r="K411" s="92">
         <v>14.373652</v>
       </c>
       <c r="L411" s="92">
         <v>10.106379</v>
       </c>
       <c r="M411" s="92">
         <v>5.0568</v>
       </c>
       <c r="N411" s="93">
         <v>129.306499</v>
       </c>
     </row>
     <row r="412" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B412" s="64"/>
-      <c r="C412" s="161" t="s">
+      <c r="C412" s="170" t="s">
         <v>81</v>
       </c>
-      <c r="D412" s="319"/>
-[...1 lines deleted...]
-      <c r="F412" s="320"/>
+      <c r="D412" s="244"/>
+      <c r="E412" s="244"/>
+      <c r="F412" s="245"/>
       <c r="G412" s="41">
         <v>96.275351000000001</v>
       </c>
       <c r="H412" s="41">
         <v>130.09032400000001</v>
       </c>
       <c r="I412" s="41">
         <v>797.54927599999996</v>
       </c>
       <c r="J412" s="41">
         <v>829.48013900000001</v>
       </c>
       <c r="K412" s="41">
         <v>787.96688700000004</v>
       </c>
       <c r="L412" s="41">
         <v>948.63346000000001</v>
       </c>
       <c r="M412" s="41">
         <v>622.43548999999996</v>
       </c>
       <c r="N412" s="83">
         <v>4212.4309270000003</v>
       </c>
     </row>
     <row r="413" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B413" s="64"/>
-      <c r="C413" s="311" t="s">
+      <c r="C413" s="247" t="s">
         <v>82</v>
       </c>
-      <c r="D413" s="312"/>
-[...1 lines deleted...]
-      <c r="F413" s="313"/>
+      <c r="D413" s="248"/>
+      <c r="E413" s="248"/>
+      <c r="F413" s="249"/>
       <c r="G413" s="41">
         <v>0</v>
       </c>
       <c r="H413" s="41">
         <v>0</v>
       </c>
       <c r="I413" s="41">
         <v>0.96587599999999996</v>
       </c>
       <c r="J413" s="41">
         <v>1.161176</v>
       </c>
       <c r="K413" s="41">
         <v>1.7545790000000001</v>
       </c>
       <c r="L413" s="41">
         <v>1.0793999999999999</v>
       </c>
       <c r="M413" s="41">
         <v>1.1736629999999999</v>
       </c>
       <c r="N413" s="83">
         <v>6.1346939999999996</v>
       </c>
     </row>
@@ -20016,452 +20016,452 @@
       </c>
       <c r="H414" s="36">
         <v>14.619109999999999</v>
       </c>
       <c r="I414" s="36">
         <v>597.498287</v>
       </c>
       <c r="J414" s="36">
         <v>723.50005799999997</v>
       </c>
       <c r="K414" s="36">
         <v>800.50250800000003</v>
       </c>
       <c r="L414" s="36">
         <v>720.36953700000004</v>
       </c>
       <c r="M414" s="36">
         <v>485.070313</v>
       </c>
       <c r="N414" s="76">
         <v>3346.708736</v>
       </c>
     </row>
     <row r="415" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B415" s="64"/>
-      <c r="C415" s="316" t="s">
+      <c r="C415" s="279" t="s">
         <v>122</v>
       </c>
-      <c r="D415" s="317"/>
-[...1 lines deleted...]
-      <c r="F415" s="318"/>
+      <c r="D415" s="295"/>
+      <c r="E415" s="295"/>
+      <c r="F415" s="280"/>
       <c r="G415" s="92">
         <v>0</v>
       </c>
       <c r="H415" s="92">
         <v>0</v>
       </c>
       <c r="I415" s="92">
         <v>27.713387999999998</v>
       </c>
       <c r="J415" s="92">
         <v>45.711207000000002</v>
       </c>
       <c r="K415" s="92">
         <v>60.300967999999997</v>
       </c>
       <c r="L415" s="92">
         <v>89.359438999999995</v>
       </c>
       <c r="M415" s="92">
         <v>68.257751999999996</v>
       </c>
       <c r="N415" s="93">
         <v>291.34275400000001</v>
       </c>
     </row>
     <row r="416" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B416" s="64"/>
-      <c r="C416" s="250" t="s">
+      <c r="C416" s="246" t="s">
         <v>109</v>
       </c>
-      <c r="D416" s="125"/>
-[...1 lines deleted...]
-      <c r="F416" s="125"/>
+      <c r="D416" s="230"/>
+      <c r="E416" s="230"/>
+      <c r="F416" s="230"/>
       <c r="G416" s="92">
         <v>0</v>
       </c>
       <c r="H416" s="92">
         <v>0</v>
       </c>
       <c r="I416" s="92">
         <v>1.1679379999999999</v>
       </c>
       <c r="J416" s="92">
         <v>2.354492</v>
       </c>
       <c r="K416" s="92">
         <v>3.6157439999999998</v>
       </c>
       <c r="L416" s="92">
         <v>3.6241919999999999</v>
       </c>
       <c r="M416" s="92">
         <v>4.8648199999999999</v>
       </c>
       <c r="N416" s="93">
         <v>15.627186</v>
       </c>
     </row>
     <row r="417" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B417" s="64"/>
-      <c r="C417" s="250" t="s">
+      <c r="C417" s="246" t="s">
         <v>110</v>
       </c>
-      <c r="D417" s="125"/>
-[...1 lines deleted...]
-      <c r="F417" s="126"/>
+      <c r="D417" s="230"/>
+      <c r="E417" s="230"/>
+      <c r="F417" s="231"/>
       <c r="G417" s="92">
         <v>0</v>
       </c>
       <c r="H417" s="92">
         <v>0</v>
       </c>
       <c r="I417" s="92">
         <v>243.633779</v>
       </c>
       <c r="J417" s="92">
         <v>231.029844</v>
       </c>
       <c r="K417" s="92">
         <v>166.76210800000001</v>
       </c>
       <c r="L417" s="92">
         <v>93.403187000000003</v>
       </c>
       <c r="M417" s="92">
         <v>52.069370999999997</v>
       </c>
       <c r="N417" s="93">
         <v>786.89828899999998</v>
       </c>
     </row>
     <row r="418" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B418" s="64"/>
-      <c r="C418" s="250" t="s">
+      <c r="C418" s="246" t="s">
         <v>123</v>
       </c>
-      <c r="D418" s="125"/>
-[...1 lines deleted...]
-      <c r="F418" s="125"/>
+      <c r="D418" s="230"/>
+      <c r="E418" s="230"/>
+      <c r="F418" s="230"/>
       <c r="G418" s="92">
         <v>0.119362</v>
       </c>
       <c r="H418" s="92">
         <v>0.56033500000000003</v>
       </c>
       <c r="I418" s="92">
         <v>29.660150000000002</v>
       </c>
       <c r="J418" s="92">
         <v>34.4968</v>
       </c>
       <c r="K418" s="92">
         <v>44.253152</v>
       </c>
       <c r="L418" s="92">
         <v>25.704529999999998</v>
       </c>
       <c r="M418" s="92">
         <v>24.497802</v>
       </c>
       <c r="N418" s="93">
         <v>159.29213100000001</v>
       </c>
     </row>
     <row r="419" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B419" s="64"/>
-      <c r="C419" s="270" t="s">
+      <c r="C419" s="241" t="s">
         <v>112</v>
       </c>
-      <c r="D419" s="271"/>
-[...1 lines deleted...]
-      <c r="F419" s="310"/>
+      <c r="D419" s="242"/>
+      <c r="E419" s="242"/>
+      <c r="F419" s="243"/>
       <c r="G419" s="92">
         <v>5.0295610000000002</v>
       </c>
       <c r="H419" s="92">
         <v>10.944032</v>
       </c>
       <c r="I419" s="92">
         <v>74.828584000000006</v>
       </c>
       <c r="J419" s="92">
         <v>102.522015</v>
       </c>
       <c r="K419" s="92">
         <v>102.320543</v>
       </c>
       <c r="L419" s="92">
         <v>99.425509000000005</v>
       </c>
       <c r="M419" s="92">
         <v>41.624608000000002</v>
       </c>
       <c r="N419" s="93">
         <v>436.69485200000003</v>
       </c>
     </row>
     <row r="420" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B420" s="64"/>
-      <c r="C420" s="250" t="s">
+      <c r="C420" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="D420" s="125"/>
-[...1 lines deleted...]
-      <c r="F420" s="125"/>
+      <c r="D420" s="230"/>
+      <c r="E420" s="230"/>
+      <c r="F420" s="230"/>
       <c r="G420" s="92">
         <v>0</v>
       </c>
       <c r="H420" s="92">
         <v>0</v>
       </c>
       <c r="I420" s="92">
         <v>0.141433</v>
       </c>
       <c r="J420" s="92">
         <v>5.6880000000000003E-3</v>
       </c>
       <c r="K420" s="92">
         <v>0.25348700000000002</v>
       </c>
       <c r="L420" s="92">
         <v>0.120521</v>
       </c>
       <c r="M420" s="92">
         <v>0.19237799999999999</v>
       </c>
       <c r="N420" s="93">
         <v>0.713507</v>
       </c>
     </row>
     <row r="421" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B421" s="64"/>
-      <c r="C421" s="270" t="s">
+      <c r="C421" s="241" t="s">
         <v>114</v>
       </c>
-      <c r="D421" s="271"/>
-[...1 lines deleted...]
-      <c r="F421" s="310"/>
+      <c r="D421" s="242"/>
+      <c r="E421" s="242"/>
+      <c r="F421" s="243"/>
       <c r="G421" s="92">
         <v>0</v>
       </c>
       <c r="H421" s="92">
         <v>3.1147429999999998</v>
       </c>
       <c r="I421" s="92">
         <v>192.40741399999999</v>
       </c>
       <c r="J421" s="92">
         <v>262.21393399999999</v>
       </c>
       <c r="K421" s="92">
         <v>304.54685699999999</v>
       </c>
       <c r="L421" s="92">
         <v>191.428077</v>
       </c>
       <c r="M421" s="92">
         <v>129.454137</v>
       </c>
       <c r="N421" s="93">
         <v>1083.165162</v>
       </c>
     </row>
     <row r="422" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B422" s="64"/>
-      <c r="C422" s="270" t="s">
+      <c r="C422" s="241" t="s">
         <v>115</v>
       </c>
-      <c r="D422" s="271"/>
-[...1 lines deleted...]
-      <c r="F422" s="310"/>
+      <c r="D422" s="242"/>
+      <c r="E422" s="242"/>
+      <c r="F422" s="243"/>
       <c r="G422" s="92">
         <v>0</v>
       </c>
       <c r="H422" s="92">
         <v>0</v>
       </c>
       <c r="I422" s="92">
         <v>7.7804999999999999E-2</v>
       </c>
       <c r="J422" s="92">
         <v>0.41615200000000002</v>
       </c>
       <c r="K422" s="92">
         <v>0.38100800000000001</v>
       </c>
       <c r="L422" s="92">
         <v>0.25144</v>
       </c>
       <c r="M422" s="92">
         <v>0.25845600000000002</v>
       </c>
       <c r="N422" s="93">
         <v>1.3848609999999999</v>
       </c>
     </row>
     <row r="423" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B423" s="64"/>
-      <c r="C423" s="270" t="s">
+      <c r="C423" s="241" t="s">
         <v>116</v>
       </c>
-      <c r="D423" s="271"/>
-[...1 lines deleted...]
-      <c r="F423" s="310"/>
+      <c r="D423" s="242"/>
+      <c r="E423" s="242"/>
+      <c r="F423" s="243"/>
       <c r="G423" s="92">
         <v>0</v>
       </c>
       <c r="H423" s="92">
         <v>0</v>
       </c>
       <c r="I423" s="92">
         <v>9.7706090000000003</v>
       </c>
       <c r="J423" s="92">
         <v>12.203937</v>
       </c>
       <c r="K423" s="92">
         <v>15.979039</v>
       </c>
       <c r="L423" s="92">
         <v>20.348296000000001</v>
       </c>
       <c r="M423" s="92">
         <v>10.067088</v>
       </c>
       <c r="N423" s="93">
         <v>68.368969000000007</v>
       </c>
     </row>
     <row r="424" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B424" s="64"/>
-      <c r="C424" s="270" t="s">
+      <c r="C424" s="241" t="s">
         <v>117</v>
       </c>
-      <c r="D424" s="271"/>
-[...1 lines deleted...]
-      <c r="F424" s="310"/>
+      <c r="D424" s="242"/>
+      <c r="E424" s="242"/>
+      <c r="F424" s="243"/>
       <c r="G424" s="92">
         <v>0</v>
       </c>
       <c r="H424" s="92">
         <v>0</v>
       </c>
       <c r="I424" s="92">
         <v>3.662E-2</v>
       </c>
       <c r="J424" s="92">
         <v>8.6929999999999993E-2</v>
       </c>
       <c r="K424" s="92">
         <v>0.147456</v>
       </c>
       <c r="L424" s="92">
         <v>0</v>
       </c>
       <c r="M424" s="92">
         <v>0.367948</v>
       </c>
       <c r="N424" s="93">
         <v>0.63895400000000002</v>
       </c>
     </row>
     <row r="425" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B425" s="64"/>
-      <c r="C425" s="270" t="s">
+      <c r="C425" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D425" s="271"/>
-[...1 lines deleted...]
-      <c r="F425" s="271"/>
+      <c r="D425" s="242"/>
+      <c r="E425" s="242"/>
+      <c r="F425" s="242"/>
       <c r="G425" s="92">
         <v>0</v>
       </c>
       <c r="H425" s="92">
         <v>0</v>
       </c>
       <c r="I425" s="92">
         <v>0.91797099999999998</v>
       </c>
       <c r="J425" s="92">
         <v>2.593982</v>
       </c>
       <c r="K425" s="92">
         <v>64.495389000000003</v>
       </c>
       <c r="L425" s="92">
         <v>138.898674</v>
       </c>
       <c r="M425" s="92">
         <v>94.914652000000004</v>
       </c>
       <c r="N425" s="93">
         <v>301.82066800000001</v>
       </c>
     </row>
     <row r="426" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B426" s="64"/>
-      <c r="C426" s="270" t="s">
+      <c r="C426" s="241" t="s">
         <v>119</v>
       </c>
-      <c r="D426" s="271"/>
-[...1 lines deleted...]
-      <c r="F426" s="271"/>
+      <c r="D426" s="242"/>
+      <c r="E426" s="242"/>
+      <c r="F426" s="242"/>
       <c r="G426" s="92">
         <v>0</v>
       </c>
       <c r="H426" s="92">
         <v>0</v>
       </c>
       <c r="I426" s="92">
         <v>17.063224999999999</v>
       </c>
       <c r="J426" s="92">
         <v>29.679742999999998</v>
       </c>
       <c r="K426" s="92">
         <v>37.239525999999998</v>
       </c>
       <c r="L426" s="92">
         <v>57.716807000000003</v>
       </c>
       <c r="M426" s="92">
         <v>58.410814999999999</v>
       </c>
       <c r="N426" s="93">
         <v>200.110116</v>
       </c>
     </row>
     <row r="427" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B427" s="102"/>
-      <c r="C427" s="311" t="s">
+      <c r="C427" s="247" t="s">
         <v>120</v>
       </c>
-      <c r="D427" s="312"/>
-[...1 lines deleted...]
-      <c r="F427" s="313"/>
+      <c r="D427" s="248"/>
+      <c r="E427" s="248"/>
+      <c r="F427" s="249"/>
       <c r="G427" s="92">
         <v>0</v>
       </c>
       <c r="H427" s="92">
         <v>0</v>
       </c>
       <c r="I427" s="92">
         <v>7.9370999999999997E-2</v>
       </c>
       <c r="J427" s="92">
         <v>0.185334</v>
       </c>
       <c r="K427" s="92">
         <v>0.207231</v>
       </c>
       <c r="L427" s="92">
         <v>8.8865E-2</v>
       </c>
       <c r="M427" s="92">
         <v>9.0485999999999997E-2</v>
       </c>
       <c r="N427" s="93">
         <v>0.65128699999999995</v>
       </c>
     </row>
@@ -20474,188 +20474,188 @@
       </c>
       <c r="H428" s="36">
         <v>0</v>
       </c>
       <c r="I428" s="36">
         <v>180.448126</v>
       </c>
       <c r="J428" s="36">
         <v>373.7122</v>
       </c>
       <c r="K428" s="36">
         <v>1061.960288</v>
       </c>
       <c r="L428" s="36">
         <v>1740.2601810000001</v>
       </c>
       <c r="M428" s="36">
         <v>1109.5963280000001</v>
       </c>
       <c r="N428" s="76">
         <v>4465.9771229999997</v>
       </c>
     </row>
     <row r="429" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B429" s="64"/>
-      <c r="C429" s="268" t="s">
+      <c r="C429" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D429" s="269"/>
-[...1 lines deleted...]
-      <c r="F429" s="269"/>
+      <c r="D429" s="251"/>
+      <c r="E429" s="251"/>
+      <c r="F429" s="251"/>
       <c r="G429" s="44">
         <v>0</v>
       </c>
       <c r="H429" s="44">
         <v>0</v>
       </c>
       <c r="I429" s="44">
         <v>13.414543999999999</v>
       </c>
       <c r="J429" s="44">
         <v>45.976477000000003</v>
       </c>
       <c r="K429" s="44">
         <v>562.14830199999994</v>
       </c>
       <c r="L429" s="44">
         <v>947.60360100000003</v>
       </c>
       <c r="M429" s="44">
         <v>587.30399599999998</v>
       </c>
       <c r="N429" s="72">
         <v>2156.4469199999999</v>
       </c>
     </row>
     <row r="430" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B430" s="64"/>
-      <c r="C430" s="250" t="s">
+      <c r="C430" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D430" s="125"/>
-[...1 lines deleted...]
-      <c r="F430" s="125"/>
+      <c r="D430" s="230"/>
+      <c r="E430" s="230"/>
+      <c r="F430" s="230"/>
       <c r="G430" s="92">
         <v>0</v>
       </c>
       <c r="H430" s="92">
         <v>0</v>
       </c>
       <c r="I430" s="92">
         <v>160.879738</v>
       </c>
       <c r="J430" s="92">
         <v>317.16941000000003</v>
       </c>
       <c r="K430" s="92">
         <v>466.67274600000002</v>
       </c>
       <c r="L430" s="92">
         <v>656.88088500000003</v>
       </c>
       <c r="M430" s="92">
         <v>350.101606</v>
       </c>
       <c r="N430" s="93">
         <v>1951.704385</v>
       </c>
     </row>
     <row r="431" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B431" s="64"/>
-      <c r="C431" s="250" t="s">
+      <c r="C431" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D431" s="125"/>
-[...1 lines deleted...]
-      <c r="F431" s="125"/>
+      <c r="D431" s="230"/>
+      <c r="E431" s="230"/>
+      <c r="F431" s="230"/>
       <c r="G431" s="92">
         <v>0</v>
       </c>
       <c r="H431" s="92">
         <v>0</v>
       </c>
       <c r="I431" s="92">
         <v>0</v>
       </c>
       <c r="J431" s="92">
         <v>0</v>
       </c>
       <c r="K431" s="92">
         <v>0</v>
       </c>
       <c r="L431" s="92">
         <v>0</v>
       </c>
       <c r="M431" s="92">
         <v>0</v>
       </c>
       <c r="N431" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="432" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B432" s="64"/>
-      <c r="C432" s="250" t="s">
+      <c r="C432" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D432" s="125"/>
-[...1 lines deleted...]
-      <c r="F432" s="125"/>
+      <c r="D432" s="230"/>
+      <c r="E432" s="230"/>
+      <c r="F432" s="230"/>
       <c r="G432" s="92">
         <v>0</v>
       </c>
       <c r="H432" s="92">
         <v>0</v>
       </c>
       <c r="I432" s="92">
         <v>6.1538440000000003</v>
       </c>
       <c r="J432" s="92">
         <v>10.566312999999999</v>
       </c>
       <c r="K432" s="92">
         <v>33.139240000000001</v>
       </c>
       <c r="L432" s="92">
         <v>135.77569500000001</v>
       </c>
       <c r="M432" s="92">
         <v>172.19072600000001</v>
       </c>
       <c r="N432" s="93">
         <v>357.82581800000003</v>
       </c>
     </row>
     <row r="433" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B433" s="254" t="s">
+      <c r="B433" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C433" s="255"/>
-[...2 lines deleted...]
-      <c r="F433" s="293"/>
+      <c r="C433" s="253"/>
+      <c r="D433" s="253"/>
+      <c r="E433" s="253"/>
+      <c r="F433" s="254"/>
       <c r="G433" s="57">
         <v>319.20439900000002</v>
       </c>
       <c r="H433" s="57">
         <v>596.25317099999995</v>
       </c>
       <c r="I433" s="57">
         <v>3723.440662</v>
       </c>
       <c r="J433" s="57">
         <v>4601.5250599999999</v>
       </c>
       <c r="K433" s="57">
         <v>4982.2802949999996</v>
       </c>
       <c r="L433" s="57">
         <v>5567.4352500000005</v>
       </c>
       <c r="M433" s="57">
         <v>3908.1571090000002</v>
       </c>
       <c r="N433" s="77">
         <v>23698.295945999998</v>
       </c>
     </row>
@@ -20688,750 +20688,750 @@
       <c r="H435" s="109"/>
       <c r="I435" s="109"/>
     </row>
     <row r="436" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B436" s="86" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="437" spans="1:15" s="1" customFormat="1" ht="7.5" customHeight="1">
       <c r="B437" s="7"/>
       <c r="C437" s="7"/>
       <c r="D437" s="7"/>
       <c r="E437" s="7"/>
       <c r="F437" s="7"/>
       <c r="G437" s="109"/>
       <c r="H437" s="109"/>
       <c r="I437" s="109"/>
     </row>
     <row r="438" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A438" s="1" t="s">
         <v>166</v>
       </c>
       <c r="O438" s="4"/>
     </row>
     <row r="439" spans="1:15" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B439" s="272" t="s">
+      <c r="B439" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C439" s="273"/>
-[...2 lines deleted...]
-      <c r="F439" s="321"/>
+      <c r="C439" s="256"/>
+      <c r="D439" s="256"/>
+      <c r="E439" s="256"/>
+      <c r="F439" s="257"/>
       <c r="G439" s="97" t="s">
         <v>16</v>
       </c>
       <c r="H439" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I439" s="98" t="s">
         <v>18</v>
       </c>
       <c r="J439" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K439" s="98" t="s">
         <v>20</v>
       </c>
       <c r="L439" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M439" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N439" s="99" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="440" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
-      <c r="B440" s="266" t="s">
+      <c r="B440" s="293" t="s">
         <v>142</v>
       </c>
-      <c r="C440" s="267"/>
-[...2 lines deleted...]
-      <c r="F440" s="267"/>
+      <c r="C440" s="294"/>
+      <c r="D440" s="294"/>
+      <c r="E440" s="294"/>
+      <c r="F440" s="294"/>
       <c r="G440" s="54">
         <v>104.711567</v>
       </c>
       <c r="H440" s="54">
         <v>401.670997</v>
       </c>
       <c r="I440" s="54">
         <v>910.64784499999996</v>
       </c>
       <c r="J440" s="54">
         <v>1955.516795</v>
       </c>
       <c r="K440" s="54">
         <v>1725.2053149999999</v>
       </c>
       <c r="L440" s="54">
         <v>1739.3247080000001</v>
       </c>
       <c r="M440" s="54">
         <v>2364.6651440000001</v>
       </c>
       <c r="N440" s="80">
         <v>9201.7423710000003</v>
       </c>
     </row>
     <row r="441" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B441" s="64"/>
-      <c r="C441" s="268" t="s">
+      <c r="C441" s="250" t="s">
         <v>143</v>
       </c>
-      <c r="D441" s="269"/>
-[...1 lines deleted...]
-      <c r="F441" s="269"/>
+      <c r="D441" s="251"/>
+      <c r="E441" s="251"/>
+      <c r="F441" s="251"/>
       <c r="G441" s="92">
         <v>38.602390999999997</v>
       </c>
       <c r="H441" s="92">
         <v>151.68335099999999</v>
       </c>
       <c r="I441" s="92">
         <v>410.24649299999999</v>
       </c>
       <c r="J441" s="92">
         <v>845.54983000000004</v>
       </c>
       <c r="K441" s="92">
         <v>707.43145100000004</v>
       </c>
       <c r="L441" s="92">
         <v>827.216725</v>
       </c>
       <c r="M441" s="92">
         <v>1517.5037150000001</v>
       </c>
       <c r="N441" s="93">
         <v>4498.233956</v>
       </c>
     </row>
     <row r="442" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B442" s="64"/>
       <c r="C442" s="100"/>
-      <c r="D442" s="125" t="s">
+      <c r="D442" s="230" t="s">
         <v>69</v>
       </c>
-      <c r="E442" s="125"/>
-      <c r="F442" s="125"/>
+      <c r="E442" s="230"/>
+      <c r="F442" s="230"/>
       <c r="G442" s="92">
         <v>0</v>
       </c>
       <c r="H442" s="92">
         <v>0</v>
       </c>
       <c r="I442" s="92">
         <v>155.220089</v>
       </c>
       <c r="J442" s="92">
         <v>366.76975299999998</v>
       </c>
       <c r="K442" s="92">
         <v>356.71091699999999</v>
       </c>
       <c r="L442" s="92">
         <v>473.97735999999998</v>
       </c>
       <c r="M442" s="92">
         <v>910.98983999999996</v>
       </c>
       <c r="N442" s="93">
         <v>2263.6679589999999</v>
       </c>
     </row>
     <row r="443" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B443" s="64"/>
       <c r="C443" s="100"/>
-      <c r="D443" s="125" t="s">
+      <c r="D443" s="230" t="s">
         <v>70</v>
       </c>
-      <c r="E443" s="125"/>
-      <c r="F443" s="125"/>
+      <c r="E443" s="230"/>
+      <c r="F443" s="230"/>
       <c r="G443" s="92">
         <v>5.2553999999999997E-2</v>
       </c>
       <c r="H443" s="92">
         <v>0.30229200000000001</v>
       </c>
       <c r="I443" s="92">
         <v>1.8692489999999999</v>
       </c>
       <c r="J443" s="92">
         <v>9.4333039999999997</v>
       </c>
       <c r="K443" s="92">
         <v>19.521832</v>
       </c>
       <c r="L443" s="92">
         <v>61.039842</v>
       </c>
       <c r="M443" s="92">
         <v>224.62206599999999</v>
       </c>
       <c r="N443" s="93">
         <v>316.841139</v>
       </c>
     </row>
     <row r="444" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B444" s="64"/>
       <c r="C444" s="100"/>
-      <c r="D444" s="125" t="s">
+      <c r="D444" s="230" t="s">
         <v>71</v>
       </c>
-      <c r="E444" s="125"/>
-      <c r="F444" s="125"/>
+      <c r="E444" s="230"/>
+      <c r="F444" s="230"/>
       <c r="G444" s="92">
         <v>25.217120999999999</v>
       </c>
       <c r="H444" s="92">
         <v>100.22394300000001</v>
       </c>
       <c r="I444" s="92">
         <v>166.60515599999999</v>
       </c>
       <c r="J444" s="92">
         <v>313.56050299999998</v>
       </c>
       <c r="K444" s="92">
         <v>213.818477</v>
       </c>
       <c r="L444" s="92">
         <v>186.29765399999999</v>
       </c>
       <c r="M444" s="92">
         <v>223.76297299999999</v>
       </c>
       <c r="N444" s="93">
         <v>1229.485827</v>
       </c>
     </row>
     <row r="445" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B445" s="64"/>
       <c r="C445" s="100"/>
-      <c r="D445" s="125" t="s">
+      <c r="D445" s="230" t="s">
         <v>72</v>
       </c>
-      <c r="E445" s="125"/>
-      <c r="F445" s="125"/>
+      <c r="E445" s="230"/>
+      <c r="F445" s="230"/>
       <c r="G445" s="92">
         <v>11.535677</v>
       </c>
       <c r="H445" s="92">
         <v>46.255353999999997</v>
       </c>
       <c r="I445" s="92">
         <v>67.274815000000004</v>
       </c>
       <c r="J445" s="92">
         <v>112.798207</v>
       </c>
       <c r="K445" s="92">
         <v>76.402418999999995</v>
       </c>
       <c r="L445" s="92">
         <v>52.402076999999998</v>
       </c>
       <c r="M445" s="92">
         <v>58.171911999999999</v>
       </c>
       <c r="N445" s="93">
         <v>424.840461</v>
       </c>
     </row>
     <row r="446" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B446" s="64"/>
       <c r="C446" s="101"/>
-      <c r="D446" s="314" t="s">
+      <c r="D446" s="291" t="s">
         <v>73</v>
       </c>
-      <c r="E446" s="314"/>
-      <c r="F446" s="314"/>
+      <c r="E446" s="291"/>
+      <c r="F446" s="291"/>
       <c r="G446" s="54">
         <v>1.7970390000000001</v>
       </c>
       <c r="H446" s="54">
         <v>4.9017619999999997</v>
       </c>
       <c r="I446" s="54">
         <v>19.277183999999998</v>
       </c>
       <c r="J446" s="54">
         <v>42.988062999999997</v>
       </c>
       <c r="K446" s="54">
         <v>40.977806000000001</v>
       </c>
       <c r="L446" s="54">
         <v>53.499791999999999</v>
       </c>
       <c r="M446" s="54">
         <v>99.956924000000001</v>
       </c>
       <c r="N446" s="80">
         <v>263.39857000000001</v>
       </c>
     </row>
     <row r="447" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B447" s="64"/>
-      <c r="C447" s="268" t="s">
+      <c r="C447" s="250" t="s">
         <v>144</v>
       </c>
-      <c r="D447" s="269"/>
-[...1 lines deleted...]
-      <c r="F447" s="269"/>
+      <c r="D447" s="251"/>
+      <c r="E447" s="251"/>
+      <c r="F447" s="251"/>
       <c r="G447" s="92">
         <v>33.426135000000002</v>
       </c>
       <c r="H447" s="92">
         <v>131.63873899999999</v>
       </c>
       <c r="I447" s="92">
         <v>322.20106900000002</v>
       </c>
       <c r="J447" s="92">
         <v>633.56704300000001</v>
       </c>
       <c r="K447" s="92">
         <v>575.64338399999997</v>
       </c>
       <c r="L447" s="92">
         <v>462.76848999999999</v>
       </c>
       <c r="M447" s="92">
         <v>351.93202500000001</v>
       </c>
       <c r="N447" s="93">
         <v>2511.1768849999999</v>
       </c>
     </row>
     <row r="448" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B448" s="64"/>
       <c r="C448" s="100"/>
-      <c r="D448" s="125" t="s">
+      <c r="D448" s="230" t="s">
         <v>74</v>
       </c>
-      <c r="E448" s="125"/>
-      <c r="F448" s="125"/>
+      <c r="E448" s="230"/>
+      <c r="F448" s="230"/>
       <c r="G448" s="92">
         <v>0</v>
       </c>
       <c r="H448" s="92">
         <v>2.129E-2</v>
       </c>
       <c r="I448" s="92">
         <v>160.25931800000001</v>
       </c>
       <c r="J448" s="92">
         <v>318.85315300000002</v>
       </c>
       <c r="K448" s="92">
         <v>313.26397800000001</v>
       </c>
       <c r="L448" s="92">
         <v>271.68516599999998</v>
       </c>
       <c r="M448" s="92">
         <v>234.151444</v>
       </c>
       <c r="N448" s="93">
         <v>1298.2343490000001</v>
       </c>
     </row>
     <row r="449" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B449" s="64"/>
       <c r="C449" s="101"/>
-      <c r="D449" s="314" t="s">
+      <c r="D449" s="291" t="s">
         <v>75</v>
       </c>
-      <c r="E449" s="314"/>
-      <c r="F449" s="314"/>
+      <c r="E449" s="291"/>
+      <c r="F449" s="291"/>
       <c r="G449" s="54">
         <v>33.426135000000002</v>
       </c>
       <c r="H449" s="54">
         <v>131.61744899999999</v>
       </c>
       <c r="I449" s="54">
         <v>161.94175100000001</v>
       </c>
       <c r="J449" s="54">
         <v>314.71388999999999</v>
       </c>
       <c r="K449" s="54">
         <v>262.37940600000002</v>
       </c>
       <c r="L449" s="54">
         <v>191.083324</v>
       </c>
       <c r="M449" s="54">
         <v>117.780581</v>
       </c>
       <c r="N449" s="80">
         <v>1212.942536</v>
       </c>
     </row>
     <row r="450" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B450" s="64"/>
-      <c r="C450" s="268" t="s">
+      <c r="C450" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="D450" s="269"/>
-[...1 lines deleted...]
-      <c r="F450" s="269"/>
+      <c r="D450" s="251"/>
+      <c r="E450" s="251"/>
+      <c r="F450" s="251"/>
       <c r="G450" s="92">
         <v>0.31093799999999999</v>
       </c>
       <c r="H450" s="92">
         <v>1.7270989999999999</v>
       </c>
       <c r="I450" s="92">
         <v>16.390827999999999</v>
       </c>
       <c r="J450" s="92">
         <v>42.153326999999997</v>
       </c>
       <c r="K450" s="92">
         <v>109.163754</v>
       </c>
       <c r="L450" s="92">
         <v>118.672511</v>
       </c>
       <c r="M450" s="92">
         <v>121.287992</v>
       </c>
       <c r="N450" s="93">
         <v>409.70644900000002</v>
       </c>
     </row>
     <row r="451" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B451" s="64"/>
       <c r="C451" s="100"/>
-      <c r="D451" s="125" t="s">
+      <c r="D451" s="230" t="s">
         <v>76</v>
       </c>
-      <c r="E451" s="125"/>
-      <c r="F451" s="125"/>
+      <c r="E451" s="230"/>
+      <c r="F451" s="230"/>
       <c r="G451" s="92">
         <v>0.29422700000000002</v>
       </c>
       <c r="H451" s="92">
         <v>1.4559359999999999</v>
       </c>
       <c r="I451" s="92">
         <v>13.222401</v>
       </c>
       <c r="J451" s="92">
         <v>33.907882000000001</v>
       </c>
       <c r="K451" s="92">
         <v>89.545304999999999</v>
       </c>
       <c r="L451" s="92">
         <v>92.722860999999995</v>
       </c>
       <c r="M451" s="92">
         <v>89.057356999999996</v>
       </c>
       <c r="N451" s="93">
         <v>320.20596899999998</v>
       </c>
     </row>
     <row r="452" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B452" s="64"/>
       <c r="C452" s="100"/>
-      <c r="D452" s="125" t="s">
+      <c r="D452" s="230" t="s">
         <v>77</v>
       </c>
-      <c r="E452" s="125"/>
-      <c r="F452" s="125"/>
+      <c r="E452" s="230"/>
+      <c r="F452" s="230"/>
       <c r="G452" s="92">
         <v>1.6711E-2</v>
       </c>
       <c r="H452" s="92">
         <v>0.20607500000000001</v>
       </c>
       <c r="I452" s="92">
         <v>3.1189360000000002</v>
       </c>
       <c r="J452" s="92">
         <v>8.2454450000000001</v>
       </c>
       <c r="K452" s="92">
         <v>19.567239000000001</v>
       </c>
       <c r="L452" s="92">
         <v>24.891423</v>
       </c>
       <c r="M452" s="92">
         <v>29.945219999999999</v>
       </c>
       <c r="N452" s="93">
         <v>85.991049000000004</v>
       </c>
     </row>
     <row r="453" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B453" s="64"/>
       <c r="C453" s="100"/>
-      <c r="D453" s="125" t="s">
+      <c r="D453" s="230" t="s">
         <v>78</v>
       </c>
-      <c r="E453" s="125"/>
-      <c r="F453" s="125"/>
+      <c r="E453" s="230"/>
+      <c r="F453" s="230"/>
       <c r="G453" s="92">
         <v>0</v>
       </c>
       <c r="H453" s="92">
         <v>0</v>
       </c>
       <c r="I453" s="92">
         <v>0</v>
       </c>
       <c r="J453" s="92">
         <v>0</v>
       </c>
       <c r="K453" s="92">
         <v>0</v>
       </c>
       <c r="L453" s="92">
         <v>0.351991</v>
       </c>
       <c r="M453" s="92">
         <v>0.73665499999999995</v>
       </c>
       <c r="N453" s="93">
         <v>1.088646</v>
       </c>
     </row>
     <row r="454" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B454" s="64"/>
       <c r="C454" s="101"/>
-      <c r="D454" s="314" t="s">
+      <c r="D454" s="291" t="s">
         <v>79</v>
       </c>
-      <c r="E454" s="314"/>
-      <c r="F454" s="315"/>
+      <c r="E454" s="291"/>
+      <c r="F454" s="292"/>
       <c r="G454" s="54">
         <v>0</v>
       </c>
       <c r="H454" s="54">
         <v>6.5087999999999993E-2</v>
       </c>
       <c r="I454" s="54">
         <v>4.9491E-2</v>
       </c>
       <c r="J454" s="54">
         <v>0</v>
       </c>
       <c r="K454" s="54">
         <v>5.1209999999999999E-2</v>
       </c>
       <c r="L454" s="54">
         <v>0.70623599999999997</v>
       </c>
       <c r="M454" s="54">
         <v>1.5487599999999999</v>
       </c>
       <c r="N454" s="80">
         <v>2.420785</v>
       </c>
     </row>
     <row r="455" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B455" s="64"/>
-      <c r="C455" s="250" t="s">
+      <c r="C455" s="246" t="s">
         <v>146</v>
       </c>
-      <c r="D455" s="125"/>
-[...1 lines deleted...]
-      <c r="F455" s="125"/>
+      <c r="D455" s="230"/>
+      <c r="E455" s="230"/>
+      <c r="F455" s="230"/>
       <c r="G455" s="92">
         <v>30.201673</v>
       </c>
       <c r="H455" s="92">
         <v>112.254778</v>
       </c>
       <c r="I455" s="92">
         <v>128.64814799999999</v>
       </c>
       <c r="J455" s="92">
         <v>381.660886</v>
       </c>
       <c r="K455" s="92">
         <v>266.98674</v>
       </c>
       <c r="L455" s="92">
         <v>238.49809200000001</v>
       </c>
       <c r="M455" s="92">
         <v>265.67086899999998</v>
       </c>
       <c r="N455" s="93">
         <v>1423.921186</v>
       </c>
     </row>
     <row r="456" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B456" s="64"/>
       <c r="C456" s="100"/>
-      <c r="D456" s="125" t="s">
+      <c r="D456" s="230" t="s">
         <v>80</v>
       </c>
-      <c r="E456" s="125"/>
-      <c r="F456" s="125"/>
+      <c r="E456" s="230"/>
+      <c r="F456" s="230"/>
       <c r="G456" s="92">
         <v>20.956493999999999</v>
       </c>
       <c r="H456" s="92">
         <v>97.001330999999993</v>
       </c>
       <c r="I456" s="92">
         <v>107.95407299999999</v>
       </c>
       <c r="J456" s="92">
         <v>353.921132</v>
       </c>
       <c r="K456" s="92">
         <v>242.92752999999999</v>
       </c>
       <c r="L456" s="92">
         <v>218.91482600000001</v>
       </c>
       <c r="M456" s="92">
         <v>254.56570099999999</v>
       </c>
       <c r="N456" s="93">
         <v>1296.2410870000001</v>
       </c>
     </row>
     <row r="457" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B457" s="64"/>
       <c r="C457" s="100"/>
-      <c r="D457" s="125" t="s">
+      <c r="D457" s="230" t="s">
         <v>147</v>
       </c>
-      <c r="E457" s="125"/>
-      <c r="F457" s="125"/>
+      <c r="E457" s="230"/>
+      <c r="F457" s="230"/>
       <c r="G457" s="92">
         <v>1.81033</v>
       </c>
       <c r="H457" s="92">
         <v>4.9903659999999999</v>
       </c>
       <c r="I457" s="92">
         <v>6.9026040000000002</v>
       </c>
       <c r="J457" s="92">
         <v>12.413622999999999</v>
       </c>
       <c r="K457" s="92">
         <v>9.4854730000000007</v>
       </c>
       <c r="L457" s="92">
         <v>9.1062429999999992</v>
       </c>
       <c r="M457" s="92">
         <v>6.0659429999999999</v>
       </c>
       <c r="N457" s="93">
         <v>50.774582000000002</v>
       </c>
     </row>
     <row r="458" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B458" s="64"/>
       <c r="C458" s="101"/>
-      <c r="D458" s="314" t="s">
+      <c r="D458" s="291" t="s">
         <v>148</v>
       </c>
-      <c r="E458" s="314"/>
-      <c r="F458" s="314"/>
+      <c r="E458" s="291"/>
+      <c r="F458" s="291"/>
       <c r="G458" s="92">
         <v>7.4348489999999998</v>
       </c>
       <c r="H458" s="92">
         <v>10.263081</v>
       </c>
       <c r="I458" s="92">
         <v>13.791471</v>
       </c>
       <c r="J458" s="92">
         <v>15.326131</v>
       </c>
       <c r="K458" s="92">
         <v>14.573736999999999</v>
       </c>
       <c r="L458" s="92">
         <v>10.477023000000001</v>
       </c>
       <c r="M458" s="92">
         <v>5.0392250000000001</v>
       </c>
       <c r="N458" s="93">
         <v>76.905517000000003</v>
       </c>
     </row>
     <row r="459" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B459" s="64"/>
-      <c r="C459" s="161" t="s">
+      <c r="C459" s="170" t="s">
         <v>81</v>
       </c>
-      <c r="D459" s="319"/>
-[...1 lines deleted...]
-      <c r="F459" s="320"/>
+      <c r="D459" s="244"/>
+      <c r="E459" s="244"/>
+      <c r="F459" s="245"/>
       <c r="G459" s="41">
         <v>2.1704300000000001</v>
       </c>
       <c r="H459" s="41">
         <v>4.3670299999999997</v>
       </c>
       <c r="I459" s="41">
         <v>33.143673999999997</v>
       </c>
       <c r="J459" s="41">
         <v>52.537247000000001</v>
       </c>
       <c r="K459" s="41">
         <v>65.658941999999996</v>
       </c>
       <c r="L459" s="41">
         <v>92.168890000000005</v>
       </c>
       <c r="M459" s="41">
         <v>107.70653299999999</v>
       </c>
       <c r="N459" s="83">
         <v>357.752746</v>
       </c>
     </row>
     <row r="460" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B460" s="64"/>
-      <c r="C460" s="311" t="s">
+      <c r="C460" s="247" t="s">
         <v>82</v>
       </c>
-      <c r="D460" s="312"/>
-[...1 lines deleted...]
-      <c r="F460" s="313"/>
+      <c r="D460" s="248"/>
+      <c r="E460" s="248"/>
+      <c r="F460" s="249"/>
       <c r="G460" s="50">
         <v>0</v>
       </c>
       <c r="H460" s="50">
         <v>0</v>
       </c>
       <c r="I460" s="50">
         <v>1.7632999999999999E-2</v>
       </c>
       <c r="J460" s="50">
         <v>4.8461999999999998E-2</v>
       </c>
       <c r="K460" s="50">
         <v>0.321044</v>
       </c>
       <c r="L460" s="50">
         <v>0</v>
       </c>
       <c r="M460" s="50">
         <v>0.56401000000000001</v>
       </c>
       <c r="N460" s="94">
         <v>0.95114900000000002</v>
       </c>
     </row>
@@ -21481,452 +21481,452 @@
       </c>
       <c r="H462" s="36">
         <v>4.6558390000000003</v>
       </c>
       <c r="I462" s="36">
         <v>149.59946299999999</v>
       </c>
       <c r="J462" s="36">
         <v>243.144082</v>
       </c>
       <c r="K462" s="36">
         <v>318.249236</v>
       </c>
       <c r="L462" s="36">
         <v>321.75606499999998</v>
       </c>
       <c r="M462" s="36">
         <v>378.396974</v>
       </c>
       <c r="N462" s="76">
         <v>1417.4947030000001</v>
       </c>
     </row>
     <row r="463" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B463" s="64"/>
-      <c r="C463" s="316" t="s">
+      <c r="C463" s="279" t="s">
         <v>122</v>
       </c>
-      <c r="D463" s="317"/>
-[...1 lines deleted...]
-      <c r="F463" s="318"/>
+      <c r="D463" s="295"/>
+      <c r="E463" s="295"/>
+      <c r="F463" s="280"/>
       <c r="G463" s="92">
         <v>0</v>
       </c>
       <c r="H463" s="92">
         <v>0</v>
       </c>
       <c r="I463" s="92">
         <v>5.8715210000000004</v>
       </c>
       <c r="J463" s="92">
         <v>16.434919000000001</v>
       </c>
       <c r="K463" s="92">
         <v>24.775787000000001</v>
       </c>
       <c r="L463" s="92">
         <v>46.779594000000003</v>
       </c>
       <c r="M463" s="92">
         <v>58.232844999999998</v>
       </c>
       <c r="N463" s="93">
         <v>152.09466599999999</v>
       </c>
     </row>
     <row r="464" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B464" s="64"/>
-      <c r="C464" s="250" t="s">
+      <c r="C464" s="246" t="s">
         <v>109</v>
       </c>
-      <c r="D464" s="125"/>
-[...1 lines deleted...]
-      <c r="F464" s="125"/>
+      <c r="D464" s="230"/>
+      <c r="E464" s="230"/>
+      <c r="F464" s="230"/>
       <c r="G464" s="92">
         <v>0</v>
       </c>
       <c r="H464" s="92">
         <v>0</v>
       </c>
       <c r="I464" s="92">
         <v>0.90272699999999995</v>
       </c>
       <c r="J464" s="92">
         <v>1.346514</v>
       </c>
       <c r="K464" s="92">
         <v>1.2712289999999999</v>
       </c>
       <c r="L464" s="92">
         <v>2.6701350000000001</v>
       </c>
       <c r="M464" s="92">
         <v>3.9294859999999998</v>
       </c>
       <c r="N464" s="93">
         <v>10.120091</v>
       </c>
     </row>
     <row r="465" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B465" s="64"/>
-      <c r="C465" s="250" t="s">
+      <c r="C465" s="246" t="s">
         <v>110</v>
       </c>
-      <c r="D465" s="125"/>
-[...1 lines deleted...]
-      <c r="F465" s="126"/>
+      <c r="D465" s="230"/>
+      <c r="E465" s="230"/>
+      <c r="F465" s="231"/>
       <c r="G465" s="92">
         <v>0</v>
       </c>
       <c r="H465" s="92">
         <v>0</v>
       </c>
       <c r="I465" s="92">
         <v>72.655259999999998</v>
       </c>
       <c r="J465" s="92">
         <v>123.365036</v>
       </c>
       <c r="K465" s="92">
         <v>95.918305000000004</v>
       </c>
       <c r="L465" s="92">
         <v>67.432865000000007</v>
       </c>
       <c r="M465" s="92">
         <v>56.410282000000002</v>
       </c>
       <c r="N465" s="93">
         <v>415.78174799999999</v>
       </c>
     </row>
     <row r="466" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B466" s="64"/>
-      <c r="C466" s="250" t="s">
+      <c r="C466" s="246" t="s">
         <v>123</v>
       </c>
-      <c r="D466" s="125"/>
-[...1 lines deleted...]
-      <c r="F466" s="125"/>
+      <c r="D466" s="230"/>
+      <c r="E466" s="230"/>
+      <c r="F466" s="230"/>
       <c r="G466" s="92">
         <v>8.0821000000000004E-2</v>
       </c>
       <c r="H466" s="92">
         <v>0</v>
       </c>
       <c r="I466" s="92">
         <v>9.6536439999999999</v>
       </c>
       <c r="J466" s="92">
         <v>10.634465000000001</v>
       </c>
       <c r="K466" s="92">
         <v>17.249001</v>
       </c>
       <c r="L466" s="92">
         <v>18.062501000000001</v>
       </c>
       <c r="M466" s="92">
         <v>18.720064000000001</v>
       </c>
       <c r="N466" s="93">
         <v>74.400496000000004</v>
       </c>
     </row>
     <row r="467" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B467" s="64"/>
-      <c r="C467" s="270" t="s">
+      <c r="C467" s="241" t="s">
         <v>112</v>
       </c>
-      <c r="D467" s="271"/>
-[...1 lines deleted...]
-      <c r="F467" s="310"/>
+      <c r="D467" s="242"/>
+      <c r="E467" s="242"/>
+      <c r="F467" s="243"/>
       <c r="G467" s="92">
         <v>1.612223</v>
       </c>
       <c r="H467" s="92">
         <v>3.92401</v>
       </c>
       <c r="I467" s="92">
         <v>26.870557999999999</v>
       </c>
       <c r="J467" s="92">
         <v>39.550417000000003</v>
       </c>
       <c r="K467" s="92">
         <v>76.375517000000002</v>
       </c>
       <c r="L467" s="92">
         <v>65.321493000000004</v>
       </c>
       <c r="M467" s="92">
         <v>61.780448999999997</v>
       </c>
       <c r="N467" s="93">
         <v>275.43466699999999</v>
       </c>
     </row>
     <row r="468" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B468" s="64"/>
-      <c r="C468" s="250" t="s">
+      <c r="C468" s="246" t="s">
         <v>113</v>
       </c>
-      <c r="D468" s="125"/>
-[...1 lines deleted...]
-      <c r="F468" s="125"/>
+      <c r="D468" s="230"/>
+      <c r="E468" s="230"/>
+      <c r="F468" s="230"/>
       <c r="G468" s="92">
         <v>0</v>
       </c>
       <c r="H468" s="92">
         <v>0</v>
       </c>
       <c r="I468" s="92">
         <v>0.10753799999999999</v>
       </c>
       <c r="J468" s="92">
         <v>0.16281799999999999</v>
       </c>
       <c r="K468" s="92">
         <v>0.10578600000000001</v>
       </c>
       <c r="L468" s="92">
         <v>5.3121000000000002E-2</v>
       </c>
       <c r="M468" s="92">
         <v>4.4676E-2</v>
       </c>
       <c r="N468" s="93">
         <v>0.473939</v>
       </c>
     </row>
     <row r="469" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B469" s="64"/>
-      <c r="C469" s="270" t="s">
+      <c r="C469" s="241" t="s">
         <v>114</v>
       </c>
-      <c r="D469" s="271"/>
-[...1 lines deleted...]
-      <c r="F469" s="310"/>
+      <c r="D469" s="242"/>
+      <c r="E469" s="242"/>
+      <c r="F469" s="243"/>
       <c r="G469" s="92">
         <v>0</v>
       </c>
       <c r="H469" s="92">
         <v>0.73182899999999995</v>
       </c>
       <c r="I469" s="92">
         <v>28.860244000000002</v>
       </c>
       <c r="J469" s="92">
         <v>27.258841</v>
       </c>
       <c r="K469" s="92">
         <v>43.527562000000003</v>
       </c>
       <c r="L469" s="92">
         <v>25.213466</v>
       </c>
       <c r="M469" s="92">
         <v>34.733263999999998</v>
       </c>
       <c r="N469" s="93">
         <v>160.32520600000001</v>
       </c>
     </row>
     <row r="470" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B470" s="64"/>
-      <c r="C470" s="270" t="s">
+      <c r="C470" s="241" t="s">
         <v>115</v>
       </c>
-      <c r="D470" s="271"/>
-[...1 lines deleted...]
-      <c r="F470" s="310"/>
+      <c r="D470" s="242"/>
+      <c r="E470" s="242"/>
+      <c r="F470" s="243"/>
       <c r="G470" s="92">
         <v>0</v>
       </c>
       <c r="H470" s="92">
         <v>0</v>
       </c>
       <c r="I470" s="92">
         <v>0.11826</v>
       </c>
       <c r="J470" s="92">
         <v>0.25964300000000001</v>
       </c>
       <c r="K470" s="92">
         <v>0.28694500000000001</v>
       </c>
       <c r="L470" s="92">
         <v>0.103662</v>
       </c>
       <c r="M470" s="92">
         <v>7.0830000000000004E-2</v>
       </c>
       <c r="N470" s="93">
         <v>0.83933999999999997</v>
       </c>
     </row>
     <row r="471" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B471" s="64"/>
-      <c r="C471" s="270" t="s">
+      <c r="C471" s="241" t="s">
         <v>116</v>
       </c>
-      <c r="D471" s="271"/>
-[...1 lines deleted...]
-      <c r="F471" s="310"/>
+      <c r="D471" s="242"/>
+      <c r="E471" s="242"/>
+      <c r="F471" s="243"/>
       <c r="G471" s="92">
         <v>0</v>
       </c>
       <c r="H471" s="92">
         <v>0</v>
       </c>
       <c r="I471" s="92">
         <v>0.36147600000000002</v>
       </c>
       <c r="J471" s="92">
         <v>0.84853800000000001</v>
       </c>
       <c r="K471" s="92">
         <v>1.167241</v>
       </c>
       <c r="L471" s="92">
         <v>2.9318849999999999</v>
       </c>
       <c r="M471" s="92">
         <v>2.1754989999999998</v>
       </c>
       <c r="N471" s="93">
         <v>7.4846389999999996</v>
       </c>
     </row>
     <row r="472" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B472" s="64"/>
-      <c r="C472" s="270" t="s">
+      <c r="C472" s="241" t="s">
         <v>117</v>
       </c>
-      <c r="D472" s="271"/>
-[...1 lines deleted...]
-      <c r="F472" s="310"/>
+      <c r="D472" s="242"/>
+      <c r="E472" s="242"/>
+      <c r="F472" s="243"/>
       <c r="G472" s="92">
         <v>0</v>
       </c>
       <c r="H472" s="92">
         <v>0</v>
       </c>
       <c r="I472" s="92">
         <v>0</v>
       </c>
       <c r="J472" s="92">
         <v>0</v>
       </c>
       <c r="K472" s="92">
         <v>0</v>
       </c>
       <c r="L472" s="92">
         <v>0</v>
       </c>
       <c r="M472" s="92">
         <v>0.107658</v>
       </c>
       <c r="N472" s="93">
         <v>0.107658</v>
       </c>
     </row>
     <row r="473" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B473" s="64"/>
-      <c r="C473" s="270" t="s">
+      <c r="C473" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D473" s="271"/>
-[...1 lines deleted...]
-      <c r="F473" s="271"/>
+      <c r="D473" s="242"/>
+      <c r="E473" s="242"/>
+      <c r="F473" s="242"/>
       <c r="G473" s="92">
         <v>0</v>
       </c>
       <c r="H473" s="92">
         <v>0</v>
       </c>
       <c r="I473" s="92">
         <v>0</v>
       </c>
       <c r="J473" s="92">
         <v>1.706898</v>
       </c>
       <c r="K473" s="92">
         <v>30.732562999999999</v>
       </c>
       <c r="L473" s="92">
         <v>40.417695999999999</v>
       </c>
       <c r="M473" s="92">
         <v>55.467843000000002</v>
       </c>
       <c r="N473" s="93">
         <v>128.32499999999999</v>
       </c>
     </row>
     <row r="474" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B474" s="64"/>
-      <c r="C474" s="270" t="s">
+      <c r="C474" s="241" t="s">
         <v>119</v>
       </c>
-      <c r="D474" s="271"/>
-[...1 lines deleted...]
-      <c r="F474" s="271"/>
+      <c r="D474" s="242"/>
+      <c r="E474" s="242"/>
+      <c r="F474" s="242"/>
       <c r="G474" s="92">
         <v>0</v>
       </c>
       <c r="H474" s="92">
         <v>0</v>
       </c>
       <c r="I474" s="92">
         <v>4.1982350000000004</v>
       </c>
       <c r="J474" s="92">
         <v>21.564509000000001</v>
       </c>
       <c r="K474" s="92">
         <v>26.731981999999999</v>
       </c>
       <c r="L474" s="92">
         <v>52.735526999999998</v>
       </c>
       <c r="M474" s="92">
         <v>86.198660000000004</v>
       </c>
       <c r="N474" s="93">
         <v>191.42891299999999</v>
       </c>
     </row>
     <row r="475" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B475" s="102"/>
-      <c r="C475" s="311" t="s">
+      <c r="C475" s="247" t="s">
         <v>120</v>
       </c>
-      <c r="D475" s="312"/>
-[...1 lines deleted...]
-      <c r="F475" s="313"/>
+      <c r="D475" s="248"/>
+      <c r="E475" s="248"/>
+      <c r="F475" s="249"/>
       <c r="G475" s="92">
         <v>0</v>
       </c>
       <c r="H475" s="92">
         <v>0</v>
       </c>
       <c r="I475" s="92">
         <v>0</v>
       </c>
       <c r="J475" s="92">
         <v>1.1483999999999999E-2</v>
       </c>
       <c r="K475" s="92">
         <v>0.107318</v>
       </c>
       <c r="L475" s="92">
         <v>3.4119999999999998E-2</v>
       </c>
       <c r="M475" s="92">
         <v>0.52541800000000005</v>
       </c>
       <c r="N475" s="93">
         <v>0.67834000000000005</v>
       </c>
     </row>
@@ -21939,188 +21939,188 @@
       </c>
       <c r="H476" s="36">
         <v>0</v>
       </c>
       <c r="I476" s="36">
         <v>81.781879000000004</v>
       </c>
       <c r="J476" s="36">
         <v>200.062163</v>
       </c>
       <c r="K476" s="36">
         <v>577.37928199999999</v>
       </c>
       <c r="L476" s="36">
         <v>958.29536599999994</v>
       </c>
       <c r="M476" s="36">
         <v>1049.0076429999999</v>
       </c>
       <c r="N476" s="76">
         <v>2866.5263329999998</v>
       </c>
     </row>
     <row r="477" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B477" s="64"/>
-      <c r="C477" s="268" t="s">
+      <c r="C477" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D477" s="269"/>
-[...1 lines deleted...]
-      <c r="F477" s="269"/>
+      <c r="D477" s="251"/>
+      <c r="E477" s="251"/>
+      <c r="F477" s="251"/>
       <c r="G477" s="44">
         <v>0</v>
       </c>
       <c r="H477" s="44">
         <v>0</v>
       </c>
       <c r="I477" s="44">
         <v>7.3830499999999999</v>
       </c>
       <c r="J477" s="44">
         <v>31.912320000000001</v>
       </c>
       <c r="K477" s="44">
         <v>255.82868300000001</v>
       </c>
       <c r="L477" s="44">
         <v>446.13631600000002</v>
       </c>
       <c r="M477" s="44">
         <v>505.95038199999999</v>
       </c>
       <c r="N477" s="72">
         <v>1247.2107510000001</v>
       </c>
     </row>
     <row r="478" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B478" s="64"/>
-      <c r="C478" s="250" t="s">
+      <c r="C478" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D478" s="125"/>
-[...1 lines deleted...]
-      <c r="F478" s="125"/>
+      <c r="D478" s="230"/>
+      <c r="E478" s="230"/>
+      <c r="F478" s="230"/>
       <c r="G478" s="92">
         <v>0</v>
       </c>
       <c r="H478" s="92">
         <v>0</v>
       </c>
       <c r="I478" s="92">
         <v>70.277139000000005</v>
       </c>
       <c r="J478" s="92">
         <v>161.01917800000001</v>
       </c>
       <c r="K478" s="92">
         <v>304.37139000000002</v>
       </c>
       <c r="L478" s="92">
         <v>406.402085</v>
       </c>
       <c r="M478" s="92">
         <v>362.175972</v>
       </c>
       <c r="N478" s="93">
         <v>1304.245764</v>
       </c>
     </row>
     <row r="479" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B479" s="64"/>
-      <c r="C479" s="250" t="s">
+      <c r="C479" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D479" s="125"/>
-[...1 lines deleted...]
-      <c r="F479" s="125"/>
+      <c r="D479" s="230"/>
+      <c r="E479" s="230"/>
+      <c r="F479" s="230"/>
       <c r="G479" s="92">
         <v>0</v>
       </c>
       <c r="H479" s="92">
         <v>0</v>
       </c>
       <c r="I479" s="92">
         <v>0</v>
       </c>
       <c r="J479" s="92">
         <v>0</v>
       </c>
       <c r="K479" s="92">
         <v>0</v>
       </c>
       <c r="L479" s="92">
         <v>0</v>
       </c>
       <c r="M479" s="92">
         <v>0</v>
       </c>
       <c r="N479" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="480" spans="2:14" s="1" customFormat="1" ht="14.25" customHeight="1">
       <c r="B480" s="64"/>
-      <c r="C480" s="250" t="s">
+      <c r="C480" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D480" s="125"/>
-[...1 lines deleted...]
-      <c r="F480" s="125"/>
+      <c r="D480" s="230"/>
+      <c r="E480" s="230"/>
+      <c r="F480" s="230"/>
       <c r="G480" s="92">
         <v>0</v>
       </c>
       <c r="H480" s="92">
         <v>0</v>
       </c>
       <c r="I480" s="92">
         <v>4.1216900000000001</v>
       </c>
       <c r="J480" s="92">
         <v>7.1306649999999996</v>
       </c>
       <c r="K480" s="92">
         <v>17.179209</v>
       </c>
       <c r="L480" s="92">
         <v>105.75696499999999</v>
       </c>
       <c r="M480" s="92">
         <v>180.88128900000001</v>
       </c>
       <c r="N480" s="93">
         <v>315.069818</v>
       </c>
     </row>
     <row r="481" spans="1:15" s="1" customFormat="1" ht="14.25" customHeight="1" thickBot="1">
-      <c r="B481" s="254" t="s">
+      <c r="B481" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C481" s="255"/>
-[...2 lines deleted...]
-      <c r="F481" s="293"/>
+      <c r="C481" s="253"/>
+      <c r="D481" s="253"/>
+      <c r="E481" s="253"/>
+      <c r="F481" s="254"/>
       <c r="G481" s="57">
         <v>130.72820400000001</v>
       </c>
       <c r="H481" s="57">
         <v>467.28000800000001</v>
       </c>
       <c r="I481" s="57">
         <v>1353.3092750000001</v>
       </c>
       <c r="J481" s="57">
         <v>2731.2239119999999</v>
       </c>
       <c r="K481" s="57">
         <v>2851.3846899999999</v>
       </c>
       <c r="L481" s="57">
         <v>3188.9040540000001</v>
       </c>
       <c r="M481" s="57">
         <v>3955.1236399999998</v>
       </c>
       <c r="N481" s="77">
         <v>14677.953783000001</v>
       </c>
     </row>
@@ -22168,1651 +22168,1669 @@
       <c r="I485" s="105"/>
       <c r="J485" s="105"/>
       <c r="K485" s="105"/>
       <c r="L485" s="105"/>
       <c r="M485" s="105"/>
       <c r="N485" s="105"/>
       <c r="O485" s="105"/>
     </row>
     <row r="486" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" thickBot="1">
       <c r="A486" s="1" t="s">
         <v>167</v>
       </c>
       <c r="B486" s="7"/>
       <c r="C486" s="7"/>
       <c r="D486" s="7"/>
       <c r="E486" s="7"/>
       <c r="F486" s="7"/>
       <c r="G486" s="109"/>
       <c r="H486" s="109"/>
       <c r="I486" s="109"/>
       <c r="O486" s="4" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="487" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B487" s="294"/>
-[...4 lines deleted...]
-      <c r="G487" s="297" t="s">
+      <c r="B487" s="297"/>
+      <c r="C487" s="298"/>
+      <c r="D487" s="298"/>
+      <c r="E487" s="298"/>
+      <c r="F487" s="299"/>
+      <c r="G487" s="300" t="s">
         <v>169</v>
       </c>
-      <c r="H487" s="295"/>
-[...1 lines deleted...]
-      <c r="J487" s="297" t="s">
+      <c r="H487" s="298"/>
+      <c r="I487" s="299"/>
+      <c r="J487" s="300" t="s">
         <v>44</v>
       </c>
-      <c r="K487" s="295"/>
-[...1 lines deleted...]
-      <c r="M487" s="299" t="s">
+      <c r="K487" s="298"/>
+      <c r="L487" s="301"/>
+      <c r="M487" s="302" t="s">
         <v>141</v>
       </c>
-      <c r="N487" s="295"/>
-      <c r="O487" s="300"/>
+      <c r="N487" s="298"/>
+      <c r="O487" s="303"/>
     </row>
     <row r="488" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B488" s="301" t="s">
+      <c r="B488" s="304" t="s">
         <v>170</v>
       </c>
-      <c r="C488" s="302"/>
-[...3 lines deleted...]
-      <c r="G488" s="304">
+      <c r="C488" s="305"/>
+      <c r="D488" s="305"/>
+      <c r="E488" s="305"/>
+      <c r="F488" s="306"/>
+      <c r="G488" s="307">
         <v>2418.3442420000001</v>
       </c>
-      <c r="H488" s="305"/>
-[...1 lines deleted...]
-      <c r="J488" s="304">
+      <c r="H488" s="308"/>
+      <c r="I488" s="309"/>
+      <c r="J488" s="307">
         <v>21704.614204000001</v>
       </c>
-      <c r="K488" s="305"/>
-[...1 lines deleted...]
-      <c r="M488" s="308">
+      <c r="K488" s="308"/>
+      <c r="L488" s="310"/>
+      <c r="M488" s="311">
         <v>24122.958446000001</v>
       </c>
-      <c r="N488" s="305"/>
-      <c r="O488" s="309"/>
+      <c r="N488" s="308"/>
+      <c r="O488" s="312"/>
     </row>
     <row r="489" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B489" s="274" t="s">
+      <c r="B489" s="313" t="s">
         <v>171</v>
       </c>
-      <c r="C489" s="275"/>
-[...3 lines deleted...]
-      <c r="G489" s="277">
+      <c r="C489" s="314"/>
+      <c r="D489" s="314"/>
+      <c r="E489" s="314"/>
+      <c r="F489" s="315"/>
+      <c r="G489" s="316">
         <v>0.19724</v>
       </c>
-      <c r="H489" s="278"/>
-[...1 lines deleted...]
-      <c r="J489" s="277">
+      <c r="H489" s="317"/>
+      <c r="I489" s="318"/>
+      <c r="J489" s="316">
         <v>3.1418490000000001</v>
       </c>
-      <c r="K489" s="278"/>
-[...1 lines deleted...]
-      <c r="M489" s="281">
+      <c r="K489" s="317"/>
+      <c r="L489" s="319"/>
+      <c r="M489" s="320">
         <v>3.339089</v>
       </c>
-      <c r="N489" s="278"/>
-[...3 lines deleted...]
-      <c r="B490" s="256" t="s">
+      <c r="N489" s="317"/>
+      <c r="O489" s="321"/>
+    </row>
+    <row r="490" spans="1:15" s="1" customFormat="1" ht="11.25">
+      <c r="B490" s="240" t="s">
         <v>172</v>
       </c>
-      <c r="C490" s="256"/>
-[...11 lines deleted...]
-      <c r="O490" s="256"/>
+      <c r="C490" s="240"/>
+      <c r="D490" s="240"/>
+      <c r="E490" s="240"/>
+      <c r="F490" s="240"/>
+      <c r="G490" s="240"/>
+      <c r="H490" s="240"/>
+      <c r="I490" s="240"/>
+      <c r="J490" s="240"/>
+      <c r="K490" s="240"/>
+      <c r="L490" s="240"/>
+      <c r="M490" s="240"/>
+      <c r="N490" s="240"/>
+      <c r="O490" s="240"/>
     </row>
     <row r="491" spans="1:15" s="1" customFormat="1" ht="7.5" customHeight="1">
       <c r="B491" s="88"/>
       <c r="C491" s="88"/>
       <c r="D491" s="88"/>
       <c r="E491" s="88"/>
       <c r="F491" s="88"/>
       <c r="G491" s="88"/>
       <c r="H491" s="88"/>
       <c r="I491" s="88"/>
       <c r="J491" s="88"/>
       <c r="K491" s="88"/>
       <c r="L491" s="88"/>
       <c r="M491" s="88"/>
       <c r="N491" s="88"/>
       <c r="O491" s="88"/>
     </row>
     <row r="492" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A492" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B492" s="88"/>
       <c r="C492" s="88"/>
       <c r="D492" s="88"/>
       <c r="E492" s="88"/>
       <c r="F492" s="88"/>
       <c r="G492" s="88"/>
       <c r="H492" s="88"/>
       <c r="I492" s="88"/>
       <c r="J492" s="4"/>
       <c r="L492" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M492" s="88"/>
       <c r="N492" s="88"/>
     </row>
     <row r="493" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B493" s="174"/>
-[...4 lines deleted...]
-      <c r="G493" s="284" t="s">
+      <c r="B493" s="194"/>
+      <c r="C493" s="195"/>
+      <c r="D493" s="195"/>
+      <c r="E493" s="195"/>
+      <c r="F493" s="322"/>
+      <c r="G493" s="323" t="s">
         <v>141</v>
       </c>
-      <c r="H493" s="285"/>
-[...3 lines deleted...]
-      <c r="L493" s="286"/>
+      <c r="H493" s="324"/>
+      <c r="I493" s="324"/>
+      <c r="J493" s="324"/>
+      <c r="K493" s="324"/>
+      <c r="L493" s="325"/>
       <c r="M493" s="64"/>
     </row>
     <row r="494" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
-      <c r="B494" s="287" t="s">
+      <c r="B494" s="326" t="s">
         <v>152</v>
       </c>
-      <c r="C494" s="288"/>
-[...3 lines deleted...]
-      <c r="G494" s="290">
+      <c r="C494" s="327"/>
+      <c r="D494" s="327"/>
+      <c r="E494" s="327"/>
+      <c r="F494" s="328"/>
+      <c r="G494" s="329">
         <v>10968.918372</v>
       </c>
-      <c r="H494" s="291"/>
-[...3 lines deleted...]
-      <c r="L494" s="292"/>
+      <c r="H494" s="330"/>
+      <c r="I494" s="330"/>
+      <c r="J494" s="330"/>
+      <c r="K494" s="330"/>
+      <c r="L494" s="331"/>
       <c r="M494" s="110"/>
       <c r="N494" s="111"/>
       <c r="O494" s="111"/>
     </row>
     <row r="495" spans="1:15" s="1" customFormat="1" ht="6.75" customHeight="1">
       <c r="B495" s="88"/>
       <c r="C495" s="88"/>
       <c r="D495" s="88"/>
       <c r="E495" s="88"/>
       <c r="F495" s="88"/>
       <c r="G495" s="88"/>
       <c r="H495" s="88"/>
       <c r="I495" s="88"/>
       <c r="J495" s="88"/>
       <c r="K495" s="88"/>
       <c r="L495" s="88"/>
       <c r="M495" s="88"/>
       <c r="N495" s="88"/>
       <c r="O495" s="88"/>
     </row>
     <row r="496" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A496" s="1" t="s">
         <v>174</v>
       </c>
       <c r="B496" s="88"/>
       <c r="C496" s="88"/>
       <c r="D496" s="88"/>
       <c r="E496" s="88"/>
       <c r="F496" s="88"/>
       <c r="G496" s="88"/>
       <c r="H496" s="88"/>
       <c r="I496" s="88"/>
       <c r="J496" s="88"/>
       <c r="K496" s="88"/>
       <c r="L496" s="88"/>
       <c r="M496" s="88"/>
       <c r="N496" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="497" spans="2:14" s="1" customFormat="1" ht="18" customHeight="1">
-      <c r="B497" s="272" t="s">
+      <c r="B497" s="255" t="s">
         <v>140</v>
       </c>
-      <c r="C497" s="273"/>
-[...2 lines deleted...]
-      <c r="F497" s="273"/>
+      <c r="C497" s="256"/>
+      <c r="D497" s="256"/>
+      <c r="E497" s="256"/>
+      <c r="F497" s="256"/>
       <c r="G497" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H497" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I497" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J497" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K497" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L497" s="5" t="s">
         <v>21</v>
       </c>
       <c r="M497" s="5" t="s">
         <v>22</v>
       </c>
       <c r="N497" s="8" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="498" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
-      <c r="B498" s="266" t="s">
+      <c r="B498" s="293" t="s">
         <v>45</v>
       </c>
-      <c r="C498" s="267"/>
-[...2 lines deleted...]
-      <c r="F498" s="267"/>
+      <c r="C498" s="294"/>
+      <c r="D498" s="294"/>
+      <c r="E498" s="294"/>
+      <c r="F498" s="294"/>
       <c r="G498" s="112">
         <v>0.66907700000000003</v>
       </c>
       <c r="H498" s="112">
         <v>3.449821</v>
       </c>
       <c r="I498" s="112">
         <v>484.64113800000001</v>
       </c>
       <c r="J498" s="112">
         <v>862.000047</v>
       </c>
       <c r="K498" s="112">
         <v>2792.1027519999998</v>
       </c>
       <c r="L498" s="112">
         <v>3879.63744</v>
       </c>
       <c r="M498" s="112">
         <v>2333.4017239999998</v>
       </c>
       <c r="N498" s="93">
         <v>10355.901999</v>
       </c>
     </row>
     <row r="499" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B499" s="64"/>
-      <c r="C499" s="268" t="s">
+      <c r="C499" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D499" s="269"/>
-[...1 lines deleted...]
-      <c r="F499" s="269"/>
+      <c r="D499" s="251"/>
+      <c r="E499" s="251"/>
+      <c r="F499" s="251"/>
       <c r="G499" s="113">
         <v>0</v>
       </c>
       <c r="H499" s="113">
         <v>0</v>
       </c>
       <c r="I499" s="113">
         <v>62.261729000000003</v>
       </c>
       <c r="J499" s="113">
         <v>183.833688</v>
       </c>
       <c r="K499" s="113">
         <v>1719.9575649999999</v>
       </c>
       <c r="L499" s="113">
         <v>2560.2838689999999</v>
       </c>
       <c r="M499" s="113">
         <v>1570.4623610000001</v>
       </c>
       <c r="N499" s="72">
         <v>6096.7992119999999</v>
       </c>
     </row>
     <row r="500" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B500" s="64"/>
-      <c r="C500" s="250" t="s">
+      <c r="C500" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D500" s="125"/>
-[...1 lines deleted...]
-      <c r="F500" s="125"/>
+      <c r="D500" s="230"/>
+      <c r="E500" s="230"/>
+      <c r="F500" s="230"/>
       <c r="G500" s="112">
         <v>0</v>
       </c>
       <c r="H500" s="112">
         <v>0</v>
       </c>
       <c r="I500" s="112">
         <v>348.75422400000002</v>
       </c>
       <c r="J500" s="112">
         <v>531.46347900000001</v>
       </c>
       <c r="K500" s="112">
         <v>639.626396</v>
       </c>
       <c r="L500" s="112">
         <v>729.06647299999997</v>
       </c>
       <c r="M500" s="112">
         <v>370.48440499999998</v>
       </c>
       <c r="N500" s="93">
         <v>2619.3949769999999</v>
       </c>
     </row>
     <row r="501" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B501" s="64"/>
-      <c r="C501" s="250" t="s">
+      <c r="C501" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D501" s="125"/>
-[...1 lines deleted...]
-      <c r="F501" s="125"/>
+      <c r="D501" s="230"/>
+      <c r="E501" s="230"/>
+      <c r="F501" s="230"/>
       <c r="G501" s="112">
         <v>0</v>
       </c>
       <c r="H501" s="112">
         <v>0</v>
       </c>
       <c r="I501" s="112">
         <v>0</v>
       </c>
       <c r="J501" s="112">
         <v>0</v>
       </c>
       <c r="K501" s="112">
         <v>0</v>
       </c>
       <c r="L501" s="112">
         <v>0</v>
       </c>
       <c r="M501" s="112">
         <v>-2.1899999999999999E-2</v>
       </c>
       <c r="N501" s="93">
         <v>-2.1899999999999999E-2</v>
       </c>
     </row>
     <row r="502" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B502" s="64"/>
-      <c r="C502" s="250" t="s">
+      <c r="C502" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D502" s="125"/>
-[...1 lines deleted...]
-      <c r="F502" s="126"/>
+      <c r="D502" s="230"/>
+      <c r="E502" s="230"/>
+      <c r="F502" s="231"/>
       <c r="G502" s="112">
         <v>0</v>
       </c>
       <c r="H502" s="112">
         <v>0</v>
       </c>
       <c r="I502" s="112">
         <v>11.894297999999999</v>
       </c>
       <c r="J502" s="112">
         <v>21.565003999999998</v>
       </c>
       <c r="K502" s="112">
         <v>44.773090000000003</v>
       </c>
       <c r="L502" s="112">
         <v>160.845789</v>
       </c>
       <c r="M502" s="112">
         <v>167.95617899999999</v>
       </c>
       <c r="N502" s="93">
         <v>407.03435999999999</v>
       </c>
     </row>
     <row r="503" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B503" s="64"/>
-      <c r="C503" s="270" t="s">
+      <c r="C503" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D503" s="271"/>
-[...1 lines deleted...]
-      <c r="F503" s="271"/>
+      <c r="D503" s="242"/>
+      <c r="E503" s="242"/>
+      <c r="F503" s="242"/>
       <c r="G503" s="112">
         <v>0</v>
       </c>
       <c r="H503" s="112">
         <v>0</v>
       </c>
       <c r="I503" s="112">
         <v>3.8827750000000001</v>
       </c>
       <c r="J503" s="112">
         <v>12.358431</v>
       </c>
       <c r="K503" s="112">
         <v>155.45030499999999</v>
       </c>
       <c r="L503" s="112">
         <v>245.245059</v>
       </c>
       <c r="M503" s="112">
         <v>152.22553199999999</v>
       </c>
       <c r="N503" s="93">
         <v>569.162102</v>
       </c>
     </row>
     <row r="504" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B504" s="64"/>
-      <c r="C504" s="250" t="s">
+      <c r="C504" s="246" t="s">
         <v>76</v>
       </c>
-      <c r="D504" s="125"/>
-[...1 lines deleted...]
-      <c r="F504" s="125"/>
+      <c r="D504" s="230"/>
+      <c r="E504" s="230"/>
+      <c r="F504" s="230"/>
       <c r="G504" s="112">
         <v>0.64242999999999995</v>
       </c>
       <c r="H504" s="112">
         <v>3.2799200000000002</v>
       </c>
       <c r="I504" s="112">
         <v>52.949796999999997</v>
       </c>
       <c r="J504" s="112">
         <v>104.60093500000001</v>
       </c>
       <c r="K504" s="112">
         <v>221.77767399999999</v>
       </c>
       <c r="L504" s="112">
         <v>175.07860299999999</v>
       </c>
       <c r="M504" s="112">
         <v>67.431342000000001</v>
       </c>
       <c r="N504" s="93">
         <v>625.76070100000004</v>
       </c>
     </row>
     <row r="505" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B505" s="64"/>
-      <c r="C505" s="250" t="s">
+      <c r="C505" s="246" t="s">
         <v>77</v>
       </c>
-      <c r="D505" s="125"/>
-[...1 lines deleted...]
-      <c r="F505" s="125"/>
+      <c r="D505" s="230"/>
+      <c r="E505" s="230"/>
+      <c r="F505" s="230"/>
       <c r="G505" s="112">
         <v>2.6647000000000001E-2</v>
       </c>
       <c r="H505" s="112">
         <v>0.16856599999999999</v>
       </c>
       <c r="I505" s="112">
         <v>4.8149379999999997</v>
       </c>
       <c r="J505" s="112">
         <v>8.0577330000000007</v>
       </c>
       <c r="K505" s="112">
         <v>10.255286</v>
       </c>
       <c r="L505" s="112">
         <v>8.7422229999999992</v>
       </c>
       <c r="M505" s="112">
         <v>4.4949539999999999</v>
       </c>
       <c r="N505" s="93">
         <v>36.560347</v>
       </c>
     </row>
     <row r="506" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B506" s="64"/>
-      <c r="C506" s="250" t="s">
+      <c r="C506" s="246" t="s">
         <v>78</v>
       </c>
-      <c r="D506" s="125"/>
-[...1 lines deleted...]
-      <c r="F506" s="126"/>
+      <c r="D506" s="230"/>
+      <c r="E506" s="230"/>
+      <c r="F506" s="231"/>
       <c r="G506" s="112">
         <v>0</v>
       </c>
       <c r="H506" s="112">
         <v>0</v>
       </c>
       <c r="I506" s="112">
         <v>2.7119999999999998E-2</v>
       </c>
       <c r="J506" s="112">
         <v>6.1370000000000001E-2</v>
       </c>
       <c r="K506" s="112">
         <v>0.21621399999999999</v>
       </c>
       <c r="L506" s="112">
         <v>0.27297199999999999</v>
       </c>
       <c r="M506" s="112">
         <v>0.28261399999999998</v>
       </c>
       <c r="N506" s="93">
         <v>0.86029</v>
       </c>
     </row>
     <row r="507" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B507" s="64"/>
-      <c r="C507" s="250" t="s">
+      <c r="C507" s="246" t="s">
         <v>79</v>
       </c>
-      <c r="D507" s="125"/>
-[...1 lines deleted...]
-      <c r="F507" s="125"/>
+      <c r="D507" s="230"/>
+      <c r="E507" s="230"/>
+      <c r="F507" s="230"/>
       <c r="G507" s="112">
         <v>0</v>
       </c>
       <c r="H507" s="112">
         <v>1.335E-3</v>
       </c>
       <c r="I507" s="112">
         <v>5.6257000000000001E-2</v>
       </c>
       <c r="J507" s="112">
         <v>5.9407000000000001E-2</v>
       </c>
       <c r="K507" s="112">
         <v>4.6221999999999999E-2</v>
       </c>
       <c r="L507" s="112">
         <v>0.102452</v>
       </c>
       <c r="M507" s="112">
         <v>8.6236999999999994E-2</v>
       </c>
       <c r="N507" s="93">
         <v>0.35191</v>
       </c>
     </row>
     <row r="508" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
-      <c r="B508" s="266" t="s">
+      <c r="B508" s="293" t="s">
         <v>175</v>
       </c>
-      <c r="C508" s="267"/>
-[...2 lines deleted...]
-      <c r="F508" s="267"/>
+      <c r="C508" s="294"/>
+      <c r="D508" s="294"/>
+      <c r="E508" s="294"/>
+      <c r="F508" s="294"/>
       <c r="G508" s="114">
         <v>1.1472039999999999</v>
       </c>
       <c r="H508" s="114">
         <v>5.3051370000000002</v>
       </c>
       <c r="I508" s="114">
         <v>255.050746</v>
       </c>
       <c r="J508" s="114">
         <v>526.46418300000005</v>
       </c>
       <c r="K508" s="114">
         <v>2638.2337560000001</v>
       </c>
       <c r="L508" s="114">
         <v>3588.211808</v>
       </c>
       <c r="M508" s="114">
         <v>2137.7159449999999</v>
       </c>
       <c r="N508" s="76">
         <v>9152.1287790000006</v>
       </c>
     </row>
     <row r="509" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B509" s="64"/>
-      <c r="C509" s="268" t="s">
+      <c r="C509" s="250" t="s">
         <v>39</v>
       </c>
-      <c r="D509" s="269"/>
-[...1 lines deleted...]
-      <c r="F509" s="269"/>
+      <c r="D509" s="251"/>
+      <c r="E509" s="251"/>
+      <c r="F509" s="251"/>
       <c r="G509" s="112">
         <v>0</v>
       </c>
       <c r="H509" s="112">
         <v>0</v>
       </c>
       <c r="I509" s="112">
         <v>71.283202000000003</v>
       </c>
       <c r="J509" s="112">
         <v>211.95552699999999</v>
       </c>
       <c r="K509" s="112">
         <v>1927.46335</v>
       </c>
       <c r="L509" s="112">
         <v>2781.748384</v>
       </c>
       <c r="M509" s="112">
         <v>1687.761015</v>
       </c>
       <c r="N509" s="93">
         <v>6680.2114780000002</v>
       </c>
     </row>
     <row r="510" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B510" s="64"/>
-      <c r="C510" s="250" t="s">
+      <c r="C510" s="246" t="s">
         <v>40</v>
       </c>
-      <c r="D510" s="125"/>
-[...1 lines deleted...]
-      <c r="F510" s="125"/>
+      <c r="D510" s="230"/>
+      <c r="E510" s="230"/>
+      <c r="F510" s="230"/>
       <c r="G510" s="112">
         <v>0</v>
       </c>
       <c r="H510" s="112">
         <v>0</v>
       </c>
       <c r="I510" s="112">
         <v>91.739519000000001</v>
       </c>
       <c r="J510" s="112">
         <v>135.89361700000001</v>
       </c>
       <c r="K510" s="112">
         <v>148.93271300000001</v>
       </c>
       <c r="L510" s="112">
         <v>163.210194</v>
       </c>
       <c r="M510" s="112">
         <v>83.208903000000007</v>
       </c>
       <c r="N510" s="93">
         <v>622.98494600000004</v>
       </c>
     </row>
     <row r="511" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B511" s="64"/>
-      <c r="C511" s="250" t="s">
+      <c r="C511" s="246" t="s">
         <v>136</v>
       </c>
-      <c r="D511" s="125"/>
-[...1 lines deleted...]
-      <c r="F511" s="125"/>
+      <c r="D511" s="230"/>
+      <c r="E511" s="230"/>
+      <c r="F511" s="230"/>
       <c r="G511" s="112">
         <v>0</v>
       </c>
       <c r="H511" s="112">
         <v>0</v>
       </c>
       <c r="I511" s="112">
         <v>0</v>
       </c>
       <c r="J511" s="112">
         <v>0</v>
       </c>
       <c r="K511" s="112">
         <v>0</v>
       </c>
       <c r="L511" s="112">
         <v>0</v>
       </c>
       <c r="M511" s="112">
         <v>-4.0620000000000003E-2</v>
       </c>
       <c r="N511" s="93">
         <v>-4.0620000000000003E-2</v>
       </c>
     </row>
     <row r="512" spans="2:14" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B512" s="64"/>
-      <c r="C512" s="250" t="s">
+      <c r="C512" s="246" t="s">
         <v>42</v>
       </c>
-      <c r="D512" s="125"/>
-[...1 lines deleted...]
-      <c r="F512" s="126"/>
+      <c r="D512" s="230"/>
+      <c r="E512" s="230"/>
+      <c r="F512" s="231"/>
       <c r="G512" s="112">
         <v>0</v>
       </c>
       <c r="H512" s="112">
         <v>0</v>
       </c>
       <c r="I512" s="112">
         <v>2.68784</v>
       </c>
       <c r="J512" s="112">
         <v>4.8771740000000001</v>
       </c>
       <c r="K512" s="112">
         <v>8.3754069999999992</v>
       </c>
       <c r="L512" s="112">
         <v>25.741225</v>
       </c>
       <c r="M512" s="112">
         <v>26.817799999999998</v>
       </c>
       <c r="N512" s="93">
         <v>68.499446000000006</v>
       </c>
     </row>
     <row r="513" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B513" s="64"/>
-      <c r="C513" s="270" t="s">
+      <c r="C513" s="241" t="s">
         <v>150</v>
       </c>
-      <c r="D513" s="271"/>
-[...1 lines deleted...]
-      <c r="F513" s="271"/>
+      <c r="D513" s="242"/>
+      <c r="E513" s="242"/>
+      <c r="F513" s="242"/>
       <c r="G513" s="112">
         <v>0</v>
       </c>
       <c r="H513" s="112">
         <v>0</v>
       </c>
       <c r="I513" s="112">
         <v>5.8622949999999996</v>
       </c>
       <c r="J513" s="112">
         <v>18.516293999999998</v>
       </c>
       <c r="K513" s="112">
         <v>233.786407</v>
       </c>
       <c r="L513" s="112">
         <v>366.95401800000002</v>
       </c>
       <c r="M513" s="112">
         <v>235.95142999999999</v>
       </c>
       <c r="N513" s="93">
         <v>861.07044399999995</v>
       </c>
     </row>
     <row r="514" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B514" s="64"/>
-      <c r="C514" s="250" t="s">
+      <c r="C514" s="246" t="s">
         <v>76</v>
       </c>
-      <c r="D514" s="125"/>
-[...1 lines deleted...]
-      <c r="F514" s="125"/>
+      <c r="D514" s="230"/>
+      <c r="E514" s="230"/>
+      <c r="F514" s="230"/>
       <c r="G514" s="112">
         <v>1.1200220000000001</v>
       </c>
       <c r="H514" s="112">
         <v>5.2004570000000001</v>
       </c>
       <c r="I514" s="112">
         <v>80.863466000000003</v>
       </c>
       <c r="J514" s="112">
         <v>150.83818500000001</v>
       </c>
       <c r="K514" s="112">
         <v>314.27957099999998</v>
       </c>
       <c r="L514" s="112">
         <v>245.68691000000001</v>
       </c>
       <c r="M514" s="112">
         <v>100.858564</v>
       </c>
       <c r="N514" s="93">
         <v>898.84717499999999</v>
       </c>
     </row>
     <row r="515" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B515" s="64"/>
-      <c r="C515" s="250" t="s">
+      <c r="C515" s="246" t="s">
         <v>77</v>
       </c>
-      <c r="D515" s="125"/>
-[...1 lines deleted...]
-      <c r="F515" s="125"/>
+      <c r="D515" s="230"/>
+      <c r="E515" s="230"/>
+      <c r="F515" s="230"/>
       <c r="G515" s="112">
         <v>2.7182000000000001E-2</v>
       </c>
       <c r="H515" s="112">
         <v>0.104659</v>
       </c>
       <c r="I515" s="112">
         <v>2.5844559999999999</v>
       </c>
       <c r="J515" s="112">
         <v>4.2801720000000003</v>
       </c>
       <c r="K515" s="112">
         <v>5.3322469999999997</v>
       </c>
       <c r="L515" s="112">
         <v>4.7216440000000004</v>
       </c>
       <c r="M515" s="112">
         <v>3.0438860000000001</v>
       </c>
       <c r="N515" s="93">
         <v>20.094245999999998</v>
       </c>
     </row>
     <row r="516" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B516" s="64"/>
-      <c r="C516" s="250" t="s">
+      <c r="C516" s="246" t="s">
         <v>78</v>
       </c>
-      <c r="D516" s="125"/>
-[...1 lines deleted...]
-      <c r="F516" s="125"/>
+      <c r="D516" s="230"/>
+      <c r="E516" s="230"/>
+      <c r="F516" s="230"/>
       <c r="G516" s="112">
         <v>0</v>
       </c>
       <c r="H516" s="112">
         <v>0</v>
       </c>
       <c r="I516" s="112">
         <v>9.7540000000000005E-3</v>
       </c>
       <c r="J516" s="112">
         <v>5.0437000000000003E-2</v>
       </c>
       <c r="K516" s="112">
         <v>4.6151999999999999E-2</v>
       </c>
       <c r="L516" s="112">
         <v>7.7072000000000002E-2</v>
       </c>
       <c r="M516" s="112">
         <v>6.0151000000000003E-2</v>
       </c>
       <c r="N516" s="93">
         <v>0.243566</v>
       </c>
     </row>
     <row r="517" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1">
       <c r="B517" s="64"/>
-      <c r="C517" s="251" t="s">
+      <c r="C517" s="332" t="s">
         <v>79</v>
       </c>
-      <c r="D517" s="252"/>
-[...1 lines deleted...]
-      <c r="F517" s="253"/>
+      <c r="D517" s="333"/>
+      <c r="E517" s="333"/>
+      <c r="F517" s="334"/>
       <c r="G517" s="112">
         <v>0</v>
       </c>
       <c r="H517" s="112">
         <v>2.0999999999999999E-5</v>
       </c>
       <c r="I517" s="112">
         <v>2.0213999999999999E-2</v>
       </c>
       <c r="J517" s="112">
         <v>5.2776999999999998E-2</v>
       </c>
       <c r="K517" s="112">
         <v>1.7909000000000001E-2</v>
       </c>
       <c r="L517" s="112">
         <v>7.2360999999999995E-2</v>
       </c>
       <c r="M517" s="112">
         <v>5.4815999999999997E-2</v>
       </c>
       <c r="N517" s="93">
         <v>0.21809799999999999</v>
       </c>
     </row>
     <row r="518" spans="1:15" s="1" customFormat="1" ht="12" customHeight="1" thickBot="1">
-      <c r="B518" s="254" t="s">
+      <c r="B518" s="252" t="s">
         <v>152</v>
       </c>
-      <c r="C518" s="255"/>
-[...2 lines deleted...]
-      <c r="F518" s="255"/>
+      <c r="C518" s="253"/>
+      <c r="D518" s="253"/>
+      <c r="E518" s="253"/>
+      <c r="F518" s="253"/>
       <c r="G518" s="115">
         <v>1.816281</v>
       </c>
       <c r="H518" s="115">
         <v>8.7549580000000002</v>
       </c>
       <c r="I518" s="115">
         <v>739.69188399999996</v>
       </c>
       <c r="J518" s="115">
         <v>1388.46423</v>
       </c>
       <c r="K518" s="115">
         <v>5430.3365080000003</v>
       </c>
       <c r="L518" s="115">
         <v>7467.8492480000004</v>
       </c>
       <c r="M518" s="115">
         <v>4471.1176690000002</v>
       </c>
       <c r="N518" s="77">
         <v>19508.030778</v>
       </c>
     </row>
-    <row r="519" spans="1:15" s="1" customFormat="1" ht="11">
-      <c r="B519" s="256" t="s">
+    <row r="519" spans="1:15" s="1" customFormat="1" ht="11.25">
+      <c r="B519" s="240" t="s">
         <v>176</v>
       </c>
-      <c r="C519" s="256"/>
-[...11 lines deleted...]
-      <c r="O519" s="256"/>
+      <c r="C519" s="240"/>
+      <c r="D519" s="240"/>
+      <c r="E519" s="240"/>
+      <c r="F519" s="240"/>
+      <c r="G519" s="240"/>
+      <c r="H519" s="240"/>
+      <c r="I519" s="240"/>
+      <c r="J519" s="240"/>
+      <c r="K519" s="240"/>
+      <c r="L519" s="240"/>
+      <c r="M519" s="240"/>
+      <c r="N519" s="240"/>
+      <c r="O519" s="240"/>
     </row>
     <row r="520" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B520" s="86" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="521" spans="1:15" s="1" customFormat="1" ht="12.75" customHeight="1">
-      <c r="B521" s="256" t="s">
+      <c r="B521" s="240" t="s">
         <v>154</v>
       </c>
-      <c r="C521" s="256"/>
-[...11 lines deleted...]
-      <c r="O521" s="256"/>
+      <c r="C521" s="240"/>
+      <c r="D521" s="240"/>
+      <c r="E521" s="240"/>
+      <c r="F521" s="240"/>
+      <c r="G521" s="240"/>
+      <c r="H521" s="240"/>
+      <c r="I521" s="240"/>
+      <c r="J521" s="240"/>
+      <c r="K521" s="240"/>
+      <c r="L521" s="240"/>
+      <c r="M521" s="240"/>
+      <c r="N521" s="240"/>
+      <c r="O521" s="240"/>
     </row>
     <row r="522" spans="1:15" s="1" customFormat="1" ht="11.25" customHeight="1">
       <c r="B522" s="86" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="523" spans="1:15" s="1" customFormat="1" ht="6" customHeight="1"/>
     <row r="524" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1" thickBot="1">
       <c r="A524" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="525" spans="1:15" s="1" customFormat="1" ht="16.5" customHeight="1">
-      <c r="B525" s="257" t="s">
+      <c r="B525" s="335" t="s">
         <v>15</v>
       </c>
-      <c r="C525" s="258"/>
-[...3 lines deleted...]
-      <c r="G525" s="260" t="s">
+      <c r="C525" s="336"/>
+      <c r="D525" s="336"/>
+      <c r="E525" s="336"/>
+      <c r="F525" s="337"/>
+      <c r="G525" s="338" t="s">
         <v>180</v>
       </c>
-      <c r="H525" s="182"/>
+      <c r="H525" s="165"/>
     </row>
     <row r="526" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B526" s="261" t="s">
+      <c r="B526" s="339" t="s">
         <v>181</v>
       </c>
-      <c r="C526" s="262"/>
-[...3 lines deleted...]
-      <c r="G526" s="264">
+      <c r="C526" s="340"/>
+      <c r="D526" s="340"/>
+      <c r="E526" s="340"/>
+      <c r="F526" s="341"/>
+      <c r="G526" s="342">
         <v>426017.57883800002</v>
       </c>
-      <c r="H526" s="265"/>
+      <c r="H526" s="343"/>
     </row>
     <row r="527" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
-      <c r="B527" s="240" t="s">
+      <c r="B527" s="235" t="s">
+        <v>192</v>
+      </c>
+      <c r="C527" s="236"/>
+      <c r="D527" s="236"/>
+      <c r="E527" s="236"/>
+      <c r="F527" s="237"/>
+      <c r="G527" s="238">
+        <v>50393.915469</v>
+      </c>
+      <c r="H527" s="239"/>
+    </row>
+    <row r="528" spans="1:15" s="1" customFormat="1" ht="15" customHeight="1">
+      <c r="B528" s="235" t="s">
+        <v>149</v>
+      </c>
+      <c r="C528" s="236"/>
+      <c r="D528" s="236"/>
+      <c r="E528" s="236"/>
+      <c r="F528" s="237"/>
+      <c r="G528" s="238">
+        <v>155903.19791399999</v>
+      </c>
+      <c r="H528" s="239"/>
+    </row>
+    <row r="529" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1">
+      <c r="B529" s="235" t="s">
         <v>182</v>
       </c>
-      <c r="C527" s="241"/>
-[...22 lines deleted...]
-      <c r="B529" s="240" t="s">
+      <c r="C529" s="236"/>
+      <c r="D529" s="236"/>
+      <c r="E529" s="236"/>
+      <c r="F529" s="237"/>
+      <c r="G529" s="238">
+        <v>289360.907397</v>
+      </c>
+      <c r="H529" s="239"/>
+    </row>
+    <row r="530" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1">
+      <c r="B530" s="235" t="s">
         <v>183</v>
       </c>
-      <c r="C529" s="241"/>
-[...9 lines deleted...]
-      <c r="B530" s="240" t="s">
+      <c r="C530" s="236"/>
+      <c r="D530" s="236"/>
+      <c r="E530" s="236"/>
+      <c r="F530" s="237"/>
+      <c r="G530" s="238">
+        <v>24126.297535000002</v>
+      </c>
+      <c r="H530" s="239"/>
+    </row>
+    <row r="531" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1">
+      <c r="B531" s="235" t="s">
         <v>184</v>
       </c>
-      <c r="C530" s="241"/>
-[...9 lines deleted...]
-      <c r="B531" s="240" t="s">
+      <c r="C531" s="236"/>
+      <c r="D531" s="236"/>
+      <c r="E531" s="236"/>
+      <c r="F531" s="237"/>
+      <c r="G531" s="238">
+        <v>10968.918372</v>
+      </c>
+      <c r="H531" s="239"/>
+    </row>
+    <row r="532" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1">
+      <c r="B532" s="349" t="s">
         <v>185</v>
       </c>
-      <c r="C531" s="241"/>
-[...16 lines deleted...]
-      <c r="G532" s="248">
+      <c r="C532" s="350"/>
+      <c r="D532" s="350"/>
+      <c r="E532" s="350"/>
+      <c r="F532" s="351"/>
+      <c r="G532" s="352">
         <v>19508.030778</v>
       </c>
-      <c r="H532" s="249"/>
+      <c r="H532" s="353"/>
     </row>
     <row r="533" spans="2:15" s="1" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="B533" s="235" t="s">
+      <c r="B533" s="344" t="s">
         <v>32</v>
       </c>
-      <c r="C533" s="236"/>
-[...3 lines deleted...]
-      <c r="G533" s="238">
+      <c r="C533" s="345"/>
+      <c r="D533" s="345"/>
+      <c r="E533" s="345"/>
+      <c r="F533" s="346"/>
+      <c r="G533" s="347">
         <v>976278.846303</v>
       </c>
-      <c r="H533" s="239"/>
+      <c r="H533" s="348"/>
     </row>
     <row r="534" spans="2:15" ht="18.75" customHeight="1">
-      <c r="B534" s="256" t="s">
-[...14 lines deleted...]
-      <c r="O534" s="256"/>
+      <c r="B534" s="240" t="s">
+        <v>191</v>
+      </c>
+      <c r="C534" s="240"/>
+      <c r="D534" s="240"/>
+      <c r="E534" s="240"/>
+      <c r="F534" s="240"/>
+      <c r="G534" s="240"/>
+      <c r="H534" s="240"/>
+      <c r="I534" s="240"/>
+      <c r="J534" s="240"/>
+      <c r="K534" s="240"/>
+      <c r="L534" s="240"/>
+      <c r="M534" s="240"/>
+      <c r="N534" s="240"/>
+      <c r="O534" s="240"/>
     </row>
   </sheetData>
   <mergeCells count="450">
+    <mergeCell ref="B533:F533"/>
+    <mergeCell ref="G533:H533"/>
+    <mergeCell ref="B528:F528"/>
+    <mergeCell ref="G528:H528"/>
+    <mergeCell ref="B529:F529"/>
+    <mergeCell ref="G529:H529"/>
+    <mergeCell ref="B530:F530"/>
+    <mergeCell ref="G530:H530"/>
+    <mergeCell ref="B531:F531"/>
+    <mergeCell ref="G531:H531"/>
+    <mergeCell ref="B532:F532"/>
+    <mergeCell ref="G532:H532"/>
+    <mergeCell ref="C515:F515"/>
+    <mergeCell ref="C516:F516"/>
+    <mergeCell ref="C517:F517"/>
+    <mergeCell ref="B518:F518"/>
+    <mergeCell ref="B519:O519"/>
+    <mergeCell ref="B521:O521"/>
+    <mergeCell ref="B525:F525"/>
+    <mergeCell ref="G525:H525"/>
+    <mergeCell ref="B526:F526"/>
+    <mergeCell ref="G526:H526"/>
+    <mergeCell ref="C506:F506"/>
+    <mergeCell ref="C507:F507"/>
+    <mergeCell ref="B508:F508"/>
+    <mergeCell ref="C509:F509"/>
+    <mergeCell ref="C510:F510"/>
+    <mergeCell ref="C511:F511"/>
+    <mergeCell ref="C512:F512"/>
+    <mergeCell ref="C513:F513"/>
+    <mergeCell ref="C514:F514"/>
+    <mergeCell ref="B497:F497"/>
+    <mergeCell ref="B498:F498"/>
+    <mergeCell ref="C499:F499"/>
+    <mergeCell ref="C500:F500"/>
+    <mergeCell ref="C501:F501"/>
+    <mergeCell ref="C502:F502"/>
+    <mergeCell ref="C503:F503"/>
+    <mergeCell ref="C504:F504"/>
+    <mergeCell ref="C505:F505"/>
+    <mergeCell ref="B489:F489"/>
+    <mergeCell ref="G489:I489"/>
+    <mergeCell ref="J489:L489"/>
+    <mergeCell ref="M489:O489"/>
+    <mergeCell ref="B490:O490"/>
+    <mergeCell ref="B493:F493"/>
+    <mergeCell ref="G493:L493"/>
+    <mergeCell ref="B494:F494"/>
+    <mergeCell ref="G494:L494"/>
+    <mergeCell ref="C479:F479"/>
+    <mergeCell ref="C480:F480"/>
+    <mergeCell ref="B481:F481"/>
+    <mergeCell ref="B487:F487"/>
+    <mergeCell ref="G487:I487"/>
+    <mergeCell ref="J487:L487"/>
+    <mergeCell ref="M487:O487"/>
+    <mergeCell ref="B488:F488"/>
+    <mergeCell ref="G488:I488"/>
+    <mergeCell ref="J488:L488"/>
+    <mergeCell ref="M488:O488"/>
+    <mergeCell ref="C465:F465"/>
+    <mergeCell ref="C466:F466"/>
+    <mergeCell ref="C471:F471"/>
+    <mergeCell ref="C472:F472"/>
+    <mergeCell ref="C473:F473"/>
+    <mergeCell ref="C474:F474"/>
+    <mergeCell ref="C475:F475"/>
+    <mergeCell ref="C477:F477"/>
+    <mergeCell ref="C478:F478"/>
+    <mergeCell ref="C467:F467"/>
+    <mergeCell ref="C468:F468"/>
+    <mergeCell ref="C469:F469"/>
+    <mergeCell ref="C470:F470"/>
+    <mergeCell ref="D454:F454"/>
+    <mergeCell ref="C455:F455"/>
+    <mergeCell ref="D456:F456"/>
+    <mergeCell ref="D457:F457"/>
+    <mergeCell ref="D458:F458"/>
+    <mergeCell ref="C460:F460"/>
+    <mergeCell ref="C463:F463"/>
+    <mergeCell ref="C464:F464"/>
+    <mergeCell ref="C459:F459"/>
+    <mergeCell ref="D445:F445"/>
+    <mergeCell ref="D446:F446"/>
+    <mergeCell ref="C447:F447"/>
+    <mergeCell ref="D448:F448"/>
+    <mergeCell ref="D449:F449"/>
+    <mergeCell ref="C450:F450"/>
+    <mergeCell ref="D451:F451"/>
+    <mergeCell ref="D452:F452"/>
+    <mergeCell ref="D453:F453"/>
+    <mergeCell ref="C431:F431"/>
+    <mergeCell ref="C432:F432"/>
+    <mergeCell ref="B433:F433"/>
+    <mergeCell ref="B439:F439"/>
+    <mergeCell ref="B440:F440"/>
+    <mergeCell ref="C441:F441"/>
+    <mergeCell ref="D442:F442"/>
+    <mergeCell ref="D443:F443"/>
+    <mergeCell ref="D444:F444"/>
+    <mergeCell ref="C417:F417"/>
+    <mergeCell ref="C418:F418"/>
+    <mergeCell ref="C423:F423"/>
+    <mergeCell ref="C424:F424"/>
+    <mergeCell ref="C425:F425"/>
+    <mergeCell ref="C426:F426"/>
+    <mergeCell ref="C427:F427"/>
+    <mergeCell ref="C429:F429"/>
+    <mergeCell ref="C430:F430"/>
+    <mergeCell ref="C419:F419"/>
+    <mergeCell ref="C420:F420"/>
+    <mergeCell ref="C421:F421"/>
+    <mergeCell ref="C422:F422"/>
+    <mergeCell ref="D406:F406"/>
+    <mergeCell ref="D407:F407"/>
+    <mergeCell ref="C408:F408"/>
+    <mergeCell ref="D409:F409"/>
+    <mergeCell ref="D410:F410"/>
+    <mergeCell ref="D411:F411"/>
+    <mergeCell ref="C413:F413"/>
+    <mergeCell ref="C415:F415"/>
+    <mergeCell ref="C416:F416"/>
+    <mergeCell ref="C412:F412"/>
+    <mergeCell ref="D397:F397"/>
+    <mergeCell ref="D398:F398"/>
+    <mergeCell ref="D399:F399"/>
+    <mergeCell ref="C400:F400"/>
+    <mergeCell ref="D401:F401"/>
+    <mergeCell ref="D402:F402"/>
+    <mergeCell ref="C403:F403"/>
+    <mergeCell ref="D404:F404"/>
+    <mergeCell ref="D405:F405"/>
+    <mergeCell ref="C383:F383"/>
+    <mergeCell ref="C384:F384"/>
+    <mergeCell ref="C385:F385"/>
+    <mergeCell ref="B386:F386"/>
+    <mergeCell ref="B392:F392"/>
+    <mergeCell ref="B393:F393"/>
+    <mergeCell ref="C394:F394"/>
+    <mergeCell ref="D395:F395"/>
+    <mergeCell ref="D396:F396"/>
+    <mergeCell ref="C376:F376"/>
+    <mergeCell ref="C377:F377"/>
+    <mergeCell ref="C378:F378"/>
+    <mergeCell ref="C379:F379"/>
+    <mergeCell ref="C380:F380"/>
+    <mergeCell ref="C382:F382"/>
+    <mergeCell ref="C372:F372"/>
+    <mergeCell ref="C373:F373"/>
+    <mergeCell ref="C374:F374"/>
+    <mergeCell ref="C375:F375"/>
+    <mergeCell ref="D362:F362"/>
+    <mergeCell ref="D363:F363"/>
+    <mergeCell ref="D364:F364"/>
+    <mergeCell ref="C366:F366"/>
+    <mergeCell ref="C368:F368"/>
+    <mergeCell ref="C365:F365"/>
+    <mergeCell ref="C369:F369"/>
+    <mergeCell ref="C370:F370"/>
+    <mergeCell ref="C371:F371"/>
+    <mergeCell ref="C353:F353"/>
+    <mergeCell ref="D354:F354"/>
+    <mergeCell ref="D355:F355"/>
+    <mergeCell ref="C356:F356"/>
+    <mergeCell ref="D357:F357"/>
+    <mergeCell ref="D358:F358"/>
+    <mergeCell ref="D359:F359"/>
+    <mergeCell ref="D360:F360"/>
+    <mergeCell ref="C361:F361"/>
+    <mergeCell ref="B345:F345"/>
+    <mergeCell ref="B346:F346"/>
+    <mergeCell ref="C347:F347"/>
+    <mergeCell ref="D348:F348"/>
+    <mergeCell ref="D349:F349"/>
+    <mergeCell ref="D350:F350"/>
+    <mergeCell ref="D351:F351"/>
+    <mergeCell ref="D352:F352"/>
+    <mergeCell ref="B339:M339"/>
+    <mergeCell ref="C329:F329"/>
+    <mergeCell ref="C330:F330"/>
+    <mergeCell ref="C331:F331"/>
+    <mergeCell ref="C332:F332"/>
+    <mergeCell ref="C334:F334"/>
+    <mergeCell ref="C335:F335"/>
+    <mergeCell ref="C336:F336"/>
+    <mergeCell ref="C337:F337"/>
+    <mergeCell ref="B338:F338"/>
+    <mergeCell ref="D313:F313"/>
+    <mergeCell ref="D314:F314"/>
+    <mergeCell ref="D315:F315"/>
+    <mergeCell ref="C317:F317"/>
+    <mergeCell ref="C320:F320"/>
+    <mergeCell ref="C321:F321"/>
+    <mergeCell ref="C322:F322"/>
+    <mergeCell ref="C323:F323"/>
+    <mergeCell ref="C328:F328"/>
+    <mergeCell ref="C304:F304"/>
+    <mergeCell ref="D305:F305"/>
+    <mergeCell ref="D306:F306"/>
+    <mergeCell ref="C307:F307"/>
+    <mergeCell ref="D308:F308"/>
+    <mergeCell ref="D309:F309"/>
+    <mergeCell ref="D310:F310"/>
+    <mergeCell ref="D311:F311"/>
+    <mergeCell ref="C312:F312"/>
+    <mergeCell ref="B297:F297"/>
+    <mergeCell ref="C298:F298"/>
+    <mergeCell ref="D299:F299"/>
+    <mergeCell ref="B289:O289"/>
+    <mergeCell ref="B290:O290"/>
+    <mergeCell ref="D300:F300"/>
+    <mergeCell ref="D301:F301"/>
+    <mergeCell ref="D302:F302"/>
+    <mergeCell ref="D303:F303"/>
+    <mergeCell ref="C261:F261"/>
+    <mergeCell ref="D262:F262"/>
+    <mergeCell ref="D263:F263"/>
+    <mergeCell ref="D264:F264"/>
+    <mergeCell ref="C265:F265"/>
+    <mergeCell ref="C269:F269"/>
+    <mergeCell ref="C270:F270"/>
+    <mergeCell ref="C271:F271"/>
+    <mergeCell ref="C272:F272"/>
+    <mergeCell ref="C266:F266"/>
+    <mergeCell ref="B241:N241"/>
+    <mergeCell ref="C253:F253"/>
+    <mergeCell ref="D254:F254"/>
+    <mergeCell ref="D255:F255"/>
+    <mergeCell ref="C256:F256"/>
+    <mergeCell ref="D257:F257"/>
+    <mergeCell ref="D258:F258"/>
+    <mergeCell ref="D259:F259"/>
+    <mergeCell ref="D260:F260"/>
+    <mergeCell ref="B245:F245"/>
+    <mergeCell ref="B246:F246"/>
+    <mergeCell ref="C247:F247"/>
+    <mergeCell ref="D248:F248"/>
+    <mergeCell ref="D249:F249"/>
+    <mergeCell ref="D250:F250"/>
+    <mergeCell ref="D251:F251"/>
+    <mergeCell ref="D252:F252"/>
+    <mergeCell ref="B242:O242"/>
+    <mergeCell ref="B229:D229"/>
+    <mergeCell ref="B230:D230"/>
+    <mergeCell ref="B231:D231"/>
+    <mergeCell ref="B236:D236"/>
+    <mergeCell ref="B237:D237"/>
+    <mergeCell ref="B238:D238"/>
+    <mergeCell ref="B239:D239"/>
+    <mergeCell ref="B240:D240"/>
+    <mergeCell ref="B233:N233"/>
+    <mergeCell ref="B232:N232"/>
+    <mergeCell ref="C217:D217"/>
+    <mergeCell ref="C218:D218"/>
+    <mergeCell ref="B219:D219"/>
+    <mergeCell ref="C220:D220"/>
+    <mergeCell ref="C221:D221"/>
+    <mergeCell ref="B222:D222"/>
+    <mergeCell ref="B227:D227"/>
+    <mergeCell ref="B228:D228"/>
+    <mergeCell ref="B223:N223"/>
+    <mergeCell ref="B224:N224"/>
+    <mergeCell ref="B205:D205"/>
+    <mergeCell ref="B209:D209"/>
+    <mergeCell ref="B210:D210"/>
+    <mergeCell ref="C211:D211"/>
+    <mergeCell ref="C212:D212"/>
+    <mergeCell ref="B213:D213"/>
+    <mergeCell ref="C214:D214"/>
+    <mergeCell ref="C215:D215"/>
+    <mergeCell ref="B216:D216"/>
+    <mergeCell ref="B175:D175"/>
+    <mergeCell ref="B179:D179"/>
+    <mergeCell ref="B183:D183"/>
+    <mergeCell ref="B185:D185"/>
+    <mergeCell ref="B189:D189"/>
+    <mergeCell ref="B194:D194"/>
+    <mergeCell ref="B195:D195"/>
+    <mergeCell ref="B199:D199"/>
+    <mergeCell ref="B204:D204"/>
+    <mergeCell ref="B184:D184"/>
+    <mergeCell ref="B181:D181"/>
+    <mergeCell ref="B182:D182"/>
+    <mergeCell ref="B180:D180"/>
+    <mergeCell ref="B193:D193"/>
+    <mergeCell ref="B191:D191"/>
+    <mergeCell ref="B192:D192"/>
+    <mergeCell ref="B190:D190"/>
+    <mergeCell ref="B203:D203"/>
+    <mergeCell ref="B200:D200"/>
+    <mergeCell ref="B202:D202"/>
+    <mergeCell ref="B201:D201"/>
+    <mergeCell ref="B162:D162"/>
+    <mergeCell ref="B163:D163"/>
+    <mergeCell ref="B164:D164"/>
+    <mergeCell ref="B165:D165"/>
+    <mergeCell ref="B166:D166"/>
+    <mergeCell ref="B171:D171"/>
+    <mergeCell ref="B172:D172"/>
+    <mergeCell ref="B173:D173"/>
+    <mergeCell ref="B174:D174"/>
+    <mergeCell ref="B167:D167"/>
+    <mergeCell ref="B168:D168"/>
+    <mergeCell ref="B169:D169"/>
+    <mergeCell ref="B170:D170"/>
+    <mergeCell ref="B146:D146"/>
+    <mergeCell ref="B147:D147"/>
+    <mergeCell ref="B152:D152"/>
+    <mergeCell ref="B153:D153"/>
+    <mergeCell ref="B154:D154"/>
+    <mergeCell ref="B155:D155"/>
+    <mergeCell ref="B156:D156"/>
+    <mergeCell ref="B157:D157"/>
+    <mergeCell ref="B158:D158"/>
+    <mergeCell ref="B148:D148"/>
+    <mergeCell ref="B149:D149"/>
+    <mergeCell ref="B150:D150"/>
+    <mergeCell ref="B151:D151"/>
+    <mergeCell ref="B130:D130"/>
+    <mergeCell ref="B131:D131"/>
+    <mergeCell ref="B135:D135"/>
+    <mergeCell ref="B136:D136"/>
+    <mergeCell ref="B137:D137"/>
+    <mergeCell ref="B138:D138"/>
+    <mergeCell ref="B140:D140"/>
+    <mergeCell ref="B141:D141"/>
+    <mergeCell ref="B145:D145"/>
+    <mergeCell ref="B132:D132"/>
+    <mergeCell ref="B133:D133"/>
+    <mergeCell ref="B134:D134"/>
+    <mergeCell ref="B139:D139"/>
+    <mergeCell ref="B113:D113"/>
+    <mergeCell ref="B115:D115"/>
+    <mergeCell ref="B116:D116"/>
+    <mergeCell ref="B122:D122"/>
+    <mergeCell ref="B123:D123"/>
+    <mergeCell ref="B124:D124"/>
+    <mergeCell ref="B125:D125"/>
+    <mergeCell ref="B128:D128"/>
+    <mergeCell ref="B129:D129"/>
+    <mergeCell ref="B114:D114"/>
+    <mergeCell ref="B99:D99"/>
+    <mergeCell ref="B105:D105"/>
+    <mergeCell ref="B106:D106"/>
+    <mergeCell ref="B107:D107"/>
+    <mergeCell ref="B108:D108"/>
+    <mergeCell ref="B109:D109"/>
+    <mergeCell ref="B110:D110"/>
+    <mergeCell ref="B111:D111"/>
+    <mergeCell ref="B112:D112"/>
+    <mergeCell ref="B89:D89"/>
+    <mergeCell ref="B90:D90"/>
+    <mergeCell ref="B91:D91"/>
+    <mergeCell ref="B92:D92"/>
+    <mergeCell ref="B93:D93"/>
+    <mergeCell ref="B94:D94"/>
+    <mergeCell ref="B95:D95"/>
+    <mergeCell ref="B96:D96"/>
+    <mergeCell ref="B98:D98"/>
+    <mergeCell ref="B97:D97"/>
+    <mergeCell ref="B74:D74"/>
+    <mergeCell ref="B75:D75"/>
+    <mergeCell ref="B76:D76"/>
+    <mergeCell ref="B77:D77"/>
+    <mergeCell ref="B78:D78"/>
+    <mergeCell ref="B79:D79"/>
+    <mergeCell ref="B81:D81"/>
+    <mergeCell ref="B82:D82"/>
+    <mergeCell ref="B88:D88"/>
+    <mergeCell ref="B80:D80"/>
+    <mergeCell ref="B60:D60"/>
+    <mergeCell ref="B61:D61"/>
+    <mergeCell ref="B62:D62"/>
+    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="B65:D65"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="B71:D71"/>
+    <mergeCell ref="B72:D72"/>
+    <mergeCell ref="B73:D73"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="B51:D51"/>
+    <mergeCell ref="B52:D52"/>
+    <mergeCell ref="B53:D53"/>
+    <mergeCell ref="B54:D54"/>
+    <mergeCell ref="B55:D55"/>
+    <mergeCell ref="B56:D56"/>
+    <mergeCell ref="B57:D57"/>
+    <mergeCell ref="B58:D58"/>
+    <mergeCell ref="B59:D59"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="B43:D43"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:D14"/>
     <mergeCell ref="B527:F527"/>
     <mergeCell ref="G527:H527"/>
     <mergeCell ref="B534:O534"/>
     <mergeCell ref="C273:F273"/>
     <mergeCell ref="C275:F275"/>
     <mergeCell ref="C277:F277"/>
     <mergeCell ref="C280:F280"/>
     <mergeCell ref="C316:F316"/>
     <mergeCell ref="C324:F324"/>
     <mergeCell ref="C325:F325"/>
     <mergeCell ref="C326:F326"/>
     <mergeCell ref="C327:F327"/>
     <mergeCell ref="C274:F274"/>
     <mergeCell ref="C276:F276"/>
     <mergeCell ref="C278:F278"/>
     <mergeCell ref="C279:F279"/>
     <mergeCell ref="C281:F281"/>
     <mergeCell ref="C283:F283"/>
     <mergeCell ref="C284:F284"/>
     <mergeCell ref="C285:F285"/>
     <mergeCell ref="C286:F286"/>
     <mergeCell ref="B287:F287"/>
     <mergeCell ref="B288:O288"/>
     <mergeCell ref="B296:F296"/>
-    <mergeCell ref="A2:O2"/>
-[...424 lines deleted...]
-    <mergeCell ref="G532:H532"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.70866141732283472" right="0" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="9" manualBreakCount="9">
     <brk id="68" max="14" man="1"/>
     <brk id="120" max="14" man="1"/>
     <brk id="176" max="14" man="1"/>
     <brk id="242" max="14" man="1"/>
     <brk id="293" max="14" man="1"/>
     <brk id="342" max="14" man="1"/>
     <brk id="389" max="14" man="1"/>
     <brk id="436" max="14" man="1"/>
     <brk id="484" max="14" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010087CF894088108243B701015C07253644" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="ab45e42fd0d966334c211abe01367cd7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c6faeed94d06e5b1b9445d0cb22cfc99" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Owner xmlns="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010087CF894088108243B701015C07253644" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a127e0b2b5b36f61a5a58c5c1b5fb896">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ddf87c116989d1dd589a1293b81ff0bf" ns2:_="" ns3:_="">
     <xsd:import namespace="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -23999,102 +24017,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D459A056-A6F8-4072-B58D-2AEBF95E491A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CE85DD2-14E7-4ACA-A92D-E018186830E1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{227F7463-AA2D-41E7-AAC5-70628F3C90C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{875F7389-6D17-4764-9FEA-1BF712E500DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ba954db6-8e98-4c99-b32f-7e23d9ecf8c6"/>
     <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>