--- v0 (2025-11-18)
+++ v1 (2026-02-09)
@@ -1,77 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\S-1-5-21-476299236-1187220461-4071474961-1440627\OneDrive - 厚生労働省\WorkingDocLib\未確定ファイルはこちら\☆企画係☆\16　公共調達の適正化について（HP公表データ)\14　令和７年度分\R7.8,R7.9\01掲載\①\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/10301900/WorkingDocLib/未確定ファイルはこちら/☆企画係☆/16　公共調達の適正化について（HP公表データ)/14　令和７年度分/R7.10/01掲載/①/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CA0E79D5-B454-4E90-A361-C8B4ECEC6E4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="13_ncr:1_{CA0E79D5-B454-4E90-A361-C8B4ECEC6E4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{08817673-7D0A-46D2-80A4-BD4B14845B5A}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="1950" windowWidth="22695" windowHeight="12210" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="8925" yWindow="840" windowWidth="19785" windowHeight="12345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="１" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'１'!$B$4:$N$4</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'１'!$A$1:$O$8</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'１'!$A$1:$O$11</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'１'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>契約担当官等の氏名並びにその所属する部局の名称及び所在地</t>
     <rPh sb="0" eb="2">
       <t>ケイヤク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>タントウ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>カン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>トウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>シメイ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ナラ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ショゾク</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ブキョク</t>
@@ -437,59 +436,87 @@
   </si>
   <si>
     <t>株式会社文祥堂
 東京都中央区銀座三丁目４番１２号</t>
   </si>
   <si>
     <t>一般競争入札</t>
   </si>
   <si>
     <t>国際障害者交流センター中央監視盤等更新工事</t>
   </si>
   <si>
     <t>【障害保健福祉部】
 支出負担行為担当官
 大臣官房会計課長
 吉田　一生
 千代田区霞が関１－２－２</t>
   </si>
   <si>
     <t>日本電技株式会社
 東京都墨田区両国２－１０－１４</t>
   </si>
   <si>
     <t>一般競争入札（総合評価）</t>
   </si>
+  <si>
+    <t>昭和館２階ステンレスパネル補強工事</t>
+  </si>
+  <si>
+    <t>【社会・援護局（援護）】
+支出負担行為担当官
+大臣官房会計課長
+吉田　一生
+千代田区霞が関１－２－２</t>
+  </si>
+  <si>
+    <t xml:space="preserve">株式会社翔榮建設神奈川県川崎市宮前区南野川２－２９－２４
+</t>
+  </si>
+  <si>
+    <t>国際障害者交流センター屋上トップライト改修工事</t>
+  </si>
+  <si>
+    <t>株式会社カンボー
+大阪府守口市梶町四丁目12番5号</t>
+  </si>
+  <si>
+    <t>中国帰国者定着促進センター跡地の敷地外排水管撤去工事設計業務</t>
+  </si>
+  <si>
+    <t>株式会社ダイヤシティプランニング
+埼玉県所沢市西所沢一丁目２０番３号</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="6" formatCode="&quot;¥&quot;#,##0;[Red]&quot;¥&quot;\-#,##0"/>
     <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
-    <numFmt numFmtId="179" formatCode="[$]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@" x16r2:formatCode16="[$-ja-JP-x-gannen]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
+    <numFmt numFmtId="177" formatCode="[$]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@" x16r2:formatCode16="[$-ja-JP-x-gannen]ggge&quot;年&quot;m&quot;月&quot;d&quot;日&quot;;@"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
@@ -591,150 +618,146 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="177" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="6" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...46 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="パーセント" xfId="2" builtinId="5"/>
     <cellStyle name="通貨" xfId="1" builtinId="7"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -987,435 +1010,543 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:P18"/>
+  <dimension ref="B1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:N1"/>
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="3.5" customWidth="1"/>
     <col min="2" max="3" width="13.625" style="4" customWidth="1"/>
-    <col min="4" max="4" width="17.625" style="36" customWidth="1"/>
+    <col min="4" max="4" width="17.625" style="27" customWidth="1"/>
     <col min="5" max="5" width="13.625" style="4" customWidth="1"/>
-    <col min="6" max="6" width="16.375" style="23" customWidth="1"/>
+    <col min="6" max="6" width="16.375" style="16" customWidth="1"/>
     <col min="7" max="7" width="13.625" style="4" customWidth="1"/>
     <col min="8" max="9" width="13.625" style="6" customWidth="1"/>
-    <col min="10" max="10" width="7.5" style="32" customWidth="1"/>
+    <col min="10" max="10" width="7.5" style="24" customWidth="1"/>
     <col min="11" max="13" width="5.625" style="4" customWidth="1"/>
     <col min="14" max="14" width="8.875" style="4" customWidth="1"/>
     <col min="15" max="15" width="3.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:16" ht="39.4" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B1" s="12" t="s">
+      <c r="B1" s="28" t="s">
         <v>22</v>
       </c>
-      <c r="C1" s="13"/>
-[...10 lines deleted...]
-      <c r="N1" s="13"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="29"/>
+      <c r="I1" s="29"/>
+      <c r="J1" s="29"/>
+      <c r="K1" s="29"/>
+      <c r="L1" s="29"/>
+      <c r="M1" s="29"/>
+      <c r="N1" s="29"/>
     </row>
     <row r="3" spans="2:16" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B3" s="14" t="s">
+      <c r="B3" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="15" t="s">
+      <c r="C3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="33" t="s">
+      <c r="D3" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="15" t="s">
+      <c r="E3" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="20" t="s">
+      <c r="F3" s="36" t="s">
         <v>21</v>
       </c>
-      <c r="G3" s="15" t="s">
+      <c r="G3" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="H3" s="16" t="s">
+      <c r="H3" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="I3" s="16" t="s">
+      <c r="I3" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="J3" s="25" t="s">
+      <c r="J3" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="K3" s="17" t="s">
+      <c r="K3" s="35" t="s">
         <v>11</v>
       </c>
-      <c r="L3" s="17"/>
-[...1 lines deleted...]
-      <c r="N3" s="15" t="s">
+      <c r="L3" s="35"/>
+      <c r="M3" s="35"/>
+      <c r="N3" s="31" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="2:16" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B4" s="14"/>
-[...7 lines deleted...]
-      <c r="J4" s="25"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="31"/>
+      <c r="D4" s="32"/>
+      <c r="E4" s="31"/>
+      <c r="F4" s="36"/>
+      <c r="G4" s="31"/>
+      <c r="H4" s="33"/>
+      <c r="I4" s="33"/>
+      <c r="J4" s="34"/>
       <c r="K4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="L4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="N4" s="15"/>
+      <c r="N4" s="31"/>
     </row>
     <row r="5" spans="2:16" ht="150" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B5" s="18" t="s">
+      <c r="B5" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="C5" s="18" t="s">
+      <c r="C5" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="D5" s="34">
+      <c r="D5" s="25">
         <v>45918</v>
       </c>
-      <c r="E5" s="18" t="s">
+      <c r="E5" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="F5" s="21">
+      <c r="F5" s="14">
         <v>601001055730</v>
       </c>
-      <c r="G5" s="18" t="s">
+      <c r="G5" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="H5" s="19">
+      <c r="H5" s="13">
         <v>7832000</v>
       </c>
-      <c r="I5" s="19">
+      <c r="I5" s="13">
         <v>5710650</v>
       </c>
-      <c r="J5" s="26">
+      <c r="J5" s="18">
         <v>0.72899999999999998</v>
       </c>
-      <c r="K5" s="18"/>
-[...2 lines deleted...]
-      <c r="N5" s="18"/>
+      <c r="K5" s="12"/>
+      <c r="L5" s="12"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="12"/>
     </row>
     <row r="6" spans="2:16" ht="150" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B6" s="18" t="s">
+      <c r="B6" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="18" t="s">
+      <c r="C6" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D6" s="34">
+      <c r="D6" s="25">
         <v>45926</v>
       </c>
-      <c r="E6" s="18" t="s">
+      <c r="E6" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="21">
+      <c r="F6" s="14">
         <v>1010601021483</v>
       </c>
-      <c r="G6" s="18" t="s">
+      <c r="G6" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="H6" s="19">
+      <c r="H6" s="13">
         <v>106370000</v>
       </c>
-      <c r="I6" s="19">
+      <c r="I6" s="13">
         <v>103950000</v>
       </c>
-      <c r="J6" s="26">
+      <c r="J6" s="18">
         <v>0.97699999999999998</v>
       </c>
-      <c r="K6" s="18"/>
-[...5 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="K6" s="12"/>
+      <c r="L6" s="12"/>
+      <c r="M6" s="12"/>
+      <c r="N6" s="12"/>
+    </row>
+    <row r="7" spans="2:16" ht="150" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B7" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" s="25">
+        <v>45944</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" s="14">
+        <v>6030001024601</v>
+      </c>
+      <c r="G7" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H7" s="13">
+        <v>11449853</v>
+      </c>
+      <c r="I7" s="13">
+        <v>6380000</v>
+      </c>
+      <c r="J7" s="18">
+        <v>0.55700000000000005</v>
+      </c>
+      <c r="K7" s="12"/>
+      <c r="L7" s="12"/>
+      <c r="M7" s="12"/>
+      <c r="N7" s="12"/>
+    </row>
+    <row r="8" spans="2:16" ht="150" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B8" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" s="25">
+        <v>45960</v>
+      </c>
+      <c r="E8" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="14">
+        <v>3020001082173</v>
+      </c>
+      <c r="G8" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H8" s="13">
+        <v>8976000</v>
+      </c>
+      <c r="I8" s="13">
+        <v>7260000</v>
+      </c>
+      <c r="J8" s="18">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="K8" s="12"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+    </row>
+    <row r="9" spans="2:16" ht="150" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B9" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D9" s="25">
+        <v>45960</v>
+      </c>
+      <c r="E9" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="F9" s="14">
+        <v>5120001155529</v>
+      </c>
+      <c r="G9" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="13">
+        <v>47047000</v>
+      </c>
+      <c r="I9" s="13">
+        <v>24992000</v>
+      </c>
+      <c r="J9" s="18">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+    </row>
+    <row r="10" spans="2:16" x14ac:dyDescent="0.15">
+      <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="3"/>
-[...45 lines deleted...]
-      <c r="B10" s="3"/>
       <c r="C10" s="3"/>
-      <c r="D10" s="35"/>
+      <c r="D10" s="26"/>
       <c r="E10" s="3"/>
-      <c r="F10" s="22"/>
+      <c r="F10" s="15"/>
       <c r="G10" s="3"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
-      <c r="J10" s="27"/>
+      <c r="J10" s="19"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
     </row>
     <row r="11" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="B11" s="3"/>
+      <c r="B11" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="C11" s="3"/>
-      <c r="D11" s="35"/>
+      <c r="D11" s="26"/>
       <c r="E11" s="3"/>
-      <c r="F11" s="22"/>
+      <c r="F11" s="15"/>
       <c r="G11" s="3"/>
       <c r="H11" s="5"/>
       <c r="I11" s="5"/>
-      <c r="J11" s="28"/>
-[...5 lines deleted...]
-      <c r="P11" s="8"/>
+      <c r="J11" s="19"/>
+      <c r="K11" s="3"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
     </row>
     <row r="12" spans="2:16" x14ac:dyDescent="0.15">
       <c r="B12" s="3"/>
       <c r="C12" s="3"/>
-      <c r="D12" s="35"/>
+      <c r="D12" s="26"/>
       <c r="E12" s="3"/>
-      <c r="F12" s="22"/>
+      <c r="F12" s="15"/>
       <c r="G12" s="3"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
-      <c r="J12" s="29"/>
-[...5 lines deleted...]
-      <c r="P12" s="8"/>
+      <c r="J12" s="19"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
     </row>
     <row r="13" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="J13" s="30"/>
-[...9 lines deleted...]
-      <c r="P13" s="8"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="15"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="5"/>
+      <c r="I13" s="5"/>
+      <c r="J13" s="19"/>
+      <c r="K13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
     </row>
     <row r="14" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="J14" s="30"/>
-[...7 lines deleted...]
-      <c r="N14" s="9"/>
+      <c r="B14" s="3"/>
+      <c r="C14" s="3"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="3"/>
+      <c r="F14" s="15"/>
+      <c r="G14" s="3"/>
+      <c r="H14" s="5"/>
+      <c r="I14" s="5"/>
+      <c r="J14" s="20"/>
+      <c r="K14" s="7"/>
+      <c r="L14" s="7"/>
+      <c r="M14" s="7"/>
+      <c r="N14" s="7"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
     </row>
     <row r="15" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="F15" s="24"/>
-[...6 lines deleted...]
-      <c r="N15" s="9"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="15"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="5"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="21"/>
+      <c r="K15" s="10"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="10"/>
+      <c r="N15" s="7"/>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
     </row>
     <row r="16" spans="2:16" x14ac:dyDescent="0.15">
-      <c r="J16" s="30"/>
+      <c r="J16" s="22"/>
       <c r="K16" s="11" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="L16" s="11"/>
+        <v>15</v>
+      </c>
+      <c r="L16" s="11" t="s">
+        <v>16</v>
+      </c>
       <c r="M16" s="11"/>
       <c r="N16" s="9"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
     </row>
-    <row r="17" spans="10:16" x14ac:dyDescent="0.15">
-[...2 lines deleted...]
-      <c r="L17" s="11"/>
+    <row r="17" spans="6:16" x14ac:dyDescent="0.15">
+      <c r="J17" s="22"/>
+      <c r="K17" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="L17" s="11" t="s">
+        <v>18</v>
+      </c>
       <c r="M17" s="11"/>
       <c r="N17" s="9"/>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
     </row>
-    <row r="18" spans="10:16" x14ac:dyDescent="0.15">
-[...3 lines deleted...]
-      <c r="M18" s="9"/>
+    <row r="18" spans="6:16" x14ac:dyDescent="0.15">
+      <c r="F18" s="17"/>
+      <c r="J18" s="22"/>
+      <c r="K18" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="11"/>
+      <c r="M18" s="11"/>
       <c r="N18" s="9"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
     </row>
+    <row r="19" spans="6:16" x14ac:dyDescent="0.15">
+      <c r="J19" s="22"/>
+      <c r="K19" s="11" t="s">
+        <v>20</v>
+      </c>
+      <c r="L19" s="11"/>
+      <c r="M19" s="11"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="8"/>
+      <c r="P19" s="8"/>
+    </row>
+    <row r="20" spans="6:16" x14ac:dyDescent="0.15">
+      <c r="J20" s="22"/>
+      <c r="K20" s="11"/>
+      <c r="L20" s="11"/>
+      <c r="M20" s="11"/>
+      <c r="N20" s="9"/>
+      <c r="O20" s="8"/>
+      <c r="P20" s="8"/>
+    </row>
+    <row r="21" spans="6:16" x14ac:dyDescent="0.15">
+      <c r="J21" s="23"/>
+      <c r="K21" s="9"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="9"/>
+      <c r="N21" s="9"/>
+      <c r="O21" s="8"/>
+      <c r="P21" s="8"/>
+    </row>
   </sheetData>
   <autoFilter ref="B4:N4" xr:uid="{00000000-0009-0000-0000-000000000000}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:N8">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:N11">
       <sortCondition ref="D4"/>
     </sortState>
   </autoFilter>
   <mergeCells count="12">
     <mergeCell ref="B1:N1"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="F3:F4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K5:K6" xr:uid="{00000000-0002-0000-0000-000000000000}">
-      <formula1>$K$12:$K$16</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K5:K9" xr:uid="{00000000-0002-0000-0000-000000000000}">
+      <formula1>$K$15:$K$19</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L5:L6" xr:uid="{00000000-0002-0000-0000-000001000000}">
-      <formula1>$L$12:$L$14</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L5:L9" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>$L$15:$L$17</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="85" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Owner xmlns="58615886-87a3-4b19-a30b-eaa885b8dc16">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <TaxCatchAll xmlns="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="58615886-87a3-4b19-a30b-eaa885b8dc16">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010078DBB5357A86B741A53B4088D3BA422A" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="b6927e0310790da2b3560fff99b58280">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="58615886-87a3-4b19-a30b-eaa885b8dc16" xmlns:ns3="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c44d33f4827975a2fae460ce61d33014" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010078DBB5357A86B741A53B4088D3BA422A" ma:contentTypeVersion="14" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="6872f4eec1836a1f1032f2a9747c122b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="58615886-87a3-4b19-a30b-eaa885b8dc16" xmlns:ns3="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9a64ecb482f1037d4a050e33ba317da3" ns2:_="" ns3:_="">
     <xsd:import namespace="58615886-87a3-4b19-a30b-eaa885b8dc16"/>
     <xsd:import namespace="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -1597,86 +1728,92 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB79AAA7-9277-486F-87F3-A2F8AE4D7244}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47273B58-F942-454B-A85F-00EE38BCCC5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="58615886-87a3-4b19-a30b-eaa885b8dc16"/>
     <ds:schemaRef ds:uri="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E92F631-CF7F-4296-84DA-2ED78E6C12B6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="58615886-87a3-4b19-a30b-eaa885b8dc16"/>
+    <ds:schemaRef ds:uri="0c3bcab4-4a02-4e4d-bb1f-412f2d0f0077"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB79AAA7-9277-486F-87F3-A2F8AE4D7244}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>