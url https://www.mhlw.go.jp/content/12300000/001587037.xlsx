--- v0 (2025-11-04)
+++ v1 (2026-02-07)
@@ -5,2015 +5,1135 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12304250/WorkingDocLib/福祉用具・住宅改修係/02 上限価格リスト公表/14（R7.10月25日〆）貸与価格の上限一覧（令和７年10月公開分）について/03 HP掲載/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12304250/WorkingDocLib/福祉用具・住宅改修係/02 上限価格リスト公表/15（R7.1月25日〆）貸与価格の上限一覧（令和８年１月公開分）について/03 HP掲載/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="52" documentId="13_ncr:1_{1A3F4441-0AD2-4A9B-A59C-6F96B1BA1FA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C0C1CC3D-F3D3-4CDE-A418-4CD1A113C1DA}"/>
+  <xr:revisionPtr revIDLastSave="61" documentId="13_ncr:1_{1A3F4441-0AD2-4A9B-A59C-6F96B1BA1FA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{50CD0ED3-127A-4A07-B59E-0A2C54AD2B9E}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="28  回目公表" sheetId="1" r:id="rId1"/>
+    <sheet name="29 回目公表" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'28  回目公表'!$A$3:$F$3</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'28  回目公表'!$1:$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'29 回目公表'!$A$3:$F$3</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'29 回目公表'!$A$1:$F$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'29 回目公表'!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="478" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="283">
   <si>
     <t>商品コード</t>
     <rPh sb="0" eb="2">
       <t>ショウヒン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>法人名</t>
     <rPh sb="0" eb="2">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>商品名</t>
     <rPh sb="0" eb="3">
       <t>ショウヒンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>型番</t>
     <rPh sb="0" eb="2">
       <t>カタバン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>全国平均貸与価格（円）</t>
     <rPh sb="9" eb="10">
       <t>エン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>貸与価格の上限（円）</t>
     <rPh sb="8" eb="9">
       <t>エン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>00054-000627</t>
-    <phoneticPr fontId="8"/>
+    <t>福祉用具の全国平均貸与価格及び貸与価格の上限一覧　（令和8年7月）</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>00030-000243</t>
+  </si>
+  <si>
+    <t>株式会社幸和製作所</t>
+  </si>
+  <si>
+    <t>ジスタワイド</t>
+  </si>
+  <si>
+    <t>WAW36</t>
+  </si>
+  <si>
+    <t>00054-000227</t>
   </si>
   <si>
     <t>株式会社モルテン</t>
-    <phoneticPr fontId="8"/>
-[...135 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>ルーツ　アウトドア＜段差タイプ（片手すりRH・ステップ2段）＞</t>
+  </si>
+  <si>
+    <t>MNTPOKS2R</t>
+  </si>
+  <si>
+    <t>00054-000653</t>
+  </si>
+  <si>
+    <t>スコープ　ライト　83cm幅ショート</t>
+  </si>
+  <si>
+    <t>MSCPL83S</t>
+  </si>
+  <si>
+    <t>00054-000672</t>
+  </si>
+  <si>
+    <t>ソフィア　CC（91cm幅レギュラー）</t>
+  </si>
+  <si>
+    <t>MHACC1091</t>
+  </si>
+  <si>
+    <t>00055-000309</t>
+  </si>
+  <si>
+    <t>矢崎化工株式会社</t>
+  </si>
+  <si>
+    <t>たちあっぷ　サムリング</t>
+  </si>
+  <si>
+    <t>CKM－02W　SET　DGR</t>
+  </si>
+  <si>
+    <t>00055-000316</t>
+  </si>
+  <si>
+    <t>CKM－04　SET　BR</t>
+  </si>
+  <si>
+    <t>00122-000692</t>
+  </si>
+  <si>
+    <t>株式会社ミキ</t>
+  </si>
+  <si>
+    <t>自走用　６輪車いす</t>
+  </si>
+  <si>
+    <t>ＳＫＲ－５</t>
+  </si>
+  <si>
+    <t>00122-000693</t>
+  </si>
+  <si>
+    <t>介助用　６輪車いす</t>
+  </si>
+  <si>
+    <t>ＳＫＲ－６</t>
+  </si>
+  <si>
+    <t>00122-000703</t>
+  </si>
+  <si>
+    <t>CRT-SGシリーズ　CRT-SG-WR</t>
+  </si>
+  <si>
+    <t>CRT-SG-WR</t>
+  </si>
+  <si>
+    <t>00148-000033</t>
   </si>
   <si>
     <t>株式会社シクロケア</t>
-    <phoneticPr fontId="8"/>
-[...39 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>うすおきフラットハイ（ロング端寄せタイプ）うすおきマット付</t>
+  </si>
+  <si>
+    <t>SCT-04H-E（SCT-M）</t>
+  </si>
+  <si>
+    <t>00148-000042</t>
+  </si>
+  <si>
+    <t>うすおきフラットハイ（サイドタイプ）うすおきマット付</t>
+  </si>
+  <si>
+    <t>SCT-02H（SCT-M）</t>
+  </si>
+  <si>
+    <t>00148-000051</t>
+  </si>
+  <si>
+    <t>うすおきフラット（両サイドタイプ）うすおきマット付</t>
+  </si>
+  <si>
+    <t>SCT-02Ｗ（SCT-M）</t>
+  </si>
+  <si>
+    <t>00149-000068</t>
+  </si>
+  <si>
+    <t>アイ・ソネックス株式会社</t>
+  </si>
+  <si>
+    <t>FC-コキュー君NV　フラットタイプ　38cm幅（防水）</t>
+  </si>
+  <si>
+    <t>FCNV-F38-BK</t>
+  </si>
+  <si>
+    <t>00160-000347</t>
   </si>
   <si>
     <t>株式会社カワムラサイクル</t>
-    <phoneticPr fontId="8"/>
-[...99 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>Modern　Rich-style</t>
+  </si>
+  <si>
+    <t>KMD-R12</t>
+  </si>
+  <si>
+    <t>00170-001005</t>
   </si>
   <si>
     <t>パラマウントベッド株式会社</t>
-    <phoneticPr fontId="8"/>
-[...211 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>ベッドサイドレール（1本）</t>
+  </si>
+  <si>
+    <t>KS-146C-1</t>
+  </si>
+  <si>
+    <t>00170-001095</t>
+  </si>
+  <si>
+    <t>楽匠Ｚシリーズ（背・高タイプ、ボード：木製・フット側ロータイプ、サイド：樹脂製・木目調、ボトム長：ミニ/レギュラー）</t>
+  </si>
+  <si>
+    <t>KQ-7208，218，228，238</t>
+  </si>
+  <si>
+    <t>00170-001096</t>
+  </si>
+  <si>
+    <t>楽匠Ｚシリーズ（背・高タイプ、ボード：木製・フット側ハイタイプ、サイド：樹脂製・木目調、ボトム長：ミニ/レギュラー）</t>
+  </si>
+  <si>
+    <t>KQ-7209，219，229，239</t>
+  </si>
+  <si>
+    <t>00170-001718</t>
+  </si>
+  <si>
+    <t>ストレッチフィットⅡ（通気タイプ）83幅レギュラー</t>
+  </si>
+  <si>
+    <t>KE－7A3T</t>
+  </si>
+  <si>
+    <t>00170-001726</t>
+  </si>
+  <si>
+    <t>ストレッチグライドⅡ（通気タイプ）91幅ミニ</t>
+  </si>
+  <si>
+    <t>KE－7B2T</t>
+  </si>
+  <si>
+    <t>00170-001727</t>
+  </si>
+  <si>
+    <t>ストレッチグライドⅡ（通気タイプ）83幅レギュラー</t>
+  </si>
+  <si>
+    <t>KE－7B3T</t>
+  </si>
+  <si>
+    <t>00170-001728</t>
+  </si>
+  <si>
+    <t>ストレッチグライドⅡ（通気タイプ）83幅ミニ</t>
+  </si>
+  <si>
+    <t>KE－7B4T</t>
+  </si>
+  <si>
+    <t>00170-001744</t>
+  </si>
+  <si>
+    <t>オーバーベッドテーブル</t>
+  </si>
+  <si>
+    <t>KF－832LF</t>
+  </si>
+  <si>
+    <t>00170-001758</t>
+  </si>
+  <si>
+    <t>介護用ベッド（３モーター・ブローボード・木目ミディアム）</t>
+  </si>
+  <si>
+    <t>KQ－B632G／B630G</t>
+  </si>
+  <si>
+    <t>00170-001777</t>
+  </si>
+  <si>
+    <t>Gra－Fit　Air　自走式　L　（グラフィット）</t>
+  </si>
+  <si>
+    <t>KZ－215810</t>
+  </si>
+  <si>
+    <t>00170-001779</t>
+  </si>
+  <si>
+    <t>Gra－Fit　Air　介助式　L　（グラフィット）</t>
+  </si>
+  <si>
+    <t>KZ－215830</t>
+  </si>
+  <si>
+    <t>00170-001784</t>
+  </si>
+  <si>
+    <t>介護用ベッド（２モーター・木ボード・グリップ・ナチュラルオーク）</t>
+  </si>
+  <si>
+    <t>KQ－B622J／Ｂ620J</t>
+  </si>
+  <si>
+    <t>00175-000440</t>
+  </si>
+  <si>
+    <t>日進医療器株式会社</t>
+  </si>
+  <si>
+    <t>車いす</t>
+  </si>
+  <si>
+    <t>エコールチェアライト自走式エアリー仕様</t>
+  </si>
+  <si>
+    <t>00200-000869</t>
   </si>
   <si>
     <t>フランスベッド株式会社</t>
-    <phoneticPr fontId="8"/>
-[...83 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>マルチフィット手すり　01　てすりんく　MFR-01　LINK　LSL</t>
+  </si>
+  <si>
+    <t>MFR-01　LINK　LSL</t>
+  </si>
+  <si>
+    <t>00200-000994</t>
+  </si>
+  <si>
+    <t>RX－HU－Ag－PW　MON　ミディアム　Ｍ</t>
+  </si>
+  <si>
+    <t>00200-000995</t>
+  </si>
+  <si>
+    <t>RX－HU－Ag－PW　MON　ハード　S</t>
+  </si>
+  <si>
+    <t>00200-000996</t>
+  </si>
+  <si>
+    <t>RX－HU－Ag－PW　MON　ハード　Ｍ</t>
+  </si>
+  <si>
+    <t>00200-001015</t>
   </si>
   <si>
     <t>もふピタ</t>
-    <phoneticPr fontId="8"/>
-[...27 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>U－S</t>
+  </si>
+  <si>
+    <t>00200-001036</t>
+  </si>
+  <si>
+    <t>スマートウォーカーＮｅｏ</t>
+  </si>
+  <si>
+    <t>SN－WH／DP</t>
+  </si>
+  <si>
+    <t>00200-001042</t>
   </si>
   <si>
     <t>ツインウェーブ</t>
-    <phoneticPr fontId="8"/>
-[...15 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>TW－80　Ｓ</t>
+  </si>
+  <si>
+    <t>00200-001048</t>
   </si>
   <si>
     <t>サイクリン</t>
-    <phoneticPr fontId="8"/>
-[...15 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>サイクリン　Ｓ－BA</t>
+  </si>
+  <si>
+    <t>00200-001052</t>
+  </si>
+  <si>
+    <t>サイクリン　Ｒ－ＬＡ</t>
+  </si>
+  <si>
+    <t>00200-001059</t>
+  </si>
+  <si>
+    <t>RaKuDa　CN　2M　木製フラットボード</t>
+  </si>
+  <si>
+    <t>RKD－20SW　W－CN</t>
+  </si>
+  <si>
+    <t>00218-000224</t>
   </si>
   <si>
     <t>株式会社フロンティア</t>
-    <phoneticPr fontId="8"/>
-[...51 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>アクトモア　トプロ抑速ブレーキ2（Mサイズ）</t>
+  </si>
+  <si>
+    <t>00218-000235</t>
+  </si>
+  <si>
+    <t>アクトモア ハーティーウォーカー（レギュラー）</t>
+  </si>
+  <si>
+    <t>00218-000236</t>
+  </si>
+  <si>
+    <t>アクトモア　ハーティーウォーカー（コンパクト）</t>
+  </si>
+  <si>
+    <t>00254-000470</t>
   </si>
   <si>
     <t>ホクメイ株式会社</t>
-    <phoneticPr fontId="8"/>
-[...215 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>ベスポジBPZ　丸ベース　レギュラー　グリップアーム－e　５P斜　セット</t>
+  </si>
+  <si>
+    <t>BPZ－512－10</t>
+  </si>
+  <si>
+    <t>00254-000500</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　Tベース　レギュラー　b型ロング　セット</t>
+  </si>
+  <si>
+    <t>BPZ－610－50</t>
+  </si>
+  <si>
+    <t>00254-000503</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　丸ベース　レギュラー　D型　セット</t>
+  </si>
+  <si>
+    <t>BPZ－620－10</t>
+  </si>
+  <si>
+    <t>00254-000509</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　Tベース　レギュラー　D型　セット</t>
+  </si>
+  <si>
+    <t>BPZ－620－50</t>
+  </si>
+  <si>
+    <t>00254-000557</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　丸ベース　レギュラー　玄関アームRE　セット</t>
+  </si>
+  <si>
+    <t>BPZ－800－10</t>
+  </si>
+  <si>
+    <t>00254-000673</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　丸ベース　レギュラー　H型　伸縮　曲げ900－1200　セット</t>
+  </si>
+  <si>
+    <t>BPZ－H2600－11</t>
+  </si>
+  <si>
+    <t>00254-000678</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　Tベース　レギュラー　H型　伸縮　曲げ600－900　セット</t>
+  </si>
+  <si>
+    <t>BPZ－H2600－50</t>
+  </si>
+  <si>
+    <t>00254-000679</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　Tベース　レギュラー　H型　伸縮　曲げ900－1200　セット</t>
+  </si>
+  <si>
+    <t>BPZ－H2600－51</t>
+  </si>
+  <si>
+    <t>00254-000771</t>
+  </si>
+  <si>
+    <t>ベスポジBPZ　丸ベース　レギュラー　ト型　伸縮手すり　固定600－900セット</t>
+  </si>
+  <si>
+    <t>BPZ－K5500－10</t>
+  </si>
+  <si>
+    <t>00318-000199</t>
+  </si>
+  <si>
+    <t>株式会社テクノスジャパン</t>
+  </si>
+  <si>
+    <t>家族コール4A・メロディ</t>
+  </si>
+  <si>
+    <t>HK-4A</t>
+  </si>
+  <si>
+    <t>00318-000208</t>
+  </si>
+  <si>
+    <t>家族コール4AX・ポータブル</t>
+  </si>
+  <si>
+    <t>HKPT-4AX</t>
+  </si>
+  <si>
+    <t>00318-000209</t>
+  </si>
+  <si>
+    <t>家族コール4B・ポータブル</t>
+  </si>
+  <si>
+    <t>HKPT-4B</t>
+  </si>
+  <si>
+    <t>00318-000210</t>
+  </si>
+  <si>
+    <t>家族コール4C・ポータブル</t>
+  </si>
+  <si>
+    <t>HKPT-4C</t>
+  </si>
+  <si>
+    <t>00357-000132</t>
   </si>
   <si>
     <t>株式会社イノアックリビング</t>
-    <phoneticPr fontId="8"/>
-[...67 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>サポティクッション　Vタイプ</t>
+  </si>
+  <si>
+    <t>KG1500</t>
+  </si>
+  <si>
+    <t>00468-000064</t>
+  </si>
+  <si>
+    <t>株式会社ユーキ・トレーディング</t>
+  </si>
+  <si>
+    <t>アクシオム　P</t>
+  </si>
+  <si>
+    <t>XP1716</t>
+  </si>
+  <si>
+    <t>00495-000050</t>
+  </si>
+  <si>
+    <t>ピジョン株式会社</t>
+  </si>
+  <si>
+    <t>FC-120レザーシートスカートガードつき</t>
+  </si>
+  <si>
+    <t>00496-000446</t>
   </si>
   <si>
     <t>株式会社ランダルコーポレーション</t>
-    <phoneticPr fontId="8"/>
-[...63 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>サイドレールAS（2本1組）</t>
+  </si>
+  <si>
+    <t>CAS－8193</t>
+  </si>
+  <si>
+    <t>00496-000451</t>
+  </si>
+  <si>
+    <t>リライフネクストSE　3モーション91幅標準　Eボード　液晶無</t>
+  </si>
+  <si>
+    <t>CXBS－309TE</t>
+  </si>
+  <si>
+    <t>00496-000472</t>
+  </si>
+  <si>
+    <t>サイドレールN（2本１組）</t>
+  </si>
+  <si>
+    <t>CAS－8179A</t>
+  </si>
+  <si>
+    <t>00496-000478</t>
+  </si>
+  <si>
+    <t>スタンダードリバーシブルマットレス　91幅防水</t>
+  </si>
+  <si>
+    <t>CSM－3918SRW</t>
+  </si>
+  <si>
+    <t>00631-000630</t>
   </si>
   <si>
     <t>株式会社プラッツ</t>
-    <phoneticPr fontId="8"/>
-[...183 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>ミオレットⅢ　3モーター／木製宮付ボード（ハイタイプ）MC</t>
+  </si>
+  <si>
+    <t>P113-31MH-MC</t>
+  </si>
+  <si>
+    <t>00631-000737</t>
+  </si>
+  <si>
+    <t>よかレール　ロングタイプ　マット・ストッパー付</t>
+  </si>
+  <si>
+    <t>PJ01－BLM1－T</t>
+  </si>
+  <si>
+    <t>00631-000782</t>
+  </si>
+  <si>
+    <t>ユービーポイントレモン（清拭タイプ）</t>
+  </si>
+  <si>
+    <t>PM33－A9008－LM</t>
+  </si>
+  <si>
+    <t>00631-000832</t>
+  </si>
+  <si>
+    <t>ミオレットⅢネクストL　２モーター／木製フラットボード</t>
+  </si>
+  <si>
+    <t>P113－23BC－FL，P113－24DC－FL</t>
+  </si>
+  <si>
+    <t>00631-000837</t>
+  </si>
+  <si>
+    <t>ミオレットⅢネクストL　３モーター／樹脂製ボード（ウェーブ）</t>
+  </si>
+  <si>
+    <t>P113－33AH－FL</t>
+  </si>
+  <si>
+    <t>00631-000849</t>
+  </si>
+  <si>
+    <t>DHRレール　サイド</t>
+  </si>
+  <si>
+    <t>PJ01－ALM1GY</t>
+  </si>
+  <si>
+    <t>00631-000850</t>
+  </si>
+  <si>
+    <t>DHRレール　ロング</t>
+  </si>
+  <si>
+    <t>PJ01－BLM1GY</t>
+  </si>
+  <si>
+    <t>00690-000071</t>
+  </si>
+  <si>
+    <t>株式会社マキテック</t>
+  </si>
+  <si>
+    <t>アルミ製4点支柱杖</t>
+  </si>
+  <si>
+    <t>AQ-30BL、OR、BR</t>
+  </si>
+  <si>
+    <t>00853-000024</t>
+  </si>
+  <si>
+    <t>株式会社フコク</t>
+  </si>
+  <si>
+    <t>KGマットレス91cm幅</t>
+  </si>
+  <si>
+    <t>FKG-1918-1</t>
+  </si>
+  <si>
+    <t>00855-000016</t>
+  </si>
+  <si>
+    <t>株式会社シンエンス</t>
+  </si>
+  <si>
+    <t>電動カート用　ボンベキャリーホルダー</t>
+  </si>
+  <si>
+    <t>HCB-001</t>
+  </si>
+  <si>
+    <t>00980-000497</t>
   </si>
   <si>
     <t>パナソニックエイジフリー株式会社　ケアサプライ事業本部　ケアプロダクツ事業部</t>
-    <phoneticPr fontId="8"/>
-[...87 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>スムーディ　ステップサポート　両手すり　踏み台なし</t>
+  </si>
+  <si>
+    <t>XPN－L80652</t>
+  </si>
+  <si>
+    <t>01087-000060</t>
+  </si>
+  <si>
+    <t>パシフィックサプライ株式会社</t>
+  </si>
+  <si>
+    <t>テレスコピックスロープ　282</t>
+  </si>
+  <si>
+    <t>18440005</t>
+  </si>
+  <si>
+    <t>01115-000124</t>
+  </si>
+  <si>
+    <t>シンエイテクノ株式会社</t>
+  </si>
+  <si>
+    <t>ダイヤスロープ10+（プラス）</t>
+  </si>
+  <si>
+    <t>DS10P/65-15</t>
+  </si>
+  <si>
+    <t>01138-000018</t>
+  </si>
+  <si>
+    <t>株式会社レイクス21</t>
+  </si>
+  <si>
+    <t>Lスロープ（エルスロープ）</t>
+  </si>
+  <si>
+    <t>TL-015・TL-115</t>
+  </si>
+  <si>
+    <t>01235-000280</t>
+  </si>
+  <si>
+    <t>株式会社シコク</t>
+  </si>
+  <si>
+    <t>BS桜1－1</t>
+  </si>
+  <si>
+    <t>633－311</t>
+  </si>
+  <si>
+    <t>01235-000295</t>
+  </si>
+  <si>
+    <t>BSモア0CK</t>
+  </si>
+  <si>
+    <t>625－200</t>
+  </si>
+  <si>
+    <t>01265-000338</t>
   </si>
   <si>
     <t>マツ六株式会社</t>
-    <phoneticPr fontId="8"/>
-[...175 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>たよレールUPDATE　BZU－07</t>
+  </si>
+  <si>
+    <t>BZU－07</t>
+  </si>
+  <si>
+    <t>01265-000341</t>
+  </si>
+  <si>
+    <t>たよレールアームU　BZUO－01</t>
+  </si>
+  <si>
+    <t>BZUO－01</t>
+  </si>
+  <si>
+    <t>01265-000344</t>
+  </si>
+  <si>
+    <t>たよレールアップU　BZUO－04</t>
+  </si>
+  <si>
+    <t>BZUO－04</t>
+  </si>
+  <si>
+    <t>01339-000150</t>
   </si>
   <si>
     <t>山崎産業株式会社</t>
-    <phoneticPr fontId="8"/>
-[...19 lines deleted...]
-    <phoneticPr fontId="8"/>
+  </si>
+  <si>
+    <t>楽起（らっきぃ）MT　横型</t>
+  </si>
+  <si>
+    <t>YM－152L－ID</t>
+  </si>
+  <si>
+    <t>01398-000034</t>
   </si>
   <si>
     <t>ハカルプラス株式会社</t>
-    <phoneticPr fontId="8"/>
-[...66 lines deleted...]
-    <t>福祉用具の全国平均貸与価格及び貸与価格の上限一覧　（令和8年4月）</t>
+  </si>
+  <si>
+    <t>CAREaiスタンダードシリーズ つながるモデル ふむふむセンサーセット</t>
+  </si>
+  <si>
+    <t>Ci-M1H-P,Ci-S4H,Ci-U5,Ci-U5A</t>
+  </si>
+  <si>
+    <t>01516-000004</t>
+  </si>
+  <si>
+    <t>ダイトウボウ株式会社</t>
+  </si>
+  <si>
+    <t>MEDINURSマットレス</t>
+  </si>
+  <si>
+    <t>MS201701</t>
+  </si>
+  <si>
+    <t>01812-000002</t>
+  </si>
+  <si>
+    <t>Evolution Technologies Japan株式会社</t>
+  </si>
+  <si>
+    <t>ジャパン・トリリウム・ミニ</t>
+  </si>
+  <si>
+    <t>WIM63J/64J/65J</t>
+  </si>
+  <si>
+    <t>01908-000035</t>
+  </si>
+  <si>
+    <t>株式会社ヒトラボ</t>
+  </si>
+  <si>
+    <t>M-ableクッション　Q　清拭タイプ</t>
+  </si>
+  <si>
+    <t>MC-Q</t>
+  </si>
+  <si>
+    <t>※　令和8年7月貸与分より、新たに以下84商品につき、全国平均貸与価格・貸与価格の上限が適用されます。</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
-    <font>
-[...18 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="8"/>
-[...36 lines deleted...]
-        <color indexed="8"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId5" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId6" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId7" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/></Relationships>
 </file>
 
@@ -2261,1725 +1381,1817 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G82"/>
+  <dimension ref="A1:F87"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="J7" sqref="J7"/>
+      <selection pane="bottomLeft" activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="36" customHeight="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="14.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="33.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="54.375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20" style="1" customWidth="1"/>
     <col min="5" max="6" width="21.875" style="9" customWidth="1"/>
     <col min="7" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.4">
-[...9 lines deleted...]
-    <row r="2" spans="1:7" ht="61.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+    </row>
+    <row r="2" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="3" t="s">
-        <v>414</v>
+        <v>282</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="5"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
     </row>
-    <row r="3" spans="1:7" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:6" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="10" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="B4" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="11" t="s">
+      <c r="B4" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="D4" s="11" t="s">
+      <c r="C4" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="E4" s="12" t="s">
+      <c r="D4" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="12" t="s">
+      <c r="E4" s="11">
+        <v>4655</v>
+      </c>
+      <c r="F4" s="11">
+        <v>5060</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="12" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="13" t="s">
+      <c r="B5" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="B5" s="14" t="s">
+      <c r="C5" s="10" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="14" t="s">
+      <c r="D5" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="14" t="s">
+      <c r="E5" s="11">
+        <v>8523</v>
+      </c>
+      <c r="F5" s="11">
+        <v>9720</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="E5" s="15" t="s">
+      <c r="B6" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="F5" s="15" t="s">
+      <c r="D6" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G5" s="2"/>
-[...2 lines deleted...]
-      <c r="A6" s="13" t="s">
+      <c r="E6" s="11">
+        <v>9619</v>
+      </c>
+      <c r="F6" s="11">
+        <v>10600</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A7" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="14" t="s">
+      <c r="B7" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="C6" s="14" t="s">
+      <c r="D7" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="14" t="s">
+      <c r="E7" s="11">
+        <v>2685</v>
+      </c>
+      <c r="F7" s="11">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="E6" s="15" t="s">
+      <c r="B8" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="F6" s="15" t="s">
+      <c r="C8" s="10" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="13" t="s">
+      <c r="D8" s="10" t="s">
         <v>24</v>
       </c>
-      <c r="B7" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="14" t="s">
+      <c r="E8" s="11">
+        <v>4603</v>
+      </c>
+      <c r="F8" s="11">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="10" t="s">
         <v>25</v>
       </c>
-      <c r="D7" s="14" t="s">
+      <c r="B9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="10" t="s">
         <v>26</v>
       </c>
-      <c r="E7" s="15" t="s">
+      <c r="E9" s="11">
+        <v>3612</v>
+      </c>
+      <c r="F9" s="11">
+        <v>4150</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="15" t="s">
+      <c r="B10" s="10" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="13" t="s">
+      <c r="C10" s="10" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="14" t="s">
+      <c r="D10" s="10" t="s">
         <v>30</v>
       </c>
-      <c r="C8" s="14" t="s">
+      <c r="E10" s="11">
+        <v>6677</v>
+      </c>
+      <c r="F10" s="11">
+        <v>7220</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="10" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="14" t="s">
+      <c r="B11" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="E8" s="15" t="s">
+      <c r="D11" s="10" t="s">
         <v>33</v>
       </c>
-      <c r="F8" s="15" t="s">
+      <c r="E11" s="11">
+        <v>6498</v>
+      </c>
+      <c r="F11" s="11">
+        <v>6980</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="10" t="s">
         <v>34</v>
       </c>
-      <c r="G8" s="2"/>
-[...2 lines deleted...]
-      <c r="A9" s="13" t="s">
+      <c r="B12" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="10" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="14" t="s">
+      <c r="D12" s="10" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="14" t="s">
+      <c r="E12" s="11">
+        <v>9009</v>
+      </c>
+      <c r="F12" s="11">
+        <v>9100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="D9" s="14" t="s">
+      <c r="B13" s="10" t="s">
         <v>38</v>
       </c>
-      <c r="E9" s="15" t="s">
+      <c r="C13" s="10" t="s">
         <v>39</v>
       </c>
-      <c r="F9" s="15" t="s">
+      <c r="D13" s="10" t="s">
         <v>40</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="13" t="s">
+      <c r="E13" s="11">
+        <v>2808</v>
+      </c>
+      <c r="F13" s="11">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="10" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="14" t="s">
+      <c r="B14" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C14" s="10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" s="14" t="s">
+      <c r="D14" s="10" t="s">
         <v>43</v>
       </c>
-      <c r="D10" s="14" t="s">
+      <c r="E14" s="11">
+        <v>2560</v>
+      </c>
+      <c r="F14" s="11">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A15" s="10" t="s">
         <v>44</v>
       </c>
-      <c r="E10" s="15" t="s">
+      <c r="B15" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="F10" s="15" t="s">
+      <c r="D15" s="10" t="s">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="13" t="s">
+      <c r="E15" s="11">
+        <v>3154</v>
+      </c>
+      <c r="F15" s="11">
+        <v>3620</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A16" s="10" t="s">
         <v>47</v>
       </c>
-      <c r="B11" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="14" t="s">
+      <c r="B16" s="10" t="s">
         <v>48</v>
       </c>
-      <c r="D11" s="14" t="s">
+      <c r="C16" s="10" t="s">
         <v>49</v>
       </c>
-      <c r="E11" s="15" t="s">
+      <c r="D16" s="10" t="s">
         <v>50</v>
       </c>
-      <c r="F11" s="15" t="s">
+      <c r="E16" s="11">
+        <v>2745</v>
+      </c>
+      <c r="F16" s="11">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="10" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="13" t="s">
+      <c r="B17" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="B12" s="14" t="s">
+      <c r="C17" s="10" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="14" t="s">
+      <c r="D17" s="10" t="s">
         <v>54</v>
       </c>
-      <c r="D12" s="14" t="s">
+      <c r="E17" s="11">
+        <v>11591</v>
+      </c>
+      <c r="F17" s="11">
+        <v>12850</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="10" t="s">
         <v>55</v>
       </c>
-      <c r="E12" s="15" t="s">
+      <c r="B18" s="10" t="s">
         <v>56</v>
       </c>
-      <c r="F12" s="15" t="s">
+      <c r="C18" s="10" t="s">
         <v>57</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="13" t="s">
+      <c r="D18" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="14" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="14" t="s">
+      <c r="E18" s="11">
+        <v>299</v>
+      </c>
+      <c r="F18" s="11">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="E13" s="15" t="s">
+      <c r="B19" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19" s="10" t="s">
         <v>60</v>
       </c>
-      <c r="F13" s="15" t="s">
+      <c r="D19" s="10" t="s">
         <v>61</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="13" t="s">
+      <c r="E19" s="11">
+        <v>6806</v>
+      </c>
+      <c r="F19" s="11">
+        <v>8450</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="10" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="14" t="s">
+      <c r="B20" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="10" t="s">
         <v>63</v>
       </c>
-      <c r="D14" s="14" t="s">
+      <c r="D20" s="10" t="s">
         <v>64</v>
       </c>
-      <c r="E14" s="15" t="s">
+      <c r="E20" s="11">
+        <v>7505</v>
+      </c>
+      <c r="F20" s="11">
+        <v>9340</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="F14" s="15" t="s">
+      <c r="B21" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" s="10" t="s">
         <v>66</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="13" t="s">
+      <c r="D21" s="10" t="s">
         <v>67</v>
       </c>
-      <c r="B15" s="14" t="s">
+      <c r="E21" s="11">
+        <v>2966</v>
+      </c>
+      <c r="F21" s="11">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="10" t="s">
         <v>68</v>
       </c>
-      <c r="C15" s="14" t="s">
+      <c r="B22" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C22" s="10" t="s">
         <v>69</v>
       </c>
-      <c r="D15" s="14" t="s">
+      <c r="D22" s="10" t="s">
         <v>70</v>
       </c>
-      <c r="E15" s="15" t="s">
+      <c r="E22" s="11">
+        <v>5399</v>
+      </c>
+      <c r="F22" s="11">
+        <v>5960</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="10" t="s">
         <v>71</v>
       </c>
-      <c r="F15" s="15" t="s">
+      <c r="B23" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C23" s="10" t="s">
         <v>72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" s="13" t="s">
+      <c r="D23" s="10" t="s">
         <v>73</v>
       </c>
-      <c r="B16" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="14" t="s">
+      <c r="E23" s="11">
+        <v>5482</v>
+      </c>
+      <c r="F23" s="11">
+        <v>5960</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="10" t="s">
         <v>74</v>
       </c>
-      <c r="D16" s="14" t="s">
+      <c r="B24" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="10" t="s">
         <v>75</v>
       </c>
-      <c r="E16" s="15" t="s">
+      <c r="D24" s="10" t="s">
         <v>76</v>
       </c>
-      <c r="F16" s="15" t="s">
+      <c r="E24" s="11">
+        <v>5369</v>
+      </c>
+      <c r="F24" s="11">
+        <v>5990</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="10" t="s">
         <v>77</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" s="13" t="s">
+      <c r="B25" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" s="10" t="s">
         <v>78</v>
       </c>
-      <c r="B17" s="14" t="s">
+      <c r="D25" s="10" t="s">
         <v>79</v>
       </c>
-      <c r="C17" s="14" t="s">
+      <c r="E25" s="11">
+        <v>3518</v>
+      </c>
+      <c r="F25" s="11">
+        <v>4020</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="10" t="s">
         <v>80</v>
       </c>
-      <c r="D17" s="14" t="s">
+      <c r="B26" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="10" t="s">
         <v>81</v>
       </c>
-      <c r="E17" s="15" t="s">
+      <c r="D26" s="10" t="s">
         <v>82</v>
       </c>
-      <c r="F17" s="15" t="s">
+      <c r="E26" s="11">
+        <v>8926</v>
+      </c>
+      <c r="F26" s="11">
+        <v>9190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="10" t="s">
         <v>83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="13" t="s">
+      <c r="B27" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" s="10" t="s">
         <v>84</v>
       </c>
-      <c r="B18" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="14" t="s">
+      <c r="D27" s="10" t="s">
         <v>85</v>
       </c>
-      <c r="D18" s="14" t="s">
+      <c r="E27" s="11">
+        <v>5442</v>
+      </c>
+      <c r="F27" s="11">
+        <v>6030</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="10" t="s">
         <v>86</v>
       </c>
-      <c r="E18" s="15" t="s">
+      <c r="B28" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="10" t="s">
         <v>87</v>
       </c>
-      <c r="F18" s="15" t="s">
+      <c r="D28" s="10" t="s">
         <v>88</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" s="13" t="s">
+      <c r="E28" s="11">
+        <v>5581</v>
+      </c>
+      <c r="F28" s="11">
+        <v>6280</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="10" t="s">
         <v>89</v>
       </c>
-      <c r="B19" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="14" t="s">
+      <c r="B29" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="D19" s="14" t="s">
+      <c r="D29" s="10" t="s">
         <v>91</v>
       </c>
-      <c r="E19" s="15" t="s">
+      <c r="E29" s="11">
+        <v>7484</v>
+      </c>
+      <c r="F29" s="11">
+        <v>7820</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="10" t="s">
         <v>92</v>
       </c>
-      <c r="F19" s="15" t="s">
+      <c r="B30" s="10" t="s">
         <v>93</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" s="13" t="s">
+      <c r="C30" s="10" t="s">
         <v>94</v>
       </c>
-      <c r="B20" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="14" t="s">
+      <c r="D30" s="10" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="14" t="s">
+      <c r="E30" s="11">
+        <v>5195</v>
+      </c>
+      <c r="F30" s="11">
+        <v>5410</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="10" t="s">
         <v>96</v>
       </c>
-      <c r="E20" s="15" t="s">
+      <c r="B31" s="10" t="s">
         <v>97</v>
       </c>
-      <c r="F20" s="15" t="s">
+      <c r="C31" s="10" t="s">
         <v>98</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="13" t="s">
+      <c r="D31" s="10" t="s">
         <v>99</v>
       </c>
-      <c r="B21" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="14" t="s">
+      <c r="E31" s="11">
+        <v>4389</v>
+      </c>
+      <c r="F31" s="11">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="10" t="s">
         <v>100</v>
       </c>
-      <c r="D21" s="14" t="s">
+      <c r="B32" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="10" t="s">
         <v>101</v>
       </c>
-      <c r="E21" s="15" t="s">
+      <c r="D32" s="10"/>
+      <c r="E32" s="11">
+        <v>2624</v>
+      </c>
+      <c r="F32" s="11">
+        <v>2820</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A33" s="10" t="s">
         <v>102</v>
       </c>
-      <c r="F21" s="15" t="s">
+      <c r="B33" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" s="10" t="s">
         <v>103</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="13" t="s">
+      <c r="D33" s="10"/>
+      <c r="E33" s="11">
+        <v>2512</v>
+      </c>
+      <c r="F33" s="11">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A34" s="10" t="s">
         <v>104</v>
       </c>
-      <c r="B22" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="14" t="s">
+      <c r="B34" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C34" s="10" t="s">
         <v>105</v>
       </c>
-      <c r="D22" s="14" t="s">
+      <c r="D34" s="10"/>
+      <c r="E34" s="11">
+        <v>2629</v>
+      </c>
+      <c r="F34" s="11">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="10" t="s">
         <v>106</v>
       </c>
-      <c r="E22" s="15" t="s">
+      <c r="B35" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" s="10" t="s">
         <v>107</v>
       </c>
-      <c r="F22" s="15" t="s">
+      <c r="D35" s="10" t="s">
         <v>108</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="13" t="s">
+      <c r="E35" s="11">
+        <v>1023</v>
+      </c>
+      <c r="F35" s="11">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="10" t="s">
         <v>109</v>
       </c>
-      <c r="B23" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="14" t="s">
+      <c r="B36" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C36" s="10" t="s">
         <v>110</v>
       </c>
-      <c r="D23" s="14" t="s">
+      <c r="D36" s="10" t="s">
         <v>111</v>
       </c>
-      <c r="E23" s="15" t="s">
+      <c r="E36" s="11">
+        <v>3499</v>
+      </c>
+      <c r="F36" s="11">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="10" t="s">
         <v>112</v>
       </c>
-      <c r="F23" s="15" t="s">
+      <c r="B37" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" s="10" t="s">
         <v>113</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="13" t="s">
+      <c r="D37" s="10" t="s">
         <v>114</v>
       </c>
-      <c r="B24" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="14" t="s">
+      <c r="E37" s="11">
+        <v>2014</v>
+      </c>
+      <c r="F37" s="11">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A38" s="10" t="s">
         <v>115</v>
       </c>
-      <c r="D24" s="14" t="s">
+      <c r="B38" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C38" s="10" t="s">
         <v>116</v>
       </c>
-      <c r="E24" s="15" t="s">
+      <c r="D38" s="10" t="s">
         <v>117</v>
       </c>
-      <c r="F24" s="15" t="s">
+      <c r="E38" s="11">
+        <v>1907</v>
+      </c>
+      <c r="F38" s="11">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A39" s="10" t="s">
         <v>118</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="13" t="s">
+      <c r="B39" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C39" s="10" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="10" t="s">
         <v>119</v>
       </c>
-      <c r="B25" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="14" t="s">
+      <c r="E39" s="11">
+        <v>2231</v>
+      </c>
+      <c r="F39" s="11">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="10" t="s">
         <v>120</v>
       </c>
-      <c r="D25" s="14" t="s">
+      <c r="B40" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C40" s="10" t="s">
         <v>121</v>
       </c>
-      <c r="E25" s="15" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="13" t="s">
+      <c r="D40" s="10" t="s">
         <v>122</v>
       </c>
-      <c r="B26" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="14" t="s">
+      <c r="E40" s="11">
+        <v>6490</v>
+      </c>
+      <c r="F40" s="11">
+        <v>7380</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="10" t="s">
         <v>123</v>
       </c>
-      <c r="D26" s="14" t="s">
+      <c r="B41" s="10" t="s">
         <v>124</v>
       </c>
-      <c r="E26" s="15" t="s">
+      <c r="C41" s="10" t="s">
         <v>125</v>
       </c>
-      <c r="F26" s="15" t="s">
+      <c r="D41" s="10"/>
+      <c r="E41" s="11">
+        <v>4500</v>
+      </c>
+      <c r="F41" s="11">
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A42" s="10" t="s">
         <v>126</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="B42" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C42" s="10" t="s">
         <v>127</v>
       </c>
-      <c r="B27" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="14" t="s">
+      <c r="D42" s="10"/>
+      <c r="E42" s="11">
+        <v>3500</v>
+      </c>
+      <c r="F42" s="11">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="10" t="s">
         <v>128</v>
       </c>
-      <c r="D27" s="14" t="s">
+      <c r="B43" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C43" s="10" t="s">
         <v>129</v>
       </c>
-      <c r="E27" s="15" t="s">
+      <c r="D43" s="10"/>
+      <c r="E43" s="11">
+        <v>3500</v>
+      </c>
+      <c r="F43" s="11">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="10" t="s">
         <v>130</v>
       </c>
-      <c r="F27" s="15" t="s">
+      <c r="B44" s="10" t="s">
         <v>131</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="13" t="s">
+      <c r="C44" s="10" t="s">
         <v>132</v>
       </c>
-      <c r="B28" s="14" t="s">
+      <c r="D44" s="10" t="s">
         <v>133</v>
       </c>
-      <c r="C28" s="14" t="s">
+      <c r="E44" s="11">
+        <v>4238</v>
+      </c>
+      <c r="F44" s="11">
+        <v>4660</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A45" s="10" t="s">
         <v>134</v>
       </c>
-      <c r="D28" s="14" t="s">
+      <c r="B45" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C45" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="E28" s="15" t="s">
+      <c r="D45" s="10" t="s">
         <v>136</v>
       </c>
-      <c r="F28" s="15" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="13" t="s">
+      <c r="E45" s="11">
+        <v>4172</v>
+      </c>
+      <c r="F45" s="11">
+        <v>4610</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A46" s="10" t="s">
         <v>137</v>
       </c>
-      <c r="B29" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="14" t="s">
+      <c r="B46" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C46" s="10" t="s">
         <v>138</v>
       </c>
-      <c r="D29" s="14" t="s">
+      <c r="D46" s="10" t="s">
         <v>139</v>
       </c>
-      <c r="E29" s="15" t="s">
+      <c r="E46" s="11">
+        <v>4085</v>
+      </c>
+      <c r="F46" s="11">
+        <v>4570</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="10" t="s">
         <v>140</v>
       </c>
-      <c r="F29" s="15" t="s">
+      <c r="B47" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" s="10" t="s">
         <v>141</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="13" t="s">
+      <c r="D47" s="10" t="s">
         <v>142</v>
       </c>
-      <c r="B30" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="14" t="s">
+      <c r="E47" s="11">
+        <v>4157</v>
+      </c>
+      <c r="F47" s="11">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A48" s="10" t="s">
         <v>143</v>
       </c>
-      <c r="D30" s="14" t="s">
+      <c r="B48" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C48" s="10" t="s">
         <v>144</v>
       </c>
-      <c r="E30" s="15" t="s">
+      <c r="D48" s="10" t="s">
         <v>145</v>
       </c>
-      <c r="F30" s="15" t="s">
+      <c r="E48" s="11">
+        <v>5046</v>
+      </c>
+      <c r="F48" s="11">
+        <v>5700</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A49" s="10" t="s">
         <v>146</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="13" t="s">
+      <c r="B49" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C49" s="10" t="s">
         <v>147</v>
       </c>
-      <c r="B31" s="14" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="14" t="s">
+      <c r="D49" s="10" t="s">
         <v>148</v>
       </c>
-      <c r="E31" s="15" t="s">
+      <c r="E49" s="11">
+        <v>7342</v>
+      </c>
+      <c r="F49" s="11">
+        <v>8640</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A50" s="10" t="s">
         <v>149</v>
       </c>
-      <c r="F31" s="15" t="s">
+      <c r="B50" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C50" s="10" t="s">
         <v>150</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="13" t="s">
+      <c r="D50" s="10" t="s">
         <v>151</v>
       </c>
-      <c r="B32" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="14" t="s">
+      <c r="E50" s="11">
+        <v>7227</v>
+      </c>
+      <c r="F50" s="11">
+        <v>8220</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A51" s="10" t="s">
         <v>152</v>
       </c>
-      <c r="D32" s="14" t="s">
+      <c r="B51" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C51" s="10" t="s">
         <v>153</v>
       </c>
-      <c r="E32" s="15" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="13" t="s">
+      <c r="D51" s="10" t="s">
         <v>154</v>
       </c>
-      <c r="B33" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="14" t="s">
+      <c r="E51" s="11">
+        <v>7415</v>
+      </c>
+      <c r="F51" s="11">
+        <v>8260</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A52" s="10" t="s">
         <v>155</v>
       </c>
-      <c r="D33" s="14" t="s">
+      <c r="B52" s="10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C52" s="10" t="s">
         <v>156</v>
       </c>
-      <c r="E33" s="15" t="s">
+      <c r="D52" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="F33" s="15" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="13" t="s">
+      <c r="E52" s="11">
+        <v>4551</v>
+      </c>
+      <c r="F52" s="11">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A53" s="10" t="s">
         <v>158</v>
       </c>
-      <c r="B34" s="14" t="s">
-[...5 lines deleted...]
-      <c r="D34" s="14" t="s">
+      <c r="B53" s="10" t="s">
         <v>159</v>
       </c>
-      <c r="E34" s="15" t="s">
+      <c r="C53" s="10" t="s">
         <v>160</v>
       </c>
-      <c r="F34" s="15" t="s">
+      <c r="D53" s="10" t="s">
         <v>161</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="13" t="s">
+      <c r="E53" s="11">
+        <v>7093</v>
+      </c>
+      <c r="F53" s="11">
+        <v>7870</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A54" s="10" t="s">
         <v>162</v>
       </c>
-      <c r="B35" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="14" t="s">
+      <c r="B54" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C54" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="D35" s="14" t="s">
+      <c r="D54" s="10" t="s">
         <v>164</v>
       </c>
-      <c r="E35" s="15" t="s">
+      <c r="E54" s="11">
+        <v>7198</v>
+      </c>
+      <c r="F54" s="11">
+        <v>7950</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A55" s="10" t="s">
         <v>165</v>
       </c>
-      <c r="F35" s="15" t="s">
+      <c r="B55" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C55" s="10" t="s">
         <v>166</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="13" t="s">
+      <c r="D55" s="10" t="s">
         <v>167</v>
       </c>
-      <c r="B36" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="14" t="s">
+      <c r="E55" s="11">
+        <v>7048</v>
+      </c>
+      <c r="F55" s="11">
+        <v>7800</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A56" s="10" t="s">
         <v>168</v>
       </c>
-      <c r="D36" s="14" t="s">
+      <c r="B56" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="10" t="s">
         <v>169</v>
       </c>
-      <c r="E36" s="15" t="s">
+      <c r="D56" s="10" t="s">
         <v>170</v>
       </c>
-      <c r="F36" s="15" t="s">
+      <c r="E56" s="11">
+        <v>7030</v>
+      </c>
+      <c r="F56" s="11">
+        <v>7720</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A57" s="10" t="s">
         <v>171</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="13" t="s">
+      <c r="B57" s="10" t="s">
         <v>172</v>
       </c>
-      <c r="B37" s="14" t="s">
+      <c r="C57" s="10" t="s">
         <v>173</v>
       </c>
-      <c r="C37" s="14" t="s">
+      <c r="D57" s="10" t="s">
         <v>174</v>
       </c>
-      <c r="D37" s="14"/>
-      <c r="E37" s="15" t="s">
+      <c r="E57" s="11">
+        <v>1507</v>
+      </c>
+      <c r="F57" s="11">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A58" s="10" t="s">
         <v>175</v>
       </c>
-      <c r="F37" s="15" t="s">
+      <c r="B58" s="10" t="s">
         <v>176</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="13" t="s">
+      <c r="C58" s="10" t="s">
         <v>177</v>
       </c>
-      <c r="B38" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="14" t="s">
+      <c r="D58" s="10" t="s">
         <v>178</v>
       </c>
-      <c r="D38" s="14"/>
-      <c r="E38" s="15" t="s">
+      <c r="E58" s="11">
+        <v>2925</v>
+      </c>
+      <c r="F58" s="11">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A59" s="10" t="s">
         <v>179</v>
       </c>
-      <c r="F38" s="15" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B59" s="10" t="s">
         <v>180</v>
       </c>
-      <c r="B39" s="14" t="s">
+      <c r="C59" s="10" t="s">
         <v>181</v>
       </c>
-      <c r="C39" s="14" t="s">
+      <c r="D59" s="10"/>
+      <c r="E59" s="11">
+        <v>11691</v>
+      </c>
+      <c r="F59" s="11">
+        <v>12800</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A60" s="10" t="s">
         <v>182</v>
       </c>
-      <c r="D39" s="14" t="s">
+      <c r="B60" s="10" t="s">
         <v>183</v>
       </c>
-      <c r="E39" s="15" t="s">
+      <c r="C60" s="10" t="s">
         <v>184</v>
       </c>
-      <c r="F39" s="15" t="s">
+      <c r="D60" s="10" t="s">
         <v>185</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A40" s="13" t="s">
+      <c r="E60" s="11">
+        <v>477</v>
+      </c>
+      <c r="F60" s="11">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A61" s="10" t="s">
         <v>186</v>
       </c>
-      <c r="B40" s="14" t="s">
+      <c r="B61" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="C61" s="10" t="s">
         <v>187</v>
       </c>
-      <c r="C40" s="14" t="s">
+      <c r="D61" s="10" t="s">
         <v>188</v>
       </c>
-      <c r="D40" s="14" t="s">
+      <c r="E61" s="11">
+        <v>8112</v>
+      </c>
+      <c r="F61" s="11">
+        <v>8820</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A62" s="10" t="s">
         <v>189</v>
       </c>
-      <c r="E40" s="15" t="s">
+      <c r="B62" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="C62" s="10" t="s">
         <v>190</v>
       </c>
-      <c r="F40" s="15" t="s">
-[...4 lines deleted...]
-      <c r="A41" s="13" t="s">
+      <c r="D62" s="10" t="s">
         <v>191</v>
       </c>
-      <c r="B41" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="14" t="s">
+      <c r="E62" s="11">
+        <v>493</v>
+      </c>
+      <c r="F62" s="11">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A63" s="10" t="s">
         <v>192</v>
       </c>
-      <c r="D41" s="14" t="s">
+      <c r="B63" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="C63" s="10" t="s">
         <v>193</v>
       </c>
-      <c r="E41" s="15" t="s">
+      <c r="D63" s="10" t="s">
         <v>194</v>
       </c>
-      <c r="F41" s="15" t="s">
+      <c r="E63" s="11">
+        <v>2004</v>
+      </c>
+      <c r="F63" s="11">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A64" s="10" t="s">
         <v>195</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="13" t="s">
+      <c r="B64" s="10" t="s">
         <v>196</v>
       </c>
-      <c r="B42" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="14" t="s">
+      <c r="C64" s="10" t="s">
         <v>197</v>
       </c>
-      <c r="D42" s="14" t="s">
+      <c r="D64" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="E42" s="15" t="s">
+      <c r="E64" s="11">
+        <v>7982</v>
+      </c>
+      <c r="F64" s="11">
+        <v>8250</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A65" s="10" t="s">
         <v>199</v>
       </c>
-      <c r="F42" s="15" t="s">
+      <c r="B65" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C65" s="10" t="s">
         <v>200</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="13" t="s">
+      <c r="D65" s="10" t="s">
         <v>201</v>
       </c>
-      <c r="B43" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="14" t="s">
+      <c r="E65" s="11">
+        <v>2567</v>
+      </c>
+      <c r="F65" s="11">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A66" s="10" t="s">
         <v>202</v>
       </c>
-      <c r="D43" s="14" t="s">
+      <c r="B66" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C66" s="10" t="s">
         <v>203</v>
       </c>
-      <c r="E43" s="15" t="s">
+      <c r="D66" s="10" t="s">
         <v>204</v>
       </c>
-      <c r="F43" s="15" t="s">
+      <c r="E66" s="11">
+        <v>3003</v>
+      </c>
+      <c r="F66" s="11">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A67" s="10" t="s">
         <v>205</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A44" s="13" t="s">
+      <c r="B67" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C67" s="10" t="s">
         <v>206</v>
       </c>
-      <c r="B44" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="14" t="s">
+      <c r="D67" s="10" t="s">
         <v>207</v>
       </c>
-      <c r="D44" s="14" t="s">
+      <c r="E67" s="11">
+        <v>8160</v>
+      </c>
+      <c r="F67" s="11">
+        <v>8160</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A68" s="10" t="s">
         <v>208</v>
       </c>
-      <c r="E44" s="15" t="s">
+      <c r="B68" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C68" s="10" t="s">
         <v>209</v>
       </c>
-      <c r="F44" s="15" t="s">
+      <c r="D68" s="10" t="s">
         <v>210</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="13" t="s">
+      <c r="E68" s="11">
+        <v>8024</v>
+      </c>
+      <c r="F68" s="11">
+        <v>8240</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A69" s="10" t="s">
         <v>211</v>
       </c>
-      <c r="B45" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="14" t="s">
+      <c r="B69" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C69" s="10" t="s">
         <v>212</v>
       </c>
-      <c r="D45" s="14" t="s">
+      <c r="D69" s="10" t="s">
         <v>213</v>
       </c>
-      <c r="E45" s="15" t="s">
+      <c r="E69" s="11">
+        <v>2078</v>
+      </c>
+      <c r="F69" s="11">
+        <v>2350</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A70" s="10" t="s">
         <v>214</v>
       </c>
-      <c r="F45" s="15" t="s">
+      <c r="B70" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="10" t="s">
         <v>215</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="13" t="s">
+      <c r="D70" s="10" t="s">
         <v>216</v>
       </c>
-      <c r="B46" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="14" t="s">
+      <c r="E70" s="11">
+        <v>2174</v>
+      </c>
+      <c r="F70" s="11">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A71" s="10" t="s">
         <v>217</v>
       </c>
-      <c r="D46" s="14" t="s">
+      <c r="B71" s="10" t="s">
         <v>218</v>
       </c>
-      <c r="E46" s="15" t="s">
+      <c r="C71" s="10" t="s">
         <v>219</v>
       </c>
-      <c r="F46" s="15" t="s">
+      <c r="D71" s="10" t="s">
         <v>220</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A47" s="13" t="s">
+      <c r="E71" s="11">
+        <v>982</v>
+      </c>
+      <c r="F71" s="11">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A72" s="10" t="s">
         <v>221</v>
       </c>
-      <c r="B47" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="14" t="s">
+      <c r="B72" s="10" t="s">
         <v>222</v>
       </c>
-      <c r="D47" s="14" t="s">
+      <c r="C72" s="10" t="s">
         <v>223</v>
       </c>
-      <c r="E47" s="15" t="s">
+      <c r="D72" s="10" t="s">
         <v>224</v>
       </c>
-      <c r="F47" s="15" t="s">
+      <c r="E72" s="11">
+        <v>1147</v>
+      </c>
+      <c r="F72" s="11">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A73" s="10" t="s">
         <v>225</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="13" t="s">
+      <c r="B73" s="10" t="s">
         <v>226</v>
       </c>
-      <c r="B48" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="14" t="s">
+      <c r="C73" s="10" t="s">
         <v>227</v>
       </c>
-      <c r="D48" s="14" t="s">
+      <c r="D73" s="10" t="s">
         <v>228</v>
       </c>
-      <c r="E48" s="15" t="s">
+      <c r="E73" s="11">
+        <v>2013</v>
+      </c>
+      <c r="F73" s="11">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A74" s="10" t="s">
         <v>229</v>
       </c>
-      <c r="F48" s="15" t="s">
+      <c r="B74" s="10" t="s">
         <v>230</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A49" s="13" t="s">
+      <c r="C74" s="10" t="s">
         <v>231</v>
       </c>
-      <c r="B49" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="14" t="s">
+      <c r="D74" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="D49" s="14" t="s">
+      <c r="E74" s="11">
+        <v>10209</v>
+      </c>
+      <c r="F74" s="11">
+        <v>11550</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A75" s="10" t="s">
         <v>233</v>
       </c>
-      <c r="E49" s="15" t="s">
+      <c r="B75" s="10" t="s">
         <v>234</v>
       </c>
-      <c r="F49" s="15" t="s">
+      <c r="C75" s="10" t="s">
         <v>235</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A50" s="13" t="s">
+      <c r="D75" s="10" t="s">
         <v>236</v>
       </c>
-      <c r="B50" s="14" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="14" t="s">
+      <c r="E75" s="11">
+        <v>7594</v>
+      </c>
+      <c r="F75" s="11">
+        <v>8730</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A76" s="10" t="s">
         <v>237</v>
       </c>
-      <c r="D50" s="14" t="s">
+      <c r="B76" s="10" t="s">
         <v>238</v>
       </c>
-      <c r="E50" s="15" t="s">
+      <c r="C76" s="10" t="s">
         <v>239</v>
       </c>
-      <c r="F50" s="15" t="s">
+      <c r="D76" s="10" t="s">
         <v>240</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="13" t="s">
+      <c r="E76" s="11">
+        <v>534</v>
+      </c>
+      <c r="F76" s="11">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A77" s="10" t="s">
         <v>241</v>
       </c>
-      <c r="B51" s="14" t="s">
+      <c r="B77" s="10" t="s">
         <v>242</v>
       </c>
-      <c r="C51" s="14" t="s">
+      <c r="C77" s="10" t="s">
         <v>243</v>
       </c>
-      <c r="D51" s="14" t="s">
+      <c r="D77" s="10" t="s">
         <v>244</v>
       </c>
-      <c r="E51" s="15" t="s">
+      <c r="E77" s="11">
+        <v>945</v>
+      </c>
+      <c r="F77" s="11">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A78" s="10" t="s">
         <v>245</v>
       </c>
-      <c r="F51" s="15" t="s">
+      <c r="B78" s="10" t="s">
         <v>246</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A52" s="13" t="s">
+      <c r="C78" s="10" t="s">
         <v>247</v>
       </c>
-      <c r="B52" s="14" t="s">
+      <c r="D78" s="10" t="s">
         <v>248</v>
       </c>
-      <c r="C52" s="14" t="s">
+      <c r="E78" s="11">
+        <v>6504</v>
+      </c>
+      <c r="F78" s="11">
+        <v>7760</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A79" s="10" t="s">
         <v>249</v>
       </c>
-      <c r="D52" s="14" t="s">
+      <c r="B79" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="C79" s="10" t="s">
         <v>250</v>
       </c>
-      <c r="E52" s="15" t="s">
+      <c r="D79" s="10" t="s">
         <v>251</v>
       </c>
-      <c r="F52" s="15" t="s">
+      <c r="E79" s="11">
+        <v>2557</v>
+      </c>
+      <c r="F79" s="11">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="10" t="s">
         <v>252</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="13" t="s">
+      <c r="B80" s="10" t="s">
         <v>253</v>
       </c>
-      <c r="B53" s="14" t="s">
+      <c r="C80" s="10" t="s">
         <v>254</v>
       </c>
-      <c r="C53" s="14" t="s">
+      <c r="D80" s="10" t="s">
         <v>255</v>
       </c>
-      <c r="D53" s="14" t="s">
+      <c r="E80" s="11">
+        <v>3129</v>
+      </c>
+      <c r="F80" s="11">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A81" s="10" t="s">
         <v>256</v>
       </c>
-      <c r="E53" s="15" t="s">
+      <c r="B81" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="C81" s="10" t="s">
         <v>257</v>
       </c>
-      <c r="F53" s="15" t="s">
+      <c r="D81" s="10" t="s">
         <v>258</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" s="13" t="s">
+      <c r="E81" s="11">
+        <v>500</v>
+      </c>
+      <c r="F81" s="11">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A82" s="10" t="s">
         <v>259</v>
       </c>
-      <c r="B54" s="14" t="s">
+      <c r="B82" s="10" t="s">
+        <v>253</v>
+      </c>
+      <c r="C82" s="10" t="s">
         <v>260</v>
       </c>
-      <c r="C54" s="14" t="s">
+      <c r="D82" s="10" t="s">
         <v>261</v>
       </c>
-      <c r="D54" s="14" t="s">
+      <c r="E82" s="11">
+        <v>597</v>
+      </c>
+      <c r="F82" s="11">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A83" s="10" t="s">
         <v>262</v>
       </c>
-      <c r="E54" s="15" t="s">
+      <c r="B83" s="10" t="s">
         <v>263</v>
       </c>
-      <c r="F54" s="15" t="s">
+      <c r="C83" s="10" t="s">
         <v>264</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A55" s="13" t="s">
+      <c r="D83" s="10" t="s">
         <v>265</v>
       </c>
-      <c r="B55" s="14" t="s">
+      <c r="E83" s="13">
+        <v>2143</v>
+      </c>
+      <c r="F83" s="13">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A84" s="10" t="s">
         <v>266</v>
       </c>
-      <c r="C55" s="14" t="s">
+      <c r="B84" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="D55" s="14" t="s">
+      <c r="C84" s="10" t="s">
         <v>268</v>
       </c>
-      <c r="E55" s="15" t="s">
+      <c r="D84" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="F55" s="15" t="s">
+      <c r="E84" s="13">
+        <v>5938</v>
+      </c>
+      <c r="F84" s="13">
+        <v>6870</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A85" s="10" t="s">
         <v>270</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A56" s="13" t="s">
+      <c r="B85" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="B56" s="14" t="s">
+      <c r="C85" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="C56" s="14" t="s">
+      <c r="D85" s="10" t="s">
         <v>273</v>
       </c>
-      <c r="D56" s="14"/>
-      <c r="E56" s="15" t="s">
+      <c r="E85" s="13">
+        <v>2200</v>
+      </c>
+      <c r="F85" s="13">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A86" s="10" t="s">
         <v>274</v>
       </c>
-      <c r="F56" s="15" t="s">
+      <c r="B86" s="10" t="s">
         <v>275</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A57" s="13" t="s">
+      <c r="C86" s="10" t="s">
         <v>276</v>
       </c>
-      <c r="B57" s="14" t="s">
+      <c r="D86" s="10" t="s">
         <v>277</v>
       </c>
-      <c r="C57" s="14" t="s">
+      <c r="E86" s="13">
+        <v>3065</v>
+      </c>
+      <c r="F86" s="13">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A87" s="10" t="s">
         <v>278</v>
       </c>
-      <c r="D57" s="14" t="s">
+      <c r="B87" s="10" t="s">
         <v>279</v>
       </c>
-      <c r="E57" s="15" t="s">
+      <c r="C87" s="10" t="s">
         <v>280</v>
       </c>
-      <c r="F57" s="15" t="s">
+      <c r="D87" s="10" t="s">
         <v>281</v>
       </c>
-    </row>
-[...495 lines deleted...]
-        <v>413</v>
+      <c r="E87" s="13">
+        <v>2442</v>
+      </c>
+      <c r="F87" s="13">
+        <v>2790</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:F3" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="8d20cc7b-431d-4ab5-a54b-24925921ebff">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8d20cc7b-431d-4ab5-a54b-24925921ebff">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101005D3168BFA3257B4E964E869E529D431B" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="44243b435be69d7387e5631aefa47ef8">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d20cc7b-431d-4ab5-a54b-24925921ebff" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6afb29a9bb2f1212424162b3b81d03b1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101005D3168BFA3257B4E964E869E529D431B" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="45a5dbc8b746dac4fdc890d4e6b29151">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d20cc7b-431d-4ab5-a54b-24925921ebff" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ca69760697946619dd25423a0cbf7403" ns2:_="" ns3:_="">
     <xsd:import namespace="8d20cc7b-431d-4ab5-a54b-24925921ebff"/>
     <xsd:import namespace="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -4178,99 +3390,114 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66B64113-A7FC-4F90-B4CB-525D4F8C477A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="8d20cc7b-431d-4ab5-a54b-24925921ebff"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FBA8C7E-C642-42A9-B0D4-4DB957F8E60B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09020325-08A4-469F-BB22-B0CDA56C1339}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8d20cc7b-431d-4ab5-a54b-24925921ebff"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2288DB3C-5052-4EFB-AE24-F38AA99F98EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>28  回目公表</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'28  回目公表'!Print_Titles</vt:lpstr>
+      <vt:lpstr>29 回目公表</vt:lpstr>
+      <vt:lpstr>'29 回目公表'!Print_Area</vt:lpstr>
+      <vt:lpstr>'29 回目公表'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101005D3168BFA3257B4E964E869E529D431B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>