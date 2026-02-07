--- v0 (2025-12-07)
+++ v1 (2026-02-07)
@@ -13,56 +13,56 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml" PartName="/xl/charts/chart3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan-my.sharepoint.com/personal/ktpzp_lansys_mhlw_go_jp/Documents/PassageDrive/PCfolder/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan-my.sharepoint.com/personal/ktpzp_lansys_mhlw_go_jp/Documents/PassageDrive/PCfolder/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5BC6D2A0-58D8-495E-945E-F07A9B31D7E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3041D09-6C89-4F8E-BEDE-1B766926F0F2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2400" yWindow="990" windowWidth="22200" windowHeight="14100" activeTab="1" xr2:uid="{0570C266-B598-437D-B256-35929932171D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4AC4E593-D8EE-4902-A770-B6E6171E318D}"/>
   </bookViews>
   <sheets>
     <sheet name="第７表" sheetId="1" r:id="rId1"/>
     <sheet name="第８表" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">第７表!$A$1:$S$41</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">第８表!$A$1:$I$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -327,51 +327,51 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
-    <cellStyle name="標準 2" xfId="1" xr:uid="{755681EC-DE5F-4EF3-B339-EBE25B1A5B3A}"/>
+    <cellStyle name="標準 2" xfId="1" xr:uid="{FE79E65E-13DD-4D7F-ADE0-9F25AD96ABFF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId4" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId5" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId6" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId7" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId8" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ja-JP"/>
   <c:roundedCorners val="0"/>
@@ -711,51 +711,51 @@
               <c:pt idx="32">
                 <c:v>465920</c:v>
               </c:pt>
               <c:pt idx="33">
                 <c:v>369675</c:v>
               </c:pt>
               <c:pt idx="34">
                 <c:v>368519</c:v>
               </c:pt>
               <c:pt idx="35">
                 <c:v>425172</c:v>
               </c:pt>
               <c:pt idx="36">
                 <c:v>465157</c:v>
               </c:pt>
               <c:pt idx="37">
                 <c:v>482136</c:v>
               </c:pt>
               <c:pt idx="38">
                 <c:v>483080</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-82D8-4609-B5C1-BB6A8A6096AF}"/>
+              <c16:uniqueId val="{00000000-AF2D-46AE-89F1-6C900D1EED1C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>求職者数</c:v>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="9999FF"/>
             </a:solidFill>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strLit>
               <c:ptCount val="39"/>
               <c:pt idx="0">
@@ -974,57 +974,57 @@
               <c:pt idx="30">
                 <c:v>172399</c:v>
               </c:pt>
               <c:pt idx="31">
                 <c:v>172647</c:v>
               </c:pt>
               <c:pt idx="32">
                 <c:v>169449</c:v>
               </c:pt>
               <c:pt idx="33">
                 <c:v>152402</c:v>
               </c:pt>
               <c:pt idx="34">
                 <c:v>138328</c:v>
               </c:pt>
               <c:pt idx="35">
                 <c:v>129062</c:v>
               </c:pt>
               <c:pt idx="36">
                 <c:v>122822</c:v>
               </c:pt>
               <c:pt idx="37">
                 <c:v>123382</c:v>
               </c:pt>
               <c:pt idx="38">
-                <c:v>122737</c:v>
+                <c:v>122673</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-82D8-4609-B5C1-BB6A8A6096AF}"/>
+              <c16:uniqueId val="{00000001-AF2D-46AE-89F1-6C900D1EED1C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:axId val="732425023"/>
         <c:axId val="1"/>
       </c:barChart>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>就職内定率</c:v>
           </c:tx>
           <c:spPr>
@@ -1039,1102 +1039,1102 @@
             <c:symbol val="triangle"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:dPt>
             <c:idx val="33"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="12700">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                <c16:uniqueId val="{00000003-AF2D-46AE-89F1-6C900D1EED1C}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="34"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="12700">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                <c16:uniqueId val="{00000005-AF2D-46AE-89F1-6C900D1EED1C}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.5419057787268119E-3"/>
                   <c:y val="-5.2920710492583775E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000006-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000006-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.982036938174365E-2"/>
                   <c:y val="-2.0113536286052548E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000007-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000007-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.9257469653479393E-2"/>
                   <c:y val="-2.6597745396715552E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000008-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000008-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.7106129341917284E-2"/>
                   <c:y val="-3.0193351939797927E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000009-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-8.7211397304150801E-3"/>
                   <c:y val="-2.7619130228060538E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000A-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000A-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.5402227263964886E-2"/>
                   <c:y val="-2.8007014818214989E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000B-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000B-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.3644141939884634E-2"/>
                   <c:y val="-2.620827105132038E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000C-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000C-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.5581542773255038E-2"/>
                   <c:y val="-2.092316489814542E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000D-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000D-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9437697406468259E-2"/>
                   <c:y val="-2.1743174086103413E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000E-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000E-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.4235508697006147E-2"/>
                   <c:y val="-2.8866250959756139E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000F-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000000F-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.0872592197161796E-2"/>
                   <c:y val="-2.3750389524442861E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000010-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000010-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.3644141939884634E-2"/>
                   <c:y val="-2.620827105132038E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000011-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000011-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.4899634720801143E-2"/>
                   <c:y val="-3.4180368709516691E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000012-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000012-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.1133156378051614E-2"/>
                   <c:y val="-2.2222222222222223E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000013-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000013-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.4899634720801143E-2"/>
                   <c:y val="-2.620827105132038E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000014-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000014-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.371124160327417E-2"/>
                   <c:y val="-2.2745818033455732E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000015-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000015-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.5123670981805237E-2"/>
                   <c:y val="-2.478580171358629E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000016-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000016-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0886382846212125E-2"/>
                   <c:y val="-2.8865769073847445E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000017-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000017-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="22"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1377029464822611E-3"/>
                   <c:y val="7.8561413348289394E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000018-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000018-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="23"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9927924767822621E-2"/>
                   <c:y val="-2.5277154608338008E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000019-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000019-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="26"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.592908937230304E-2"/>
                   <c:y val="-2.8201248405760861E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001A-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000001A-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="27"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.5123670981805237E-2"/>
                   <c:y val="-2.886576907384741E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001B-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000001B-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="32"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1177098625383691E-2"/>
                   <c:y val="-1.6243148978574987E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001C-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000001C-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="33"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.5559898443241798E-2"/>
                   <c:y val="-2.4244095469558174E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2142,51 +2142,51 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="900"/>
                       <a:t>64.2</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000003-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="34"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1361161221353644E-2"/>
                   <c:y val="1.769614258116782E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2194,51 +2194,51 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>62.0</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000005-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000005-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -2478,117 +2478,117 @@
               <c:pt idx="30">
                 <c:v>62.7</c:v>
               </c:pt>
               <c:pt idx="31">
                 <c:v>62.3</c:v>
               </c:pt>
               <c:pt idx="32">
                 <c:v>64</c:v>
               </c:pt>
               <c:pt idx="33">
                 <c:v>64.2</c:v>
               </c:pt>
               <c:pt idx="34">
                 <c:v>62</c:v>
               </c:pt>
               <c:pt idx="35">
                 <c:v>62.4</c:v>
               </c:pt>
               <c:pt idx="36">
                 <c:v>63</c:v>
               </c:pt>
               <c:pt idx="37">
                 <c:v>63.2</c:v>
               </c:pt>
               <c:pt idx="38">
-                <c:v>63.3</c:v>
+                <c:v>63.4</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000001D-82D8-4609-B5C1-BB6A8A6096AF}"/>
+              <c16:uniqueId val="{0000001D-AF2D-46AE-89F1-6C900D1EED1C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:v>求人倍率</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:dPt>
             <c:idx val="33"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="12700">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000001F-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                <c16:uniqueId val="{0000001F-AF2D-46AE-89F1-6C900D1EED1C}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="34"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="12700">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000021-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                <c16:uniqueId val="{00000021-AF2D-46AE-89F1-6C900D1EED1C}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.1501290092975666E-2"/>
                   <c:y val="-7.450775354427093E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
@@ -2613,51 +2613,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000022-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000022-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1117923693119954E-2"/>
                   <c:y val="-7.0003720732078667E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2681,51 +2681,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000023-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000023-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9884214423298761E-2"/>
                   <c:y val="-7.0729724864452934E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2749,51 +2749,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000024-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000024-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.6705669138771966E-2"/>
                   <c:y val="-3.6634573440518479E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2817,51 +2817,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000025-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000025-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.1410699368793591E-2"/>
                   <c:y val="1.7618335824613852E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2885,51 +2885,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000026-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000026-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.2598870056497175E-2"/>
                   <c:y val="5.9790575505416083E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -2953,51 +2953,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000027-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000027-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-7.3994987914646261E-4"/>
                   <c:y val="7.9644237295450171E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3021,51 +3021,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000028-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000028-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="9.842173683091919E-3"/>
                   <c:y val="4.9441443137993403E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3089,51 +3089,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000029-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000029-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="6.5018708819589643E-4"/>
                   <c:y val="-3.1464049056648118E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3157,51 +3157,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002A-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002A-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="8.0933809827443883E-3"/>
                   <c:y val="-3.5951335679452627E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3225,51 +3225,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002B-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002B-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-7.0621963215050099E-3"/>
                   <c:y val="6.3022413678110789E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3293,51 +3293,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002C-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002C-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="8.2279263114709532E-3"/>
                   <c:y val="5.8637759966102966E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3361,51 +3361,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002D-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002D-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="6.5687975443747496E-3"/>
                   <c:y val="-2.8682446084373984E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3429,51 +3429,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002E-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002E-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.1924561689675793E-3"/>
                   <c:y val="2.9303265342953206E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3497,51 +3497,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002F-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000002F-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="6.3894696778721873E-3"/>
                   <c:y val="3.4630290047824738E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3565,51 +3565,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000030-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000030-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.8227086021027034E-2"/>
                   <c:y val="2.2048656473994635E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3633,51 +3633,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000031-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000031-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.2936123097607149E-2"/>
                   <c:y val="-3.7403261812004367E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3701,51 +3701,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000032-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000032-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.082847694885597E-2"/>
                   <c:y val="2.2351690343639782E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3769,51 +3769,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000033-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000033-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.4505192500654933E-2"/>
                   <c:y val="-6.4886283833354907E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3837,51 +3837,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000034-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000034-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-8.0719782908502725E-4"/>
                   <c:y val="-3.166777500425666E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3905,51 +3905,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000035-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000035-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="4.9098015634395668E-3"/>
                   <c:y val="-1.1403533370723572E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -3973,51 +3973,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000036-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000036-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-7.2500334068284333E-3"/>
                   <c:y val="8.2534585903907207E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4041,51 +4041,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000037-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000037-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="22"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-0.49986682320423553"/>
                   <c:y val="-1.9948649947349417E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4109,51 +4109,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000038-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000038-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="23"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.3462099941354019E-2"/>
                   <c:y val="2.8005496443544071E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4177,51 +4177,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000039-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000039-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="24"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.5153797865662272E-2"/>
                   <c:y val="-1.9930244145490782E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4245,51 +4245,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003A-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003A-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="25"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.6993082432492651E-2"/>
                   <c:y val="2.3822351153474235E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4313,51 +4313,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003B-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003B-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="26"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.3942247332077841E-2"/>
                   <c:y val="-2.391629297458894E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4381,51 +4381,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003C-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003C-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="27"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.1431224698607695E-2"/>
                   <c:y val="-1.5803287746926371E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4449,51 +4449,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003D-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003D-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="28"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.1387294808487926E-2"/>
                   <c:y val="-1.9883255107187563E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4517,51 +4517,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003E-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003E-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="29"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4996885982472636E-2"/>
                   <c:y val="-2.3916318905669226E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4585,51 +4585,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003F-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000003F-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="30"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.3157613772854667E-2"/>
                   <c:y val="-2.3916318905669226E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4653,51 +4653,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000040-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000040-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="31"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.9548022598870157E-2"/>
                   <c:y val="-1.6319869441044545E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4721,51 +4721,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000041-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000041-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="32"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0131826741996232E-2"/>
                   <c:y val="-1.9930244145490782E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4789,51 +4789,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000042-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000042-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="33"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1884479187546092E-2"/>
                   <c:y val="3.1584875677696765E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4876,51 +4876,51 @@
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                     </a:endParaRPr>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001F-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{0000001F-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="34"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7620841180163214E-2"/>
                   <c:y val="-2.790234180368717E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1100" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -4944,201 +4944,201 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000021-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000021-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="35"/>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>3.29</a:t>
                     </a:r>
                     <a:r>
                       <a:rPr lang="ja-JP" altLang="en-US"/>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000043-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000043-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="36"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.5476278033854523E-2"/>
                   <c:y val="-1.8946626861124763E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>3.79</a:t>
                     </a:r>
                     <a:r>
                       <a:rPr lang="ja-JP" altLang="en-US"/>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000044-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000044-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="37"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.4151153160914641E-2"/>
                   <c:y val="2.3045078775795601E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>3.91</a:t>
                     </a:r>
                     <a:r>
                       <a:rPr lang="ja-JP" altLang="en-US"/>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000045-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000045-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="38"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0601933167305643E-2"/>
                   <c:y val="-1.6393807658683545E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>3.94</a:t>
                     </a:r>
                     <a:r>
                       <a:rPr lang="ja-JP" altLang="en-US"/>
                       <a:t>倍</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000046-82D8-4609-B5C1-BB6A8A6096AF}"/>
+                  <c16:uniqueId val="{00000046-AF2D-46AE-89F1-6C900D1EED1C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -5384,51 +5384,51 @@
                 <c:v>47.5</c:v>
               </c:pt>
               <c:pt idx="33">
                 <c:v>44.3</c:v>
               </c:pt>
               <c:pt idx="34">
                 <c:v>46.6</c:v>
               </c:pt>
               <c:pt idx="35">
                 <c:v>52.9</c:v>
               </c:pt>
               <c:pt idx="36">
                 <c:v>57.9</c:v>
               </c:pt>
               <c:pt idx="37">
                 <c:v>59.1</c:v>
               </c:pt>
               <c:pt idx="38">
                 <c:v>59.4</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000047-82D8-4609-B5C1-BB6A8A6096AF}"/>
+              <c16:uniqueId val="{00000047-AF2D-46AE-89F1-6C900D1EED1C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="3"/>
         <c:axId val="4"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="732425023"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
@@ -5857,231 +5857,231 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000000-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.8019296059144026E-2"/>
                   <c:y val="1.5693156502885115E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000001-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.9758484662848927E-2"/>
                   <c:y val="-1.2513681536499819E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000002-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000002-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9613570169714122E-2"/>
                   <c:y val="-1.4741626105810467E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000003-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.4251161445510705E-2"/>
                   <c:y val="-1.2608249110638096E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000004-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000004-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -6123,51 +6123,51 @@
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>0.0_);[Red]\(0.0\)</c:formatCode>
               <c:ptCount val="5"/>
               <c:pt idx="0">
                 <c:v>48.9</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>41.2</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>42.5</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>37</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>33.4</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000005-132C-4821-81D8-F5ECA3AA10C2}"/>
+              <c16:uniqueId val="{00000005-DDA0-410F-9B91-F171C643445A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>１１月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="333300"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="square"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:ln>
@@ -6198,186 +6198,186 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000006-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000006-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.468591554881157E-2"/>
                   <c:y val="1.585291914125098E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000007-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000007-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6714987941414479E-2"/>
                   <c:y val="-1.8281608938769268E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000008-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000008-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.1497673266553891E-2"/>
                   <c:y val="1.5407369919969901E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000009-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="3.8655458386542926E-4"/>
                   <c:y val="7.3004579531533672E-4"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="2550" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -6401,51 +6401,51 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t> </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000A-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000000A-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -6487,51 +6487,51 @@
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>0.0_);[Red]\(0.0\)</c:formatCode>
               <c:ptCount val="5"/>
               <c:pt idx="0">
                 <c:v>73.900000000000006</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>67.3</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>68.900000000000006</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>63.4</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>60.3</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000B-132C-4821-81D8-F5ECA3AA10C2}"/>
+              <c16:uniqueId val="{0000000B-DDA0-410F-9B91-F171C643445A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>　１月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="003300"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="5"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="FFFF00"/>
               </a:solidFill>
               <a:ln>
@@ -6562,231 +6562,231 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000C-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000000C-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6425076751202289E-2"/>
                   <c:y val="-1.6148132712144461E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000D-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000000D-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.396137500887809E-2"/>
                   <c:y val="-1.5284025224635234E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000E-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000000E-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-9.4686282752650987E-3"/>
                   <c:y val="-1.2124396548730106E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000F-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000000F-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.5120002431199928E-3"/>
                   <c:y val="-2.8211501917647891E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000010-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000010-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -6828,51 +6828,51 @@
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>0.0_);[Red]\(0.0\)</c:formatCode>
               <c:ptCount val="5"/>
               <c:pt idx="0">
                 <c:v>83.7</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>79.3</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>80.5</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>75.7</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>74.400000000000006</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000011-132C-4821-81D8-F5ECA3AA10C2}"/>
+              <c16:uniqueId val="{00000011-DDA0-410F-9B91-F171C643445A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:v>　３月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="333300"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
             <c:size val="5"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="333300"/>
@@ -6901,141 +6901,141 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000012-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000012-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.2561359996083087E-3"/>
                   <c:y val="8.5075093401604605E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000013-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000013-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9323300175893006E-3"/>
                   <c:y val="-8.7892274335273218E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000014-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000014-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="6.7631361918393449E-4"/>
                   <c:y val="7.7243747178105723E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -7043,96 +7043,96 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>89.7</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000015-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000015-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.265694213756903E-2"/>
                   <c:y val="1.4254300443068435E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="850" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000016-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000016-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1175" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -7174,51 +7174,51 @@
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>0.0_);[Red]\(0.0\)</c:formatCode>
               <c:ptCount val="5"/>
               <c:pt idx="0">
                 <c:v>93.6</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>92.1</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>92.8</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>89.7</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>90</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000017-132C-4821-81D8-F5ECA3AA10C2}"/>
+              <c16:uniqueId val="{00000017-DDA0-410F-9B91-F171C643445A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:v>　６月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:solidFill>
                 <a:srgbClr val="800080"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="star"/>
             <c:size val="5"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="800080"/>
@@ -7254,129 +7254,129 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>96.8 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000018-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000018-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="t"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000019-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{00000019-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="t"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001A-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000001A-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6715186212942456E-3"/>
                   <c:y val="-1.1580310495214502E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -7384,90 +7384,90 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP"/>
                       <a:t>94.8</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001B-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000001B-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001C-132C-4821-81D8-F5ECA3AA10C2}"/>
+                  <c16:uniqueId val="{0000001C-DDA0-410F-9B91-F171C643445A}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1200" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -7509,51 +7509,51 @@
           </c:cat>
           <c:val>
             <c:numLit>
               <c:formatCode>0.0_);[Red]\(0.0\)</c:formatCode>
               <c:ptCount val="5"/>
               <c:pt idx="0">
                 <c:v>96.8</c:v>
               </c:pt>
               <c:pt idx="1">
                 <c:v>95.6</c:v>
               </c:pt>
               <c:pt idx="2">
                 <c:v>95.9</c:v>
               </c:pt>
               <c:pt idx="3">
                 <c:v>94.8</c:v>
               </c:pt>
               <c:pt idx="4">
                 <c:v>95.1</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000001D-132C-4821-81D8-F5ECA3AA10C2}"/>
+              <c16:uniqueId val="{0000001D-DDA0-410F-9B91-F171C643445A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="732427935"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="732427935"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="in"/>
@@ -7812,562 +7812,562 @@
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="7"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
           </c:marker>
           <c:dPt>
             <c:idx val="22"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="28575">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-2577-4325-A1E7-718FC642A19A}"/>
+                <c16:uniqueId val="{00000001-5C81-49A3-9E2C-163BC7CE9C62}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="23"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:ln w="25400">
                 <a:noFill/>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-2577-4325-A1E7-718FC642A19A}"/>
+                <c16:uniqueId val="{00000003-5C81-49A3-9E2C-163BC7CE9C62}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.8724985893993724E-2"/>
                   <c:y val="-1.3403831583568518E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000004-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000004-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.840195480878475E-2"/>
                   <c:y val="1.5831049504973972E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000005-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000005-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.8006162273194112E-2"/>
                   <c:y val="-1.2585461429108078E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000006-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000006-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9411531980910505E-2"/>
                   <c:y val="-1.5525412703003611E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000007-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000007-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.6613610740554336E-2"/>
                   <c:y val="-2.1750115917886413E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000008-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000008-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.6813639089703698E-2"/>
                   <c:y val="1.3805138596449636E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000009-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.5716543283799156E-2"/>
                   <c:y val="-1.1168893465886433E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.847211309806273E-2"/>
                   <c:y val="-1.3654481449666515E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6714975845410627E-2"/>
                   <c:y val="1.9956345494231368E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.864734299516908E-2"/>
                   <c:y val="-1.372008573764575E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.864734299516908E-2"/>
                   <c:y val="-1.7461802307452447E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="1.7461802307452538E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -8375,387 +8375,387 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>41.0</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000F-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000000F-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.9323671497584541E-3"/>
                   <c:y val="1.1225444340505236E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000010-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000010-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.6376811594202899E-2"/>
                   <c:y val="-1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000011-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000011-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.9199450973244867E-3"/>
                   <c:y val="-3.6420569344051829E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000012-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000012-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="0"/>
                   <c:y val="4.9914207499452464E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000013-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000013-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6714975845410627E-2"/>
                   <c:y val="-1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000014-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000014-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4779805584320297E-2"/>
                   <c:y val="1.2475014647560005E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000015-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000015-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.8158428743788834E-2"/>
                   <c:y val="-8.7208374031918293E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000016-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000016-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="22"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.8975858289119097E-2"/>
                   <c:y val="-1.2733055872793853E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000001-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="23"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.5175734201933857E-2"/>
                   <c:y val="1.7667998394269205E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -8763,135 +8763,135 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>62.0</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000003-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="24"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.511622147365436E-2"/>
                   <c:y val="1.1230696687376713E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000017-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000017-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="25"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.250437480156892E-2"/>
                   <c:y val="-1.3726407062349429E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000018-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000018-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="26"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.3735742270098151E-2"/>
                   <c:y val="1.4974295913646646E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000019-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000019-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="27"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-8.5968181957410891E-3"/>
                   <c:y val="-1.2676124519467582E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000001A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -9064,58 +9064,58 @@
               <c:pt idx="19" formatCode="General">
                 <c:v>62.7</c:v>
               </c:pt>
               <c:pt idx="20" formatCode="General">
                 <c:v>62.3</c:v>
               </c:pt>
               <c:pt idx="21" formatCode="0.0">
                 <c:v>64</c:v>
               </c:pt>
               <c:pt idx="22" formatCode="General">
                 <c:v>64.2</c:v>
               </c:pt>
               <c:pt idx="23" formatCode="0.0">
                 <c:v>62</c:v>
               </c:pt>
               <c:pt idx="24" formatCode="General">
                 <c:v>62.4</c:v>
               </c:pt>
               <c:pt idx="25" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>63</c:v>
               </c:pt>
               <c:pt idx="26" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>63.2</c:v>
               </c:pt>
               <c:pt idx="27" formatCode="0.0;&quot;△&quot;0.0">
-                <c:v>63.3</c:v>
+                <c:v>63.4</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000001B-2577-4325-A1E7-718FC642A19A}"/>
+              <c16:uniqueId val="{0000001B-5C81-49A3-9E2C-163BC7CE9C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:v>１１月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="25400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="square"/>
             <c:size val="7"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:ln>
@@ -9146,186 +9146,186 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000001C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.8305585945744028E-2"/>
                   <c:y val="1.805857737727961E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000001D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.1532799944503954E-2"/>
                   <c:y val="-1.3921642358218351E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000001E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.4583077569266994E-2"/>
                   <c:y val="-1.9359048517297577E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000001F-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000001F-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2894491636876334E-2"/>
                   <c:y val="-2.2376303406851001E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -9339,681 +9339,681 @@
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                       </a:rPr>
                       <a:t>60.3 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000020-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000020-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-8.080731187169253E-3"/>
                   <c:y val="8.7764379899199479E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000021-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000021-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.3785639261930152E-2"/>
                   <c:y val="-1.2578642121376311E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000022-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000022-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.6597710809275384E-2"/>
                   <c:y val="-1.4797009652736811E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000023-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000023-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.8982689583735521E-2"/>
                   <c:y val="1.4965517437891939E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000024-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000024-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.2512077294685993E-2"/>
                   <c:y val="-1.7461802307452447E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000025-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000025-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.8309178743961352E-2"/>
                   <c:y val="-1.6214530714062942E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000026-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000026-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.6376167368049705E-2"/>
                   <c:y val="-1.6214551701145954E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000027-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000027-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.4106280193236718E-2"/>
                   <c:y val="-1.6214530714062987E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000028-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000028-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.3768115942028983E-2"/>
                   <c:y val="-9.9781727471157308E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000029-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000029-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-6.3768115942029122E-2"/>
                   <c:y val="-1.2472715933894606E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000002A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.2173913043478258E-2"/>
                   <c:y val="-1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000002B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.0241545893719805E-2"/>
                   <c:y val="-1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000002C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="-1.6214530714062963E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000002D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.702487481138709E-2"/>
                   <c:y val="-1.4967295607420942E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000002E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000002E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -10175,51 +10175,51 @@
                 <c:v>79.2</c:v>
               </c:pt>
               <c:pt idx="16" formatCode="General">
                 <c:v>84.1</c:v>
               </c:pt>
               <c:pt idx="17" formatCode="General">
                 <c:v>85.8</c:v>
               </c:pt>
               <c:pt idx="18" formatCode="0.0">
                 <c:v>87</c:v>
               </c:pt>
               <c:pt idx="19" formatCode="General">
                 <c:v>88.1</c:v>
               </c:pt>
               <c:pt idx="20" formatCode="General">
                 <c:v>88.6</c:v>
               </c:pt>
               <c:pt idx="21" formatCode="0.0">
                 <c:v>88</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000002F-2577-4325-A1E7-718FC642A19A}"/>
+              <c16:uniqueId val="{0000002F-5C81-49A3-9E2C-163BC7CE9C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:v>　１月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="25400">
               <a:solidFill>
                 <a:srgbClr val="003300"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="7"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:ln>
@@ -10250,861 +10250,861 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000030-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000030-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.3992164022975391E-2"/>
                   <c:y val="-2.632538565981404E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000031-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000031-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7184946310931071E-2"/>
                   <c:y val="-1.626703644673979E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000032-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000032-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7154829452418667E-2"/>
                   <c:y val="-2.5772354530609921E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000033-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000033-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.9173394877964257E-2"/>
                   <c:y val="-1.8049783133576563E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000034-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000034-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.1435715327786467E-2"/>
                   <c:y val="1.2017533249691008E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000035-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000035-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.3785639261930152E-2"/>
                   <c:y val="-1.3567574808889409E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000036-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000036-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.0800562973106623E-2"/>
                   <c:y val="-1.0966070775297147E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000037-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000037-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.1594536255820962E-2"/>
                   <c:y val="6.2334788149070158E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000038-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000038-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.2173913043478258E-2"/>
                   <c:y val="-1.3719987527284067E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000039-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000039-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.8309178743961352E-2"/>
                   <c:y val="-1.1225444340505144E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.2512077294685993E-2"/>
                   <c:y val="-1.6214530714062963E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.2511068403899802E-2"/>
                   <c:y val="-1.2472754752338574E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.8309178743961352E-2"/>
                   <c:y val="-1.2472715933894606E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.4442629058357719E-2"/>
                   <c:y val="-1.6214551701145954E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.0578594985487812E-2"/>
                   <c:y val="-1.4967286051543493E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000003F-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000003F-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6714975845410627E-2"/>
                   <c:y val="-1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000040-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000040-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7053140096618359E-2"/>
                   <c:y val="-1.2472715933894606E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000041-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000041-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7022443300587468E-2"/>
                   <c:y val="-1.1225447019279003E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000042-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000042-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -11266,51 +11266,51 @@
                 <c:v>90.7</c:v>
               </c:pt>
               <c:pt idx="16" formatCode="General">
                 <c:v>92.8</c:v>
               </c:pt>
               <c:pt idx="17" formatCode="General">
                 <c:v>93.6</c:v>
               </c:pt>
               <c:pt idx="18" formatCode="0.0">
                 <c:v>94</c:v>
               </c:pt>
               <c:pt idx="19" formatCode="General">
                 <c:v>94.3</c:v>
               </c:pt>
               <c:pt idx="20" formatCode="General">
                 <c:v>94.7</c:v>
               </c:pt>
               <c:pt idx="21" formatCode="General">
                 <c:v>94.4</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000043-2577-4325-A1E7-718FC642A19A}"/>
+              <c16:uniqueId val="{00000043-5C81-49A3-9E2C-163BC7CE9C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:v>　３月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="25400">
               <a:solidFill>
                 <a:srgbClr val="333300"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
             <c:size val="7"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:ln>
@@ -11341,141 +11341,141 @@
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000044-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000044-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4939703680027058E-2"/>
                   <c:y val="-1.4880783812471933E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000045-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000045-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.443133337839463E-2"/>
                   <c:y val="-1.3808110357790121E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000046-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000046-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.8120850301523579E-2"/>
                   <c:y val="-5.8985907797842576E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -11483,51 +11483,51 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>89.7</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000047-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000047-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.5811295865249101E-2"/>
                   <c:y val="-1.6071889285913049E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -11535,945 +11535,945 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>90.0 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000048-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000048-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.4492753623188406E-2"/>
                   <c:y val="6.9589898082196931E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000049-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000049-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-1.927969873331058E-2"/>
                   <c:y val="9.2753793989034591E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.3100460268553457E-2"/>
                   <c:y val="6.8164865734159285E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.9336832895888086E-2"/>
                   <c:y val="7.7340659826314979E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.494503404465746E-2"/>
                   <c:y val="1.5244506971708051E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6714975845410627E-2"/>
                   <c:y val="1.3719987527284067E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0917874396135265E-2"/>
                   <c:y val="1.3719987527284067E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000004F-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000004F-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2850241545893721E-2"/>
                   <c:y val="1.4967259120673527E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000050-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000050-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0917874396135265E-2"/>
                   <c:y val="1.1225444340505144E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000051-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000051-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.8985507246376812E-2"/>
                   <c:y val="1.1225444340505144E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000052-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000052-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0917901294010244E-2"/>
                   <c:y val="9.9793042725873828E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000053-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000053-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="1.1225346130143438E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000054-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000054-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="9.978172747115684E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000055-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000055-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="1.1225444340505144E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000056-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000056-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2850241545893721E-2"/>
                   <c:y val="9.978172747115684E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000057-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000057-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="9.978172747115684E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000058-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000058-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2829989650778033E-2"/>
                   <c:y val="8.730957803531194E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000059-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000059-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="22"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.9019504396555918E-2"/>
                   <c:y val="1.1297904006135888E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000005A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000005A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="23"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0938438482980224E-2"/>
                   <c:y val="1.0066064597827572E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000005B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000005B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="24"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2844289619394167E-2"/>
                   <c:y val="1.1230696687376805E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000005C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000005C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="25"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0912272582959213E-2"/>
                   <c:y val="1.1230696687376782E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000005D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000005D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="26"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0088863685093968E-2"/>
                   <c:y val="1.1250409853041796E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000005E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000005E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -12650,51 +12650,51 @@
                 <c:v>99.4</c:v>
               </c:pt>
               <c:pt idx="21" formatCode="General">
                 <c:v>99.3</c:v>
               </c:pt>
               <c:pt idx="22" formatCode="General">
                 <c:v>99.1</c:v>
               </c:pt>
               <c:pt idx="23" formatCode="General">
                 <c:v>99.2</c:v>
               </c:pt>
               <c:pt idx="24" formatCode="General">
                 <c:v>99.3</c:v>
               </c:pt>
               <c:pt idx="25" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>99.2</c:v>
               </c:pt>
               <c:pt idx="26" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>99</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000005F-2577-4325-A1E7-718FC642A19A}"/>
+              <c16:uniqueId val="{0000005F-5C81-49A3-9E2C-163BC7CE9C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:v>　６月末現在</c:v>
           </c:tx>
           <c:spPr>
             <a:ln w="25400">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="star"/>
             <c:size val="7"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
@@ -12730,129 +12730,129 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>96.8 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000060-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000060-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="t"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000061-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000061-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="t"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000062-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000062-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="3"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2473601518127365E-2"/>
                   <c:y val="-1.4937323629249178E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -12860,51 +12860,51 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>94.8</a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000063-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000063-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4343489672486592E-2"/>
                   <c:y val="-1.1409294137577986E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:tx>
                 <c:rich>
                   <a:bodyPr/>
                   <a:lstStyle/>
                   <a:p>
                     <a:pPr>
                       <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                         <a:solidFill>
                           <a:srgbClr val="000000"/>
                         </a:solidFill>
                         <a:latin typeface="ＭＳ Ｐゴシック"/>
                         <a:ea typeface="ＭＳ Ｐゴシック"/>
                         <a:cs typeface="ＭＳ Ｐゴシック"/>
                       </a:defRPr>
@@ -12912,945 +12912,945 @@
                     <a:r>
                       <a:rPr lang="en-US" altLang="ja-JP" sz="800"/>
                       <a:t>95.1 </a:t>
                     </a:r>
                   </a:p>
                 </c:rich>
               </c:tx>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="0"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                   <c15:showDataLabelsRange val="0"/>
                 </c:ext>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000064-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000064-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="5"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.2995169082125605E-2"/>
                   <c:y val="-1.3226775090905966E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000065-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000065-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="6"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-4.874585472053377E-2"/>
                   <c:y val="-7.6039578822345022E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000066-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000066-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="7"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.1796197065609655E-2"/>
                   <c:y val="-1.4483041018475919E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000067-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000067-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="8"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.5472098596371107E-2"/>
                   <c:y val="-1.0019617519746421E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000068-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000068-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="9"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.1254621437995717E-2"/>
                   <c:y val="-1.1225489102736125E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000069-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000069-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="10"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.3186942729082075E-2"/>
                   <c:y val="-1.1225587359050089E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="11"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.5120024656796951E-2"/>
                   <c:y val="-1.2472754752338574E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006B-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006B-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="12"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0917901294010317E-2"/>
                   <c:y val="-1.3721199477708737E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006C-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006C-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="13"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0916532148078914E-2"/>
                   <c:y val="-9.9781251968196899E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006D-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006D-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="14"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0916848548003868E-2"/>
                   <c:y val="-1.6357462361474274E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006E-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006E-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="15"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2849614075793787E-2"/>
                   <c:y val="-1.3720118658255009E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000006F-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000006F-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="16"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.2868782118832506E-2"/>
                   <c:y val="-1.2472263470768697E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000070-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000070-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="17"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4782608695652174E-2"/>
                   <c:y val="-1.1225444340505156E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000071-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000071-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="18"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.6702579012273882E-2"/>
                   <c:y val="-1.3720031293300707E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000072-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000072-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="19"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4763223705818753E-2"/>
                   <c:y val="-1.2472656496024611E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000073-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000073-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="20"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.4812665086672259E-2"/>
                   <c:y val="-1.1237967654610978E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000074-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000074-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="21"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.0888236465498195E-2"/>
                   <c:y val="-1.126783757405948E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000075-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000075-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="22"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.8908603576117898E-2"/>
                   <c:y val="-1.2756322474471291E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:spPr>
                 <a:noFill/>
                 <a:ln w="25400">
                   <a:noFill/>
                 </a:ln>
               </c:spPr>
               <c:txPr>
                 <a:bodyPr/>
                 <a:lstStyle/>
                 <a:p>
                   <a:pPr>
                     <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:latin typeface="ＭＳ Ｐゴシック"/>
                       <a:ea typeface="ＭＳ Ｐゴシック"/>
                       <a:cs typeface="ＭＳ Ｐゴシック"/>
                     </a:defRPr>
                   </a:pPr>
                   <a:endParaRPr lang="ja-JP"/>
                 </a:p>
               </c:txPr>
               <c:dLblPos val="r"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000076-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000076-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="23"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7087487360120826E-2"/>
                   <c:y val="-1.2573663986791207E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000077-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000077-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="24"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.511622147365436E-2"/>
                   <c:y val="-1.1230696687376817E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000078-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000078-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="25"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.7048238510089456E-2"/>
                   <c:y val="-1.2478551874863117E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000079-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{00000079-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="26"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-2.5790454587223424E-2"/>
                   <c:y val="-1.2478596563372886E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000007A-2577-4325-A1E7-718FC642A19A}"/>
+                  <c16:uniqueId val="{0000007A-5C81-49A3-9E2C-163BC7CE9C62}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:latin typeface="ＭＳ Ｐゴシック"/>
                     <a:ea typeface="ＭＳ Ｐゴシック"/>
                     <a:cs typeface="ＭＳ Ｐゴシック"/>
                   </a:defRPr>
                 </a:pPr>
@@ -14027,51 +14027,51 @@
                 <c:v>99.7</c:v>
               </c:pt>
               <c:pt idx="21" formatCode="General">
                 <c:v>99.7</c:v>
               </c:pt>
               <c:pt idx="22" formatCode="General">
                 <c:v>99.6</c:v>
               </c:pt>
               <c:pt idx="23" formatCode="General">
                 <c:v>99.6</c:v>
               </c:pt>
               <c:pt idx="24" formatCode="General">
                 <c:v>99.7</c:v>
               </c:pt>
               <c:pt idx="25" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>99.6</c:v>
               </c:pt>
               <c:pt idx="26" formatCode="0.0;&quot;△&quot;0.0">
                 <c:v>99.5</c:v>
               </c:pt>
             </c:numLit>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000007B-2577-4325-A1E7-718FC642A19A}"/>
+              <c16:uniqueId val="{0000007B-5C81-49A3-9E2C-163BC7CE9C62}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:marker val="1"/>
         <c:smooth val="0"/>
         <c:axId val="732423359"/>
         <c:axId val="1"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="732423359"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="in"/>
@@ -14248,89 +14248,89 @@
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../charts/chart2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart"/><Relationship Id="rId2" Target="../charts/chart3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart"/><Relationship Id="rId3" Target="../media/image1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/><Relationship Id="rId4" Target="../media/image2.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>419100</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F296768-FCCB-4332-A697-36F4559A7983}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B903A200-78C9-4EF0-9D86-CAE754AE2E50}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>17</xdr:col>
       <xdr:colOff>455295</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>87630</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>310517</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>30778</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Text Box 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{337438EB-C9C4-413E-8AD3-E23BC8BFD590}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFC0F4DC-62BC-4397-8ABF-8D7150048DD4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="11666220" y="6136005"/>
           <a:ext cx="541022" cy="286048"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
@@ -14345,51 +14345,51 @@
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:latin typeface="ＭＳ Ｐゴシック"/>
               <a:ea typeface="ＭＳ Ｐゴシック"/>
             </a:rPr>
             <a:t>３月卒</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>-29986</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>141067</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="264560" cy="184731"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="テキスト ボックス 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95C7576F-B862-454E-8049-7371FFD9E9AF}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78567BC8-34B9-4530-A0FE-B93F25E23566}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm rot="5400000">
           <a:off x="9928" y="3406328"/>
           <a:ext cx="184731" cy="264560"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
@@ -14552,89 +14552,89 @@
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E358DC9-5216-457D-9E22-14D19ED25916}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB9CA920-A010-4E4E-87E3-CB536846DB9F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="AutoShape 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31F7319F-7073-4949-87CB-D6D7B5440462}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F295909-F143-439D-BF40-8C51613181C0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4419600" y="1304925"/>
           <a:ext cx="857250" cy="257175"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -30000"/>
             <a:gd name="adj2" fmla="val 98148"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -14662,51 +14662,51 @@
             <a:t>６月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>552450</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="AutoShape 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53FBBBA9-B1F1-4865-8FF6-F6B0AF869230}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9DC356A-6511-4EC9-A57E-17FF158A3C1D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4667250" y="1962150"/>
           <a:ext cx="857250" cy="247650"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -40000"/>
             <a:gd name="adj2" fmla="val 88463"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -14734,51 +14734,51 @@
             <a:t>３月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>542925</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>733425</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="AutoShape 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F94D1AB3-DD94-4794-AE61-7FD092047DB6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC34FCA2-3D11-49A7-8839-8C04B069CEE3}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5343525" y="3648075"/>
           <a:ext cx="876300" cy="266700"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -40218"/>
             <a:gd name="adj2" fmla="val 103569"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -14806,51 +14806,51 @@
             <a:t>１月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>733425</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="AutoShape 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B99774A-1C43-4352-8F48-1AA6B9016DD8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5328CAE6-4027-4C09-8079-A9E0CEEC1403}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5257800" y="5210175"/>
           <a:ext cx="962025" cy="285750"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -37130"/>
             <a:gd name="adj2" fmla="val 86667"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -14878,51 +14878,51 @@
             <a:t>１１月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>447675</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="AutoShape 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6655FBE-DB81-46CD-AA48-BAFB2BE953C2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC6EA9A6-1E9C-49A5-954F-40B052B8B910}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="5248275" y="8477250"/>
           <a:ext cx="838200" cy="285750"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -36366"/>
             <a:gd name="adj2" fmla="val 70000"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -14950,89 +14950,89 @@
             <a:t>９月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="8" name="Chart 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB57E56-6CF3-4EE0-A69E-945307230ECD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{983D20DD-D0CC-4D52-B110-F168BEBB9975}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>381001</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>173832</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>458390</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>59532</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="9" name="AutoShape 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C69BC62-5FB1-4B89-8C5C-DF8DBA100F87}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20A89C0A-7313-4604-8AB7-69DCC752C720}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1066801" y="716757"/>
           <a:ext cx="2134789" cy="276225"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -2056"/>
             <a:gd name="adj2" fmla="val 159387"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15060,51 +15060,51 @@
             <a:t>卒業年の６月末現在（注１）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>492631</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>85470</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>103143</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>16522</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="AutoShape 15">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BE1CFC3-5D52-4EA6-A845-280AE6B6271E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A81E023F-15FA-41FA-A9AD-C1762456A309}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1178431" y="2561970"/>
           <a:ext cx="982112" cy="273952"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val -24603"/>
             <a:gd name="adj2" fmla="val -113026"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15132,51 +15132,51 @@
             <a:t>３月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>76891</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>603739</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>3622</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="11" name="AutoShape 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E2576D5-B657-4E2B-AF6B-FF1027997DC1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BA8D0D2-7FC2-4129-B30E-1A9B6AAB41EB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1066800" y="2896291"/>
           <a:ext cx="908539" cy="269631"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val 36442"/>
             <a:gd name="adj2" fmla="val 135715"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15204,51 +15204,51 @@
             <a:t>１月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>357553</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>51745</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>52311</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>182</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="AutoShape 17">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F6F0819-A252-478B-9889-8B71C291029E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AB826D3-4FEA-48D5-8D50-1E4DF2640EDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1043353" y="4242745"/>
           <a:ext cx="1066358" cy="291337"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val 43068"/>
             <a:gd name="adj2" fmla="val 113334"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15276,51 +15276,51 @@
             <a:t>１１月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>128954</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>70730</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>325447</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>4054</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="13" name="AutoShape 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02B33B3D-5D1D-4924-BC34-A1D1881C78D3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{165C19FF-CBAE-409B-BF06-E7B469438A05}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="1500554" y="6833480"/>
           <a:ext cx="882293" cy="276224"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val 53673"/>
             <a:gd name="adj2" fmla="val 142522"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15348,51 +15348,51 @@
             <a:t>９月末現在</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>522135</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>255434</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="図 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C199B0A4-6FF1-427C-A6D7-37B5B75E854E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E947E24-1944-4CBE-980D-8ABA5F793085}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="4636935" y="9915525"/>
           <a:ext cx="419099" cy="428625"/>
         </a:xfrm>
@@ -15422,51 +15422,51 @@
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>251039</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>66125</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>673070</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>85175</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="図 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A83A21A-2539-45CC-AEF9-FCAE016D7FCB}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D25B8CBE-7EC7-4BFE-82B7-11F771CBF61E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="251039" y="9914975"/>
           <a:ext cx="422031" cy="419100"/>
         </a:xfrm>
@@ -15496,51 +15496,51 @@
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>336200</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>107583</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>287870</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>32039</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="16" name="AutoShape 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8687644-BFF3-4F63-8C1A-91D0D0CA0AD2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF1786F7-C0DF-4A2F-806D-E1F02642FA04}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="3765200" y="4641483"/>
           <a:ext cx="1323270" cy="267356"/>
         </a:xfrm>
         <a:prstGeom prst="wedgeRoundRectCallout">
           <a:avLst>
             <a:gd name="adj1" fmla="val 68076"/>
             <a:gd name="adj2" fmla="val 160974"/>
             <a:gd name="adj3" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
@@ -15916,57 +15916,57 @@
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FAA17846-7439-4B70-AB5B-FF1084E7CB37}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A734D752-1F54-4FF9-993B-0EF308BFB560}">
   <sheetPr codeName="Sheet11">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:S73"/>
   <sheetViews>
-    <sheetView showWhiteSpace="0" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
+    <sheetView tabSelected="1" showWhiteSpace="0" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="3.125" style="1" customWidth="1"/>
     <col min="2" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="17.25">
       <c r="B1" s="2"/>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="3"/>
     </row>
     <row r="38" spans="2:19">
       <c r="B38" s="4"/>
     </row>
     <row r="39" spans="2:19">
       <c r="B39" s="5" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:19">
       <c r="B40" s="5" t="s">
         <v>1</v>
       </c>
@@ -15991,58 +15991,58 @@
       <c r="P41" s="6"/>
       <c r="Q41" s="6"/>
       <c r="R41" s="6"/>
       <c r="S41" s="6"/>
     </row>
     <row r="52" spans="7:7">
       <c r="G52" s="7"/>
     </row>
     <row r="73" spans="7:7">
       <c r="G73" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B41:S41"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.59055118110236227" top="0.78740157480314965" bottom="0.59055118110236227" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6F4BED0-3CFA-4262-8886-6A5DA2E986B8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4835BA3D-712B-4751-B81F-E449190B7256}">
   <sheetPr codeName="Sheet13">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I67"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="130" zoomScaleNormal="190" zoomScaleSheetLayoutView="130" workbookViewId="0"/>
+    <sheetView view="pageBreakPreview" zoomScale="130" zoomScaleNormal="190" zoomScaleSheetLayoutView="130" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="8" width="9" style="1"/>
     <col min="9" max="9" width="14.75" style="1" customWidth="1"/>
     <col min="10" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="9:9" ht="42.75" customHeight="1"/>
     <row r="2" spans="9:9" ht="17.25">
       <c r="I2" s="9"/>
     </row>
     <row r="57" spans="2:9" ht="18" customHeight="1"/>
     <row r="58" spans="2:9" ht="11.25" customHeight="1"/>
     <row r="59" spans="2:9" ht="13.5" customHeight="1">
       <c r="B59" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="10"/>
       <c r="D59" s="10"/>
       <c r="E59" s="10"/>
       <c r="F59" s="10"/>
       <c r="G59" s="10"/>
       <c r="H59" s="10"/>
       <c r="I59" s="10"/>
@@ -16375,96 +16375,96 @@
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="6a463d18-8a41-4853-9afa-619f8d91b4b4">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6a463d18-8a41-4853-9afa-619f8d91b4b4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC26EC92-BA97-4DB7-9ADC-C9D6F3075076}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6CA3C47-192C-42F4-8D72-82615D15EF3D}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94040319-73C7-4B9B-894F-56734EA40702}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{751E5894-1C31-4AC2-B787-540A299F81AB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95325732-844E-426C-A0AB-810F22815986}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41C727C9-CF52-4FD0-8C5C-6B76CCDD8191}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>第７表</vt:lpstr>
       <vt:lpstr>第８表</vt:lpstr>
       <vt:lpstr>第７表!Print_Area</vt:lpstr>
       <vt:lpstr>第８表!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
-    <vt:r8>569500</vt:r8>
+    <vt:r8>626500</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100FECFF5F2882E8E40A96A3C558257096B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>