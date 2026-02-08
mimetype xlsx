--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -10,189 +10,189 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan-my.sharepoint.com/personal/ktpzp_lansys_mhlw_go_jp/Documents/PassageDrive/PCfolder/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/12555000/WorkingDocLib/03　若年者就職援助係/（★一時避難用★）/03　若年者雇用対策係/01若年係/33 内定率/★統計誤り対応/20251222 岩手・宮城・石川・山梨誤り/HP掲載/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{223E017F-BC9B-4B64-AC93-0978916D7902}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{87FE90BC-01A4-4750-B4D8-3C5AAE145629}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A6D1CD42-36D5-44D0-9EA1-7976C2EC717A}"/>
   <bookViews>
-    <workbookView xWindow="3285" yWindow="495" windowWidth="22200" windowHeight="14100" xr2:uid="{B6F38920-7BFE-4B1C-A62D-3D92C9A3F109}"/>
+    <workbookView xWindow="2280" yWindow="975" windowWidth="21960" windowHeight="14220" xr2:uid="{4A5A6311-798F-46C8-BC77-07DAAF8B2470}"/>
   </bookViews>
   <sheets>
     <sheet name="第１・２表" sheetId="1" r:id="rId1"/>
     <sheet name="第３表" sheetId="2" r:id="rId2"/>
     <sheet name="第４・５表" sheetId="3" r:id="rId3"/>
     <sheet name="第６表" sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">第１・２表!$A$1:$Y$51</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">第３表!$A$1:$R$55</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">第４・５表!$A$1:$G$62</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">第６表!$A$1:$K$189</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F59" i="3" l="1"/>
   <c r="G59" i="3" s="1"/>
   <c r="F58" i="3"/>
   <c r="G58" i="3" s="1"/>
   <c r="F57" i="3"/>
   <c r="G57" i="3" s="1"/>
   <c r="F56" i="3"/>
   <c r="G56" i="3" s="1"/>
   <c r="F55" i="3"/>
   <c r="G55" i="3" s="1"/>
   <c r="F54" i="3"/>
   <c r="G54" i="3" s="1"/>
+  <c r="G53" i="3"/>
   <c r="F53" i="3"/>
-  <c r="G53" i="3" s="1"/>
   <c r="F45" i="3"/>
   <c r="G45" i="3" s="1"/>
-  <c r="G44" i="3"/>
   <c r="F44" i="3"/>
+  <c r="G44" i="3" s="1"/>
   <c r="G43" i="3"/>
   <c r="F43" i="3"/>
   <c r="F42" i="3"/>
   <c r="G42" i="3" s="1"/>
   <c r="F41" i="3"/>
   <c r="G41" i="3" s="1"/>
   <c r="F40" i="3"/>
   <c r="G40" i="3" s="1"/>
   <c r="F39" i="3"/>
   <c r="G39" i="3" s="1"/>
+  <c r="G38" i="3"/>
   <c r="F38" i="3"/>
-  <c r="G38" i="3" s="1"/>
   <c r="F37" i="3"/>
   <c r="G37" i="3" s="1"/>
-  <c r="G36" i="3"/>
   <c r="F36" i="3"/>
+  <c r="G36" i="3" s="1"/>
   <c r="G35" i="3"/>
   <c r="F35" i="3"/>
   <c r="F34" i="3"/>
   <c r="G34" i="3" s="1"/>
   <c r="F33" i="3"/>
   <c r="G33" i="3" s="1"/>
   <c r="F32" i="3"/>
   <c r="G32" i="3" s="1"/>
   <c r="F31" i="3"/>
   <c r="G31" i="3" s="1"/>
+  <c r="G30" i="3"/>
   <c r="F30" i="3"/>
-  <c r="G30" i="3" s="1"/>
   <c r="F29" i="3"/>
   <c r="G29" i="3" s="1"/>
-  <c r="G28" i="3"/>
   <c r="F28" i="3"/>
+  <c r="G28" i="3" s="1"/>
   <c r="G27" i="3"/>
   <c r="F27" i="3"/>
   <c r="F26" i="3"/>
   <c r="G26" i="3" s="1"/>
   <c r="F25" i="3"/>
   <c r="G25" i="3" s="1"/>
   <c r="F24" i="3"/>
   <c r="G24" i="3" s="1"/>
   <c r="F23" i="3"/>
   <c r="G23" i="3" s="1"/>
+  <c r="G22" i="3"/>
   <c r="F22" i="3"/>
-  <c r="G22" i="3" s="1"/>
   <c r="F21" i="3"/>
   <c r="G21" i="3" s="1"/>
-  <c r="G20" i="3"/>
   <c r="F20" i="3"/>
+  <c r="G20" i="3" s="1"/>
   <c r="G19" i="3"/>
   <c r="F19" i="3"/>
   <c r="F18" i="3"/>
   <c r="G18" i="3" s="1"/>
   <c r="F17" i="3"/>
   <c r="G17" i="3" s="1"/>
   <c r="F16" i="3"/>
   <c r="G16" i="3" s="1"/>
   <c r="F15" i="3"/>
   <c r="G15" i="3" s="1"/>
+  <c r="G14" i="3"/>
   <c r="F14" i="3"/>
-  <c r="G14" i="3" s="1"/>
   <c r="F13" i="3"/>
   <c r="G13" i="3" s="1"/>
-  <c r="G12" i="3"/>
   <c r="F12" i="3"/>
+  <c r="G12" i="3" s="1"/>
   <c r="G11" i="3"/>
   <c r="F11" i="3"/>
   <c r="F10" i="3"/>
   <c r="G10" i="3" s="1"/>
   <c r="F9" i="3"/>
   <c r="G9" i="3" s="1"/>
   <c r="F8" i="3"/>
   <c r="G8" i="3" s="1"/>
   <c r="F7" i="3"/>
   <c r="G7" i="3" s="1"/>
+  <c r="G6" i="3"/>
   <c r="F6" i="3"/>
-  <c r="G6" i="3" s="1"/>
   <c r="F5" i="3"/>
   <c r="G5" i="3" s="1"/>
-  <c r="G4" i="3"/>
   <c r="F4" i="3"/>
+  <c r="G4" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="485" uniqueCount="269">
   <si>
     <t>第１表 令和８年３月高校新卒者のハローワーク求人に係る地域別求人・求職・就職内定状況</t>
     <rPh sb="4" eb="6">
       <t>レイワ</t>
     </rPh>
     <rPh sb="22" eb="24">
       <t>キュウジン</t>
     </rPh>
     <rPh sb="25" eb="26">
       <t>カカ</t>
     </rPh>
     <rPh sb="36" eb="38">
       <t>シュウショク</t>
     </rPh>
     <rPh sb="38" eb="40">
       <t>ナイテイ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>ジョウキョウ</t>
     </rPh>
@@ -4519,56 +4519,50 @@
     <xf numFmtId="2" fontId="8" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="180" fontId="8" fillId="0" borderId="33" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="8" fillId="0" borderId="31" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="8" fillId="0" borderId="32" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="179" fontId="8" fillId="0" borderId="34" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="31" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="176" fontId="8" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="30" xfId="2" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="8" fillId="0" borderId="32" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="8" fillId="0" borderId="35" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="8" fillId="0" borderId="37" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="179" fontId="8" fillId="0" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="37" fontId="8" fillId="0" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="8" fillId="0" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="180" fontId="8" fillId="0" borderId="39" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="8" fillId="0" borderId="40" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="8" fillId="0" borderId="38" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="179" fontId="8" fillId="0" borderId="41" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="179" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="180" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="181" fontId="7" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="2" applyFont="1" applyBorder="1"/>
@@ -4599,108 +4593,72 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="48" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="49" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="51" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="50" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="52" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="53" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="3" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="55" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="183" fontId="7" fillId="0" borderId="56" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="183" fontId="7" fillId="0" borderId="57" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="58" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="59" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="37" fontId="7" fillId="0" borderId="56" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="55" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="184" fontId="7" fillId="0" borderId="60" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
@@ -4849,707 +4807,749 @@
     <xf numFmtId="184" fontId="7" fillId="0" borderId="119" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="7" fillId="0" borderId="38" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="7" fillId="0" borderId="122" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="181" fontId="7" fillId="0" borderId="123" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="185" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="186" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="187" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="125" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="126" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="186" fontId="20" fillId="0" borderId="127" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="187" fontId="20" fillId="0" borderId="106" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="128" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="20" fillId="0" borderId="95" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="186" fontId="20" fillId="0" borderId="129" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="20" fillId="0" borderId="99" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="128" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="27" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="186" fontId="20" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="187" fontId="20" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="186" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="187" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="186" fontId="20" fillId="0" borderId="13" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="187" fontId="20" fillId="0" borderId="124" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="186" fontId="20" fillId="0" borderId="130" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="187" fontId="20" fillId="0" borderId="131" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="20" fillId="0" borderId="95" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="90" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="140" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="141" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="143" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="144" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="145" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="139" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="147" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="192" fontId="10" fillId="0" borderId="148" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="193" fontId="10" fillId="0" borderId="149" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="137" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="195" fontId="10" fillId="0" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="138" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="139" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="192" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="151" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="192" fontId="10" fillId="0" borderId="144" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="192" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="153" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="153" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="154" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="188" fontId="10" fillId="0" borderId="155" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="156" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="154" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="189" fontId="10" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="148" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="157" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="198" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="199" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="200" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="158" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="153" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="159" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="190" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="193" fontId="10" fillId="0" borderId="153" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="198" fontId="10" fillId="0" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="199" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="200" fontId="10" fillId="0" borderId="138" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="160" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="199" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="201" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="199" fontId="10" fillId="0" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="201" fontId="10" fillId="0" borderId="138" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="10" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="198" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="22" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="148" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="10" fillId="0" borderId="138" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="25" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="27" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="140" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="137" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="157" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="193" fontId="10" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="159" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="151" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="202" fontId="10" fillId="0" borderId="39" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="191" fontId="10" fillId="0" borderId="144" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="43" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="44" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="45" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="46" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="47" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="47" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="128" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="124" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="20" fillId="0" borderId="128" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="26" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="25" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="27" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="26" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="95" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="99" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="186" fontId="20" fillId="0" borderId="130" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="187" fontId="20" fillId="0" borderId="131" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="38" fontId="20" fillId="0" borderId="95" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="128" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="204" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="38" fontId="20" fillId="0" borderId="128" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="204" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="38" fontId="19" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="161" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="203" fontId="10" fillId="0" borderId="152" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="161" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="133" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="134" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="10" fillId="0" borderId="42" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="197" fontId="10" fillId="0" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="194" fontId="10" fillId="0" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="90" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="196" fontId="10" fillId="0" borderId="152" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="150" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...58 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="132" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="146" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...94 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="142" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
-    </xf>
-[...271 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
-    <cellStyle name="桁区切り 2" xfId="5" xr:uid="{4454E54D-03FE-4FF8-ABE4-717D3AC95E07}"/>
+    <cellStyle name="桁区切り 2" xfId="5" xr:uid="{D04F616C-C4FE-474B-8FB3-E8D58341E2C9}"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
-    <cellStyle name="標準 2" xfId="4" xr:uid="{F9505DAE-E935-4F35-834F-20FE7FA9AF1A}"/>
-[...1 lines deleted...]
-    <cellStyle name="標準_高校9603" xfId="3" xr:uid="{C9468D8F-9F94-4EC3-8F12-3546BC30F70E}"/>
+    <cellStyle name="標準 2" xfId="4" xr:uid="{36BCDE91-F422-4C41-88D7-5EE03A6CF08C}"/>
+    <cellStyle name="標準_《作業用》★0709記者発表資料②高校等（第１～３表）個票データ" xfId="2" xr:uid="{403C8BAB-0235-4386-B925-ECAC483AA49E}"/>
+    <cellStyle name="標準_高校9603" xfId="3" xr:uid="{8B87107D-DD91-4D12-9322-C58444EA1A44}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId10" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId11" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId6" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId7" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId8" Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain"/><Relationship Id="rId9" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{807A2996-651E-4150-A277-55F8033E654C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2C34A2B-1FE9-45A0-BACE-3A8DFE422F99}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="114300" y="2895600"/>
           <a:ext cx="76200" cy="209550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
@@ -5566,51 +5566,51 @@
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>114300</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Text Box 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C55B961-D8ED-44D8-8951-8073AA267672}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D8E3FBD-ECA7-422A-B424-D4F1F6DE35BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1">
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="114300" y="3581400"/>
           <a:ext cx="76200" cy="209550"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
@@ -5971,51 +5971,51 @@
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings4.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03DB3D1D-B9E5-42C1-8C64-9CAA3B65B929}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD1F2D72-4E9E-4B62-8A7B-4955EA438753}">
   <sheetPr codeName="Sheet5">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AM51"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="1.375" style="5" customWidth="1"/>
     <col min="2" max="2" width="3.25" style="5" customWidth="1"/>
     <col min="3" max="3" width="8.375" style="5" customWidth="1"/>
     <col min="4" max="4" width="9.125" style="5" customWidth="1"/>
     <col min="5" max="5" width="8.875" style="5" customWidth="1"/>
     <col min="6" max="6" width="9.125" style="5" customWidth="1"/>
     <col min="7" max="7" width="8.875" style="5" customWidth="1"/>
     <col min="8" max="8" width="9.125" style="5" customWidth="1"/>
     <col min="9" max="9" width="8.875" style="5" customWidth="1"/>
     <col min="10" max="10" width="9.125" style="5" customWidth="1"/>
     <col min="11" max="11" width="8.875" style="5" customWidth="1"/>
     <col min="12" max="12" width="9.125" style="5" customWidth="1"/>
     <col min="13" max="13" width="8.875" style="5" customWidth="1"/>
     <col min="14" max="14" width="9.125" style="5" customWidth="1"/>
     <col min="15" max="15" width="8.875" style="5" customWidth="1"/>
@@ -6247,102 +6247,102 @@
       <c r="S5" s="34"/>
       <c r="T5" s="35">
         <v>63.2</v>
       </c>
       <c r="U5" s="36"/>
       <c r="V5" s="36">
         <v>65.099999999999994</v>
       </c>
       <c r="W5" s="36"/>
       <c r="X5" s="36">
         <v>60.1</v>
       </c>
       <c r="Y5" s="37"/>
     </row>
     <row r="6" spans="1:39">
       <c r="C6" s="38" t="s">
         <v>16</v>
       </c>
       <c r="D6" s="39">
         <v>483080</v>
       </c>
       <c r="E6" s="40">
         <v>0.2</v>
       </c>
       <c r="F6" s="41">
-        <v>122737</v>
+        <v>122673</v>
       </c>
       <c r="G6" s="40">
-        <v>-0.5</v>
+        <v>-0.6</v>
       </c>
       <c r="H6" s="41">
-        <v>76322</v>
+        <v>76277</v>
       </c>
       <c r="I6" s="40">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="J6" s="41">
-        <v>46415</v>
+        <v>46396</v>
       </c>
       <c r="K6" s="40">
-        <v>-2.4</v>
+        <v>-2.5</v>
       </c>
       <c r="L6" s="41">
         <v>77725</v>
       </c>
       <c r="M6" s="40">
         <v>-0.3</v>
       </c>
       <c r="N6" s="41">
-        <v>49774</v>
+        <v>49773</v>
       </c>
       <c r="O6" s="40">
         <v>0.8</v>
       </c>
       <c r="P6" s="41">
-        <v>27951</v>
+        <v>27952</v>
       </c>
       <c r="Q6" s="40">
         <v>-2.2000000000000002</v>
       </c>
       <c r="R6" s="42">
         <v>3.94</v>
       </c>
       <c r="S6" s="43">
         <v>2.9999999999999805E-2</v>
       </c>
       <c r="T6" s="44">
-        <v>63.3</v>
+        <v>63.4</v>
       </c>
       <c r="U6" s="40">
-        <v>9.9999999999994316E-2</v>
+        <v>0.19999999999999574</v>
       </c>
       <c r="V6" s="45">
-        <v>65.2</v>
+        <v>65.3</v>
       </c>
       <c r="W6" s="40">
-        <v>0.10000000000000853</v>
+        <v>0.20000000000000284</v>
       </c>
       <c r="X6" s="45">
         <v>60.2</v>
       </c>
       <c r="Y6" s="46">
         <v>0.10000000000000142</v>
       </c>
     </row>
     <row r="7" spans="1:39">
       <c r="C7" s="30"/>
       <c r="D7" s="31">
         <v>17269</v>
       </c>
       <c r="E7" s="47"/>
       <c r="F7" s="32">
         <v>4995</v>
       </c>
       <c r="G7" s="47"/>
       <c r="H7" s="32">
         <v>2956</v>
       </c>
       <c r="I7" s="47"/>
       <c r="J7" s="32">
         <v>2039</v>
       </c>
@@ -6501,108 +6501,108 @@
         <v>64.3</v>
       </c>
       <c r="U9" s="47"/>
       <c r="V9" s="36">
         <v>66.8</v>
       </c>
       <c r="W9" s="47"/>
       <c r="X9" s="36">
         <v>60.7</v>
       </c>
       <c r="Y9" s="49"/>
     </row>
     <row r="10" spans="1:39" s="59" customFormat="1">
       <c r="A10" s="5"/>
       <c r="B10" s="5"/>
       <c r="C10" s="61" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="51">
         <v>38604</v>
       </c>
       <c r="E10" s="52">
         <v>-4</v>
       </c>
       <c r="F10" s="53">
-        <v>13207</v>
+        <v>13188</v>
       </c>
       <c r="G10" s="52">
-        <v>-3.4</v>
+        <v>-3.6</v>
       </c>
       <c r="H10" s="53">
-        <v>8049</v>
+        <v>8037</v>
       </c>
       <c r="I10" s="52">
-        <v>-0.5</v>
+        <v>-0.7</v>
       </c>
       <c r="J10" s="53">
-        <v>5158</v>
+        <v>5151</v>
       </c>
       <c r="K10" s="52">
-        <v>-7.7</v>
+        <v>-7.8</v>
       </c>
       <c r="L10" s="53">
-        <v>8738</v>
+        <v>8739</v>
       </c>
       <c r="M10" s="52">
         <v>-0.7</v>
       </c>
       <c r="N10" s="53">
         <v>5480</v>
       </c>
       <c r="O10" s="52">
         <v>1.3</v>
       </c>
       <c r="P10" s="53">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="Q10" s="52">
-        <v>-4</v>
+        <v>-3.9</v>
       </c>
       <c r="R10" s="54">
-        <v>2.92</v>
+        <v>2.93</v>
       </c>
       <c r="S10" s="55">
-        <v>-2.0000000000000018E-2</v>
+        <v>-9.9999999999997868E-3</v>
       </c>
       <c r="T10" s="56">
-        <v>66.2</v>
+        <v>66.3</v>
       </c>
       <c r="U10" s="52">
-        <v>1.9000000000000057</v>
+        <v>2</v>
       </c>
       <c r="V10" s="57">
-        <v>68.099999999999994</v>
+        <v>68.2</v>
       </c>
       <c r="W10" s="52">
-        <v>1.2999999999999972</v>
+        <v>1.4000000000000057</v>
       </c>
       <c r="X10" s="57">
-        <v>63.2</v>
+        <v>63.3</v>
       </c>
       <c r="Y10" s="58">
-        <v>2.5</v>
+        <v>2.5999999999999943</v>
       </c>
       <c r="Z10" s="5"/>
       <c r="AA10" s="5"/>
       <c r="AB10" s="5"/>
       <c r="AC10" s="5"/>
       <c r="AD10" s="5"/>
       <c r="AE10" s="5"/>
       <c r="AF10" s="5"/>
       <c r="AG10" s="5"/>
       <c r="AH10" s="5"/>
       <c r="AI10" s="5"/>
       <c r="AJ10" s="5"/>
       <c r="AK10" s="5"/>
       <c r="AL10" s="5"/>
       <c r="AM10" s="5"/>
     </row>
     <row r="11" spans="1:39">
       <c r="C11" s="30"/>
       <c r="D11" s="60">
         <v>61038</v>
       </c>
       <c r="E11" s="47"/>
       <c r="F11" s="32">
         <v>17385</v>
       </c>
@@ -6903,108 +6903,108 @@
         <v>68.3</v>
       </c>
       <c r="U15" s="47"/>
       <c r="V15" s="36">
         <v>70.3</v>
       </c>
       <c r="W15" s="47"/>
       <c r="X15" s="36">
         <v>64.900000000000006</v>
       </c>
       <c r="Y15" s="49"/>
     </row>
     <row r="16" spans="1:39" s="59" customFormat="1">
       <c r="A16" s="5"/>
       <c r="B16" s="5"/>
       <c r="C16" s="50" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="51">
         <v>20809</v>
       </c>
       <c r="E16" s="52">
         <v>1.3</v>
       </c>
       <c r="F16" s="53">
-        <v>5816</v>
+        <v>5771</v>
       </c>
       <c r="G16" s="52">
-        <v>-1.3</v>
+        <v>-2.1</v>
       </c>
       <c r="H16" s="53">
-        <v>3678</v>
+        <v>3645</v>
       </c>
       <c r="I16" s="52">
-        <v>-1.2</v>
+        <v>-2</v>
       </c>
       <c r="J16" s="53">
-        <v>2138</v>
+        <v>2126</v>
       </c>
       <c r="K16" s="52">
-        <v>-1.6</v>
+        <v>-2.2000000000000002</v>
       </c>
       <c r="L16" s="62">
         <v>3801</v>
       </c>
       <c r="M16" s="52">
         <v>-5.6</v>
       </c>
       <c r="N16" s="53">
         <v>2463</v>
       </c>
       <c r="O16" s="52">
         <v>-5.8</v>
       </c>
       <c r="P16" s="53">
         <v>1338</v>
       </c>
       <c r="Q16" s="52">
         <v>-5.2</v>
       </c>
       <c r="R16" s="54">
-        <v>3.58</v>
+        <v>3.61</v>
       </c>
       <c r="S16" s="55">
-        <v>8.9999999999999858E-2</v>
+        <v>0.11999999999999966</v>
       </c>
       <c r="T16" s="56">
-        <v>65.400000000000006</v>
+        <v>65.900000000000006</v>
       </c>
       <c r="U16" s="52">
-        <v>-2.8999999999999915</v>
+        <v>-2.3999999999999915</v>
       </c>
       <c r="V16" s="57">
-        <v>67</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="W16" s="52">
-        <v>-3.2999999999999972</v>
+        <v>-2.7000000000000028</v>
       </c>
       <c r="X16" s="57">
-        <v>62.6</v>
+        <v>62.9</v>
       </c>
       <c r="Y16" s="58">
-        <v>-2.3000000000000043</v>
+        <v>-2.0000000000000071</v>
       </c>
       <c r="Z16" s="5"/>
       <c r="AA16" s="5"/>
       <c r="AB16" s="5"/>
       <c r="AC16" s="5"/>
       <c r="AD16" s="5"/>
       <c r="AE16" s="5"/>
       <c r="AF16" s="5"/>
       <c r="AG16" s="5"/>
       <c r="AH16" s="5"/>
       <c r="AI16" s="5"/>
       <c r="AJ16" s="5"/>
       <c r="AK16" s="5"/>
       <c r="AL16" s="5"/>
       <c r="AM16" s="5"/>
     </row>
     <row r="17" spans="1:39">
       <c r="C17" s="30"/>
       <c r="D17" s="60">
         <v>16299</v>
       </c>
       <c r="E17" s="47"/>
       <c r="F17" s="32">
         <v>3961</v>
       </c>
@@ -7055,57 +7055,57 @@
       <c r="D18" s="51">
         <v>16095</v>
       </c>
       <c r="E18" s="52">
         <v>-1.3</v>
       </c>
       <c r="F18" s="53">
         <v>3860</v>
       </c>
       <c r="G18" s="52">
         <v>-2.5</v>
       </c>
       <c r="H18" s="53">
         <v>2523</v>
       </c>
       <c r="I18" s="52">
         <v>1</v>
       </c>
       <c r="J18" s="53">
         <v>1337</v>
       </c>
       <c r="K18" s="52">
         <v>-8.5</v>
       </c>
       <c r="L18" s="53">
-        <v>3015</v>
+        <v>3014</v>
       </c>
       <c r="M18" s="52">
         <v>-1.1000000000000001</v>
       </c>
       <c r="N18" s="53">
-        <v>1973</v>
+        <v>1972</v>
       </c>
       <c r="O18" s="52">
         <v>0.4</v>
       </c>
       <c r="P18" s="53">
         <v>1042</v>
       </c>
       <c r="Q18" s="52">
         <v>-3.8</v>
       </c>
       <c r="R18" s="54">
         <v>4.17</v>
       </c>
       <c r="S18" s="55">
         <v>5.9999999999999609E-2</v>
       </c>
       <c r="T18" s="56">
         <v>78.099999999999994</v>
       </c>
       <c r="U18" s="52">
         <v>1.0999999999999943</v>
       </c>
       <c r="V18" s="57">
         <v>78.2</v>
       </c>
@@ -8168,9632 +8168,9632 @@
         <v>2.04</v>
       </c>
       <c r="S34" s="69">
         <v>-0.10999999999999988</v>
       </c>
       <c r="T34" s="70">
         <v>51.1</v>
       </c>
       <c r="U34" s="66">
         <v>0.60000000000000142</v>
       </c>
       <c r="V34" s="71">
         <v>55</v>
       </c>
       <c r="W34" s="66">
         <v>0.60000000000000142</v>
       </c>
       <c r="X34" s="71">
         <v>45.2</v>
       </c>
       <c r="Y34" s="72">
         <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="3:25" ht="11.25" customHeight="1">
-      <c r="C35" s="73" t="s">
+      <c r="C35" s="387" t="s">
         <v>31</v>
       </c>
-      <c r="D35" s="73"/>
-[...20 lines deleted...]
-      <c r="Y35" s="73"/>
+      <c r="D35" s="387"/>
+      <c r="E35" s="387"/>
+      <c r="F35" s="387"/>
+      <c r="G35" s="387"/>
+      <c r="H35" s="387"/>
+      <c r="I35" s="387"/>
+      <c r="J35" s="387"/>
+      <c r="K35" s="387"/>
+      <c r="L35" s="387"/>
+      <c r="M35" s="387"/>
+      <c r="N35" s="387"/>
+      <c r="O35" s="387"/>
+      <c r="P35" s="387"/>
+      <c r="Q35" s="387"/>
+      <c r="R35" s="387"/>
+      <c r="S35" s="387"/>
+      <c r="T35" s="387"/>
+      <c r="U35" s="387"/>
+      <c r="V35" s="387"/>
+      <c r="W35" s="387"/>
+      <c r="X35" s="387"/>
+      <c r="Y35" s="387"/>
     </row>
     <row r="36" spans="3:25" ht="11.25" customHeight="1">
-      <c r="C36" s="74" t="s">
+      <c r="C36" s="388" t="s">
         <v>32</v>
       </c>
-      <c r="D36" s="74"/>
-[...20 lines deleted...]
-      <c r="Y36" s="75"/>
+      <c r="D36" s="388"/>
+      <c r="E36" s="388"/>
+      <c r="F36" s="388"/>
+      <c r="G36" s="388"/>
+      <c r="H36" s="388"/>
+      <c r="I36" s="388"/>
+      <c r="J36" s="388"/>
+      <c r="K36" s="388"/>
+      <c r="L36" s="388"/>
+      <c r="M36" s="388"/>
+      <c r="N36" s="388"/>
+      <c r="O36" s="388"/>
+      <c r="P36" s="388"/>
+      <c r="Q36" s="388"/>
+      <c r="R36" s="388"/>
+      <c r="S36" s="73"/>
+      <c r="T36" s="73"/>
+      <c r="U36" s="73"/>
+      <c r="V36" s="73"/>
+      <c r="W36" s="73"/>
+      <c r="X36" s="73"/>
+      <c r="Y36" s="73"/>
     </row>
     <row r="37" spans="3:25" ht="10.9" customHeight="1">
-      <c r="C37" s="76" t="s">
+      <c r="C37" s="74" t="s">
         <v>33</v>
       </c>
-      <c r="D37" s="77"/>
-[...20 lines deleted...]
-      <c r="Y37" s="78"/>
+      <c r="D37" s="75"/>
+      <c r="E37" s="76"/>
+      <c r="F37" s="75"/>
+      <c r="G37" s="76"/>
+      <c r="H37" s="75"/>
+      <c r="I37" s="76"/>
+      <c r="J37" s="75"/>
+      <c r="K37" s="76"/>
+      <c r="L37" s="75"/>
+      <c r="M37" s="76"/>
+      <c r="N37" s="75"/>
+      <c r="O37" s="76"/>
+      <c r="P37" s="75"/>
+      <c r="Q37" s="76"/>
+      <c r="R37" s="77"/>
+      <c r="S37" s="78"/>
+      <c r="T37" s="79"/>
+      <c r="U37" s="76"/>
+      <c r="V37" s="79"/>
+      <c r="W37" s="76"/>
+      <c r="X37" s="79"/>
+      <c r="Y37" s="76"/>
     </row>
     <row r="38" spans="3:25" ht="21" customHeight="1">
-      <c r="C38" s="74" t="s">
+      <c r="C38" s="388" t="s">
         <v>34</v>
       </c>
-      <c r="D38" s="74"/>
-[...20 lines deleted...]
-      <c r="Y38" s="74"/>
+      <c r="D38" s="388"/>
+      <c r="E38" s="388"/>
+      <c r="F38" s="388"/>
+      <c r="G38" s="388"/>
+      <c r="H38" s="388"/>
+      <c r="I38" s="388"/>
+      <c r="J38" s="388"/>
+      <c r="K38" s="388"/>
+      <c r="L38" s="388"/>
+      <c r="M38" s="388"/>
+      <c r="N38" s="388"/>
+      <c r="O38" s="388"/>
+      <c r="P38" s="388"/>
+      <c r="Q38" s="388"/>
+      <c r="R38" s="388"/>
+      <c r="S38" s="388"/>
+      <c r="T38" s="388"/>
+      <c r="U38" s="388"/>
+      <c r="V38" s="388"/>
+      <c r="W38" s="388"/>
+      <c r="X38" s="388"/>
+      <c r="Y38" s="388"/>
     </row>
     <row r="39" spans="3:25" ht="12.75" customHeight="1">
       <c r="C39" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="D39" s="82"/>
-[...20 lines deleted...]
-      <c r="Y39" s="82"/>
+      <c r="D39" s="80"/>
+      <c r="E39" s="80"/>
+      <c r="F39" s="80"/>
+      <c r="G39" s="80"/>
+      <c r="H39" s="80"/>
+      <c r="I39" s="80"/>
+      <c r="J39" s="80"/>
+      <c r="K39" s="80"/>
+      <c r="L39" s="80"/>
+      <c r="M39" s="80"/>
+      <c r="N39" s="80"/>
+      <c r="O39" s="80"/>
+      <c r="P39" s="80"/>
+      <c r="Q39" s="80"/>
+      <c r="R39" s="80"/>
+      <c r="S39" s="80"/>
+      <c r="T39" s="80"/>
+      <c r="U39" s="80"/>
+      <c r="V39" s="80"/>
+      <c r="W39" s="80"/>
+      <c r="X39" s="80"/>
+      <c r="Y39" s="80"/>
     </row>
     <row r="40" spans="3:25" ht="12.75" customHeight="1">
       <c r="C40" s="22"/>
-      <c r="D40" s="77"/>
-[...16 lines deleted...]
-      <c r="Y40" s="78"/>
+      <c r="D40" s="75"/>
+      <c r="E40" s="76"/>
+      <c r="F40" s="75"/>
+      <c r="G40" s="76"/>
+      <c r="I40" s="76"/>
+      <c r="K40" s="76"/>
+      <c r="M40" s="76"/>
+      <c r="N40" s="81"/>
+      <c r="P40" s="75"/>
+      <c r="Q40" s="76"/>
+      <c r="R40" s="77"/>
+      <c r="S40" s="78"/>
+      <c r="T40" s="79"/>
+      <c r="U40" s="76"/>
+      <c r="V40" s="79"/>
+      <c r="W40" s="76"/>
+      <c r="X40" s="79"/>
+      <c r="Y40" s="76"/>
     </row>
     <row r="41" spans="3:25" ht="39" customHeight="1">
       <c r="C41" s="22"/>
-      <c r="D41" s="77"/>
-[...16 lines deleted...]
-      <c r="Y41" s="78"/>
+      <c r="D41" s="75"/>
+      <c r="E41" s="76"/>
+      <c r="F41" s="75"/>
+      <c r="G41" s="76"/>
+      <c r="I41" s="76"/>
+      <c r="K41" s="76"/>
+      <c r="M41" s="76"/>
+      <c r="N41" s="81"/>
+      <c r="P41" s="75"/>
+      <c r="Q41" s="76"/>
+      <c r="R41" s="77"/>
+      <c r="S41" s="78"/>
+      <c r="T41" s="79"/>
+      <c r="U41" s="76"/>
+      <c r="V41" s="79"/>
+      <c r="W41" s="76"/>
+      <c r="X41" s="79"/>
+      <c r="Y41" s="76"/>
     </row>
     <row r="42" spans="3:25" ht="14.25" thickBot="1">
       <c r="C42" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="D42" s="84"/>
-[...3 lines deleted...]
-      <c r="H42" s="84"/>
+      <c r="D42" s="82"/>
+      <c r="E42" s="82"/>
+      <c r="F42" s="82"/>
+      <c r="G42" s="82"/>
+      <c r="H42" s="82"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="L42" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="N42" s="85"/>
+      <c r="N42" s="83"/>
     </row>
     <row r="43" spans="3:25">
-      <c r="C43" s="86"/>
+      <c r="C43" s="84"/>
       <c r="D43" s="8" t="s">
         <v>1</v>
       </c>
       <c r="E43" s="10"/>
       <c r="F43" s="11" t="s">
         <v>2</v>
       </c>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
       <c r="K43" s="10"/>
       <c r="L43" s="8" t="s">
         <v>4</v>
       </c>
       <c r="M43" s="13"/>
     </row>
     <row r="44" spans="3:25" ht="14.25" thickBot="1">
-      <c r="C44" s="87"/>
+      <c r="C44" s="85"/>
       <c r="D44" s="15"/>
-      <c r="E44" s="88" t="s">
+      <c r="E44" s="86" t="s">
         <v>8</v>
       </c>
       <c r="F44" s="17" t="s">
         <v>7</v>
       </c>
-      <c r="G44" s="88" t="s">
+      <c r="G44" s="86" t="s">
         <v>8</v>
       </c>
       <c r="H44" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="I44" s="88" t="s">
+      <c r="I44" s="86" t="s">
         <v>8</v>
       </c>
       <c r="J44" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="K44" s="88" t="s">
+      <c r="K44" s="86" t="s">
         <v>8</v>
       </c>
       <c r="L44" s="22"/>
       <c r="M44" s="21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="3:25" ht="14.25" thickTop="1">
-      <c r="C45" s="89"/>
-      <c r="D45" s="90" t="s">
+      <c r="C45" s="87"/>
+      <c r="D45" s="88" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="26" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="25" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="25" t="s">
         <v>13</v>
       </c>
       <c r="H45" s="25" t="s">
         <v>12</v>
       </c>
       <c r="I45" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J45" s="25" t="s">
         <v>12</v>
       </c>
       <c r="K45" s="26" t="s">
         <v>13</v>
       </c>
-      <c r="L45" s="90" t="s">
+      <c r="L45" s="88" t="s">
         <v>14</v>
       </c>
-      <c r="M45" s="91" t="s">
+      <c r="M45" s="89" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="3:25">
       <c r="C46" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="D46" s="92">
+      <c r="D46" s="90">
         <v>694</v>
       </c>
-      <c r="E46" s="93"/>
+      <c r="E46" s="91"/>
       <c r="F46" s="32">
         <v>753</v>
       </c>
       <c r="G46" s="32"/>
       <c r="H46" s="32">
         <v>568</v>
       </c>
       <c r="I46" s="32"/>
       <c r="J46" s="32">
         <v>185</v>
       </c>
-      <c r="K46" s="93"/>
-      <c r="L46" s="94">
+      <c r="K46" s="91"/>
+      <c r="L46" s="92">
         <v>0.92</v>
       </c>
-      <c r="M46" s="95"/>
+      <c r="M46" s="93"/>
     </row>
     <row r="47" spans="3:25" ht="14.25" thickBot="1">
-      <c r="C47" s="96"/>
-      <c r="D47" s="97">
+      <c r="C47" s="94"/>
+      <c r="D47" s="95">
         <v>700</v>
       </c>
-      <c r="E47" s="98">
+      <c r="E47" s="96">
         <v>0.9</v>
       </c>
       <c r="F47" s="67">
         <v>672</v>
       </c>
       <c r="G47" s="66">
         <v>-10.8</v>
       </c>
       <c r="H47" s="67">
         <v>488</v>
       </c>
       <c r="I47" s="66">
         <v>-14.1</v>
       </c>
       <c r="J47" s="67">
         <v>184</v>
       </c>
-      <c r="K47" s="98">
+      <c r="K47" s="96">
         <v>-0.5</v>
       </c>
-      <c r="L47" s="99">
+      <c r="L47" s="97">
         <v>1.04</v>
       </c>
-      <c r="M47" s="100">
+      <c r="M47" s="98">
         <v>0.12</v>
       </c>
     </row>
     <row r="48" spans="3:25" ht="11.25" customHeight="1">
-      <c r="C48" s="74" t="s">
+      <c r="C48" s="388" t="s">
         <v>31</v>
       </c>
-      <c r="D48" s="74"/>
-[...20 lines deleted...]
-      <c r="Y48" s="74"/>
+      <c r="D48" s="388"/>
+      <c r="E48" s="388"/>
+      <c r="F48" s="388"/>
+      <c r="G48" s="388"/>
+      <c r="H48" s="388"/>
+      <c r="I48" s="388"/>
+      <c r="J48" s="388"/>
+      <c r="K48" s="388"/>
+      <c r="L48" s="388"/>
+      <c r="M48" s="388"/>
+      <c r="N48" s="388"/>
+      <c r="O48" s="388"/>
+      <c r="P48" s="388"/>
+      <c r="Q48" s="388"/>
+      <c r="R48" s="388"/>
+      <c r="S48" s="388"/>
+      <c r="T48" s="388"/>
+      <c r="U48" s="388"/>
+      <c r="V48" s="388"/>
+      <c r="W48" s="388"/>
+      <c r="X48" s="388"/>
+      <c r="Y48" s="388"/>
     </row>
     <row r="49" spans="3:15" ht="11.25" customHeight="1">
-      <c r="C49" s="74" t="s">
+      <c r="C49" s="388" t="s">
         <v>37</v>
       </c>
-      <c r="D49" s="74"/>
-[...10 lines deleted...]
-      <c r="O49" s="74"/>
+      <c r="D49" s="388"/>
+      <c r="E49" s="388"/>
+      <c r="F49" s="388"/>
+      <c r="G49" s="388"/>
+      <c r="H49" s="388"/>
+      <c r="I49" s="388"/>
+      <c r="J49" s="388"/>
+      <c r="K49" s="388"/>
+      <c r="L49" s="388"/>
+      <c r="M49" s="388"/>
+      <c r="N49" s="388"/>
+      <c r="O49" s="388"/>
     </row>
     <row r="50" spans="3:15" ht="9.75" customHeight="1">
       <c r="C50" s="22" t="s">
         <v>38</v>
       </c>
-      <c r="L50" s="101"/>
+      <c r="L50" s="99"/>
     </row>
     <row r="51" spans="3:15" ht="14.25" customHeight="1"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C35:Y35"/>
     <mergeCell ref="C36:R36"/>
     <mergeCell ref="C38:Y38"/>
     <mergeCell ref="C48:Y48"/>
     <mergeCell ref="C49:O49"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions gridLinesSet="0"/>
   <pageMargins left="0.51181102362204722" right="0.39370078740157483" top="0.62992125984251968" bottom="0.27559055118110237" header="0.19685039370078741" footer="0.27559055118110237"/>
   <pageSetup paperSize="9" scale="65" firstPageNumber="2" orientation="landscape" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B9303F0-7250-459B-BB70-EE6E7ACB40AE}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E395555D-202B-48A9-A428-3571D3BC901B}">
   <sheetPr codeName="Sheet6">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD62"/>
   <sheetViews>
     <sheetView showWhiteSpace="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="8" style="107" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="19" max="16384" width="9" style="107"/>
+    <col min="1" max="1" width="8" style="105" customWidth="1"/>
+    <col min="2" max="4" width="7.375" style="105" customWidth="1"/>
+    <col min="5" max="12" width="6.875" style="105" customWidth="1"/>
+    <col min="13" max="14" width="7.75" style="105" customWidth="1"/>
+    <col min="15" max="15" width="6.875" style="105" customWidth="1"/>
+    <col min="16" max="16" width="7.75" style="105" customWidth="1"/>
+    <col min="17" max="18" width="6.875" style="105" customWidth="1"/>
+    <col min="19" max="16384" width="9" style="105"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15">
-      <c r="A1" s="102" t="s">
+      <c r="A1" s="100" t="s">
         <v>39</v>
       </c>
-      <c r="B1" s="103"/>
-[...15 lines deleted...]
-      <c r="R1" s="106" t="s">
+      <c r="B1" s="101"/>
+      <c r="C1" s="102"/>
+      <c r="D1" s="102"/>
+      <c r="E1" s="103"/>
+      <c r="F1" s="103"/>
+      <c r="G1" s="103"/>
+      <c r="H1" s="103"/>
+      <c r="I1" s="103"/>
+      <c r="J1" s="103"/>
+      <c r="K1" s="103"/>
+      <c r="L1" s="103"/>
+      <c r="M1" s="103"/>
+      <c r="N1" s="103"/>
+      <c r="O1" s="103"/>
+      <c r="P1" s="103"/>
+      <c r="Q1" s="103"/>
+      <c r="R1" s="104" t="s">
         <v>268</v>
       </c>
-      <c r="AD1" s="108"/>
+      <c r="AD1" s="106"/>
     </row>
     <row r="2" spans="1:30" ht="6" customHeight="1" thickBot="1">
-      <c r="A2" s="109"/>
-[...19 lines deleted...]
-      <c r="A3" s="113" t="s">
+      <c r="A2" s="107"/>
+      <c r="B2" s="108"/>
+      <c r="C2" s="109"/>
+      <c r="D2" s="109"/>
+      <c r="E2" s="110"/>
+      <c r="F2" s="110"/>
+      <c r="G2" s="110"/>
+      <c r="H2" s="110"/>
+      <c r="I2" s="110"/>
+      <c r="J2" s="110"/>
+      <c r="K2" s="110"/>
+      <c r="L2" s="110"/>
+      <c r="M2" s="110"/>
+      <c r="N2" s="110"/>
+      <c r="O2" s="110"/>
+      <c r="P2" s="110"/>
+      <c r="Q2" s="110"/>
+      <c r="R2" s="110"/>
+    </row>
+    <row r="3" spans="1:30" s="112" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A3" s="392" t="s">
         <v>40</v>
       </c>
-      <c r="B3" s="114" t="s">
+      <c r="B3" s="394" t="s">
         <v>41</v>
       </c>
-      <c r="C3" s="115" t="s">
+      <c r="C3" s="396" t="s">
         <v>42</v>
       </c>
-      <c r="D3" s="116"/>
-      <c r="E3" s="117" t="s">
+      <c r="D3" s="111"/>
+      <c r="E3" s="389" t="s">
         <v>43</v>
       </c>
-      <c r="F3" s="118"/>
-[...2 lines deleted...]
-      <c r="I3" s="117" t="s">
+      <c r="F3" s="390"/>
+      <c r="G3" s="390"/>
+      <c r="H3" s="398"/>
+      <c r="I3" s="389" t="s">
         <v>44</v>
       </c>
-      <c r="J3" s="118"/>
-[...2 lines deleted...]
-      <c r="M3" s="120" t="s">
+      <c r="J3" s="390"/>
+      <c r="K3" s="390"/>
+      <c r="L3" s="398"/>
+      <c r="M3" s="399" t="s">
         <v>45</v>
       </c>
-      <c r="N3" s="116"/>
-      <c r="O3" s="117" t="s">
+      <c r="N3" s="111"/>
+      <c r="O3" s="389" t="s">
         <v>46</v>
       </c>
-      <c r="P3" s="118"/>
-[...7 lines deleted...]
-      <c r="D4" s="126" t="s">
+      <c r="P3" s="390"/>
+      <c r="Q3" s="390"/>
+      <c r="R3" s="391"/>
+    </row>
+    <row r="4" spans="1:30" s="112" customFormat="1" ht="22.5" customHeight="1" thickBot="1">
+      <c r="A4" s="393"/>
+      <c r="B4" s="395"/>
+      <c r="C4" s="397"/>
+      <c r="D4" s="113" t="s">
         <v>47</v>
       </c>
-      <c r="E4" s="127" t="s">
+      <c r="E4" s="114" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="126" t="s">
+      <c r="F4" s="113" t="s">
         <v>47</v>
       </c>
-      <c r="G4" s="128" t="s">
+      <c r="G4" s="115" t="s">
         <v>48</v>
       </c>
-      <c r="H4" s="129" t="s">
+      <c r="H4" s="116" t="s">
         <v>49</v>
       </c>
-      <c r="I4" s="127" t="s">
+      <c r="I4" s="114" t="s">
         <v>7</v>
       </c>
-      <c r="J4" s="126" t="s">
+      <c r="J4" s="113" t="s">
         <v>47</v>
       </c>
-      <c r="K4" s="130" t="s">
+      <c r="K4" s="117" t="s">
         <v>48</v>
       </c>
-      <c r="L4" s="131" t="s">
+      <c r="L4" s="118" t="s">
         <v>49</v>
       </c>
-      <c r="M4" s="132"/>
-      <c r="N4" s="126" t="s">
+      <c r="M4" s="400"/>
+      <c r="N4" s="113" t="s">
         <v>50</v>
       </c>
-      <c r="O4" s="133" t="s">
+      <c r="O4" s="119" t="s">
         <v>7</v>
       </c>
-      <c r="P4" s="126" t="s">
+      <c r="P4" s="113" t="s">
         <v>51</v>
       </c>
-      <c r="Q4" s="134" t="s">
+      <c r="Q4" s="120" t="s">
         <v>52</v>
       </c>
-      <c r="R4" s="135" t="s">
+      <c r="R4" s="121" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="5" spans="1:30" s="150" customFormat="1" ht="21" customHeight="1" thickTop="1">
-      <c r="A5" s="136" t="s">
+    <row r="5" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1" thickTop="1">
+      <c r="A5" s="122" t="s">
         <v>53</v>
       </c>
-      <c r="B5" s="137" t="s">
+      <c r="B5" s="123" t="s">
         <v>17</v>
       </c>
-      <c r="C5" s="138">
+      <c r="C5" s="124">
         <v>16626</v>
       </c>
-      <c r="D5" s="139">
+      <c r="D5" s="125">
         <v>-3.7</v>
       </c>
-      <c r="E5" s="138">
+      <c r="E5" s="124">
         <v>4936</v>
       </c>
-      <c r="F5" s="140">
+      <c r="F5" s="126">
         <v>-1.2</v>
       </c>
-      <c r="G5" s="141">
+      <c r="G5" s="127">
         <v>2861</v>
       </c>
-      <c r="H5" s="142">
+      <c r="H5" s="128">
         <v>2075</v>
       </c>
-      <c r="I5" s="138">
+      <c r="I5" s="124">
         <v>2112</v>
       </c>
-      <c r="J5" s="140">
+      <c r="J5" s="126">
         <v>1.9</v>
       </c>
-      <c r="K5" s="141">
+      <c r="K5" s="127">
         <v>1247</v>
       </c>
-      <c r="L5" s="143">
+      <c r="L5" s="129">
         <v>865</v>
       </c>
-      <c r="M5" s="144">
+      <c r="M5" s="130">
         <v>3.368314424635332</v>
       </c>
-      <c r="N5" s="145">
+      <c r="N5" s="131">
         <v>-8.9999999999999858E-2</v>
       </c>
-      <c r="O5" s="146">
+      <c r="O5" s="132">
         <v>42.787682333873583</v>
       </c>
-      <c r="P5" s="147">
+      <c r="P5" s="133">
         <v>1.2999999999999972</v>
       </c>
-      <c r="Q5" s="148">
+      <c r="Q5" s="134">
         <v>43.586158685774208</v>
       </c>
-      <c r="R5" s="149">
+      <c r="R5" s="135">
         <v>41.686746987951807</v>
       </c>
     </row>
-    <row r="6" spans="1:30" s="150" customFormat="1" ht="21" customHeight="1">
-      <c r="A6" s="151" t="s">
+    <row r="6" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A6" s="137" t="s">
         <v>54</v>
       </c>
-      <c r="B6" s="152" t="s">
+      <c r="B6" s="138" t="s">
         <v>55</v>
       </c>
-      <c r="C6" s="153">
+      <c r="C6" s="139">
         <v>4226</v>
       </c>
-      <c r="D6" s="154">
+      <c r="D6" s="140">
         <v>-4.0999999999999996</v>
       </c>
-      <c r="E6" s="153">
+      <c r="E6" s="139">
         <v>1851</v>
       </c>
-      <c r="F6" s="155">
+      <c r="F6" s="141">
         <v>-0.7</v>
       </c>
-      <c r="G6" s="156">
+      <c r="G6" s="142">
         <v>1181</v>
       </c>
-      <c r="H6" s="157">
+      <c r="H6" s="143">
         <v>670</v>
       </c>
-      <c r="I6" s="153">
+      <c r="I6" s="139">
         <v>1076</v>
       </c>
-      <c r="J6" s="155">
+      <c r="J6" s="141">
         <v>5.9</v>
       </c>
-      <c r="K6" s="156">
+      <c r="K6" s="142">
         <v>693</v>
       </c>
-      <c r="L6" s="158">
+      <c r="L6" s="144">
         <v>383</v>
       </c>
-      <c r="M6" s="159">
+      <c r="M6" s="145">
         <v>2.2830902215018907</v>
       </c>
-      <c r="N6" s="160">
+      <c r="N6" s="146">
         <v>-8.0000000000000071E-2</v>
       </c>
-      <c r="O6" s="161">
+      <c r="O6" s="147">
         <v>58.13074014046461</v>
       </c>
-      <c r="P6" s="154">
+      <c r="P6" s="140">
         <v>3.6000000000000014</v>
       </c>
-      <c r="Q6" s="162">
+      <c r="Q6" s="148">
         <v>58.679085520745133</v>
       </c>
-      <c r="R6" s="163">
+      <c r="R6" s="149">
         <v>57.164179104477611</v>
       </c>
     </row>
-    <row r="7" spans="1:30" s="150" customFormat="1" ht="21" customHeight="1">
-      <c r="A7" s="164" t="s">
+    <row r="7" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A7" s="150" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="165" t="s">
+      <c r="B7" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="C7" s="166">
+      <c r="C7" s="152">
         <v>5327</v>
       </c>
-      <c r="D7" s="167">
+      <c r="D7" s="153">
         <v>-5.7</v>
       </c>
-      <c r="E7" s="166">
-[...2 lines deleted...]
-      <c r="F7" s="168">
+      <c r="E7" s="152">
+        <v>1970</v>
+      </c>
+      <c r="F7" s="154">
+        <v>-3</v>
+      </c>
+      <c r="G7" s="155">
+        <v>1222</v>
+      </c>
+      <c r="H7" s="156">
+        <v>748</v>
+      </c>
+      <c r="I7" s="152">
+        <v>1385</v>
+      </c>
+      <c r="J7" s="154">
+        <v>-6.6</v>
+      </c>
+      <c r="K7" s="155">
+        <v>867</v>
+      </c>
+      <c r="L7" s="157">
+        <v>518</v>
+      </c>
+      <c r="M7" s="158">
+        <v>2.7040609137055838</v>
+      </c>
+      <c r="N7" s="159">
+        <v>-7.9999999999999627E-2</v>
+      </c>
+      <c r="O7" s="160">
+        <v>70.304568527918789</v>
+      </c>
+      <c r="P7" s="153">
+        <v>-2.7999999999999972</v>
+      </c>
+      <c r="Q7" s="161">
+        <v>70.949263502454997</v>
+      </c>
+      <c r="R7" s="162">
+        <v>69.251336898395721</v>
+      </c>
+    </row>
+    <row r="8" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A8" s="150" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" s="151" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" s="152">
+        <v>10327</v>
+      </c>
+      <c r="D8" s="153">
+        <v>-3.6</v>
+      </c>
+      <c r="E8" s="152">
+        <v>2803</v>
+      </c>
+      <c r="F8" s="154">
+        <v>-8.8000000000000007</v>
+      </c>
+      <c r="G8" s="155">
+        <v>1667</v>
+      </c>
+      <c r="H8" s="156">
+        <v>1136</v>
+      </c>
+      <c r="I8" s="152">
+        <v>1738</v>
+      </c>
+      <c r="J8" s="154">
+        <v>-3.1</v>
+      </c>
+      <c r="K8" s="155">
+        <v>1097</v>
+      </c>
+      <c r="L8" s="157">
+        <v>641</v>
+      </c>
+      <c r="M8" s="158">
+        <v>3.684266856938994</v>
+      </c>
+      <c r="N8" s="159">
+        <v>0.20000000000000018</v>
+      </c>
+      <c r="O8" s="160">
+        <v>62.004994648590795</v>
+      </c>
+      <c r="P8" s="153">
+        <v>3.6000000000000014</v>
+      </c>
+      <c r="Q8" s="161">
+        <v>65.806838632273539</v>
+      </c>
+      <c r="R8" s="162">
+        <v>56.426056338028175</v>
+      </c>
+    </row>
+    <row r="9" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A9" s="150" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" s="151" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="152">
+        <v>4503</v>
+      </c>
+      <c r="D9" s="153">
+        <v>-5.4</v>
+      </c>
+      <c r="E9" s="152">
+        <v>1467</v>
+      </c>
+      <c r="F9" s="154">
+        <v>-6.5</v>
+      </c>
+      <c r="G9" s="155">
+        <v>916</v>
+      </c>
+      <c r="H9" s="156">
+        <v>551</v>
+      </c>
+      <c r="I9" s="152">
+        <v>973</v>
+      </c>
+      <c r="J9" s="154">
+        <v>0.5</v>
+      </c>
+      <c r="K9" s="155">
+        <v>621</v>
+      </c>
+      <c r="L9" s="157">
+        <v>352</v>
+      </c>
+      <c r="M9" s="158">
+        <v>3.0695296523517381</v>
+      </c>
+      <c r="N9" s="159">
+        <v>2.9999999999999805E-2</v>
+      </c>
+      <c r="O9" s="160">
+        <v>66.325835037491473</v>
+      </c>
+      <c r="P9" s="153">
+        <v>4.5999999999999943</v>
+      </c>
+      <c r="Q9" s="161">
+        <v>67.794759825327517</v>
+      </c>
+      <c r="R9" s="162">
+        <v>63.883847549909255</v>
+      </c>
+    </row>
+    <row r="10" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A10" s="150" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="151" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="152">
+        <v>5425</v>
+      </c>
+      <c r="D10" s="153">
+        <v>-3.4</v>
+      </c>
+      <c r="E10" s="152">
+        <v>1806</v>
+      </c>
+      <c r="F10" s="154">
+        <v>0.5</v>
+      </c>
+      <c r="G10" s="155">
+        <v>1078</v>
+      </c>
+      <c r="H10" s="156">
+        <v>728</v>
+      </c>
+      <c r="I10" s="152">
+        <v>1232</v>
+      </c>
+      <c r="J10" s="154">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="K10" s="155">
+        <v>749</v>
+      </c>
+      <c r="L10" s="157">
+        <v>483</v>
+      </c>
+      <c r="M10" s="158">
+        <v>3.0038759689922481</v>
+      </c>
+      <c r="N10" s="159">
+        <v>-0.12000000000000011</v>
+      </c>
+      <c r="O10" s="160">
+        <v>68.217054263565885</v>
+      </c>
+      <c r="P10" s="153">
+        <v>1.1000000000000085</v>
+      </c>
+      <c r="Q10" s="161">
+        <v>69.480519480519476</v>
+      </c>
+      <c r="R10" s="162">
+        <v>66.34615384615384</v>
+      </c>
+    </row>
+    <row r="11" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A11" s="163" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" s="164" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="165">
+        <v>8796</v>
+      </c>
+      <c r="D11" s="166">
+        <v>-2.9</v>
+      </c>
+      <c r="E11" s="165">
+        <v>3291</v>
+      </c>
+      <c r="F11" s="167">
+        <v>-1.6</v>
+      </c>
+      <c r="G11" s="168">
+        <v>1973</v>
+      </c>
+      <c r="H11" s="169">
+        <v>1318</v>
+      </c>
+      <c r="I11" s="165">
+        <v>2335</v>
+      </c>
+      <c r="J11" s="167">
+        <v>0</v>
+      </c>
+      <c r="K11" s="168">
+        <v>1453</v>
+      </c>
+      <c r="L11" s="170">
+        <v>882</v>
+      </c>
+      <c r="M11" s="171">
+        <v>2.6727438468550591</v>
+      </c>
+      <c r="N11" s="172">
+        <v>-4.0000000000000036E-2</v>
+      </c>
+      <c r="O11" s="173">
+        <v>70.951078699483432</v>
+      </c>
+      <c r="P11" s="166">
+        <v>1.2000000000000028</v>
+      </c>
+      <c r="Q11" s="174">
+        <v>73.644196654840343</v>
+      </c>
+      <c r="R11" s="175">
+        <v>66.919575113808804</v>
+      </c>
+    </row>
+    <row r="12" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A12" s="176" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" s="177" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="178">
+        <v>11242</v>
+      </c>
+      <c r="D12" s="179">
+        <v>-2</v>
+      </c>
+      <c r="E12" s="178">
+        <v>4169</v>
+      </c>
+      <c r="F12" s="180">
+        <v>6.7</v>
+      </c>
+      <c r="G12" s="181">
+        <v>2513</v>
+      </c>
+      <c r="H12" s="182">
+        <v>1656</v>
+      </c>
+      <c r="I12" s="178">
+        <v>2562</v>
+      </c>
+      <c r="J12" s="180">
+        <v>0.4</v>
+      </c>
+      <c r="K12" s="181">
+        <v>1580</v>
+      </c>
+      <c r="L12" s="183">
+        <v>982</v>
+      </c>
+      <c r="M12" s="184">
+        <v>2.6965699208443272</v>
+      </c>
+      <c r="N12" s="185">
+        <v>-0.23999999999999977</v>
+      </c>
+      <c r="O12" s="147">
+        <v>61.453585991844562</v>
+      </c>
+      <c r="P12" s="140">
+        <v>-3.7999999999999972</v>
+      </c>
+      <c r="Q12" s="148">
+        <v>62.873060087544765</v>
+      </c>
+      <c r="R12" s="149">
+        <v>59.29951690821256</v>
+      </c>
+    </row>
+    <row r="13" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A13" s="150" t="s">
+        <v>63</v>
+      </c>
+      <c r="B13" s="151" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="152">
+        <v>8322</v>
+      </c>
+      <c r="D13" s="153">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E13" s="152">
+        <v>2717</v>
+      </c>
+      <c r="F13" s="154">
+        <v>-3.5</v>
+      </c>
+      <c r="G13" s="155">
+        <v>1774</v>
+      </c>
+      <c r="H13" s="156">
+        <v>943</v>
+      </c>
+      <c r="I13" s="152">
+        <v>1934</v>
+      </c>
+      <c r="J13" s="154">
+        <v>-3.4</v>
+      </c>
+      <c r="K13" s="155">
+        <v>1280</v>
+      </c>
+      <c r="L13" s="157">
+        <v>654</v>
+      </c>
+      <c r="M13" s="158">
+        <v>3.0629370629370629</v>
+      </c>
+      <c r="N13" s="159">
+        <v>0.12999999999999989</v>
+      </c>
+      <c r="O13" s="160">
+        <v>71.18145012881854</v>
+      </c>
+      <c r="P13" s="153">
+        <v>0.10000000000000853</v>
+      </c>
+      <c r="Q13" s="161">
+        <v>72.153325817361889</v>
+      </c>
+      <c r="R13" s="162">
+        <v>69.35312831389183</v>
+      </c>
+    </row>
+    <row r="14" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A14" s="150" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" s="151" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="152">
+        <v>9022</v>
+      </c>
+      <c r="D14" s="153">
+        <v>1.2</v>
+      </c>
+      <c r="E14" s="152">
+        <v>2205</v>
+      </c>
+      <c r="F14" s="154">
+        <v>-2.4</v>
+      </c>
+      <c r="G14" s="155">
+        <v>1456</v>
+      </c>
+      <c r="H14" s="156">
+        <v>749</v>
+      </c>
+      <c r="I14" s="152">
+        <v>1635</v>
+      </c>
+      <c r="J14" s="154">
+        <v>4.7</v>
+      </c>
+      <c r="K14" s="155">
+        <v>1106</v>
+      </c>
+      <c r="L14" s="157">
+        <v>529</v>
+      </c>
+      <c r="M14" s="158">
+        <v>4.0916099773242633</v>
+      </c>
+      <c r="N14" s="159">
+        <v>0.13999999999999968</v>
+      </c>
+      <c r="O14" s="160">
+        <v>74.149659863945587</v>
+      </c>
+      <c r="P14" s="153">
+        <v>5</v>
+      </c>
+      <c r="Q14" s="161">
+        <v>75.961538461538453</v>
+      </c>
+      <c r="R14" s="162">
+        <v>70.627503337783708</v>
+      </c>
+    </row>
+    <row r="15" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A15" s="150" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" s="151" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="152">
+        <v>18756</v>
+      </c>
+      <c r="D15" s="153">
+        <v>2.6</v>
+      </c>
+      <c r="E15" s="152">
+        <v>4296</v>
+      </c>
+      <c r="F15" s="154">
+        <v>-2.2999999999999998</v>
+      </c>
+      <c r="G15" s="155">
+        <v>2503</v>
+      </c>
+      <c r="H15" s="156">
+        <v>1793</v>
+      </c>
+      <c r="I15" s="152">
+        <v>2875</v>
+      </c>
+      <c r="J15" s="154">
+        <v>-0.5</v>
+      </c>
+      <c r="K15" s="155">
+        <v>1663</v>
+      </c>
+      <c r="L15" s="157">
+        <v>1212</v>
+      </c>
+      <c r="M15" s="158">
+        <v>4.3659217877094969</v>
+      </c>
+      <c r="N15" s="159">
+        <v>0.20999999999999996</v>
+      </c>
+      <c r="O15" s="160">
+        <v>66.922718808193665</v>
+      </c>
+      <c r="P15" s="153">
+        <v>1.2000000000000028</v>
+      </c>
+      <c r="Q15" s="161">
+        <v>66.440271673991219</v>
+      </c>
+      <c r="R15" s="162">
+        <v>67.596207473508088</v>
+      </c>
+    </row>
+    <row r="16" spans="1:30" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A16" s="163" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="186" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="165">
+        <v>14069</v>
+      </c>
+      <c r="D16" s="166">
+        <v>-0.4</v>
+      </c>
+      <c r="E16" s="165">
+        <v>3842</v>
+      </c>
+      <c r="F16" s="167">
+        <v>-4.0999999999999996</v>
+      </c>
+      <c r="G16" s="168">
+        <v>2299</v>
+      </c>
+      <c r="H16" s="169">
+        <v>1543</v>
+      </c>
+      <c r="I16" s="165">
+        <v>2070</v>
+      </c>
+      <c r="J16" s="167">
+        <v>-8.1</v>
+      </c>
+      <c r="K16" s="168">
+        <v>1238</v>
+      </c>
+      <c r="L16" s="170">
+        <v>832</v>
+      </c>
+      <c r="M16" s="171">
+        <v>3.6618948464341488</v>
+      </c>
+      <c r="N16" s="172">
+        <v>0.13000000000000034</v>
+      </c>
+      <c r="O16" s="173">
+        <v>53.878188443519001</v>
+      </c>
+      <c r="P16" s="166">
+        <v>-2.3000000000000043</v>
+      </c>
+      <c r="Q16" s="174">
+        <v>53.84949978251413</v>
+      </c>
+      <c r="R16" s="175">
+        <v>53.920933246921578</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A17" s="176" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" s="177" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" s="178">
+        <v>59162</v>
+      </c>
+      <c r="D17" s="179">
+        <v>3.8</v>
+      </c>
+      <c r="E17" s="178">
+        <v>3982</v>
+      </c>
+      <c r="F17" s="180">
+        <v>1.3</v>
+      </c>
+      <c r="G17" s="181">
+        <v>2650</v>
+      </c>
+      <c r="H17" s="182">
+        <v>1332</v>
+      </c>
+      <c r="I17" s="178">
+        <v>2056</v>
+      </c>
+      <c r="J17" s="180">
+        <v>3.6</v>
+      </c>
+      <c r="K17" s="181">
+        <v>1406</v>
+      </c>
+      <c r="L17" s="183">
+        <v>650</v>
+      </c>
+      <c r="M17" s="184">
+        <v>14.857358111501759</v>
+      </c>
+      <c r="N17" s="185">
+        <v>0.35999999999999943</v>
+      </c>
+      <c r="O17" s="147">
+        <v>51.632345554997492</v>
+      </c>
+      <c r="P17" s="140">
+        <v>1.1000000000000014</v>
+      </c>
+      <c r="Q17" s="148">
+        <v>53.056603773584911</v>
+      </c>
+      <c r="R17" s="149">
+        <v>48.798798798798799</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A18" s="163" t="s">
+        <v>69</v>
+      </c>
+      <c r="B18" s="187" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="165">
+        <v>16176</v>
+      </c>
+      <c r="D18" s="166">
+        <v>2</v>
+      </c>
+      <c r="E18" s="165">
+        <v>3527</v>
+      </c>
+      <c r="F18" s="167">
+        <v>-5</v>
+      </c>
+      <c r="G18" s="168">
+        <v>2256</v>
+      </c>
+      <c r="H18" s="169">
+        <v>1271</v>
+      </c>
+      <c r="I18" s="165">
+        <v>1892</v>
+      </c>
+      <c r="J18" s="167">
+        <v>2</v>
+      </c>
+      <c r="K18" s="168">
+        <v>1239</v>
+      </c>
+      <c r="L18" s="170">
+        <v>653</v>
+      </c>
+      <c r="M18" s="171">
+        <v>4.5863339948965125</v>
+      </c>
+      <c r="N18" s="172">
+        <v>0.32000000000000028</v>
+      </c>
+      <c r="O18" s="173">
+        <v>53.643322937340521</v>
+      </c>
+      <c r="P18" s="166">
+        <v>3.7000000000000028</v>
+      </c>
+      <c r="Q18" s="174">
+        <v>54.920212765957444</v>
+      </c>
+      <c r="R18" s="175">
+        <v>51.376868607395757</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A19" s="137" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" s="177" t="s">
+        <v>21</v>
+      </c>
+      <c r="C19" s="188">
+        <v>10058</v>
+      </c>
+      <c r="D19" s="189">
+        <v>0.7</v>
+      </c>
+      <c r="E19" s="188">
+        <v>2126</v>
+      </c>
+      <c r="F19" s="190">
+        <v>-8.1999999999999993</v>
+      </c>
+      <c r="G19" s="191">
+        <v>1382</v>
+      </c>
+      <c r="H19" s="192">
+        <v>744</v>
+      </c>
+      <c r="I19" s="188">
+        <v>1580</v>
+      </c>
+      <c r="J19" s="190">
+        <v>-10.7</v>
+      </c>
+      <c r="K19" s="191">
+        <v>1037</v>
+      </c>
+      <c r="L19" s="193">
+        <v>543</v>
+      </c>
+      <c r="M19" s="194">
+        <v>4.7309501411100658</v>
+      </c>
+      <c r="N19" s="195">
+        <v>0.42000000000000082</v>
+      </c>
+      <c r="O19" s="196">
+        <v>74.317968015051733</v>
+      </c>
+      <c r="P19" s="189">
+        <v>-2</v>
+      </c>
+      <c r="Q19" s="197">
+        <v>75.036179450072353</v>
+      </c>
+      <c r="R19" s="198">
+        <v>72.983870967741936</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A20" s="199" t="s">
+        <v>71</v>
+      </c>
+      <c r="B20" s="177" t="s">
+        <v>72</v>
+      </c>
+      <c r="C20" s="178">
+        <v>5532</v>
+      </c>
+      <c r="D20" s="179">
+        <v>1</v>
+      </c>
+      <c r="E20" s="178">
+        <v>1300</v>
+      </c>
+      <c r="F20" s="180">
+        <v>-5.4</v>
+      </c>
+      <c r="G20" s="181">
+        <v>898</v>
+      </c>
+      <c r="H20" s="182">
+        <v>402</v>
+      </c>
+      <c r="I20" s="178">
+        <v>1040</v>
+      </c>
+      <c r="J20" s="180">
+        <v>-5.5</v>
+      </c>
+      <c r="K20" s="181">
+        <v>719</v>
+      </c>
+      <c r="L20" s="183">
+        <v>321</v>
+      </c>
+      <c r="M20" s="184">
+        <v>4.2553846153846155</v>
+      </c>
+      <c r="N20" s="185">
+        <v>0.26999999999999957</v>
+      </c>
+      <c r="O20" s="147">
+        <v>80</v>
+      </c>
+      <c r="P20" s="140">
+        <v>-9.9999999999994316E-2</v>
+      </c>
+      <c r="Q20" s="148">
+        <v>80.066815144766139</v>
+      </c>
+      <c r="R20" s="149">
+        <v>79.850746268656707</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A21" s="150" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="151" t="s">
+        <v>72</v>
+      </c>
+      <c r="C21" s="152">
+        <v>6248</v>
+      </c>
+      <c r="D21" s="153">
+        <v>0.5</v>
+      </c>
+      <c r="E21" s="152">
+        <v>1495</v>
+      </c>
+      <c r="F21" s="154">
+        <v>1.8</v>
+      </c>
+      <c r="G21" s="155">
+        <v>966</v>
+      </c>
+      <c r="H21" s="156">
+        <v>529</v>
+      </c>
+      <c r="I21" s="152">
+        <v>1139</v>
+      </c>
+      <c r="J21" s="154">
+        <v>1.6</v>
+      </c>
+      <c r="K21" s="155">
+        <v>740</v>
+      </c>
+      <c r="L21" s="157">
+        <v>399</v>
+      </c>
+      <c r="M21" s="158">
+        <v>4.1792642140468228</v>
+      </c>
+      <c r="N21" s="159">
+        <v>-6.0000000000000497E-2</v>
+      </c>
+      <c r="O21" s="160">
+        <v>76.187290969899664</v>
+      </c>
+      <c r="P21" s="153">
+        <v>-0.20000000000000284</v>
+      </c>
+      <c r="Q21" s="161">
+        <v>76.604554865424433</v>
+      </c>
+      <c r="R21" s="162">
+        <v>75.42533081285444</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A22" s="163" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" s="186" t="s">
+        <v>72</v>
+      </c>
+      <c r="C22" s="165">
+        <v>4315</v>
+      </c>
+      <c r="D22" s="166">
+        <v>-6.3</v>
+      </c>
+      <c r="E22" s="165">
+        <v>1065</v>
+      </c>
+      <c r="F22" s="167">
+        <v>-4.8</v>
+      </c>
+      <c r="G22" s="168">
+        <v>659</v>
+      </c>
+      <c r="H22" s="169">
+        <v>406</v>
+      </c>
+      <c r="I22" s="165">
+        <v>835</v>
+      </c>
+      <c r="J22" s="167">
+        <v>1</v>
+      </c>
+      <c r="K22" s="168">
+        <v>513</v>
+      </c>
+      <c r="L22" s="170">
+        <v>322</v>
+      </c>
+      <c r="M22" s="171">
+        <v>4.051643192488263</v>
+      </c>
+      <c r="N22" s="172">
+        <v>-6.0000000000000497E-2</v>
+      </c>
+      <c r="O22" s="173">
+        <v>78.403755868544607</v>
+      </c>
+      <c r="P22" s="166">
+        <v>4.5</v>
+      </c>
+      <c r="Q22" s="174">
+        <v>77.845220030349012</v>
+      </c>
+      <c r="R22" s="175">
+        <v>79.310344827586206</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A23" s="176" t="s">
+        <v>75</v>
+      </c>
+      <c r="B23" s="177" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" s="178">
+        <v>3011</v>
+      </c>
+      <c r="D23" s="179">
+        <v>-1.6</v>
+      </c>
+      <c r="E23" s="178">
+        <v>938</v>
+      </c>
+      <c r="F23" s="180">
+        <v>-1.1000000000000001</v>
+      </c>
+      <c r="G23" s="181">
+        <v>608</v>
+      </c>
+      <c r="H23" s="182">
+        <v>330</v>
+      </c>
+      <c r="I23" s="178">
+        <v>577</v>
+      </c>
+      <c r="J23" s="180">
+        <v>-1.7</v>
+      </c>
+      <c r="K23" s="181">
+        <v>381</v>
+      </c>
+      <c r="L23" s="183">
+        <v>196</v>
+      </c>
+      <c r="M23" s="184">
+        <v>3.2100213219616203</v>
+      </c>
+      <c r="N23" s="185">
+        <v>-2.0000000000000018E-2</v>
+      </c>
+      <c r="O23" s="147">
+        <v>61.513859275053306</v>
+      </c>
+      <c r="P23" s="140">
+        <v>-0.39999999999999858</v>
+      </c>
+      <c r="Q23" s="148">
+        <v>62.664473684210535</v>
+      </c>
+      <c r="R23" s="149">
+        <v>59.393939393939398</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A24" s="163" t="s">
+        <v>76</v>
+      </c>
+      <c r="B24" s="187" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="165">
+        <v>7740</v>
+      </c>
+      <c r="D24" s="166">
+        <v>3.1</v>
+      </c>
+      <c r="E24" s="165">
+        <v>2707</v>
+      </c>
+      <c r="F24" s="167">
+        <v>3</v>
+      </c>
+      <c r="G24" s="168">
+        <v>1655</v>
+      </c>
+      <c r="H24" s="169">
+        <v>1052</v>
+      </c>
+      <c r="I24" s="165">
+        <v>1644</v>
+      </c>
+      <c r="J24" s="167">
+        <v>-1.6</v>
+      </c>
+      <c r="K24" s="168">
+        <v>1045</v>
+      </c>
+      <c r="L24" s="170">
+        <v>599</v>
+      </c>
+      <c r="M24" s="171">
+        <v>2.8592537864794978</v>
+      </c>
+      <c r="N24" s="172">
+        <v>9.9999999999997868E-3</v>
+      </c>
+      <c r="O24" s="173">
+        <v>60.731437015145914</v>
+      </c>
+      <c r="P24" s="166">
+        <v>-2.8999999999999986</v>
+      </c>
+      <c r="Q24" s="174">
+        <v>63.141993957703924</v>
+      </c>
+      <c r="R24" s="175">
+        <v>56.939163498098857</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A25" s="176" t="s">
+        <v>77</v>
+      </c>
+      <c r="B25" s="177" t="s">
+        <v>78</v>
+      </c>
+      <c r="C25" s="178">
+        <v>12299</v>
+      </c>
+      <c r="D25" s="179">
+        <v>1.9</v>
+      </c>
+      <c r="E25" s="178">
+        <v>2942</v>
+      </c>
+      <c r="F25" s="180">
+        <v>-3.3</v>
+      </c>
+      <c r="G25" s="181">
+        <v>1824</v>
+      </c>
+      <c r="H25" s="182">
+        <v>1118</v>
+      </c>
+      <c r="I25" s="178">
+        <v>1951</v>
+      </c>
+      <c r="J25" s="180">
+        <v>-2.6</v>
+      </c>
+      <c r="K25" s="181">
+        <v>1254</v>
+      </c>
+      <c r="L25" s="183">
+        <v>697</v>
+      </c>
+      <c r="M25" s="184">
+        <v>4.1804894629503737</v>
+      </c>
+      <c r="N25" s="185">
+        <v>0.20999999999999952</v>
+      </c>
+      <c r="O25" s="147">
+        <v>66.315431679129844</v>
+      </c>
+      <c r="P25" s="140">
+        <v>0.39999999999999147</v>
+      </c>
+      <c r="Q25" s="148">
+        <v>68.75</v>
+      </c>
+      <c r="R25" s="149">
+        <v>62.343470483005369</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A26" s="150" t="s">
+        <v>79</v>
+      </c>
+      <c r="B26" s="151" t="s">
+        <v>78</v>
+      </c>
+      <c r="C26" s="152">
+        <v>18006</v>
+      </c>
+      <c r="D26" s="153">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="E26" s="152">
+        <v>5044</v>
+      </c>
+      <c r="F26" s="154">
+        <v>-0.9</v>
+      </c>
+      <c r="G26" s="155">
+        <v>2979</v>
+      </c>
+      <c r="H26" s="156">
+        <v>2065</v>
+      </c>
+      <c r="I26" s="152">
+        <v>3532</v>
+      </c>
+      <c r="J26" s="154">
+        <v>1</v>
+      </c>
+      <c r="K26" s="155">
+        <v>2099</v>
+      </c>
+      <c r="L26" s="157">
+        <v>1433</v>
+      </c>
+      <c r="M26" s="158">
+        <v>3.5697858842188741</v>
+      </c>
+      <c r="N26" s="159">
+        <v>0.16999999999999993</v>
+      </c>
+      <c r="O26" s="160">
+        <v>70.023790642347336</v>
+      </c>
+      <c r="P26" s="153">
+        <v>1.2999999999999972</v>
+      </c>
+      <c r="Q26" s="161">
+        <v>70.459885867740851</v>
+      </c>
+      <c r="R26" s="162">
+        <v>69.394673123486683</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A27" s="150" t="s">
+        <v>80</v>
+      </c>
+      <c r="B27" s="151" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="152">
+        <v>40516</v>
+      </c>
+      <c r="D27" s="153">
+        <v>2.5</v>
+      </c>
+      <c r="E27" s="152">
+        <v>8440</v>
+      </c>
+      <c r="F27" s="154">
+        <v>2.1</v>
+      </c>
+      <c r="G27" s="155">
+        <v>5231</v>
+      </c>
+      <c r="H27" s="156">
+        <v>3209</v>
+      </c>
+      <c r="I27" s="152">
+        <v>6292</v>
+      </c>
+      <c r="J27" s="154">
+        <v>1.3</v>
+      </c>
+      <c r="K27" s="155">
+        <v>3925</v>
+      </c>
+      <c r="L27" s="157">
+        <v>2367</v>
+      </c>
+      <c r="M27" s="158">
+        <v>4.8004739336492888</v>
+      </c>
+      <c r="N27" s="159">
+        <v>1.9999999999999574E-2</v>
+      </c>
+      <c r="O27" s="160">
+        <v>74.549763033175353</v>
+      </c>
+      <c r="P27" s="153">
+        <v>-0.59999999999999432</v>
+      </c>
+      <c r="Q27" s="161">
+        <v>75.033454406423246</v>
+      </c>
+      <c r="R27" s="162">
+        <v>73.761296354004358</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A28" s="163" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" s="186" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="165">
+        <v>9322</v>
+      </c>
+      <c r="D28" s="166">
+        <v>0.2</v>
+      </c>
+      <c r="E28" s="165">
+        <v>3060</v>
+      </c>
+      <c r="F28" s="167">
+        <v>-2.5</v>
+      </c>
+      <c r="G28" s="168">
+        <v>1922</v>
+      </c>
+      <c r="H28" s="169">
+        <v>1138</v>
+      </c>
+      <c r="I28" s="165">
+        <v>2353</v>
+      </c>
+      <c r="J28" s="167">
+        <v>1.4</v>
+      </c>
+      <c r="K28" s="168">
+        <v>1489</v>
+      </c>
+      <c r="L28" s="170">
+        <v>864</v>
+      </c>
+      <c r="M28" s="171">
+        <v>3.0464052287581698</v>
+      </c>
+      <c r="N28" s="172">
+        <v>8.9999999999999858E-2</v>
+      </c>
+      <c r="O28" s="173">
+        <v>76.895424836601308</v>
+      </c>
+      <c r="P28" s="166">
+        <v>3</v>
+      </c>
+      <c r="Q28" s="174">
+        <v>77.471383975026015</v>
+      </c>
+      <c r="R28" s="175">
+        <v>75.922671353251317</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A29" s="200" t="s">
+        <v>82</v>
+      </c>
+      <c r="B29" s="201" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="202">
+        <v>5396</v>
+      </c>
+      <c r="D29" s="203">
+        <v>-3.1</v>
+      </c>
+      <c r="E29" s="202">
+        <v>1801</v>
+      </c>
+      <c r="F29" s="204">
+        <v>-5.7</v>
+      </c>
+      <c r="G29" s="205">
+        <v>1072</v>
+      </c>
+      <c r="H29" s="206">
+        <v>729</v>
+      </c>
+      <c r="I29" s="202">
+        <v>1266</v>
+      </c>
+      <c r="J29" s="204">
+        <v>-7.1</v>
+      </c>
+      <c r="K29" s="205">
+        <v>752</v>
+      </c>
+      <c r="L29" s="207">
+        <v>514</v>
+      </c>
+      <c r="M29" s="208">
+        <v>2.9961132704053304</v>
+      </c>
+      <c r="N29" s="209">
+        <v>8.0000000000000071E-2</v>
+      </c>
+      <c r="O29" s="196">
+        <v>70.294280955024988</v>
+      </c>
+      <c r="P29" s="189">
+        <v>-1.1000000000000085</v>
+      </c>
+      <c r="Q29" s="197">
+        <v>70.149253731343293</v>
+      </c>
+      <c r="R29" s="198">
+        <v>70.507544581618646</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A30" s="176" t="s">
+        <v>84</v>
+      </c>
+      <c r="B30" s="186" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="178">
+        <v>6520</v>
+      </c>
+      <c r="D30" s="179">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="E30" s="178">
+        <v>1282</v>
+      </c>
+      <c r="F30" s="180">
+        <v>-5.3</v>
+      </c>
+      <c r="G30" s="181">
+        <v>823</v>
+      </c>
+      <c r="H30" s="182">
+        <v>459</v>
+      </c>
+      <c r="I30" s="178">
+        <v>776</v>
+      </c>
+      <c r="J30" s="180">
+        <v>1</v>
+      </c>
+      <c r="K30" s="181">
+        <v>484</v>
+      </c>
+      <c r="L30" s="183">
+        <v>292</v>
+      </c>
+      <c r="M30" s="184">
+        <v>5.0858034321372854</v>
+      </c>
+      <c r="N30" s="185">
+        <v>0.33000000000000007</v>
+      </c>
+      <c r="O30" s="147">
+        <v>60.530421216848673</v>
+      </c>
+      <c r="P30" s="140">
+        <v>3.7999999999999972</v>
+      </c>
+      <c r="Q30" s="148">
+        <v>58.809234507897933</v>
+      </c>
+      <c r="R30" s="149">
+        <v>63.61655773420479</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A31" s="150" t="s">
+        <v>85</v>
+      </c>
+      <c r="B31" s="151" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" s="152">
+        <v>39588</v>
+      </c>
+      <c r="D31" s="153">
+        <v>5.3</v>
+      </c>
+      <c r="E31" s="152">
+        <v>4626</v>
+      </c>
+      <c r="F31" s="154">
+        <v>-3.4</v>
+      </c>
+      <c r="G31" s="155">
+        <v>2945</v>
+      </c>
+      <c r="H31" s="156">
+        <v>1681</v>
+      </c>
+      <c r="I31" s="152">
+        <v>2889</v>
+      </c>
+      <c r="J31" s="154">
+        <v>-6.1</v>
+      </c>
+      <c r="K31" s="155">
+        <v>1934</v>
+      </c>
+      <c r="L31" s="157">
+        <v>955</v>
+      </c>
+      <c r="M31" s="158">
+        <v>8.557717250324254</v>
+      </c>
+      <c r="N31" s="159">
+        <v>0.70000000000000018</v>
+      </c>
+      <c r="O31" s="160">
+        <v>62.451361867704279</v>
+      </c>
+      <c r="P31" s="153">
+        <v>-1.7999999999999972</v>
+      </c>
+      <c r="Q31" s="161">
+        <v>65.670628183361629</v>
+      </c>
+      <c r="R31" s="162">
+        <v>56.811421772754315</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A32" s="163" t="s">
+        <v>86</v>
+      </c>
+      <c r="B32" s="210" t="s">
+        <v>25</v>
+      </c>
+      <c r="C32" s="165">
+        <v>17146</v>
+      </c>
+      <c r="D32" s="166">
+        <v>-0.6</v>
+      </c>
+      <c r="E32" s="165">
+        <v>3791</v>
+      </c>
+      <c r="F32" s="167">
+        <v>-3.1</v>
+      </c>
+      <c r="G32" s="168">
+        <v>2548</v>
+      </c>
+      <c r="H32" s="169">
+        <v>1243</v>
+      </c>
+      <c r="I32" s="165">
+        <v>2780</v>
+      </c>
+      <c r="J32" s="167">
         <v>-2.1</v>
       </c>
-      <c r="G7" s="169">
+      <c r="K32" s="168">
+        <v>1892</v>
+      </c>
+      <c r="L32" s="170">
+        <v>888</v>
+      </c>
+      <c r="M32" s="171">
+        <v>4.5228171986283305</v>
+      </c>
+      <c r="N32" s="172">
+        <v>0.10999999999999943</v>
+      </c>
+      <c r="O32" s="173">
+        <v>73.33157478237932</v>
+      </c>
+      <c r="P32" s="166">
+        <v>0.70000000000000284</v>
+      </c>
+      <c r="Q32" s="174">
+        <v>74.254317111459969</v>
+      </c>
+      <c r="R32" s="175">
+        <v>71.440064360418347</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A33" s="176" t="s">
+        <v>87</v>
+      </c>
+      <c r="B33" s="211" t="s">
+        <v>83</v>
+      </c>
+      <c r="C33" s="178">
+        <v>2662</v>
+      </c>
+      <c r="D33" s="179">
+        <v>7.6</v>
+      </c>
+      <c r="E33" s="178">
+        <v>943</v>
+      </c>
+      <c r="F33" s="180">
+        <v>-1.8</v>
+      </c>
+      <c r="G33" s="181">
+        <v>566</v>
+      </c>
+      <c r="H33" s="182">
+        <v>377</v>
+      </c>
+      <c r="I33" s="178">
+        <v>608</v>
+      </c>
+      <c r="J33" s="180">
+        <v>6.5</v>
+      </c>
+      <c r="K33" s="181">
+        <v>383</v>
+      </c>
+      <c r="L33" s="183">
+        <v>225</v>
+      </c>
+      <c r="M33" s="184">
+        <v>2.8229056203605514</v>
+      </c>
+      <c r="N33" s="185">
+        <v>0.23999999999999977</v>
+      </c>
+      <c r="O33" s="147">
+        <v>64.475079533404028</v>
+      </c>
+      <c r="P33" s="140">
+        <v>5</v>
+      </c>
+      <c r="Q33" s="148">
+        <v>67.667844522968196</v>
+      </c>
+      <c r="R33" s="149">
+        <v>59.681697612732101</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A34" s="163" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" s="212" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" s="165">
+        <v>3124</v>
+      </c>
+      <c r="D34" s="166">
+        <v>5.2</v>
+      </c>
+      <c r="E34" s="165">
+        <v>1118</v>
+      </c>
+      <c r="F34" s="167">
+        <v>-3.6</v>
+      </c>
+      <c r="G34" s="168">
+        <v>688</v>
+      </c>
+      <c r="H34" s="169">
+        <v>430</v>
+      </c>
+      <c r="I34" s="165">
+        <v>696</v>
+      </c>
+      <c r="J34" s="167">
+        <v>-6.3</v>
+      </c>
+      <c r="K34" s="168">
+        <v>436</v>
+      </c>
+      <c r="L34" s="170">
+        <v>260</v>
+      </c>
+      <c r="M34" s="171">
+        <v>2.7942754919499104</v>
+      </c>
+      <c r="N34" s="172">
+        <v>0.22999999999999998</v>
+      </c>
+      <c r="O34" s="173">
+        <v>62.254025044722717</v>
+      </c>
+      <c r="P34" s="166">
+        <v>-1.7999999999999972</v>
+      </c>
+      <c r="Q34" s="174">
+        <v>63.372093023255815</v>
+      </c>
+      <c r="R34" s="175">
+        <v>60.465116279069761</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A35" s="176" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" s="211" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="178">
+        <v>2287</v>
+      </c>
+      <c r="D35" s="179">
+        <v>0.5</v>
+      </c>
+      <c r="E35" s="178">
+        <v>790</v>
+      </c>
+      <c r="F35" s="180">
+        <v>-6.7</v>
+      </c>
+      <c r="G35" s="181">
+        <v>489</v>
+      </c>
+      <c r="H35" s="182">
+        <v>301</v>
+      </c>
+      <c r="I35" s="178">
+        <v>528</v>
+      </c>
+      <c r="J35" s="180">
+        <v>-7.9</v>
+      </c>
+      <c r="K35" s="181">
+        <v>345</v>
+      </c>
+      <c r="L35" s="183">
+        <v>183</v>
+      </c>
+      <c r="M35" s="184">
+        <v>2.8949367088607594</v>
+      </c>
+      <c r="N35" s="185">
+        <v>0.20000000000000018</v>
+      </c>
+      <c r="O35" s="147">
+        <v>66.835443037974684</v>
+      </c>
+      <c r="P35" s="140">
+        <v>-0.90000000000000568</v>
+      </c>
+      <c r="Q35" s="148">
+        <v>70.552147239263803</v>
+      </c>
+      <c r="R35" s="149">
+        <v>60.797342192691026</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A36" s="163" t="s">
+        <v>91</v>
+      </c>
+      <c r="B36" s="212" t="s">
+        <v>90</v>
+      </c>
+      <c r="C36" s="165">
+        <v>3208</v>
+      </c>
+      <c r="D36" s="166">
+        <v>2.6</v>
+      </c>
+      <c r="E36" s="165">
+        <v>1015</v>
+      </c>
+      <c r="F36" s="167">
+        <v>1</v>
+      </c>
+      <c r="G36" s="168">
+        <v>670</v>
+      </c>
+      <c r="H36" s="169">
+        <v>345</v>
+      </c>
+      <c r="I36" s="165">
+        <v>669</v>
+      </c>
+      <c r="J36" s="167">
+        <v>-8.1</v>
+      </c>
+      <c r="K36" s="168">
+        <v>448</v>
+      </c>
+      <c r="L36" s="170">
+        <v>221</v>
+      </c>
+      <c r="M36" s="171">
+        <v>3.1605911330049259</v>
+      </c>
+      <c r="N36" s="172">
+        <v>5.0000000000000266E-2</v>
+      </c>
+      <c r="O36" s="173">
+        <v>65.911330049261082</v>
+      </c>
+      <c r="P36" s="166">
+        <v>-6.5</v>
+      </c>
+      <c r="Q36" s="174">
+        <v>66.865671641791053</v>
+      </c>
+      <c r="R36" s="175">
+        <v>64.05797101449275</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A37" s="176" t="s">
+        <v>92</v>
+      </c>
+      <c r="B37" s="211" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="178">
+        <v>8303</v>
+      </c>
+      <c r="D37" s="179">
+        <v>1.3</v>
+      </c>
+      <c r="E37" s="178">
+        <v>3077</v>
+      </c>
+      <c r="F37" s="180">
+        <v>1.6</v>
+      </c>
+      <c r="G37" s="181">
+        <v>1972</v>
+      </c>
+      <c r="H37" s="182">
+        <v>1105</v>
+      </c>
+      <c r="I37" s="178">
+        <v>2032</v>
+      </c>
+      <c r="J37" s="180">
+        <v>3</v>
+      </c>
+      <c r="K37" s="181">
+        <v>1394</v>
+      </c>
+      <c r="L37" s="183">
+        <v>638</v>
+      </c>
+      <c r="M37" s="184">
+        <v>2.6984075398115048</v>
+      </c>
+      <c r="N37" s="185">
+        <v>-9.9999999999997868E-3</v>
+      </c>
+      <c r="O37" s="147">
+        <v>66.038349041273975</v>
+      </c>
+      <c r="P37" s="140">
+        <v>0.90000000000000568</v>
+      </c>
+      <c r="Q37" s="148">
+        <v>70.689655172413794</v>
+      </c>
+      <c r="R37" s="149">
+        <v>57.737556561085967</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A38" s="150" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" s="151" t="s">
+        <v>93</v>
+      </c>
+      <c r="C38" s="152">
+        <v>10682</v>
+      </c>
+      <c r="D38" s="153">
+        <v>-3.7</v>
+      </c>
+      <c r="E38" s="152">
+        <v>2382</v>
+      </c>
+      <c r="F38" s="154">
+        <v>5.2</v>
+      </c>
+      <c r="G38" s="155">
+        <v>1536</v>
+      </c>
+      <c r="H38" s="156">
+        <v>846</v>
+      </c>
+      <c r="I38" s="152">
+        <v>1421</v>
+      </c>
+      <c r="J38" s="154">
+        <v>-3.4</v>
+      </c>
+      <c r="K38" s="155">
+        <v>963</v>
+      </c>
+      <c r="L38" s="157">
+        <v>458</v>
+      </c>
+      <c r="M38" s="158">
+        <v>4.4844668345927792</v>
+      </c>
+      <c r="N38" s="159">
+        <v>-0.41999999999999993</v>
+      </c>
+      <c r="O38" s="160">
+        <v>59.655751469353483</v>
+      </c>
+      <c r="P38" s="153">
+        <v>-5.2999999999999972</v>
+      </c>
+      <c r="Q38" s="161">
+        <v>62.6953125</v>
+      </c>
+      <c r="R38" s="162">
+        <v>54.137115839243499</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A39" s="163" t="s">
+        <v>95</v>
+      </c>
+      <c r="B39" s="212" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" s="165">
+        <v>6096</v>
+      </c>
+      <c r="D39" s="166">
+        <v>-4.2</v>
+      </c>
+      <c r="E39" s="165">
+        <v>2350</v>
+      </c>
+      <c r="F39" s="167">
+        <v>0.2</v>
+      </c>
+      <c r="G39" s="168">
+        <v>1607</v>
+      </c>
+      <c r="H39" s="169">
+        <v>743</v>
+      </c>
+      <c r="I39" s="165">
+        <v>1791</v>
+      </c>
+      <c r="J39" s="167">
+        <v>1.4</v>
+      </c>
+      <c r="K39" s="168">
+        <v>1287</v>
+      </c>
+      <c r="L39" s="170">
+        <v>504</v>
+      </c>
+      <c r="M39" s="171">
+        <v>2.5940425531914895</v>
+      </c>
+      <c r="N39" s="172">
+        <v>-0.12000000000000011</v>
+      </c>
+      <c r="O39" s="173">
+        <v>76.212765957446805</v>
+      </c>
+      <c r="P39" s="166">
+        <v>0.79999999999999716</v>
+      </c>
+      <c r="Q39" s="174">
+        <v>80.087118855009336</v>
+      </c>
+      <c r="R39" s="175">
+        <v>67.833109017496639</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A40" s="176" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" s="211" t="s">
+        <v>97</v>
+      </c>
+      <c r="C40" s="178">
+        <v>2680</v>
+      </c>
+      <c r="D40" s="179">
+        <v>-3.8</v>
+      </c>
+      <c r="E40" s="178">
+        <v>994</v>
+      </c>
+      <c r="F40" s="180">
+        <v>-1.6</v>
+      </c>
+      <c r="G40" s="181">
+        <v>614</v>
+      </c>
+      <c r="H40" s="182">
+        <v>380</v>
+      </c>
+      <c r="I40" s="178">
+        <v>671</v>
+      </c>
+      <c r="J40" s="180">
+        <v>-6.8</v>
+      </c>
+      <c r="K40" s="181">
+        <v>425</v>
+      </c>
+      <c r="L40" s="183">
+        <v>246</v>
+      </c>
+      <c r="M40" s="184">
+        <v>2.6961770623742454</v>
+      </c>
+      <c r="N40" s="185">
+        <v>-5.9999999999999609E-2</v>
+      </c>
+      <c r="O40" s="147">
+        <v>67.505030181086525</v>
+      </c>
+      <c r="P40" s="140">
+        <v>-3.7999999999999972</v>
+      </c>
+      <c r="Q40" s="148">
+        <v>69.218241042345269</v>
+      </c>
+      <c r="R40" s="149">
+        <v>64.736842105263165</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A41" s="150" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="151" t="s">
+        <v>97</v>
+      </c>
+      <c r="C41" s="152">
+        <v>4486</v>
+      </c>
+      <c r="D41" s="153">
+        <v>-0.3</v>
+      </c>
+      <c r="E41" s="152">
+        <v>1207</v>
+      </c>
+      <c r="F41" s="154">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="G41" s="155">
+        <v>774</v>
+      </c>
+      <c r="H41" s="156">
+        <v>433</v>
+      </c>
+      <c r="I41" s="152">
+        <v>849</v>
+      </c>
+      <c r="J41" s="154">
+        <v>13.2</v>
+      </c>
+      <c r="K41" s="155">
+        <v>554</v>
+      </c>
+      <c r="L41" s="157">
+        <v>295</v>
+      </c>
+      <c r="M41" s="158">
+        <v>3.7166528583264293</v>
+      </c>
+      <c r="N41" s="159">
+        <v>-0.35000000000000009</v>
+      </c>
+      <c r="O41" s="160">
+        <v>70.339685169842582</v>
+      </c>
+      <c r="P41" s="153">
+        <v>2.3999999999999915</v>
+      </c>
+      <c r="Q41" s="161">
+        <v>71.576227390180875</v>
+      </c>
+      <c r="R41" s="162">
+        <v>68.129330254041577</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A42" s="150" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" s="151" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="152">
+        <v>5520</v>
+      </c>
+      <c r="D42" s="153">
+        <v>-9</v>
+      </c>
+      <c r="E42" s="152">
+        <v>1792</v>
+      </c>
+      <c r="F42" s="154">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="G42" s="155">
+        <v>1151</v>
+      </c>
+      <c r="H42" s="156">
+        <v>641</v>
+      </c>
+      <c r="I42" s="152">
+        <v>1164</v>
+      </c>
+      <c r="J42" s="154">
+        <v>4.5</v>
+      </c>
+      <c r="K42" s="155">
+        <v>771</v>
+      </c>
+      <c r="L42" s="157">
+        <v>393</v>
+      </c>
+      <c r="M42" s="158">
+        <v>3.0803571428571428</v>
+      </c>
+      <c r="N42" s="159">
+        <v>-0.43999999999999995</v>
+      </c>
+      <c r="O42" s="160">
+        <v>64.955357142857139</v>
+      </c>
+      <c r="P42" s="153">
+        <v>0.29999999999999716</v>
+      </c>
+      <c r="Q42" s="161">
+        <v>66.985230234578637</v>
+      </c>
+      <c r="R42" s="162">
+        <v>61.31045241809673</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A43" s="163" t="s">
+        <v>100</v>
+      </c>
+      <c r="B43" s="212" t="s">
+        <v>97</v>
+      </c>
+      <c r="C43" s="165">
+        <v>1798</v>
+      </c>
+      <c r="D43" s="166">
+        <v>-3.8</v>
+      </c>
+      <c r="E43" s="165">
+        <v>765</v>
+      </c>
+      <c r="F43" s="167">
+        <v>-2.7</v>
+      </c>
+      <c r="G43" s="168">
+        <v>507</v>
+      </c>
+      <c r="H43" s="169">
+        <v>258</v>
+      </c>
+      <c r="I43" s="165">
+        <v>427</v>
+      </c>
+      <c r="J43" s="167">
+        <v>5.7</v>
+      </c>
+      <c r="K43" s="168">
+        <v>303</v>
+      </c>
+      <c r="L43" s="170">
+        <v>124</v>
+      </c>
+      <c r="M43" s="171">
+        <v>2.350326797385621</v>
+      </c>
+      <c r="N43" s="172">
+        <v>-2.9999999999999805E-2</v>
+      </c>
+      <c r="O43" s="173">
+        <v>55.816993464052288</v>
+      </c>
+      <c r="P43" s="166">
+        <v>4.3999999999999986</v>
+      </c>
+      <c r="Q43" s="174">
+        <v>59.76331360946746</v>
+      </c>
+      <c r="R43" s="175">
+        <v>48.062015503875969</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A44" s="176" t="s">
+        <v>101</v>
+      </c>
+      <c r="B44" s="211" t="s">
+        <v>29</v>
+      </c>
+      <c r="C44" s="178">
+        <v>19144</v>
+      </c>
+      <c r="D44" s="179">
+        <v>-7.4</v>
+      </c>
+      <c r="E44" s="178">
+        <v>5615</v>
+      </c>
+      <c r="F44" s="180">
+        <v>3.8</v>
+      </c>
+      <c r="G44" s="181">
+        <v>3466</v>
+      </c>
+      <c r="H44" s="182">
+        <v>2149</v>
+      </c>
+      <c r="I44" s="178">
+        <v>3194</v>
+      </c>
+      <c r="J44" s="180">
+        <v>4.2</v>
+      </c>
+      <c r="K44" s="181">
+        <v>2064</v>
+      </c>
+      <c r="L44" s="183">
+        <v>1130</v>
+      </c>
+      <c r="M44" s="184">
+        <v>3.4094390026714159</v>
+      </c>
+      <c r="N44" s="185">
+        <v>-0.4099999999999997</v>
+      </c>
+      <c r="O44" s="147">
+        <v>56.8833481745325</v>
+      </c>
+      <c r="P44" s="140">
+        <v>0.19999999999999574</v>
+      </c>
+      <c r="Q44" s="148">
+        <v>59.549913444893242</v>
+      </c>
+      <c r="R44" s="149">
+        <v>52.582596556537922</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A45" s="150" t="s">
+        <v>102</v>
+      </c>
+      <c r="B45" s="151" t="s">
+        <v>29</v>
+      </c>
+      <c r="C45" s="152">
+        <v>4392</v>
+      </c>
+      <c r="D45" s="153">
+        <v>-1.5</v>
+      </c>
+      <c r="E45" s="152">
+        <v>1896</v>
+      </c>
+      <c r="F45" s="154">
+        <v>1.6</v>
+      </c>
+      <c r="G45" s="155">
+        <v>1159</v>
+      </c>
+      <c r="H45" s="156">
+        <v>737</v>
+      </c>
+      <c r="I45" s="152">
+        <v>1332</v>
+      </c>
+      <c r="J45" s="154">
+        <v>3.9</v>
+      </c>
+      <c r="K45" s="155">
+        <v>820</v>
+      </c>
+      <c r="L45" s="157">
+        <v>512</v>
+      </c>
+      <c r="M45" s="158">
+        <v>2.3164556962025316</v>
+      </c>
+      <c r="N45" s="159">
+        <v>-7.0000000000000284E-2</v>
+      </c>
+      <c r="O45" s="160">
+        <v>70.25316455696202</v>
+      </c>
+      <c r="P45" s="153">
+        <v>1.5999999999999943</v>
+      </c>
+      <c r="Q45" s="161">
+        <v>70.75064710957723</v>
+      </c>
+      <c r="R45" s="162">
+        <v>69.4708276797829</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A46" s="163" t="s">
+        <v>103</v>
+      </c>
+      <c r="B46" s="212" t="s">
+        <v>29</v>
+      </c>
+      <c r="C46" s="165">
+        <v>5130</v>
+      </c>
+      <c r="D46" s="166">
+        <v>-3.6</v>
+      </c>
+      <c r="E46" s="165">
+        <v>2538</v>
+      </c>
+      <c r="F46" s="167">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="G46" s="168">
+        <v>1521</v>
+      </c>
+      <c r="H46" s="169">
+        <v>1017</v>
+      </c>
+      <c r="I46" s="165">
+        <v>1316</v>
+      </c>
+      <c r="J46" s="167">
+        <v>-6.5</v>
+      </c>
+      <c r="K46" s="168">
+        <v>847</v>
+      </c>
+      <c r="L46" s="170">
+        <v>469</v>
+      </c>
+      <c r="M46" s="171">
+        <v>2.021276595744681</v>
+      </c>
+      <c r="N46" s="172">
+        <v>-0.18000000000000016</v>
+      </c>
+      <c r="O46" s="173">
+        <v>51.851851851851848</v>
+      </c>
+      <c r="P46" s="166">
+        <v>-6.3999999999999986</v>
+      </c>
+      <c r="Q46" s="174">
+        <v>55.687047994740304</v>
+      </c>
+      <c r="R46" s="175">
+        <v>46.116027531956739</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A47" s="176" t="s">
+        <v>104</v>
+      </c>
+      <c r="B47" s="186" t="s">
+        <v>30</v>
+      </c>
+      <c r="C47" s="178">
+        <v>7073</v>
+      </c>
+      <c r="D47" s="179">
+        <v>-3.4</v>
+      </c>
+      <c r="E47" s="178">
+        <v>3027</v>
+      </c>
+      <c r="F47" s="180">
+        <v>-1.8</v>
+      </c>
+      <c r="G47" s="181">
+        <v>1871</v>
+      </c>
+      <c r="H47" s="182">
+        <v>1156</v>
+      </c>
+      <c r="I47" s="178">
+        <v>1588</v>
+      </c>
+      <c r="J47" s="180">
+        <v>6.9</v>
+      </c>
+      <c r="K47" s="181">
+        <v>1018</v>
+      </c>
+      <c r="L47" s="183">
+        <v>570</v>
+      </c>
+      <c r="M47" s="184">
+        <v>2.3366369342583417</v>
+      </c>
+      <c r="N47" s="185">
+        <v>-4.0000000000000036E-2</v>
+      </c>
+      <c r="O47" s="147">
+        <v>52.461182689131157</v>
+      </c>
+      <c r="P47" s="140">
+        <v>4.2999999999999972</v>
+      </c>
+      <c r="Q47" s="148">
+        <v>54.409406734366648</v>
+      </c>
+      <c r="R47" s="149">
+        <v>49.307958477508649</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A48" s="150" t="s">
+        <v>105</v>
+      </c>
+      <c r="B48" s="151" t="s">
+        <v>30</v>
+      </c>
+      <c r="C48" s="152">
+        <v>5105</v>
+      </c>
+      <c r="D48" s="153">
+        <v>-0.3</v>
+      </c>
+      <c r="E48" s="152">
+        <v>2058</v>
+      </c>
+      <c r="F48" s="154">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="G48" s="155">
+        <v>1231</v>
+      </c>
+      <c r="H48" s="156">
+        <v>827</v>
+      </c>
+      <c r="I48" s="152">
+        <v>1133</v>
+      </c>
+      <c r="J48" s="154">
+        <v>-9.4</v>
+      </c>
+      <c r="K48" s="155">
+        <v>702</v>
+      </c>
+      <c r="L48" s="157">
+        <v>431</v>
+      </c>
+      <c r="M48" s="158">
+        <v>2.4805636540330416</v>
+      </c>
+      <c r="N48" s="159">
+        <v>-0.12000000000000011</v>
+      </c>
+      <c r="O48" s="160">
+        <v>55.053449951409142</v>
+      </c>
+      <c r="P48" s="153">
+        <v>-8.3999999999999986</v>
+      </c>
+      <c r="Q48" s="161">
+        <v>57.026807473598694</v>
+      </c>
+      <c r="R48" s="162">
+        <v>52.116082224909313</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A49" s="150" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" s="151" t="s">
+        <v>30</v>
+      </c>
+      <c r="C49" s="152">
+        <v>4178</v>
+      </c>
+      <c r="D49" s="153">
+        <v>-2.4</v>
+      </c>
+      <c r="E49" s="152">
+        <v>2104</v>
+      </c>
+      <c r="F49" s="154">
+        <v>6.6</v>
+      </c>
+      <c r="G49" s="155">
+        <v>1311</v>
+      </c>
+      <c r="H49" s="156">
+        <v>793</v>
+      </c>
+      <c r="I49" s="152">
         <v>1234</v>
       </c>
-      <c r="H7" s="170">
-[...61 lines deleted...]
-      <c r="J8" s="168">
+      <c r="J49" s="154">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="K49" s="155">
+        <v>803</v>
+      </c>
+      <c r="L49" s="157">
+        <v>431</v>
+      </c>
+      <c r="M49" s="158">
+        <v>1.9857414448669202</v>
+      </c>
+      <c r="N49" s="159">
+        <v>-0.17999999999999994</v>
+      </c>
+      <c r="O49" s="160">
+        <v>58.650190114068444</v>
+      </c>
+      <c r="P49" s="153">
+        <v>-1.1999999999999957</v>
+      </c>
+      <c r="Q49" s="161">
+        <v>61.250953470633107</v>
+      </c>
+      <c r="R49" s="162">
+        <v>54.350567465321561</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1">
+      <c r="A50" s="150" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" s="151" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" s="152">
+        <v>6206</v>
+      </c>
+      <c r="D50" s="153">
         <v>-3.2</v>
       </c>
-      <c r="K8" s="169">
-[...64 lines deleted...]
-      <c r="N9" s="173">
+      <c r="E50" s="152">
+        <v>3468</v>
+      </c>
+      <c r="F50" s="154">
+        <v>1</v>
+      </c>
+      <c r="G50" s="155">
+        <v>1947</v>
+      </c>
+      <c r="H50" s="156">
+        <v>1521</v>
+      </c>
+      <c r="I50" s="152">
+        <v>1912</v>
+      </c>
+      <c r="J50" s="154">
+        <v>6.6</v>
+      </c>
+      <c r="K50" s="155">
+        <v>1271</v>
+      </c>
+      <c r="L50" s="157">
+        <v>641</v>
+      </c>
+      <c r="M50" s="158">
+        <v>1.7895040369088813</v>
+      </c>
+      <c r="N50" s="159">
+        <v>-8.0000000000000071E-2</v>
+      </c>
+      <c r="O50" s="160">
+        <v>55.132641291810849</v>
+      </c>
+      <c r="P50" s="153">
+        <v>2.8999999999999986</v>
+      </c>
+      <c r="Q50" s="161">
+        <v>65.279917822290699</v>
+      </c>
+      <c r="R50" s="162">
+        <v>42.143326758711375</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1" thickBot="1">
+      <c r="A51" s="137" t="s">
+        <v>108</v>
+      </c>
+      <c r="B51" s="213" t="s">
+        <v>30</v>
+      </c>
+      <c r="C51" s="214">
+        <v>3330</v>
+      </c>
+      <c r="D51" s="215">
+        <v>-5.6</v>
+      </c>
+      <c r="E51" s="214">
+        <v>2055</v>
+      </c>
+      <c r="F51" s="216">
+        <v>6.4</v>
+      </c>
+      <c r="G51" s="217">
+        <v>1336</v>
+      </c>
+      <c r="H51" s="218">
+        <v>719</v>
+      </c>
+      <c r="I51" s="214">
+        <v>631</v>
+      </c>
+      <c r="J51" s="216">
+        <v>16.399999999999999</v>
+      </c>
+      <c r="K51" s="217">
+        <v>436</v>
+      </c>
+      <c r="L51" s="219">
+        <v>195</v>
+      </c>
+      <c r="M51" s="220">
+        <v>1.6204379562043796</v>
+      </c>
+      <c r="N51" s="221">
+        <v>-0.20999999999999996</v>
+      </c>
+      <c r="O51" s="222">
+        <v>30.70559610705596</v>
+      </c>
+      <c r="P51" s="215">
+        <v>2.5999999999999979</v>
+      </c>
+      <c r="Q51" s="223">
+        <v>32.634730538922156</v>
+      </c>
+      <c r="R51" s="224">
+        <v>27.121001390820581</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" s="136" customFormat="1" ht="21" customHeight="1" thickBot="1">
+      <c r="A52" s="225" t="s">
+        <v>109</v>
+      </c>
+      <c r="B52" s="226"/>
+      <c r="C52" s="214">
+        <v>483080</v>
+      </c>
+      <c r="D52" s="227">
+        <v>0.2</v>
+      </c>
+      <c r="E52" s="228">
+        <v>122673</v>
+      </c>
+      <c r="F52" s="229">
+        <v>-0.6</v>
+      </c>
+      <c r="G52" s="230">
+        <v>76277</v>
+      </c>
+      <c r="H52" s="231">
+        <v>46396</v>
+      </c>
+      <c r="I52" s="228">
+        <v>77725</v>
+      </c>
+      <c r="J52" s="229">
+        <v>-0.3</v>
+      </c>
+      <c r="K52" s="230">
+        <v>49773</v>
+      </c>
+      <c r="L52" s="232">
+        <v>27952</v>
+      </c>
+      <c r="M52" s="233">
+        <v>3.94</v>
+      </c>
+      <c r="N52" s="234">
         <v>2.9999999999999805E-2</v>
       </c>
-      <c r="O9" s="174">
-[...1962 lines deleted...]
-      <c r="P44" s="154">
+      <c r="O52" s="235">
+        <v>63.4</v>
+      </c>
+      <c r="P52" s="227">
         <v>0.19999999999999574</v>
       </c>
-      <c r="Q44" s="162">
-[...448 lines deleted...]
-      <c r="R52" s="251">
+      <c r="Q52" s="236">
+        <v>65.3</v>
+      </c>
+      <c r="R52" s="237">
         <v>60.2</v>
       </c>
     </row>
-    <row r="53" spans="1:18" s="150" customFormat="1" ht="6" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="A54" s="252" t="s">
+    <row r="53" spans="1:18" s="136" customFormat="1" ht="6" customHeight="1"/>
+    <row r="54" spans="1:18" s="136" customFormat="1" ht="11.25">
+      <c r="A54" s="238" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="55" spans="1:18" s="150" customFormat="1" ht="11.25">
-      <c r="A55" s="252" t="s">
+    <row r="55" spans="1:18" s="136" customFormat="1" ht="11.25">
+      <c r="A55" s="238" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="56" spans="1:18" s="150" customFormat="1" ht="11.25"/>
-[...5 lines deleted...]
-    <row r="62" spans="1:18" s="150" customFormat="1" ht="11.25"/>
+    <row r="56" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="57" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="58" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="59" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="60" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="61" spans="1:18" s="136" customFormat="1" ht="11.25"/>
+    <row r="62" spans="1:18" s="136" customFormat="1" ht="11.25"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="O3:R3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="E3:H3"/>
     <mergeCell ref="I3:L3"/>
     <mergeCell ref="M3:M4"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.51181102362204722" bottom="0.51181102362204722" header="0.51181102362204722" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" firstPageNumber="4" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CEAD1800-DFAF-445A-93A7-77A406EC4436}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{251439EC-68AE-4F7C-8CE6-AD941C06AD82}">
   <sheetPr codeName="Sheet7">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K63"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.125" defaultRowHeight="14.25"/>
   <cols>
-    <col min="1" max="1" width="2.25" style="258" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="16384" width="8.125" style="258"/>
+    <col min="1" max="1" width="2.25" style="244" customWidth="1"/>
+    <col min="2" max="2" width="4.25" style="244" customWidth="1"/>
+    <col min="3" max="3" width="37.75" style="244" customWidth="1"/>
+    <col min="4" max="5" width="14.125" style="244" customWidth="1"/>
+    <col min="6" max="6" width="11.375" style="264" customWidth="1"/>
+    <col min="7" max="7" width="11.375" style="265" customWidth="1"/>
+    <col min="8" max="8" width="8.125" style="244"/>
+    <col min="9" max="9" width="9" style="244" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="11.625" style="244" bestFit="1" customWidth="1"/>
+    <col min="11" max="16384" width="8.125" style="244"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="30" customHeight="1">
-      <c r="B1" s="253" t="s">
+      <c r="B1" s="239" t="s">
         <v>112</v>
       </c>
-      <c r="C1" s="254"/>
-[...3 lines deleted...]
-      <c r="G1" s="257"/>
+      <c r="C1" s="240"/>
+      <c r="D1" s="241"/>
+      <c r="E1" s="241"/>
+      <c r="F1" s="242"/>
+      <c r="G1" s="243"/>
     </row>
     <row r="2" spans="2:11" ht="21" customHeight="1">
-      <c r="B2" s="259" t="s">
+      <c r="B2" s="403" t="s">
         <v>113</v>
       </c>
-      <c r="C2" s="260"/>
-      <c r="D2" s="261" t="s">
+      <c r="C2" s="404"/>
+      <c r="D2" s="408" t="s">
         <v>114</v>
       </c>
-      <c r="E2" s="262" t="s">
+      <c r="E2" s="410" t="s">
         <v>115</v>
       </c>
-      <c r="F2" s="263"/>
-[...1 lines deleted...]
-      <c r="K2" s="265"/>
+      <c r="F2" s="245"/>
+      <c r="G2" s="246"/>
+      <c r="K2" s="247"/>
     </row>
     <row r="3" spans="2:11" ht="21" customHeight="1">
-      <c r="B3" s="266"/>
-[...3 lines deleted...]
-      <c r="F3" s="270" t="s">
+      <c r="B3" s="406"/>
+      <c r="C3" s="407"/>
+      <c r="D3" s="409"/>
+      <c r="E3" s="411"/>
+      <c r="F3" s="248" t="s">
         <v>116</v>
       </c>
-      <c r="G3" s="271" t="s">
+      <c r="G3" s="249" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="4" spans="2:11" ht="21" customHeight="1">
-      <c r="B4" s="272" t="s">
+      <c r="B4" s="250" t="s">
         <v>118</v>
       </c>
-      <c r="C4" s="272"/>
-      <c r="D4" s="273">
+      <c r="C4" s="250"/>
+      <c r="D4" s="251">
         <v>3076</v>
       </c>
-      <c r="E4" s="273">
+      <c r="E4" s="251">
         <v>2968</v>
       </c>
-      <c r="F4" s="274">
+      <c r="F4" s="252">
         <f>E4-D4</f>
         <v>-108</v>
       </c>
-      <c r="G4" s="275">
+      <c r="G4" s="253">
         <f>ROUND(F4/D4*100,1)</f>
         <v>-3.5</v>
       </c>
     </row>
     <row r="5" spans="2:11" ht="21" customHeight="1">
-      <c r="B5" s="272" t="s">
+      <c r="B5" s="250" t="s">
         <v>119</v>
       </c>
-      <c r="C5" s="272"/>
-      <c r="D5" s="273">
+      <c r="C5" s="250"/>
+      <c r="D5" s="251">
         <v>487</v>
       </c>
-      <c r="E5" s="273">
+      <c r="E5" s="251">
         <v>485</v>
       </c>
-      <c r="F5" s="274">
+      <c r="F5" s="252">
         <f t="shared" ref="F5:F45" si="0">E5-D5</f>
         <v>-2</v>
       </c>
-      <c r="G5" s="275">
+      <c r="G5" s="253">
         <f t="shared" ref="G5:G45" si="1">ROUND(F5/D5*100,1)</f>
         <v>-0.4</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="21" customHeight="1">
-      <c r="B6" s="272" t="s">
+      <c r="B6" s="250" t="s">
         <v>120</v>
       </c>
-      <c r="C6" s="272"/>
-      <c r="D6" s="273">
+      <c r="C6" s="250"/>
+      <c r="D6" s="251">
         <v>87434</v>
       </c>
-      <c r="E6" s="273">
+      <c r="E6" s="251">
         <v>90368</v>
       </c>
-      <c r="F6" s="274">
+      <c r="F6" s="252">
         <f t="shared" si="0"/>
         <v>2934</v>
       </c>
-      <c r="G6" s="275">
+      <c r="G6" s="253">
         <f t="shared" si="1"/>
         <v>3.4</v>
       </c>
-      <c r="K6" s="276"/>
+      <c r="K6" s="254"/>
     </row>
     <row r="7" spans="2:11" ht="21" customHeight="1">
-      <c r="B7" s="277" t="s">
+      <c r="B7" s="255" t="s">
         <v>121</v>
       </c>
-      <c r="C7" s="272"/>
-      <c r="D7" s="273">
+      <c r="C7" s="250"/>
+      <c r="D7" s="251">
         <v>151105</v>
       </c>
-      <c r="E7" s="273">
+      <c r="E7" s="251">
         <v>149657</v>
       </c>
-      <c r="F7" s="274">
+      <c r="F7" s="252">
         <f t="shared" si="0"/>
         <v>-1448</v>
       </c>
-      <c r="G7" s="275">
+      <c r="G7" s="253">
         <f t="shared" si="1"/>
         <v>-1</v>
       </c>
     </row>
-    <row r="8" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C8" s="279" t="s">
+    <row r="8" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B8" s="256"/>
+      <c r="C8" s="257" t="s">
         <v>122</v>
       </c>
-      <c r="D8" s="273">
+      <c r="D8" s="251">
         <v>20052</v>
       </c>
-      <c r="E8" s="273">
+      <c r="E8" s="251">
         <v>19598</v>
       </c>
-      <c r="F8" s="274">
+      <c r="F8" s="252">
         <f t="shared" si="0"/>
         <v>-454</v>
       </c>
-      <c r="G8" s="275">
+      <c r="G8" s="253">
         <f t="shared" si="1"/>
         <v>-2.2999999999999998</v>
       </c>
     </row>
-    <row r="9" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C9" s="279" t="s">
+    <row r="9" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B9" s="256"/>
+      <c r="C9" s="257" t="s">
         <v>123</v>
       </c>
-      <c r="D9" s="273">
+      <c r="D9" s="251">
         <v>1445</v>
       </c>
-      <c r="E9" s="273">
+      <c r="E9" s="251">
         <v>1560</v>
       </c>
-      <c r="F9" s="274">
+      <c r="F9" s="252">
         <f t="shared" si="0"/>
         <v>115</v>
       </c>
-      <c r="G9" s="275">
+      <c r="G9" s="253">
         <f t="shared" si="1"/>
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C10" s="279" t="s">
+    <row r="10" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B10" s="256"/>
+      <c r="C10" s="257" t="s">
         <v>124</v>
       </c>
-      <c r="D10" s="273">
+      <c r="D10" s="251">
         <v>3666</v>
       </c>
-      <c r="E10" s="273">
+      <c r="E10" s="251">
         <v>3283</v>
       </c>
-      <c r="F10" s="274">
+      <c r="F10" s="252">
         <f t="shared" si="0"/>
         <v>-383</v>
       </c>
-      <c r="G10" s="275">
+      <c r="G10" s="253">
         <f t="shared" si="1"/>
         <v>-10.4</v>
       </c>
     </row>
-    <row r="11" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C11" s="279" t="s">
+    <row r="11" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B11" s="256"/>
+      <c r="C11" s="257" t="s">
         <v>125</v>
       </c>
-      <c r="D11" s="273">
+      <c r="D11" s="251">
         <v>1959</v>
       </c>
-      <c r="E11" s="273">
+      <c r="E11" s="251">
         <v>1847</v>
       </c>
-      <c r="F11" s="274">
+      <c r="F11" s="252">
         <f t="shared" si="0"/>
         <v>-112</v>
       </c>
-      <c r="G11" s="275">
+      <c r="G11" s="253">
         <f t="shared" si="1"/>
         <v>-5.7</v>
       </c>
     </row>
-    <row r="12" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C12" s="279" t="s">
+    <row r="12" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B12" s="256"/>
+      <c r="C12" s="257" t="s">
         <v>126</v>
       </c>
-      <c r="D12" s="273">
+      <c r="D12" s="251">
         <v>1364</v>
       </c>
-      <c r="E12" s="273">
+      <c r="E12" s="251">
         <v>1338</v>
       </c>
-      <c r="F12" s="274">
+      <c r="F12" s="252">
         <f t="shared" si="0"/>
         <v>-26</v>
       </c>
-      <c r="G12" s="275">
+      <c r="G12" s="253">
         <f t="shared" si="1"/>
         <v>-1.9</v>
       </c>
     </row>
-    <row r="13" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C13" s="279" t="s">
+    <row r="13" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B13" s="256"/>
+      <c r="C13" s="257" t="s">
         <v>127</v>
       </c>
-      <c r="D13" s="273">
+      <c r="D13" s="251">
         <v>4247</v>
       </c>
-      <c r="E13" s="273">
+      <c r="E13" s="251">
         <v>4186</v>
       </c>
-      <c r="F13" s="274">
+      <c r="F13" s="252">
         <f t="shared" si="0"/>
         <v>-61</v>
       </c>
-      <c r="G13" s="275">
+      <c r="G13" s="253">
         <f t="shared" si="1"/>
         <v>-1.4</v>
       </c>
     </row>
-    <row r="14" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C14" s="279" t="s">
+    <row r="14" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B14" s="256"/>
+      <c r="C14" s="257" t="s">
         <v>128</v>
       </c>
-      <c r="D14" s="273">
+      <c r="D14" s="251">
         <v>2819</v>
       </c>
-      <c r="E14" s="273">
+      <c r="E14" s="251">
         <v>2718</v>
       </c>
-      <c r="F14" s="274">
+      <c r="F14" s="252">
         <f t="shared" si="0"/>
         <v>-101</v>
       </c>
-      <c r="G14" s="275">
+      <c r="G14" s="253">
         <f t="shared" si="1"/>
         <v>-3.6</v>
       </c>
     </row>
-    <row r="15" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C15" s="279" t="s">
+    <row r="15" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B15" s="256"/>
+      <c r="C15" s="257" t="s">
         <v>129</v>
       </c>
-      <c r="D15" s="273">
+      <c r="D15" s="251">
         <v>7787</v>
       </c>
-      <c r="E15" s="273">
+      <c r="E15" s="251">
         <v>7979</v>
       </c>
-      <c r="F15" s="274">
+      <c r="F15" s="252">
         <f t="shared" si="0"/>
         <v>192</v>
       </c>
-      <c r="G15" s="275">
+      <c r="G15" s="253">
         <f t="shared" si="1"/>
         <v>2.5</v>
       </c>
     </row>
-    <row r="16" spans="2:11" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C16" s="279" t="s">
+    <row r="16" spans="2:11" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B16" s="256"/>
+      <c r="C16" s="257" t="s">
         <v>130</v>
       </c>
-      <c r="D16" s="273">
+      <c r="D16" s="251">
         <v>623</v>
       </c>
-      <c r="E16" s="273">
+      <c r="E16" s="251">
         <v>621</v>
       </c>
-      <c r="F16" s="274">
+      <c r="F16" s="252">
         <f t="shared" si="0"/>
         <v>-2</v>
       </c>
-      <c r="G16" s="275">
+      <c r="G16" s="253">
         <f t="shared" si="1"/>
         <v>-0.3</v>
       </c>
     </row>
-    <row r="17" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C17" s="279" t="s">
+    <row r="17" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B17" s="256"/>
+      <c r="C17" s="257" t="s">
         <v>131</v>
       </c>
-      <c r="D17" s="273">
+      <c r="D17" s="251">
         <v>8384</v>
       </c>
-      <c r="E17" s="273">
+      <c r="E17" s="251">
         <v>8369</v>
       </c>
-      <c r="F17" s="274">
+      <c r="F17" s="252">
         <f t="shared" si="0"/>
         <v>-15</v>
       </c>
-      <c r="G17" s="275">
+      <c r="G17" s="253">
         <f t="shared" si="1"/>
         <v>-0.2</v>
       </c>
     </row>
-    <row r="18" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C18" s="279" t="s">
+    <row r="18" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B18" s="256"/>
+      <c r="C18" s="257" t="s">
         <v>132</v>
       </c>
-      <c r="D18" s="273">
+      <c r="D18" s="251">
         <v>2136</v>
       </c>
-      <c r="E18" s="273">
+      <c r="E18" s="251">
         <v>2041</v>
       </c>
-      <c r="F18" s="274">
+      <c r="F18" s="252">
         <f t="shared" si="0"/>
         <v>-95</v>
       </c>
-      <c r="G18" s="275">
+      <c r="G18" s="253">
         <f t="shared" si="1"/>
         <v>-4.4000000000000004</v>
       </c>
     </row>
-    <row r="19" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C19" s="279" t="s">
+    <row r="19" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B19" s="256"/>
+      <c r="C19" s="257" t="s">
         <v>133</v>
       </c>
-      <c r="D19" s="273">
+      <c r="D19" s="251">
         <v>4681</v>
       </c>
-      <c r="E19" s="273">
+      <c r="E19" s="251">
         <v>4517</v>
       </c>
-      <c r="F19" s="274">
+      <c r="F19" s="252">
         <f t="shared" si="0"/>
         <v>-164</v>
       </c>
-      <c r="G19" s="275">
+      <c r="G19" s="253">
         <f t="shared" si="1"/>
         <v>-3.5</v>
       </c>
     </row>
-    <row r="20" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C20" s="279" t="s">
+    <row r="20" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B20" s="256"/>
+      <c r="C20" s="257" t="s">
         <v>134</v>
       </c>
-      <c r="D20" s="273">
+      <c r="D20" s="251">
         <v>5972</v>
       </c>
-      <c r="E20" s="273">
+      <c r="E20" s="251">
         <v>5357</v>
       </c>
-      <c r="F20" s="274">
+      <c r="F20" s="252">
         <f t="shared" si="0"/>
         <v>-615</v>
       </c>
-      <c r="G20" s="275">
+      <c r="G20" s="253">
         <f t="shared" si="1"/>
         <v>-10.3</v>
       </c>
     </row>
-    <row r="21" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C21" s="279" t="s">
+    <row r="21" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B21" s="256"/>
+      <c r="C21" s="257" t="s">
         <v>135</v>
       </c>
-      <c r="D21" s="273">
+      <c r="D21" s="251">
         <v>2979</v>
       </c>
-      <c r="E21" s="273">
+      <c r="E21" s="251">
         <v>3028</v>
       </c>
-      <c r="F21" s="274">
+      <c r="F21" s="252">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
-      <c r="G21" s="275">
+      <c r="G21" s="253">
         <f t="shared" si="1"/>
         <v>1.6</v>
       </c>
     </row>
-    <row r="22" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C22" s="279" t="s">
+    <row r="22" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B22" s="256"/>
+      <c r="C22" s="257" t="s">
         <v>136</v>
       </c>
-      <c r="D22" s="273">
+      <c r="D22" s="251">
         <v>13720</v>
       </c>
-      <c r="E22" s="273">
+      <c r="E22" s="251">
         <v>13686</v>
       </c>
-      <c r="F22" s="274">
+      <c r="F22" s="252">
         <f t="shared" si="0"/>
         <v>-34</v>
       </c>
-      <c r="G22" s="275">
+      <c r="G22" s="253">
         <f t="shared" si="1"/>
         <v>-0.2</v>
       </c>
     </row>
-    <row r="23" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C23" s="279" t="s">
+    <row r="23" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B23" s="256"/>
+      <c r="C23" s="257" t="s">
         <v>137</v>
       </c>
-      <c r="D23" s="273">
+      <c r="D23" s="251">
         <v>10335</v>
       </c>
-      <c r="E23" s="273">
+      <c r="E23" s="251">
         <v>10280</v>
       </c>
-      <c r="F23" s="274">
+      <c r="F23" s="252">
         <f t="shared" si="0"/>
         <v>-55</v>
       </c>
-      <c r="G23" s="275">
+      <c r="G23" s="253">
         <f t="shared" si="1"/>
         <v>-0.5</v>
       </c>
     </row>
-    <row r="24" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C24" s="279" t="s">
+    <row r="24" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B24" s="256"/>
+      <c r="C24" s="257" t="s">
         <v>138</v>
       </c>
-      <c r="D24" s="273">
+      <c r="D24" s="251">
         <v>7832</v>
       </c>
-      <c r="E24" s="273">
+      <c r="E24" s="251">
         <v>8018</v>
       </c>
-      <c r="F24" s="274">
+      <c r="F24" s="252">
         <f t="shared" si="0"/>
         <v>186</v>
       </c>
-      <c r="G24" s="275">
+      <c r="G24" s="253">
         <f t="shared" si="1"/>
         <v>2.4</v>
       </c>
     </row>
-    <row r="25" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C25" s="279" t="s">
+    <row r="25" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B25" s="256"/>
+      <c r="C25" s="257" t="s">
         <v>139</v>
       </c>
-      <c r="D25" s="273">
+      <c r="D25" s="251">
         <v>3578</v>
       </c>
-      <c r="E25" s="273">
+      <c r="E25" s="251">
         <v>3636</v>
       </c>
-      <c r="F25" s="274">
+      <c r="F25" s="252">
         <f t="shared" si="0"/>
         <v>58</v>
       </c>
-      <c r="G25" s="275">
+      <c r="G25" s="253">
         <f t="shared" si="1"/>
         <v>1.6</v>
       </c>
     </row>
-    <row r="26" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C26" s="279" t="s">
+    <row r="26" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B26" s="256"/>
+      <c r="C26" s="257" t="s">
         <v>140</v>
       </c>
-      <c r="D26" s="273">
+      <c r="D26" s="251">
         <v>6522</v>
       </c>
-      <c r="E26" s="273">
+      <c r="E26" s="251">
         <v>6098</v>
       </c>
-      <c r="F26" s="274">
+      <c r="F26" s="252">
         <f t="shared" si="0"/>
         <v>-424</v>
       </c>
-      <c r="G26" s="275">
+      <c r="G26" s="253">
         <f t="shared" si="1"/>
         <v>-6.5</v>
       </c>
     </row>
-    <row r="27" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C27" s="279" t="s">
+    <row r="27" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B27" s="256"/>
+      <c r="C27" s="257" t="s">
         <v>141</v>
       </c>
-      <c r="D27" s="273">
+      <c r="D27" s="251">
         <v>10879</v>
       </c>
-      <c r="E27" s="273">
+      <c r="E27" s="251">
         <v>10985</v>
       </c>
-      <c r="F27" s="274">
+      <c r="F27" s="252">
         <f t="shared" si="0"/>
         <v>106</v>
       </c>
-      <c r="G27" s="275">
+      <c r="G27" s="253">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
     </row>
-    <row r="28" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C28" s="279" t="s">
+    <row r="28" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B28" s="256"/>
+      <c r="C28" s="257" t="s">
         <v>142</v>
       </c>
-      <c r="D28" s="273">
+      <c r="D28" s="251">
         <v>1792</v>
       </c>
-      <c r="E28" s="273">
+      <c r="E28" s="251">
         <v>1828</v>
       </c>
-      <c r="F28" s="274">
+      <c r="F28" s="252">
         <f t="shared" si="0"/>
         <v>36</v>
       </c>
-      <c r="G28" s="275">
+      <c r="G28" s="253">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
     </row>
-    <row r="29" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C29" s="279" t="s">
+    <row r="29" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B29" s="256"/>
+      <c r="C29" s="257" t="s">
         <v>143</v>
       </c>
-      <c r="D29" s="273">
+      <c r="D29" s="251">
         <v>25367</v>
       </c>
-      <c r="E29" s="273">
+      <c r="E29" s="251">
         <v>25637</v>
       </c>
-      <c r="F29" s="274">
+      <c r="F29" s="252">
         <f t="shared" si="0"/>
         <v>270</v>
       </c>
-      <c r="G29" s="275">
+      <c r="G29" s="253">
         <f t="shared" si="1"/>
         <v>1.1000000000000001</v>
       </c>
     </row>
-    <row r="30" spans="2:7" s="280" customFormat="1" ht="21" customHeight="1">
-[...1 lines deleted...]
-      <c r="C30" s="279" t="s">
+    <row r="30" spans="2:7" s="258" customFormat="1" ht="21" customHeight="1">
+      <c r="B30" s="259"/>
+      <c r="C30" s="257" t="s">
         <v>144</v>
       </c>
-      <c r="D30" s="273">
+      <c r="D30" s="251">
         <v>2966</v>
       </c>
-      <c r="E30" s="273">
+      <c r="E30" s="251">
         <v>3047</v>
       </c>
-      <c r="F30" s="274">
+      <c r="F30" s="252">
         <f t="shared" si="0"/>
         <v>81</v>
       </c>
-      <c r="G30" s="275">
+      <c r="G30" s="253">
         <f t="shared" si="1"/>
         <v>2.7</v>
       </c>
     </row>
     <row r="31" spans="2:7" ht="21" customHeight="1">
-      <c r="B31" s="272" t="s">
+      <c r="B31" s="250" t="s">
         <v>145</v>
       </c>
-      <c r="C31" s="272"/>
-      <c r="D31" s="273">
+      <c r="C31" s="250"/>
+      <c r="D31" s="251">
         <v>2582</v>
       </c>
-      <c r="E31" s="273">
+      <c r="E31" s="251">
         <v>2656</v>
       </c>
-      <c r="F31" s="274">
+      <c r="F31" s="252">
         <f t="shared" si="0"/>
         <v>74</v>
       </c>
-      <c r="G31" s="275">
+      <c r="G31" s="253">
         <f t="shared" si="1"/>
         <v>2.9</v>
       </c>
     </row>
     <row r="32" spans="2:7" ht="21" customHeight="1">
-      <c r="B32" s="272" t="s">
+      <c r="B32" s="250" t="s">
         <v>146</v>
       </c>
-      <c r="C32" s="272"/>
-      <c r="D32" s="273">
+      <c r="C32" s="250"/>
+      <c r="D32" s="251">
         <v>3369</v>
       </c>
-      <c r="E32" s="273">
+      <c r="E32" s="251">
         <v>3415</v>
       </c>
-      <c r="F32" s="274">
+      <c r="F32" s="252">
         <f t="shared" si="0"/>
         <v>46</v>
       </c>
-      <c r="G32" s="275">
+      <c r="G32" s="253">
         <f t="shared" si="1"/>
         <v>1.4</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="21" customHeight="1">
-      <c r="B33" s="272" t="s">
+      <c r="B33" s="250" t="s">
         <v>147</v>
       </c>
-      <c r="C33" s="272"/>
-      <c r="D33" s="273">
+      <c r="C33" s="250"/>
+      <c r="D33" s="251">
         <v>34865</v>
       </c>
-      <c r="E33" s="273">
+      <c r="E33" s="251">
         <v>36220</v>
       </c>
-      <c r="F33" s="274">
+      <c r="F33" s="252">
         <f t="shared" si="0"/>
         <v>1355</v>
       </c>
-      <c r="G33" s="275">
+      <c r="G33" s="253">
         <f t="shared" si="1"/>
         <v>3.9</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="21" customHeight="1">
-      <c r="B34" s="277" t="s">
+      <c r="B34" s="255" t="s">
         <v>148</v>
       </c>
-      <c r="C34" s="272"/>
-      <c r="D34" s="273">
+      <c r="C34" s="250"/>
+      <c r="D34" s="251">
         <v>58684</v>
       </c>
-      <c r="E34" s="273">
+      <c r="E34" s="251">
         <v>58617</v>
       </c>
-      <c r="F34" s="274">
+      <c r="F34" s="252">
         <f t="shared" si="0"/>
         <v>-67</v>
       </c>
-      <c r="G34" s="275">
+      <c r="G34" s="253">
         <f t="shared" si="1"/>
         <v>-0.1</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="21" customHeight="1">
-      <c r="B35" s="272" t="s">
+      <c r="B35" s="250" t="s">
         <v>149</v>
       </c>
-      <c r="C35" s="272"/>
-      <c r="D35" s="273">
+      <c r="C35" s="250"/>
+      <c r="D35" s="251">
         <v>3351</v>
       </c>
-      <c r="E35" s="273">
+      <c r="E35" s="251">
         <v>3469</v>
       </c>
-      <c r="F35" s="274">
+      <c r="F35" s="252">
         <f t="shared" si="0"/>
         <v>118</v>
       </c>
-      <c r="G35" s="275">
+      <c r="G35" s="253">
         <f t="shared" si="1"/>
         <v>3.5</v>
       </c>
     </row>
     <row r="36" spans="2:7" ht="21" customHeight="1">
-      <c r="B36" s="272" t="s">
+      <c r="B36" s="250" t="s">
         <v>150</v>
       </c>
-      <c r="C36" s="272"/>
-      <c r="D36" s="273">
+      <c r="C36" s="250"/>
+      <c r="D36" s="251">
         <v>6406</v>
       </c>
-      <c r="E36" s="273">
+      <c r="E36" s="251">
         <v>6291</v>
       </c>
-      <c r="F36" s="274">
+      <c r="F36" s="252">
         <f t="shared" si="0"/>
         <v>-115</v>
       </c>
-      <c r="G36" s="275">
+      <c r="G36" s="253">
         <f t="shared" si="1"/>
         <v>-1.8</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="21" customHeight="1">
-      <c r="B37" s="272" t="s">
+      <c r="B37" s="250" t="s">
         <v>151</v>
       </c>
-      <c r="C37" s="272"/>
-      <c r="D37" s="273">
+      <c r="C37" s="250"/>
+      <c r="D37" s="251">
         <v>9524</v>
       </c>
-      <c r="E37" s="273">
+      <c r="E37" s="251">
         <v>10218</v>
       </c>
-      <c r="F37" s="274">
+      <c r="F37" s="252">
         <f t="shared" si="0"/>
         <v>694</v>
       </c>
-      <c r="G37" s="275">
+      <c r="G37" s="253">
         <f t="shared" si="1"/>
         <v>7.3</v>
       </c>
     </row>
     <row r="38" spans="2:7" ht="21" customHeight="1">
-      <c r="B38" s="277" t="s">
+      <c r="B38" s="255" t="s">
         <v>152</v>
       </c>
-      <c r="C38" s="272"/>
-      <c r="D38" s="273">
+      <c r="C38" s="250"/>
+      <c r="D38" s="251">
         <v>25435</v>
       </c>
-      <c r="E38" s="273">
+      <c r="E38" s="251">
         <v>24673</v>
       </c>
-      <c r="F38" s="274">
+      <c r="F38" s="252">
         <f t="shared" si="0"/>
         <v>-762</v>
       </c>
-      <c r="G38" s="275">
+      <c r="G38" s="253">
         <f t="shared" si="1"/>
         <v>-3</v>
       </c>
     </row>
     <row r="39" spans="2:7" ht="21" customHeight="1">
-      <c r="B39" s="272" t="s">
+      <c r="B39" s="250" t="s">
         <v>153</v>
       </c>
-      <c r="C39" s="272"/>
-      <c r="D39" s="273">
+      <c r="C39" s="250"/>
+      <c r="D39" s="251">
         <v>17408</v>
       </c>
-      <c r="E39" s="273">
+      <c r="E39" s="251">
         <v>16475</v>
       </c>
-      <c r="F39" s="274">
+      <c r="F39" s="252">
         <f t="shared" si="0"/>
         <v>-933</v>
       </c>
-      <c r="G39" s="275">
+      <c r="G39" s="253">
         <f t="shared" si="1"/>
         <v>-5.4</v>
       </c>
     </row>
     <row r="40" spans="2:7" ht="21" customHeight="1">
-      <c r="B40" s="272" t="s">
+      <c r="B40" s="250" t="s">
         <v>154</v>
       </c>
-      <c r="C40" s="272"/>
-      <c r="D40" s="273">
+      <c r="C40" s="250"/>
+      <c r="D40" s="251">
         <v>756</v>
       </c>
-      <c r="E40" s="273">
+      <c r="E40" s="251">
         <v>874</v>
       </c>
-      <c r="F40" s="274">
+      <c r="F40" s="252">
         <f t="shared" si="0"/>
         <v>118</v>
       </c>
-      <c r="G40" s="275">
+      <c r="G40" s="253">
         <f t="shared" si="1"/>
         <v>15.6</v>
       </c>
     </row>
     <row r="41" spans="2:7" ht="21" customHeight="1">
-      <c r="B41" s="272" t="s">
+      <c r="B41" s="250" t="s">
         <v>155</v>
       </c>
-      <c r="C41" s="272"/>
-      <c r="D41" s="273">
+      <c r="C41" s="250"/>
+      <c r="D41" s="251">
         <v>42364</v>
       </c>
-      <c r="E41" s="273">
+      <c r="E41" s="251">
         <v>40540</v>
       </c>
-      <c r="F41" s="274">
+      <c r="F41" s="252">
         <f t="shared" si="0"/>
         <v>-1824</v>
       </c>
-      <c r="G41" s="275">
+      <c r="G41" s="253">
         <f t="shared" si="1"/>
         <v>-4.3</v>
       </c>
     </row>
     <row r="42" spans="2:7" ht="21" customHeight="1">
-      <c r="B42" s="272" t="s">
+      <c r="B42" s="250" t="s">
         <v>156</v>
       </c>
-      <c r="C42" s="272"/>
-      <c r="D42" s="273">
+      <c r="C42" s="250"/>
+      <c r="D42" s="251">
         <v>5337</v>
       </c>
-      <c r="E42" s="273">
+      <c r="E42" s="251">
         <v>5321</v>
       </c>
-      <c r="F42" s="274">
+      <c r="F42" s="252">
         <f t="shared" si="0"/>
         <v>-16</v>
       </c>
-      <c r="G42" s="275">
+      <c r="G42" s="253">
         <f t="shared" si="1"/>
         <v>-0.3</v>
       </c>
     </row>
     <row r="43" spans="2:7" ht="21" customHeight="1">
-      <c r="B43" s="272" t="s">
+      <c r="B43" s="250" t="s">
         <v>157</v>
       </c>
-      <c r="C43" s="272"/>
-      <c r="D43" s="273">
+      <c r="C43" s="250"/>
+      <c r="D43" s="251">
         <v>29839</v>
       </c>
-      <c r="E43" s="273">
+      <c r="E43" s="251">
         <v>30725</v>
       </c>
-      <c r="F43" s="274">
+      <c r="F43" s="252">
         <f t="shared" si="0"/>
         <v>886</v>
       </c>
-      <c r="G43" s="275">
+      <c r="G43" s="253">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
     </row>
     <row r="44" spans="2:7" ht="21" customHeight="1">
-      <c r="B44" s="272" t="s">
+      <c r="B44" s="250" t="s">
         <v>158</v>
       </c>
-      <c r="C44" s="272"/>
-      <c r="D44" s="273">
+      <c r="C44" s="250"/>
+      <c r="D44" s="251">
         <v>114</v>
       </c>
-      <c r="E44" s="273">
+      <c r="E44" s="251">
         <v>108</v>
       </c>
-      <c r="F44" s="274">
+      <c r="F44" s="252">
         <f t="shared" si="0"/>
         <v>-6</v>
       </c>
-      <c r="G44" s="275">
+      <c r="G44" s="253">
         <f t="shared" si="1"/>
         <v>-5.3</v>
       </c>
     </row>
     <row r="45" spans="2:7" ht="21" customHeight="1">
-      <c r="B45" s="282" t="s">
+      <c r="B45" s="412" t="s">
         <v>159</v>
       </c>
-      <c r="C45" s="283"/>
-      <c r="D45" s="273">
+      <c r="C45" s="413"/>
+      <c r="D45" s="251">
         <v>482136</v>
       </c>
-      <c r="E45" s="273">
+      <c r="E45" s="251">
         <v>483080</v>
       </c>
-      <c r="F45" s="274">
+      <c r="F45" s="252">
         <f t="shared" si="0"/>
         <v>944</v>
       </c>
-      <c r="G45" s="275">
+      <c r="G45" s="253">
         <f t="shared" si="1"/>
         <v>0.2</v>
       </c>
     </row>
     <row r="46" spans="2:7" ht="15" customHeight="1">
-      <c r="B46" s="284" t="s">
+      <c r="B46" s="260" t="s">
         <v>160</v>
       </c>
-      <c r="C46" s="285"/>
-[...3 lines deleted...]
-      <c r="G46" s="287"/>
+      <c r="C46" s="261"/>
+      <c r="D46" s="261"/>
+      <c r="E46" s="261"/>
+      <c r="F46" s="262"/>
+      <c r="G46" s="263"/>
     </row>
     <row r="47" spans="2:7" ht="15" customHeight="1">
-      <c r="B47" s="284" t="s">
+      <c r="B47" s="260" t="s">
         <v>161</v>
       </c>
-      <c r="C47" s="285"/>
-[...3 lines deleted...]
-      <c r="G47" s="287"/>
+      <c r="C47" s="261"/>
+      <c r="D47" s="261"/>
+      <c r="E47" s="261"/>
+      <c r="F47" s="262"/>
+      <c r="G47" s="263"/>
     </row>
     <row r="48" spans="2:7" ht="15" customHeight="1">
-      <c r="B48" s="284" t="s">
+      <c r="B48" s="260" t="s">
         <v>162</v>
       </c>
-      <c r="C48" s="285"/>
-[...3 lines deleted...]
-      <c r="G48" s="287"/>
+      <c r="C48" s="261"/>
+      <c r="D48" s="261"/>
+      <c r="E48" s="261"/>
+      <c r="F48" s="262"/>
+      <c r="G48" s="263"/>
     </row>
     <row r="49" spans="2:7" ht="15" customHeight="1"/>
     <row r="50" spans="2:7" ht="15" customHeight="1">
-      <c r="B50" s="253" t="s">
+      <c r="B50" s="239" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="51" spans="2:7" ht="15" customHeight="1">
-      <c r="B51" s="259" t="s">
+      <c r="B51" s="403" t="s">
         <v>164</v>
       </c>
-      <c r="C51" s="260"/>
-      <c r="D51" s="261" t="s">
+      <c r="C51" s="404"/>
+      <c r="D51" s="408" t="s">
         <v>114</v>
       </c>
-      <c r="E51" s="262" t="s">
+      <c r="E51" s="410" t="s">
         <v>115</v>
       </c>
-      <c r="F51" s="290"/>
-      <c r="G51" s="291"/>
+      <c r="F51" s="266"/>
+      <c r="G51" s="267"/>
     </row>
     <row r="52" spans="2:7" ht="15" customHeight="1">
-      <c r="B52" s="266"/>
-[...3 lines deleted...]
-      <c r="F52" s="292" t="s">
+      <c r="B52" s="406"/>
+      <c r="C52" s="407"/>
+      <c r="D52" s="409"/>
+      <c r="E52" s="411"/>
+      <c r="F52" s="268" t="s">
         <v>165</v>
       </c>
-      <c r="G52" s="293" t="s">
+      <c r="G52" s="269" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="53" spans="2:7" ht="15" customHeight="1">
-      <c r="B53" s="259" t="s">
+      <c r="B53" s="403" t="s">
         <v>166</v>
       </c>
-      <c r="C53" s="260"/>
-      <c r="D53" s="294">
+      <c r="C53" s="404"/>
+      <c r="D53" s="270">
         <v>158871</v>
       </c>
-      <c r="E53" s="294">
+      <c r="E53" s="270">
         <v>158524</v>
       </c>
-      <c r="F53" s="274">
+      <c r="F53" s="252">
         <f t="shared" ref="F53:F59" si="2">E53-D53</f>
         <v>-347</v>
       </c>
-      <c r="G53" s="275">
+      <c r="G53" s="253">
         <f t="shared" ref="G53:G59" si="3">ROUND(F53/D53*100,1)</f>
         <v>-0.2</v>
       </c>
     </row>
     <row r="54" spans="2:7" ht="15" customHeight="1">
-      <c r="B54" s="295" t="s">
+      <c r="B54" s="401" t="s">
         <v>167</v>
       </c>
-      <c r="C54" s="295"/>
-      <c r="D54" s="294">
+      <c r="C54" s="401"/>
+      <c r="D54" s="270">
         <v>146025</v>
       </c>
-      <c r="E54" s="294">
+      <c r="E54" s="270">
         <v>147043</v>
       </c>
-      <c r="F54" s="274">
+      <c r="F54" s="252">
         <f t="shared" si="2"/>
         <v>1018</v>
       </c>
-      <c r="G54" s="275">
+      <c r="G54" s="253">
         <f t="shared" si="3"/>
         <v>0.7</v>
       </c>
     </row>
     <row r="55" spans="2:7" ht="15" customHeight="1">
-      <c r="B55" s="295" t="s">
+      <c r="B55" s="401" t="s">
         <v>168</v>
       </c>
-      <c r="C55" s="295"/>
-      <c r="D55" s="294">
+      <c r="C55" s="401"/>
+      <c r="D55" s="270">
         <v>91744</v>
       </c>
-      <c r="E55" s="294">
+      <c r="E55" s="270">
         <v>90116</v>
       </c>
-      <c r="F55" s="274">
+      <c r="F55" s="252">
         <f t="shared" si="2"/>
         <v>-1628</v>
       </c>
-      <c r="G55" s="275">
+      <c r="G55" s="253">
         <f t="shared" si="3"/>
         <v>-1.8</v>
       </c>
     </row>
     <row r="56" spans="2:7" ht="15" customHeight="1">
-      <c r="B56" s="295" t="s">
+      <c r="B56" s="401" t="s">
         <v>169</v>
       </c>
-      <c r="C56" s="295"/>
-      <c r="D56" s="294">
+      <c r="C56" s="401"/>
+      <c r="D56" s="270">
         <v>26377</v>
       </c>
-      <c r="E56" s="294">
+      <c r="E56" s="270">
         <v>27118</v>
       </c>
-      <c r="F56" s="274">
+      <c r="F56" s="252">
         <f t="shared" si="2"/>
         <v>741</v>
       </c>
-      <c r="G56" s="275">
+      <c r="G56" s="253">
         <f t="shared" si="3"/>
         <v>2.8</v>
       </c>
     </row>
     <row r="57" spans="2:7" ht="15" customHeight="1">
-      <c r="B57" s="295" t="s">
+      <c r="B57" s="401" t="s">
         <v>170</v>
       </c>
-      <c r="C57" s="295"/>
-      <c r="D57" s="294">
+      <c r="C57" s="401"/>
+      <c r="D57" s="270">
         <v>22170</v>
       </c>
-      <c r="E57" s="294">
+      <c r="E57" s="270">
         <v>21900</v>
       </c>
-      <c r="F57" s="274">
+      <c r="F57" s="252">
         <f t="shared" si="2"/>
         <v>-270</v>
       </c>
-      <c r="G57" s="275">
+      <c r="G57" s="253">
         <f t="shared" si="3"/>
         <v>-1.2</v>
       </c>
     </row>
     <row r="58" spans="2:7" ht="15" customHeight="1">
-      <c r="B58" s="296" t="s">
+      <c r="B58" s="405" t="s">
         <v>171</v>
       </c>
-      <c r="C58" s="296"/>
-      <c r="D58" s="294">
+      <c r="C58" s="405"/>
+      <c r="D58" s="270">
         <v>36949</v>
       </c>
-      <c r="E58" s="294">
+      <c r="E58" s="270">
         <v>38379</v>
       </c>
-      <c r="F58" s="274">
+      <c r="F58" s="252">
         <f t="shared" si="2"/>
         <v>1430</v>
       </c>
-      <c r="G58" s="275">
+      <c r="G58" s="253">
         <f t="shared" si="3"/>
         <v>3.9</v>
       </c>
     </row>
     <row r="59" spans="2:7" ht="15" customHeight="1">
-      <c r="B59" s="295" t="s">
+      <c r="B59" s="401" t="s">
         <v>172</v>
       </c>
-      <c r="C59" s="295"/>
-      <c r="D59" s="294">
+      <c r="C59" s="401"/>
+      <c r="D59" s="270">
         <v>482136</v>
       </c>
-      <c r="E59" s="294">
+      <c r="E59" s="270">
         <v>483080</v>
       </c>
-      <c r="F59" s="274">
+      <c r="F59" s="252">
         <f t="shared" si="2"/>
         <v>944</v>
       </c>
-      <c r="G59" s="275">
+      <c r="G59" s="253">
         <f t="shared" si="3"/>
         <v>0.2</v>
       </c>
     </row>
     <row r="60" spans="2:7" ht="15" customHeight="1">
-      <c r="B60" s="284" t="s">
+      <c r="B60" s="260" t="s">
         <v>160</v>
       </c>
-      <c r="D60" s="297"/>
-      <c r="E60" s="297"/>
+      <c r="D60" s="271"/>
+      <c r="E60" s="271"/>
     </row>
     <row r="61" spans="2:7">
-      <c r="B61" s="284" t="s">
+      <c r="B61" s="260" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="62" spans="2:7">
-      <c r="B62" s="284" t="s">
+      <c r="B62" s="260" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="63" spans="2:7" ht="44.25" customHeight="1">
-      <c r="B63" s="298"/>
-[...4 lines deleted...]
-      <c r="G63" s="298"/>
+      <c r="B63" s="402"/>
+      <c r="C63" s="402"/>
+      <c r="D63" s="402"/>
+      <c r="E63" s="402"/>
+      <c r="F63" s="402"/>
+      <c r="G63" s="402"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="B2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="B51:C52"/>
+    <mergeCell ref="D51:D52"/>
+    <mergeCell ref="E51:E52"/>
     <mergeCell ref="B59:C59"/>
     <mergeCell ref="B63:G63"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="B54:C54"/>
     <mergeCell ref="B55:C55"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="B58:C58"/>
-    <mergeCell ref="B2:C3"/>
-[...5 lines deleted...]
-    <mergeCell ref="E51:E52"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="67" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD041C8F-0276-4A0A-B57A-D1FBE1583A43}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34B57657-D1B9-45DB-ABCF-2A52FEE570C6}">
   <sheetPr codeName="Sheet9">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:K189"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
     <col min="2" max="2" width="27.375" customWidth="1"/>
     <col min="3" max="11" width="11.875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15">
-      <c r="A1" s="299" t="s">
+      <c r="A1" s="457" t="s">
         <v>173</v>
       </c>
-      <c r="B1" s="299"/>
-[...5 lines deleted...]
-      <c r="H1" s="299"/>
+      <c r="B1" s="457"/>
+      <c r="C1" s="457"/>
+      <c r="D1" s="457"/>
+      <c r="E1" s="457"/>
+      <c r="F1" s="457"/>
+      <c r="G1" s="457"/>
+      <c r="H1" s="457"/>
     </row>
     <row r="2" spans="1:11">
-      <c r="A2" s="284"/>
-[...6 lines deleted...]
-      <c r="H2" s="284"/>
+      <c r="A2" s="260"/>
+      <c r="B2" s="272"/>
+      <c r="C2" s="260"/>
+      <c r="D2" s="260"/>
+      <c r="E2" s="260"/>
+      <c r="F2" s="260"/>
+      <c r="G2" s="260"/>
+      <c r="H2" s="260"/>
     </row>
     <row r="3" spans="1:11" ht="14.25">
-      <c r="A3" s="301" t="s">
+      <c r="A3" s="273" t="s">
         <v>174</v>
       </c>
-      <c r="B3" s="302"/>
-[...5 lines deleted...]
-      <c r="H3" s="302"/>
+      <c r="B3" s="274"/>
+      <c r="C3" s="274"/>
+      <c r="D3" s="274"/>
+      <c r="E3" s="274"/>
+      <c r="F3" s="274"/>
+      <c r="G3" s="274"/>
+      <c r="H3" s="274"/>
     </row>
     <row r="4" spans="1:11" ht="14.25" thickBot="1">
-      <c r="A4" s="284"/>
-[...6 lines deleted...]
-      <c r="H4" s="284"/>
+      <c r="A4" s="260"/>
+      <c r="B4" s="272"/>
+      <c r="C4" s="260"/>
+      <c r="D4" s="260"/>
+      <c r="E4" s="260"/>
+      <c r="F4" s="260"/>
+      <c r="G4" s="260"/>
+      <c r="H4" s="260"/>
     </row>
     <row r="5" spans="1:11">
-      <c r="A5" s="303"/>
-      <c r="B5" s="303" t="s">
+      <c r="A5" s="432"/>
+      <c r="B5" s="432" t="s">
         <v>175</v>
       </c>
-      <c r="C5" s="304" t="s">
+      <c r="C5" s="435" t="s">
         <v>176</v>
       </c>
-      <c r="D5" s="305"/>
-[...3 lines deleted...]
-      <c r="H5" s="307" t="s">
+      <c r="D5" s="436"/>
+      <c r="E5" s="436"/>
+      <c r="F5" s="436"/>
+      <c r="G5" s="437"/>
+      <c r="H5" s="458" t="s">
         <v>177</v>
       </c>
-      <c r="I5" s="308"/>
-[...1 lines deleted...]
-      <c r="K5" s="309"/>
+      <c r="I5" s="459"/>
+      <c r="J5" s="459"/>
+      <c r="K5" s="460"/>
     </row>
     <row r="6" spans="1:11">
-      <c r="A6" s="310"/>
-[...1 lines deleted...]
-      <c r="C6" s="311" t="s">
+      <c r="A6" s="433"/>
+      <c r="B6" s="433"/>
+      <c r="C6" s="275" t="s">
         <v>178</v>
       </c>
-      <c r="D6" s="312" t="s">
+      <c r="D6" s="276" t="s">
         <v>179</v>
       </c>
-      <c r="E6" s="313" t="s">
+      <c r="E6" s="277" t="s">
         <v>180</v>
       </c>
-      <c r="F6" s="313" t="s">
+      <c r="F6" s="277" t="s">
         <v>181</v>
       </c>
-      <c r="G6" s="314" t="s">
+      <c r="G6" s="278" t="s">
         <v>182</v>
       </c>
-      <c r="H6" s="315" t="s">
+      <c r="H6" s="279" t="s">
         <v>178</v>
       </c>
-      <c r="I6" s="312" t="s">
+      <c r="I6" s="276" t="s">
         <v>179</v>
       </c>
-      <c r="J6" s="313" t="s">
+      <c r="J6" s="277" t="s">
         <v>181</v>
       </c>
-      <c r="K6" s="316" t="s">
+      <c r="K6" s="280" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="310"/>
-[...1 lines deleted...]
-      <c r="C7" s="317" t="s">
+      <c r="A7" s="433"/>
+      <c r="B7" s="433"/>
+      <c r="C7" s="281" t="s">
         <v>184</v>
       </c>
-      <c r="D7" s="318" t="s">
+      <c r="D7" s="282" t="s">
         <v>184</v>
       </c>
-      <c r="E7" s="318" t="s">
+      <c r="E7" s="282" t="s">
         <v>185</v>
       </c>
-      <c r="F7" s="319" t="s">
+      <c r="F7" s="283" t="s">
         <v>186</v>
       </c>
-      <c r="G7" s="320" t="s">
+      <c r="G7" s="284" t="s">
         <v>187</v>
       </c>
-      <c r="H7" s="321" t="s">
+      <c r="H7" s="285" t="s">
         <v>184</v>
       </c>
-      <c r="I7" s="318" t="s">
+      <c r="I7" s="282" t="s">
         <v>184</v>
       </c>
-      <c r="J7" s="319" t="s">
+      <c r="J7" s="283" t="s">
         <v>186</v>
       </c>
-      <c r="K7" s="322" t="s">
+      <c r="K7" s="286" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="14.25" thickBot="1">
-      <c r="A8" s="323"/>
-[...1 lines deleted...]
-      <c r="C8" s="324" t="s">
+      <c r="A8" s="434"/>
+      <c r="B8" s="434"/>
+      <c r="C8" s="287" t="s">
         <v>188</v>
       </c>
-      <c r="D8" s="325" t="s">
+      <c r="D8" s="288" t="s">
         <v>189</v>
       </c>
-      <c r="E8" s="325" t="s">
+      <c r="E8" s="288" t="s">
         <v>189</v>
       </c>
-      <c r="F8" s="326" t="s">
+      <c r="F8" s="289" t="s">
         <v>190</v>
       </c>
-      <c r="G8" s="327" t="s">
+      <c r="G8" s="290" t="s">
         <v>191</v>
       </c>
-      <c r="H8" s="328" t="s">
+      <c r="H8" s="291" t="s">
         <v>188</v>
       </c>
-      <c r="I8" s="325" t="s">
+      <c r="I8" s="288" t="s">
         <v>189</v>
       </c>
-      <c r="J8" s="326" t="s">
+      <c r="J8" s="289" t="s">
         <v>190</v>
       </c>
-      <c r="K8" s="329" t="s">
+      <c r="K8" s="292" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="9" spans="1:11" ht="13.5" customHeight="1">
-      <c r="A9" s="330" t="s">
+      <c r="A9" s="461" t="s">
         <v>192</v>
       </c>
-      <c r="B9" s="331" t="s">
+      <c r="B9" s="444" t="s">
         <v>193</v>
       </c>
-      <c r="C9" s="332" t="s">
+      <c r="C9" s="293" t="s">
         <v>194</v>
       </c>
-      <c r="D9" s="333" t="s">
+      <c r="D9" s="294" t="s">
         <v>194</v>
       </c>
-      <c r="E9" s="334" t="s">
+      <c r="E9" s="295" t="s">
         <v>194</v>
       </c>
-      <c r="F9" s="334" t="s">
+      <c r="F9" s="295" t="s">
         <v>194</v>
       </c>
-      <c r="G9" s="335" t="s">
+      <c r="G9" s="296" t="s">
         <v>194</v>
       </c>
-      <c r="H9" s="336" t="s">
+      <c r="H9" s="297" t="s">
         <v>195</v>
       </c>
-      <c r="I9" s="337" t="s">
+      <c r="I9" s="298" t="s">
         <v>195</v>
       </c>
-      <c r="J9" s="337" t="s">
+      <c r="J9" s="298" t="s">
         <v>195</v>
       </c>
-      <c r="K9" s="338" t="s">
+      <c r="K9" s="299" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="10" spans="1:11">
-      <c r="A10" s="339"/>
-[...1 lines deleted...]
-      <c r="C10" s="341">
+      <c r="A10" s="462"/>
+      <c r="B10" s="430"/>
+      <c r="C10" s="300">
         <v>667930</v>
       </c>
-      <c r="D10" s="342">
+      <c r="D10" s="301">
         <v>503086</v>
       </c>
-      <c r="E10" s="343">
+      <c r="E10" s="302">
         <v>255137</v>
       </c>
-      <c r="F10" s="344">
+      <c r="F10" s="303">
         <v>1.33</v>
       </c>
-      <c r="G10" s="345">
+      <c r="G10" s="304">
         <v>50.7</v>
       </c>
-      <c r="H10" s="346">
+      <c r="H10" s="305">
         <v>790324</v>
       </c>
-      <c r="I10" s="347">
+      <c r="I10" s="306">
         <v>491910</v>
       </c>
-      <c r="J10" s="348">
+      <c r="J10" s="307">
         <v>1.61</v>
       </c>
-      <c r="K10" s="349" t="s">
+      <c r="K10" s="308" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="11" spans="1:11">
-      <c r="A11" s="339"/>
-      <c r="B11" s="350" t="s">
+      <c r="A11" s="462"/>
+      <c r="B11" s="429" t="s">
         <v>197</v>
       </c>
-      <c r="C11" s="351">
+      <c r="C11" s="309">
         <v>42</v>
       </c>
-      <c r="D11" s="352">
+      <c r="D11" s="310">
         <v>0.6</v>
       </c>
-      <c r="E11" s="352">
+      <c r="E11" s="310">
         <v>19.899999999999999</v>
       </c>
-      <c r="F11" s="353">
+      <c r="F11" s="311">
         <v>0.54</v>
       </c>
-      <c r="G11" s="354">
+      <c r="G11" s="312">
         <v>9.8000000000000007</v>
       </c>
-      <c r="H11" s="355">
+      <c r="H11" s="313">
         <v>32.299999999999997</v>
       </c>
-      <c r="I11" s="356">
+      <c r="I11" s="314">
         <v>2.7</v>
       </c>
-      <c r="J11" s="357">
+      <c r="J11" s="315">
         <v>0.45999999999999974</v>
       </c>
-      <c r="K11" s="358">
+      <c r="K11" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="12" spans="1:11">
-      <c r="A12" s="339"/>
-[...1 lines deleted...]
-      <c r="C12" s="359">
+      <c r="A12" s="462"/>
+      <c r="B12" s="430"/>
+      <c r="C12" s="317">
         <v>948143</v>
       </c>
-      <c r="D12" s="360">
+      <c r="D12" s="318">
         <v>506224</v>
       </c>
-      <c r="E12" s="360">
+      <c r="E12" s="318">
         <v>306035</v>
       </c>
-      <c r="F12" s="361">
+      <c r="F12" s="319">
         <v>1.87</v>
       </c>
-      <c r="G12" s="362">
+      <c r="G12" s="320">
         <v>60.5</v>
       </c>
-      <c r="H12" s="346">
+      <c r="H12" s="305">
         <v>1045323</v>
       </c>
-      <c r="I12" s="347">
+      <c r="I12" s="306">
         <v>505304</v>
       </c>
-      <c r="J12" s="348">
+      <c r="J12" s="307">
         <v>2.0699999999999998</v>
       </c>
-      <c r="K12" s="349" t="s">
+      <c r="K12" s="308" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="13" spans="1:11">
-      <c r="A13" s="339"/>
-      <c r="B13" s="350" t="s">
+      <c r="A13" s="462"/>
+      <c r="B13" s="429" t="s">
         <v>199</v>
       </c>
-      <c r="C13" s="351">
+      <c r="C13" s="309">
         <v>33.700000000000003</v>
       </c>
-      <c r="D13" s="352">
+      <c r="D13" s="310">
         <v>1.4</v>
       </c>
-      <c r="E13" s="352">
+      <c r="E13" s="310">
         <v>14.8</v>
       </c>
-      <c r="F13" s="353">
+      <c r="F13" s="311">
         <v>0.6</v>
       </c>
-      <c r="G13" s="354">
+      <c r="G13" s="312">
         <v>8</v>
       </c>
-      <c r="H13" s="355">
+      <c r="H13" s="313">
         <v>28.5</v>
       </c>
-      <c r="I13" s="356">
+      <c r="I13" s="314">
         <v>3.4</v>
       </c>
-      <c r="J13" s="357">
+      <c r="J13" s="315">
         <v>0.5</v>
       </c>
-      <c r="K13" s="358">
+      <c r="K13" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:11">
-      <c r="A14" s="339"/>
-[...1 lines deleted...]
-      <c r="C14" s="359">
+      <c r="A14" s="462"/>
+      <c r="B14" s="430"/>
+      <c r="C14" s="317">
         <v>1267682</v>
       </c>
-      <c r="D14" s="360">
+      <c r="D14" s="318">
         <v>513386</v>
       </c>
-      <c r="E14" s="360">
+      <c r="E14" s="318">
         <v>351428</v>
       </c>
-      <c r="F14" s="361">
+      <c r="F14" s="319">
         <v>2.4700000000000002</v>
       </c>
-      <c r="G14" s="362">
+      <c r="G14" s="320">
         <v>68.5</v>
       </c>
-      <c r="H14" s="346">
+      <c r="H14" s="305">
         <v>1342898</v>
       </c>
-      <c r="I14" s="347">
+      <c r="I14" s="306">
         <v>522527</v>
       </c>
-      <c r="J14" s="348">
+      <c r="J14" s="307">
         <v>2.57</v>
       </c>
-      <c r="K14" s="349" t="s">
+      <c r="K14" s="308" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="15" spans="1:11">
-      <c r="A15" s="339"/>
-      <c r="B15" s="350" t="s">
+      <c r="A15" s="462"/>
+      <c r="B15" s="429" t="s">
         <v>200</v>
       </c>
-      <c r="C15" s="351">
+      <c r="C15" s="309">
         <v>22</v>
       </c>
-      <c r="D15" s="352">
+      <c r="D15" s="310">
         <v>-0.3</v>
       </c>
-      <c r="E15" s="352">
+      <c r="E15" s="310">
         <v>-0.2</v>
       </c>
-      <c r="F15" s="353">
+      <c r="F15" s="311">
         <v>0.55000000000000004</v>
       </c>
-      <c r="G15" s="354">
+      <c r="G15" s="312">
         <v>0.1</v>
       </c>
-      <c r="H15" s="355">
+      <c r="H15" s="313">
         <v>19.600000000000001</v>
       </c>
-      <c r="I15" s="356">
+      <c r="I15" s="314">
         <v>-0.5</v>
       </c>
-      <c r="J15" s="357">
+      <c r="J15" s="315">
         <v>0.52</v>
       </c>
-      <c r="K15" s="358">
+      <c r="K15" s="316">
         <v>0.1</v>
       </c>
     </row>
     <row r="16" spans="1:11">
-      <c r="A16" s="339"/>
-[...1 lines deleted...]
-      <c r="C16" s="359">
+      <c r="A16" s="462"/>
+      <c r="B16" s="430"/>
+      <c r="C16" s="317">
         <v>1546691</v>
       </c>
-      <c r="D16" s="360">
+      <c r="D16" s="318">
         <v>511632</v>
       </c>
-      <c r="E16" s="360">
+      <c r="E16" s="318">
         <v>350752</v>
       </c>
-      <c r="F16" s="361">
+      <c r="F16" s="319">
         <v>3.02</v>
       </c>
-      <c r="G16" s="362">
+      <c r="G16" s="320">
         <v>68.599999999999994</v>
       </c>
-      <c r="H16" s="346">
+      <c r="H16" s="305">
         <v>1606159</v>
       </c>
-      <c r="I16" s="347">
+      <c r="I16" s="306">
         <v>519790</v>
       </c>
-      <c r="J16" s="348">
+      <c r="J16" s="307">
         <v>3.09</v>
       </c>
-      <c r="K16" s="349" t="s">
+      <c r="K16" s="308" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="17" spans="1:11">
-      <c r="A17" s="339"/>
-      <c r="B17" s="350" t="s">
+      <c r="A17" s="462"/>
+      <c r="B17" s="429" t="s">
         <v>202</v>
       </c>
-      <c r="C17" s="351">
+      <c r="C17" s="309">
         <v>4.8</v>
       </c>
-      <c r="D17" s="352">
+      <c r="D17" s="310">
         <v>-3.2</v>
       </c>
-      <c r="E17" s="352">
+      <c r="E17" s="310">
         <v>-3.5</v>
       </c>
-      <c r="F17" s="353">
+      <c r="F17" s="311">
         <v>0.25</v>
       </c>
-      <c r="G17" s="354">
+      <c r="G17" s="312">
         <v>-0.3</v>
       </c>
-      <c r="H17" s="355">
+      <c r="H17" s="313">
         <v>4.2</v>
       </c>
-      <c r="I17" s="356">
+      <c r="I17" s="314">
         <v>-3.7</v>
       </c>
-      <c r="J17" s="357">
+      <c r="J17" s="315">
         <v>0.25</v>
       </c>
-      <c r="K17" s="358">
+      <c r="K17" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:11">
-      <c r="A18" s="339"/>
-[...1 lines deleted...]
-      <c r="C18" s="359">
+      <c r="A18" s="462"/>
+      <c r="B18" s="430"/>
+      <c r="C18" s="317">
         <v>1621230</v>
       </c>
-      <c r="D18" s="360">
+      <c r="D18" s="318">
         <v>495475</v>
       </c>
-      <c r="E18" s="360">
+      <c r="E18" s="318">
         <v>338597</v>
       </c>
-      <c r="F18" s="361">
+      <c r="F18" s="319">
         <v>3.27</v>
       </c>
-      <c r="G18" s="362">
+      <c r="G18" s="320">
         <v>68.3</v>
       </c>
-      <c r="H18" s="346">
+      <c r="H18" s="305">
         <v>1673381</v>
       </c>
-      <c r="I18" s="347">
+      <c r="I18" s="306">
         <v>500568</v>
       </c>
-      <c r="J18" s="348">
+      <c r="J18" s="307">
         <v>3.34</v>
       </c>
-      <c r="K18" s="349">
+      <c r="K18" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="19" spans="1:11">
-      <c r="A19" s="339"/>
-      <c r="B19" s="350" t="s">
+      <c r="A19" s="462"/>
+      <c r="B19" s="429" t="s">
         <v>203</v>
       </c>
-      <c r="C19" s="351">
+      <c r="C19" s="309">
         <v>-18.100000000000001</v>
       </c>
-      <c r="D19" s="352">
+      <c r="D19" s="310">
         <v>-9.8000000000000007</v>
       </c>
-      <c r="E19" s="352">
+      <c r="E19" s="310">
         <v>-14.3</v>
       </c>
-      <c r="F19" s="353">
+      <c r="F19" s="311">
         <v>-0.3</v>
       </c>
-      <c r="G19" s="354">
+      <c r="G19" s="312">
         <v>-3.4</v>
       </c>
-      <c r="H19" s="355">
+      <c r="H19" s="313">
         <v>-17.7</v>
       </c>
-      <c r="I19" s="356">
+      <c r="I19" s="314">
         <v>-11.5</v>
       </c>
-      <c r="J19" s="357">
+      <c r="J19" s="315">
         <v>-0.22999999999999998</v>
       </c>
-      <c r="K19" s="358">
+      <c r="K19" s="316">
         <v>-0.2</v>
       </c>
     </row>
     <row r="20" spans="1:11">
-      <c r="A20" s="339"/>
-[...1 lines deleted...]
-      <c r="C20" s="359">
+      <c r="A20" s="462"/>
+      <c r="B20" s="430"/>
+      <c r="C20" s="317">
         <v>1328146</v>
       </c>
-      <c r="D20" s="360">
+      <c r="D20" s="318">
         <v>446955</v>
       </c>
-      <c r="E20" s="360">
+      <c r="E20" s="318">
         <v>290019</v>
       </c>
-      <c r="F20" s="361">
+      <c r="F20" s="319">
         <v>2.97</v>
       </c>
-      <c r="G20" s="362">
+      <c r="G20" s="320">
         <v>64.900000000000006</v>
       </c>
-      <c r="H20" s="346">
+      <c r="H20" s="305">
         <v>1377057</v>
       </c>
-      <c r="I20" s="347">
+      <c r="I20" s="306">
         <v>442786</v>
       </c>
-      <c r="J20" s="348">
+      <c r="J20" s="307">
         <v>3.11</v>
       </c>
-      <c r="K20" s="349" t="s">
+      <c r="K20" s="308" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="21" spans="1:11">
-      <c r="A21" s="339"/>
-      <c r="B21" s="350" t="s">
+      <c r="A21" s="462"/>
+      <c r="B21" s="429" t="s">
         <v>205</v>
       </c>
-      <c r="C21" s="351">
+      <c r="C21" s="309">
         <v>-34.200000000000003</v>
       </c>
-      <c r="D21" s="352">
+      <c r="D21" s="310">
         <v>-12.2</v>
       </c>
-      <c r="E21" s="352">
+      <c r="E21" s="310">
         <v>-20.2</v>
       </c>
-      <c r="F21" s="353">
+      <c r="F21" s="311">
         <v>-0.74</v>
       </c>
-      <c r="G21" s="354">
+      <c r="G21" s="312">
         <v>-5.9</v>
       </c>
-      <c r="H21" s="355">
+      <c r="H21" s="313">
         <v>-32.200000000000003</v>
       </c>
-      <c r="I21" s="356">
+      <c r="I21" s="314">
         <v>-14.9</v>
       </c>
-      <c r="J21" s="357">
+      <c r="J21" s="315">
         <v>-0.62999999999999989</v>
       </c>
-      <c r="K21" s="358">
+      <c r="K21" s="316">
         <v>-0.6</v>
       </c>
     </row>
     <row r="22" spans="1:11">
-      <c r="A22" s="339"/>
-[...1 lines deleted...]
-      <c r="C22" s="359">
+      <c r="A22" s="462"/>
+      <c r="B22" s="430"/>
+      <c r="C22" s="317">
         <v>874584</v>
       </c>
-      <c r="D22" s="360">
+      <c r="D22" s="318">
         <v>392335</v>
       </c>
-      <c r="E22" s="360">
+      <c r="E22" s="318">
         <v>231331</v>
       </c>
-      <c r="F22" s="361">
+      <c r="F22" s="319">
         <v>2.23</v>
       </c>
-      <c r="G22" s="362">
+      <c r="G22" s="320">
         <v>59</v>
       </c>
-      <c r="H22" s="346">
+      <c r="H22" s="305">
         <v>934075</v>
       </c>
-      <c r="I22" s="347">
+      <c r="I22" s="306">
         <v>376648</v>
       </c>
-      <c r="J22" s="348">
+      <c r="J22" s="307">
         <v>2.48</v>
       </c>
-      <c r="K22" s="349" t="s">
+      <c r="K22" s="308" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="23" spans="1:11">
-      <c r="A23" s="339"/>
-      <c r="B23" s="350" t="s">
+      <c r="A23" s="462"/>
+      <c r="B23" s="429" t="s">
         <v>207</v>
       </c>
-      <c r="C23" s="351">
+      <c r="C23" s="309">
         <v>-34.1</v>
       </c>
-      <c r="D23" s="352">
+      <c r="D23" s="310">
         <v>-9.1999999999999993</v>
       </c>
-      <c r="E23" s="352">
+      <c r="E23" s="310">
         <v>-15.7</v>
       </c>
-      <c r="F23" s="353">
+      <c r="F23" s="311">
         <v>-0.61</v>
       </c>
-      <c r="G23" s="354">
+      <c r="G23" s="312">
         <v>-4.2</v>
       </c>
-      <c r="H23" s="355">
+      <c r="H23" s="313">
         <v>-31.2</v>
       </c>
-      <c r="I23" s="356">
+      <c r="I23" s="314">
         <v>-12</v>
       </c>
-      <c r="J23" s="357">
+      <c r="J23" s="315">
         <v>-0.54</v>
       </c>
-      <c r="K23" s="358">
+      <c r="K23" s="316">
         <v>-0.2</v>
       </c>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24" s="339"/>
-[...1 lines deleted...]
-      <c r="C24" s="359">
+      <c r="A24" s="462"/>
+      <c r="B24" s="430"/>
+      <c r="C24" s="317">
         <v>576775</v>
       </c>
-      <c r="D24" s="360">
+      <c r="D24" s="318">
         <v>356210</v>
       </c>
-      <c r="E24" s="360">
+      <c r="E24" s="318">
         <v>195083</v>
       </c>
-      <c r="F24" s="361">
+      <c r="F24" s="319">
         <v>1.62</v>
       </c>
-      <c r="G24" s="362">
+      <c r="G24" s="320">
         <v>54.8</v>
       </c>
-      <c r="H24" s="346">
+      <c r="H24" s="305">
         <v>642613</v>
       </c>
-      <c r="I24" s="347">
+      <c r="I24" s="306">
         <v>331516</v>
       </c>
-      <c r="J24" s="348">
+      <c r="J24" s="307">
         <v>1.94</v>
       </c>
-      <c r="K24" s="349" t="s">
+      <c r="K24" s="308" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="25" spans="1:11">
-      <c r="A25" s="339"/>
-      <c r="B25" s="350" t="s">
+      <c r="A25" s="462"/>
+      <c r="B25" s="429" t="s">
         <v>209</v>
       </c>
-      <c r="C25" s="351">
+      <c r="C25" s="309">
         <v>-19.7</v>
       </c>
-      <c r="D25" s="352">
+      <c r="D25" s="310">
         <v>-7</v>
       </c>
-      <c r="E25" s="352">
+      <c r="E25" s="310">
         <v>-13.2</v>
       </c>
-      <c r="F25" s="353">
+      <c r="F25" s="311">
         <v>-0.22</v>
       </c>
-      <c r="G25" s="354">
+      <c r="G25" s="312">
         <v>-3.7</v>
       </c>
-      <c r="H25" s="355">
+      <c r="H25" s="313">
         <v>-16.600000000000001</v>
       </c>
-      <c r="I25" s="356">
+      <c r="I25" s="314">
         <v>-8.3000000000000007</v>
       </c>
-      <c r="J25" s="357">
+      <c r="J25" s="315">
         <v>-0.17999999999999994</v>
       </c>
-      <c r="K25" s="358">
+      <c r="K25" s="316">
         <v>-0.3</v>
       </c>
     </row>
     <row r="26" spans="1:11">
-      <c r="A26" s="339"/>
-[...1 lines deleted...]
-      <c r="C26" s="359">
+      <c r="A26" s="462"/>
+      <c r="B26" s="430"/>
+      <c r="C26" s="317">
         <v>463408</v>
       </c>
-      <c r="D26" s="360">
+      <c r="D26" s="318">
         <v>331265</v>
       </c>
-      <c r="E26" s="360">
+      <c r="E26" s="318">
         <v>169260</v>
       </c>
-      <c r="F26" s="361">
+      <c r="F26" s="319">
         <v>1.4</v>
       </c>
-      <c r="G26" s="362">
+      <c r="G26" s="320">
         <v>51.1</v>
       </c>
-      <c r="H26" s="346">
+      <c r="H26" s="305">
         <v>536175</v>
       </c>
-      <c r="I26" s="347">
+      <c r="I26" s="306">
         <v>304091</v>
       </c>
-      <c r="J26" s="348">
+      <c r="J26" s="307">
         <v>1.76</v>
       </c>
-      <c r="K26" s="349" t="s">
+      <c r="K26" s="308" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:11">
-      <c r="A27" s="339"/>
-      <c r="B27" s="350" t="s">
+      <c r="A27" s="462"/>
+      <c r="B27" s="429" t="s">
         <v>211</v>
       </c>
-      <c r="C27" s="351">
+      <c r="C27" s="309">
         <v>-3.4</v>
       </c>
-      <c r="D27" s="352">
+      <c r="D27" s="310">
         <v>-7.1</v>
       </c>
-      <c r="E27" s="352">
+      <c r="E27" s="310">
         <v>-4.5999999999999996</v>
       </c>
-      <c r="F27" s="353">
+      <c r="F27" s="311">
         <v>0.06</v>
       </c>
-      <c r="G27" s="354">
+      <c r="G27" s="312">
         <v>1.4</v>
       </c>
-      <c r="H27" s="355">
+      <c r="H27" s="313">
         <v>-3.4</v>
       </c>
-      <c r="I27" s="356">
+      <c r="I27" s="314">
         <v>-5.3</v>
       </c>
-      <c r="J27" s="357">
+      <c r="J27" s="315">
         <v>4.0000000000000036E-2</v>
       </c>
-      <c r="K27" s="358">
+      <c r="K27" s="316">
         <v>0.1</v>
       </c>
     </row>
     <row r="28" spans="1:11">
-      <c r="A28" s="339"/>
-[...1 lines deleted...]
-      <c r="C28" s="359">
+      <c r="A28" s="462"/>
+      <c r="B28" s="430"/>
+      <c r="C28" s="317">
         <v>447880</v>
       </c>
-      <c r="D28" s="360">
+      <c r="D28" s="318">
         <v>307796</v>
       </c>
-      <c r="E28" s="360">
+      <c r="E28" s="318">
         <v>161555</v>
       </c>
-      <c r="F28" s="361">
+      <c r="F28" s="319">
         <v>1.46</v>
       </c>
-      <c r="G28" s="362">
+      <c r="G28" s="320">
         <v>52.5</v>
       </c>
-      <c r="H28" s="346">
+      <c r="H28" s="305">
         <v>517763</v>
       </c>
-      <c r="I28" s="347">
+      <c r="I28" s="306">
         <v>288090</v>
       </c>
-      <c r="J28" s="348">
+      <c r="J28" s="307">
         <v>1.8</v>
       </c>
-      <c r="K28" s="349" t="s">
+      <c r="K28" s="308" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="29" spans="1:11">
-      <c r="A29" s="339"/>
-      <c r="B29" s="350" t="s">
+      <c r="A29" s="462"/>
+      <c r="B29" s="429" t="s">
         <v>213</v>
       </c>
-      <c r="C29" s="351">
+      <c r="C29" s="309">
         <v>4.8</v>
       </c>
-      <c r="D29" s="352">
+      <c r="D29" s="310">
         <v>-6</v>
       </c>
-      <c r="E29" s="352">
+      <c r="E29" s="310">
         <v>-0.4</v>
       </c>
-      <c r="F29" s="353">
+      <c r="F29" s="311">
         <v>0.16</v>
       </c>
-      <c r="G29" s="354">
+      <c r="G29" s="312">
         <v>3.1</v>
       </c>
-      <c r="H29" s="355">
+      <c r="H29" s="313">
         <v>0</v>
       </c>
-      <c r="I29" s="356">
+      <c r="I29" s="314">
         <v>-5.5</v>
       </c>
-      <c r="J29" s="357">
+      <c r="J29" s="315">
         <v>0.1</v>
       </c>
-      <c r="K29" s="358">
+      <c r="K29" s="316">
         <v>-0.3</v>
       </c>
     </row>
     <row r="30" spans="1:11">
-      <c r="A30" s="339"/>
-[...1 lines deleted...]
-      <c r="C30" s="359">
+      <c r="A30" s="462"/>
+      <c r="B30" s="430"/>
+      <c r="C30" s="317">
         <v>469555</v>
       </c>
-      <c r="D30" s="360">
+      <c r="D30" s="318">
         <v>289200</v>
       </c>
-      <c r="E30" s="360">
+      <c r="E30" s="318">
         <v>160857</v>
       </c>
-      <c r="F30" s="361">
+      <c r="F30" s="319">
         <v>1.62</v>
       </c>
-      <c r="G30" s="362">
+      <c r="G30" s="320">
         <v>55.6</v>
       </c>
-      <c r="H30" s="346">
+      <c r="H30" s="305">
         <v>517822</v>
       </c>
-      <c r="I30" s="347">
+      <c r="I30" s="306">
         <v>272296</v>
       </c>
-      <c r="J30" s="348">
+      <c r="J30" s="307">
         <v>1.9</v>
       </c>
-      <c r="K30" s="349" t="s">
+      <c r="K30" s="308" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="31" spans="1:11">
-      <c r="A31" s="339"/>
-      <c r="B31" s="350" t="s">
+      <c r="A31" s="462"/>
+      <c r="B31" s="429" t="s">
         <v>215</v>
       </c>
-      <c r="C31" s="351">
+      <c r="C31" s="309">
         <v>-33.4</v>
       </c>
-      <c r="D31" s="352">
+      <c r="D31" s="310">
         <v>-9.6999999999999993</v>
       </c>
-      <c r="E31" s="352">
+      <c r="E31" s="310">
         <v>-20.7</v>
       </c>
-      <c r="F31" s="353">
+      <c r="F31" s="311">
         <v>-0.42</v>
       </c>
-      <c r="G31" s="354">
+      <c r="G31" s="312">
         <v>-6.7</v>
       </c>
-      <c r="H31" s="355">
+      <c r="H31" s="313">
         <v>-30.5</v>
       </c>
-      <c r="I31" s="356">
+      <c r="I31" s="314">
         <v>-15.9</v>
       </c>
-      <c r="J31" s="357">
+      <c r="J31" s="315">
         <v>-0.32999999999999985</v>
       </c>
-      <c r="K31" s="358">
+      <c r="K31" s="316">
         <v>-1.4</v>
       </c>
     </row>
     <row r="32" spans="1:11">
-      <c r="A32" s="339"/>
-[...1 lines deleted...]
-      <c r="C32" s="359">
+      <c r="A32" s="462"/>
+      <c r="B32" s="430"/>
+      <c r="C32" s="317">
         <v>312564</v>
       </c>
-      <c r="D32" s="360">
+      <c r="D32" s="318">
         <v>261007</v>
       </c>
-      <c r="E32" s="360">
+      <c r="E32" s="318">
         <v>127561</v>
       </c>
-      <c r="F32" s="361">
+      <c r="F32" s="319">
         <v>1.2</v>
       </c>
-      <c r="G32" s="362">
+      <c r="G32" s="320">
         <v>48.9</v>
       </c>
-      <c r="H32" s="346">
+      <c r="H32" s="305">
         <v>359938</v>
       </c>
-      <c r="I32" s="347">
+      <c r="I32" s="306">
         <v>228991</v>
       </c>
-      <c r="J32" s="348">
+      <c r="J32" s="307">
         <v>1.57</v>
       </c>
-      <c r="K32" s="349" t="s">
+      <c r="K32" s="308" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="33" spans="1:11">
-      <c r="A33" s="339"/>
-      <c r="B33" s="350" t="s">
+      <c r="A33" s="462"/>
+      <c r="B33" s="429" t="s">
         <v>217</v>
       </c>
-      <c r="C33" s="351">
+      <c r="C33" s="309">
         <v>-35.200000000000003</v>
       </c>
-      <c r="D33" s="352">
+      <c r="D33" s="310">
         <v>-9.1999999999999993</v>
       </c>
-      <c r="E33" s="352">
+      <c r="E33" s="310">
         <v>-23.5</v>
       </c>
-      <c r="F33" s="353">
+      <c r="F33" s="311">
         <v>-0.35</v>
       </c>
-      <c r="G33" s="354">
+      <c r="G33" s="312">
         <v>-7.7</v>
       </c>
-      <c r="H33" s="355">
+      <c r="H33" s="313">
         <v>-24.5</v>
       </c>
-      <c r="I33" s="356">
+      <c r="I33" s="314">
         <v>-12.1</v>
       </c>
-      <c r="J33" s="357">
+      <c r="J33" s="315">
         <v>-0.21999999999999997</v>
       </c>
-      <c r="K33" s="358">
+      <c r="K33" s="316">
         <v>-1.2000000000000028</v>
       </c>
     </row>
     <row r="34" spans="1:11">
-      <c r="A34" s="339"/>
-[...1 lines deleted...]
-      <c r="C34" s="359">
+      <c r="A34" s="462"/>
+      <c r="B34" s="430"/>
+      <c r="C34" s="317">
         <v>202530</v>
       </c>
-      <c r="D34" s="360">
+      <c r="D34" s="318">
         <v>236893</v>
       </c>
-      <c r="E34" s="360">
+      <c r="E34" s="318">
         <v>97610</v>
       </c>
-      <c r="F34" s="361">
+      <c r="F34" s="319">
         <v>0.85</v>
       </c>
-      <c r="G34" s="362">
+      <c r="G34" s="320">
         <v>41.2</v>
       </c>
-      <c r="H34" s="346">
+      <c r="H34" s="305">
         <v>271667</v>
       </c>
-      <c r="I34" s="347">
+      <c r="I34" s="306">
         <v>201346</v>
       </c>
-      <c r="J34" s="348">
+      <c r="J34" s="307">
         <v>1.35</v>
       </c>
-      <c r="K34" s="349" t="s">
+      <c r="K34" s="308" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="35" spans="1:11">
-      <c r="A35" s="339"/>
-      <c r="B35" s="350" t="s">
+      <c r="A35" s="462"/>
+      <c r="B35" s="429" t="s">
         <v>219</v>
       </c>
-      <c r="C35" s="351">
+      <c r="C35" s="309">
         <v>1.5</v>
       </c>
-      <c r="D35" s="352">
+      <c r="D35" s="310">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="E35" s="352">
+      <c r="E35" s="310">
         <v>0.8</v>
       </c>
-      <c r="F35" s="353">
+      <c r="F35" s="311">
         <v>0.04</v>
       </c>
-      <c r="G35" s="354">
+      <c r="G35" s="312">
         <v>1.3</v>
       </c>
-      <c r="H35" s="355">
+      <c r="H35" s="313">
         <v>0.5</v>
       </c>
-      <c r="I35" s="356">
+      <c r="I35" s="314">
         <v>1.2</v>
       </c>
-      <c r="J35" s="357">
+      <c r="J35" s="315">
         <v>-1.0000000000000009E-2</v>
       </c>
-      <c r="K35" s="358">
+      <c r="K35" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="36" spans="1:11">
-      <c r="A36" s="339"/>
-[...1 lines deleted...]
-      <c r="C36" s="359">
+      <c r="A36" s="462"/>
+      <c r="B36" s="430"/>
+      <c r="C36" s="317">
         <v>205578</v>
       </c>
-      <c r="D36" s="360">
+      <c r="D36" s="318">
         <v>231637</v>
       </c>
-      <c r="E36" s="360">
+      <c r="E36" s="318">
         <v>98374</v>
       </c>
-      <c r="F36" s="361">
+      <c r="F36" s="319">
         <v>0.89</v>
       </c>
-      <c r="G36" s="362">
+      <c r="G36" s="320">
         <v>42.5</v>
       </c>
-      <c r="H36" s="346">
+      <c r="H36" s="305">
         <v>273118</v>
       </c>
-      <c r="I36" s="347">
+      <c r="I36" s="306">
         <v>203692</v>
       </c>
-      <c r="J36" s="348">
+      <c r="J36" s="307">
         <v>1.34</v>
       </c>
-      <c r="K36" s="349">
+      <c r="K36" s="308">
         <v>95.9</v>
       </c>
     </row>
     <row r="37" spans="1:11">
-      <c r="A37" s="339"/>
-      <c r="B37" s="350" t="s">
+      <c r="A37" s="462"/>
+      <c r="B37" s="429" t="s">
         <v>220</v>
       </c>
-      <c r="C37" s="351">
+      <c r="C37" s="309">
         <v>-10</v>
       </c>
-      <c r="D37" s="352">
+      <c r="D37" s="310">
         <v>-3.8</v>
       </c>
-      <c r="E37" s="352">
+      <c r="E37" s="310">
         <v>-16.2</v>
       </c>
-      <c r="F37" s="353">
+      <c r="F37" s="311">
         <v>-0.06</v>
       </c>
-      <c r="G37" s="354">
+      <c r="G37" s="312">
         <v>-5.5</v>
       </c>
-      <c r="H37" s="355">
+      <c r="H37" s="313">
         <v>-11.1</v>
       </c>
-      <c r="I37" s="356">
+      <c r="I37" s="314">
         <v>-9.6</v>
       </c>
-      <c r="J37" s="357">
+      <c r="J37" s="315">
         <v>-2.0000000000000018E-2</v>
       </c>
-      <c r="K37" s="358">
+      <c r="K37" s="316">
         <v>-1.1000000000000001</v>
       </c>
     </row>
     <row r="38" spans="1:11">
-      <c r="A38" s="339"/>
-[...1 lines deleted...]
-      <c r="C38" s="359">
+      <c r="A38" s="462"/>
+      <c r="B38" s="430"/>
+      <c r="C38" s="317">
         <v>184974</v>
       </c>
-      <c r="D38" s="360">
+      <c r="D38" s="318">
         <v>222751</v>
       </c>
-      <c r="E38" s="360">
+      <c r="E38" s="318">
         <v>82409</v>
       </c>
-      <c r="F38" s="361">
+      <c r="F38" s="319">
         <v>0.83</v>
       </c>
-      <c r="G38" s="362">
+      <c r="G38" s="320">
         <v>37</v>
       </c>
-      <c r="H38" s="346">
+      <c r="H38" s="305">
         <v>242926</v>
       </c>
-      <c r="I38" s="347">
+      <c r="I38" s="306">
         <v>184135</v>
       </c>
-      <c r="J38" s="348">
+      <c r="J38" s="307">
         <v>1.32</v>
       </c>
-      <c r="K38" s="349" t="s">
+      <c r="K38" s="308" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:11">
-      <c r="A39" s="339"/>
-      <c r="B39" s="350" t="s">
+      <c r="A39" s="462"/>
+      <c r="B39" s="429" t="s">
         <v>222</v>
       </c>
-      <c r="C39" s="351">
+      <c r="C39" s="309">
         <v>-18.899999999999999</v>
       </c>
-      <c r="D39" s="352">
+      <c r="D39" s="310">
         <v>-6.6</v>
       </c>
-      <c r="E39" s="352">
+      <c r="E39" s="310">
         <v>-15.7</v>
       </c>
-      <c r="F39" s="353">
+      <c r="F39" s="311">
         <v>-0.11</v>
       </c>
-      <c r="G39" s="354">
+      <c r="G39" s="312">
         <v>-3.6</v>
       </c>
-      <c r="H39" s="355">
+      <c r="H39" s="313">
         <v>-10</v>
       </c>
-      <c r="I39" s="356">
+      <c r="I39" s="314">
         <v>-6.2</v>
       </c>
-      <c r="J39" s="357">
+      <c r="J39" s="315">
         <v>-5.0000000000000044E-2</v>
       </c>
-      <c r="K39" s="358">
+      <c r="K39" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="40" spans="1:11">
-      <c r="A40" s="339"/>
-[...1 lines deleted...]
-      <c r="C40" s="359">
+      <c r="A40" s="462"/>
+      <c r="B40" s="430"/>
+      <c r="C40" s="317">
         <v>150101</v>
       </c>
-      <c r="D40" s="360">
+      <c r="D40" s="318">
         <v>208083</v>
       </c>
-      <c r="E40" s="360">
+      <c r="E40" s="318">
         <v>69504</v>
       </c>
-      <c r="F40" s="361">
+      <c r="F40" s="319">
         <v>0.72</v>
       </c>
-      <c r="G40" s="362">
+      <c r="G40" s="320">
         <v>33.4</v>
       </c>
-      <c r="H40" s="346">
+      <c r="H40" s="305">
         <v>218604</v>
       </c>
-      <c r="I40" s="347">
+      <c r="I40" s="306">
         <v>172731</v>
       </c>
-      <c r="J40" s="348">
+      <c r="J40" s="307">
         <v>1.27</v>
       </c>
-      <c r="K40" s="349">
+      <c r="K40" s="308">
         <v>95.1</v>
       </c>
     </row>
     <row r="41" spans="1:11">
-      <c r="A41" s="339"/>
-      <c r="B41" s="350" t="s">
+      <c r="A41" s="462"/>
+      <c r="B41" s="429" t="s">
         <v>223</v>
       </c>
-      <c r="C41" s="351">
+      <c r="C41" s="309">
         <v>1</v>
       </c>
-      <c r="D41" s="352">
+      <c r="D41" s="310">
         <v>-3.5</v>
       </c>
-      <c r="E41" s="352">
+      <c r="E41" s="310">
         <v>-0.3</v>
       </c>
-      <c r="F41" s="353">
+      <c r="F41" s="311">
         <v>4.0000000000000036E-2</v>
       </c>
-      <c r="G41" s="354">
+      <c r="G41" s="312">
         <v>1.1000000000000014</v>
       </c>
-      <c r="H41" s="355">
+      <c r="H41" s="313">
         <v>2.9</v>
       </c>
-      <c r="I41" s="356">
+      <c r="I41" s="314">
         <v>0.3</v>
       </c>
-      <c r="J41" s="357">
+      <c r="J41" s="315">
         <v>3.0000000000000027E-2</v>
       </c>
-      <c r="K41" s="358">
+      <c r="K41" s="316">
         <v>0.8</v>
       </c>
     </row>
     <row r="42" spans="1:11">
-      <c r="A42" s="339"/>
-[...1 lines deleted...]
-      <c r="C42" s="359">
+      <c r="A42" s="462"/>
+      <c r="B42" s="430"/>
+      <c r="C42" s="317">
         <v>151676</v>
       </c>
-      <c r="D42" s="360">
+      <c r="D42" s="318">
         <v>200774</v>
       </c>
-      <c r="E42" s="360">
+      <c r="E42" s="318">
         <v>69318</v>
       </c>
-      <c r="F42" s="361">
+      <c r="F42" s="319">
         <v>0.76</v>
       </c>
-      <c r="G42" s="362">
+      <c r="G42" s="320">
         <v>34.5</v>
       </c>
-      <c r="H42" s="346">
+      <c r="H42" s="305">
         <v>224984</v>
       </c>
-      <c r="I42" s="347">
+      <c r="I42" s="306">
         <v>173171</v>
       </c>
-      <c r="J42" s="348">
+      <c r="J42" s="307">
         <v>1.3</v>
       </c>
-      <c r="K42" s="349">
+      <c r="K42" s="308">
         <v>95.9</v>
       </c>
     </row>
     <row r="43" spans="1:11">
-      <c r="A43" s="339"/>
-      <c r="B43" s="363" t="s">
+      <c r="A43" s="462"/>
+      <c r="B43" s="422" t="s">
         <v>224</v>
       </c>
-      <c r="C43" s="351">
+      <c r="C43" s="309">
         <v>25.9</v>
       </c>
-      <c r="D43" s="352">
+      <c r="D43" s="310">
         <v>-2</v>
       </c>
-      <c r="E43" s="352">
+      <c r="E43" s="310">
         <v>10.6</v>
       </c>
-      <c r="F43" s="353">
+      <c r="F43" s="311">
         <v>0.20999999999999996</v>
       </c>
-      <c r="G43" s="354">
+      <c r="G43" s="312">
         <v>4.3999999999999986</v>
       </c>
-      <c r="H43" s="355">
+      <c r="H43" s="313">
         <v>14.7</v>
       </c>
-      <c r="I43" s="356">
+      <c r="I43" s="314">
         <v>1.9</v>
       </c>
-      <c r="J43" s="357">
+      <c r="J43" s="315">
         <v>0.15999999999999992</v>
       </c>
-      <c r="K43" s="358">
+      <c r="K43" s="316">
         <v>1.2999999999999972</v>
       </c>
     </row>
     <row r="44" spans="1:11">
-      <c r="A44" s="339"/>
-[...1 lines deleted...]
-      <c r="C44" s="359">
+      <c r="A44" s="462"/>
+      <c r="B44" s="427"/>
+      <c r="C44" s="317">
         <v>191016</v>
       </c>
-      <c r="D44" s="360">
+      <c r="D44" s="318">
         <v>196773</v>
       </c>
-      <c r="E44" s="360">
+      <c r="E44" s="318">
         <v>76641</v>
       </c>
-      <c r="F44" s="361">
+      <c r="F44" s="319">
         <v>0.97</v>
       </c>
-      <c r="G44" s="362">
+      <c r="G44" s="320">
         <v>38.9</v>
       </c>
-      <c r="H44" s="346">
+      <c r="H44" s="305">
         <v>258050</v>
       </c>
-      <c r="I44" s="347">
+      <c r="I44" s="306">
         <v>176403</v>
       </c>
-      <c r="J44" s="348">
+      <c r="J44" s="307">
         <v>1.46</v>
       </c>
-      <c r="K44" s="349">
+      <c r="K44" s="308">
         <v>97.2</v>
       </c>
     </row>
     <row r="45" spans="1:11">
-      <c r="A45" s="339"/>
-      <c r="B45" s="363" t="s">
+      <c r="A45" s="462"/>
+      <c r="B45" s="422" t="s">
         <v>225</v>
       </c>
-      <c r="C45" s="351">
+      <c r="C45" s="309">
         <v>23.3</v>
       </c>
-      <c r="D45" s="352">
+      <c r="D45" s="310">
         <v>0</v>
       </c>
-      <c r="E45" s="352">
+      <c r="E45" s="310">
         <v>12.9</v>
       </c>
-      <c r="F45" s="353">
+      <c r="F45" s="311">
         <v>0.22999999999999998</v>
       </c>
-      <c r="G45" s="354">
+      <c r="G45" s="312">
         <v>5.1000000000000014</v>
       </c>
-      <c r="H45" s="355">
+      <c r="H45" s="313">
         <v>13.7</v>
       </c>
-      <c r="I45" s="356">
+      <c r="I45" s="314">
         <v>1.9</v>
       </c>
-      <c r="J45" s="357">
+      <c r="J45" s="315">
         <v>0.16999999999999993</v>
       </c>
-      <c r="K45" s="358">
+      <c r="K45" s="316">
         <v>0.9</v>
       </c>
     </row>
     <row r="46" spans="1:11">
-      <c r="A46" s="339"/>
-[...1 lines deleted...]
-      <c r="C46" s="359">
+      <c r="A46" s="462"/>
+      <c r="B46" s="427"/>
+      <c r="C46" s="317">
         <v>235571</v>
       </c>
-      <c r="D46" s="360">
+      <c r="D46" s="318">
         <v>196803</v>
       </c>
-      <c r="E46" s="360">
+      <c r="E46" s="318">
         <v>86502</v>
       </c>
-      <c r="F46" s="361">
+      <c r="F46" s="319">
         <v>1.2</v>
       </c>
-      <c r="G46" s="362">
+      <c r="G46" s="320">
         <v>44</v>
       </c>
-      <c r="H46" s="346">
+      <c r="H46" s="305">
         <v>293520</v>
       </c>
-      <c r="I46" s="347">
+      <c r="I46" s="306">
         <v>179683</v>
       </c>
-      <c r="J46" s="348">
+      <c r="J46" s="307">
         <v>1.63</v>
       </c>
-      <c r="K46" s="349">
+      <c r="K46" s="308">
         <v>98.1</v>
       </c>
     </row>
     <row r="47" spans="1:11">
-      <c r="A47" s="339"/>
-      <c r="B47" s="363" t="s">
+      <c r="A47" s="462"/>
+      <c r="B47" s="422" t="s">
         <v>226</v>
       </c>
-      <c r="C47" s="351">
+      <c r="C47" s="309">
         <v>21</v>
       </c>
-      <c r="D47" s="352">
+      <c r="D47" s="310">
         <v>0.4</v>
       </c>
-      <c r="E47" s="352">
+      <c r="E47" s="310">
         <v>10.5</v>
       </c>
-      <c r="F47" s="353">
+      <c r="F47" s="311">
         <v>0.24</v>
       </c>
-      <c r="G47" s="354">
+      <c r="G47" s="312">
         <v>4.3999999999999986</v>
       </c>
-      <c r="H47" s="355">
+      <c r="H47" s="313">
         <v>13.4</v>
       </c>
-      <c r="I47" s="356">
+      <c r="I47" s="314">
         <v>2.4</v>
       </c>
-      <c r="J47" s="357">
+      <c r="J47" s="315">
         <v>0.18000000000000016</v>
       </c>
-      <c r="K47" s="358">
+      <c r="K47" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="48" spans="1:11">
-      <c r="A48" s="339"/>
-[...1 lines deleted...]
-      <c r="C48" s="359">
+      <c r="A48" s="462"/>
+      <c r="B48" s="427"/>
+      <c r="C48" s="317">
         <v>284959</v>
       </c>
-      <c r="D48" s="360">
+      <c r="D48" s="318">
         <v>197519</v>
       </c>
-      <c r="E48" s="360">
+      <c r="E48" s="318">
         <v>95582</v>
       </c>
-      <c r="F48" s="361">
+      <c r="F48" s="319">
         <v>1.44</v>
       </c>
-      <c r="G48" s="362">
+      <c r="G48" s="320">
         <v>48.4</v>
       </c>
-      <c r="H48" s="346">
+      <c r="H48" s="305">
         <v>332796</v>
       </c>
-      <c r="I48" s="347">
+      <c r="I48" s="306">
         <v>184026</v>
       </c>
-      <c r="J48" s="348">
+      <c r="J48" s="307">
         <v>1.81</v>
       </c>
-      <c r="K48" s="349">
+      <c r="K48" s="308">
         <v>98.4</v>
       </c>
     </row>
     <row r="49" spans="1:11">
-      <c r="A49" s="339"/>
-      <c r="B49" s="363" t="s">
+      <c r="A49" s="462"/>
+      <c r="B49" s="422" t="s">
         <v>227</v>
       </c>
-      <c r="C49" s="351">
+      <c r="C49" s="309">
         <v>7</v>
       </c>
-      <c r="D49" s="352">
+      <c r="D49" s="310">
         <v>-1.5</v>
       </c>
-      <c r="E49" s="352">
+      <c r="E49" s="310">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F49" s="353">
+      <c r="F49" s="311">
         <v>0.13000000000000012</v>
       </c>
-      <c r="G49" s="354">
+      <c r="G49" s="312">
         <v>1.3000000000000043</v>
       </c>
-      <c r="H49" s="355">
+      <c r="H49" s="313">
         <v>4</v>
       </c>
-      <c r="I49" s="356">
+      <c r="I49" s="314">
         <v>-0.3</v>
       </c>
-      <c r="J49" s="357">
+      <c r="J49" s="315">
         <v>0.08</v>
       </c>
-      <c r="K49" s="358">
+      <c r="K49" s="316">
         <v>-0.1</v>
       </c>
     </row>
     <row r="50" spans="1:11">
-      <c r="A50" s="339"/>
-[...1 lines deleted...]
-      <c r="C50" s="359">
+      <c r="A50" s="462"/>
+      <c r="B50" s="427"/>
+      <c r="C50" s="317">
         <v>304788</v>
       </c>
-      <c r="D50" s="360">
+      <c r="D50" s="318">
         <v>194538</v>
       </c>
-      <c r="E50" s="360">
+      <c r="E50" s="318">
         <v>96658</v>
       </c>
-      <c r="F50" s="361">
+      <c r="F50" s="319">
         <v>1.57</v>
       </c>
-      <c r="G50" s="362">
+      <c r="G50" s="320">
         <v>49.7</v>
       </c>
-      <c r="H50" s="346">
+      <c r="H50" s="305">
         <v>346112</v>
       </c>
-      <c r="I50" s="347">
+      <c r="I50" s="306">
         <v>183389</v>
       </c>
-      <c r="J50" s="348">
+      <c r="J50" s="307">
         <v>1.89</v>
       </c>
-      <c r="K50" s="349">
+      <c r="K50" s="308">
         <v>98.3</v>
       </c>
     </row>
     <row r="51" spans="1:11">
-      <c r="A51" s="339"/>
-      <c r="B51" s="363" t="s">
+      <c r="A51" s="462"/>
+      <c r="B51" s="422" t="s">
         <v>228</v>
       </c>
-      <c r="C51" s="351">
+      <c r="C51" s="309">
         <v>-3.8</v>
       </c>
-      <c r="D51" s="352">
+      <c r="D51" s="310">
         <v>-1</v>
       </c>
-      <c r="E51" s="352">
+      <c r="E51" s="310">
         <v>1.6</v>
       </c>
-      <c r="F51" s="353">
+      <c r="F51" s="311">
         <v>-5.0000000000000044E-2</v>
       </c>
-      <c r="G51" s="354">
+      <c r="G51" s="312">
         <v>1.2999999999999972</v>
       </c>
-      <c r="H51" s="355">
+      <c r="H51" s="313">
         <v>-6.7</v>
       </c>
-      <c r="I51" s="356">
+      <c r="I51" s="314">
         <v>-4.2</v>
       </c>
-      <c r="J51" s="357">
+      <c r="J51" s="315">
         <v>-0.05</v>
       </c>
-      <c r="K51" s="358">
+      <c r="K51" s="316">
         <v>-0.5</v>
       </c>
     </row>
     <row r="52" spans="1:11">
-      <c r="A52" s="339"/>
-[...1 lines deleted...]
-      <c r="C52" s="359">
+      <c r="A52" s="462"/>
+      <c r="B52" s="427"/>
+      <c r="C52" s="317">
         <v>293269</v>
       </c>
-      <c r="D52" s="360">
+      <c r="D52" s="318">
         <v>192634</v>
       </c>
-      <c r="E52" s="360">
+      <c r="E52" s="318">
         <v>98203</v>
       </c>
-      <c r="F52" s="361">
+      <c r="F52" s="319">
         <v>1.52</v>
       </c>
-      <c r="G52" s="362">
+      <c r="G52" s="320">
         <v>51</v>
       </c>
-      <c r="H52" s="346">
+      <c r="H52" s="305">
         <v>323000</v>
       </c>
-      <c r="I52" s="347">
+      <c r="I52" s="306">
         <v>175684</v>
       </c>
-      <c r="J52" s="348">
+      <c r="J52" s="307">
         <v>1.84</v>
       </c>
-      <c r="K52" s="349">
+      <c r="K52" s="308">
         <v>97.8</v>
       </c>
     </row>
     <row r="53" spans="1:11">
-      <c r="A53" s="339"/>
-      <c r="B53" s="363" t="s">
+      <c r="A53" s="462"/>
+      <c r="B53" s="422" t="s">
         <v>229</v>
       </c>
-      <c r="C53" s="351">
+      <c r="C53" s="309">
         <v>-46.7</v>
       </c>
-      <c r="D53" s="352">
+      <c r="D53" s="310">
         <v>-8.6999999999999993</v>
       </c>
-      <c r="E53" s="352">
+      <c r="E53" s="310">
         <v>-32.700000000000003</v>
       </c>
-      <c r="F53" s="353">
+      <c r="F53" s="311">
         <v>-0.63</v>
       </c>
-      <c r="G53" s="354">
+      <c r="G53" s="312">
         <v>-13.399999999999999</v>
       </c>
-      <c r="H53" s="355">
+      <c r="H53" s="313">
         <v>-38.299999999999997</v>
       </c>
-      <c r="I53" s="356">
+      <c r="I53" s="314">
         <v>-14.3</v>
       </c>
-      <c r="J53" s="357">
+      <c r="J53" s="315">
         <v>-0.52</v>
       </c>
-      <c r="K53" s="358">
+      <c r="K53" s="316">
         <v>-0.6</v>
       </c>
     </row>
     <row r="54" spans="1:11">
-      <c r="A54" s="339"/>
-[...1 lines deleted...]
-      <c r="C54" s="359">
+      <c r="A54" s="462"/>
+      <c r="B54" s="427"/>
+      <c r="C54" s="317">
         <v>156212</v>
       </c>
-      <c r="D54" s="360">
+      <c r="D54" s="318">
         <v>175799</v>
       </c>
-      <c r="E54" s="360">
+      <c r="E54" s="318">
         <v>66131</v>
       </c>
-      <c r="F54" s="361">
+      <c r="F54" s="319">
         <v>0.89</v>
       </c>
-      <c r="G54" s="362">
+      <c r="G54" s="320">
         <v>37.6</v>
       </c>
-      <c r="H54" s="346">
+      <c r="H54" s="305">
         <v>199201</v>
       </c>
-      <c r="I54" s="347">
+      <c r="I54" s="306">
         <v>150495</v>
       </c>
-      <c r="J54" s="348">
+      <c r="J54" s="307">
         <v>1.32</v>
       </c>
-      <c r="K54" s="349">
+      <c r="K54" s="308">
         <v>97.2</v>
       </c>
     </row>
     <row r="55" spans="1:11">
-      <c r="A55" s="339"/>
-      <c r="B55" s="363" t="s">
+      <c r="A55" s="462"/>
+      <c r="B55" s="422" t="s">
         <v>230</v>
       </c>
-      <c r="C55" s="351">
+      <c r="C55" s="309">
         <v>-3.1</v>
       </c>
-      <c r="D55" s="352">
+      <c r="D55" s="310">
         <v>-0.7</v>
       </c>
-      <c r="E55" s="352">
+      <c r="E55" s="310">
         <v>7.2</v>
       </c>
-      <c r="F55" s="353">
+      <c r="F55" s="311">
         <v>-2.0000000000000018E-2</v>
       </c>
-      <c r="G55" s="354">
+      <c r="G55" s="312">
         <v>3</v>
       </c>
-      <c r="H55" s="355">
+      <c r="H55" s="313">
         <v>-1.3</v>
       </c>
-      <c r="I55" s="356">
+      <c r="I55" s="314">
         <v>3.2</v>
       </c>
-      <c r="J55" s="357">
+      <c r="J55" s="315">
         <v>-5.0000000000000044E-2</v>
       </c>
-      <c r="K55" s="358">
+      <c r="K55" s="316">
         <v>0.6</v>
       </c>
     </row>
     <row r="56" spans="1:11">
-      <c r="A56" s="339"/>
-[...1 lines deleted...]
-      <c r="C56" s="359">
+      <c r="A56" s="462"/>
+      <c r="B56" s="427"/>
+      <c r="C56" s="317">
         <v>151356</v>
       </c>
-      <c r="D56" s="360">
+      <c r="D56" s="318">
         <v>174526</v>
       </c>
-      <c r="E56" s="360">
+      <c r="E56" s="318">
         <v>70910</v>
       </c>
-      <c r="F56" s="361">
+      <c r="F56" s="319">
         <v>0.87</v>
       </c>
-      <c r="G56" s="362">
+      <c r="G56" s="320">
         <v>40.6</v>
       </c>
-      <c r="H56" s="346">
+      <c r="H56" s="305">
         <v>196689</v>
       </c>
-      <c r="I56" s="347">
+      <c r="I56" s="306">
         <v>155310</v>
       </c>
-      <c r="J56" s="348">
+      <c r="J56" s="307">
         <v>1.27</v>
       </c>
-      <c r="K56" s="349">
+      <c r="K56" s="308">
         <v>97.8</v>
       </c>
     </row>
     <row r="57" spans="1:11">
-      <c r="A57" s="339"/>
-      <c r="B57" s="363" t="s">
+      <c r="A57" s="462"/>
+      <c r="B57" s="422" t="s">
         <v>231</v>
       </c>
-      <c r="C57" s="351">
+      <c r="C57" s="309">
         <v>5.9</v>
       </c>
-      <c r="D57" s="352">
+      <c r="D57" s="310">
         <v>-0.1</v>
       </c>
-      <c r="E57" s="352">
+      <c r="E57" s="310">
         <v>2.1</v>
       </c>
-      <c r="F57" s="353">
+      <c r="F57" s="311">
         <v>5.0000000000000044E-2</v>
       </c>
-      <c r="G57" s="354">
+      <c r="G57" s="312">
         <v>0.9</v>
       </c>
-      <c r="H57" s="355">
+      <c r="H57" s="313">
         <v>6.7</v>
       </c>
-      <c r="I57" s="356">
+      <c r="I57" s="314">
         <v>2.4</v>
       </c>
-      <c r="J57" s="357">
+      <c r="J57" s="315">
         <v>5.0000000000000044E-2</v>
       </c>
-      <c r="K57" s="358">
+      <c r="K57" s="316">
         <v>0.7</v>
       </c>
     </row>
     <row r="58" spans="1:11">
-      <c r="A58" s="339"/>
-[...1 lines deleted...]
-      <c r="C58" s="359">
+      <c r="A58" s="462"/>
+      <c r="B58" s="427"/>
+      <c r="C58" s="317">
         <v>160286</v>
       </c>
-      <c r="D58" s="360">
+      <c r="D58" s="318">
         <v>174297</v>
       </c>
-      <c r="E58" s="360">
+      <c r="E58" s="318">
         <v>72410</v>
       </c>
-      <c r="F58" s="361">
+      <c r="F58" s="319">
         <v>0.92</v>
       </c>
-      <c r="G58" s="362">
+      <c r="G58" s="320">
         <v>41.5</v>
       </c>
-      <c r="H58" s="346">
+      <c r="H58" s="305">
         <v>209925</v>
       </c>
-      <c r="I58" s="347">
+      <c r="I58" s="306">
         <v>159032</v>
       </c>
-      <c r="J58" s="348">
+      <c r="J58" s="307">
         <v>1.32</v>
       </c>
-      <c r="K58" s="349">
+      <c r="K58" s="308">
         <v>98.5</v>
       </c>
     </row>
     <row r="59" spans="1:11">
-      <c r="A59" s="339"/>
-      <c r="B59" s="363" t="s">
+      <c r="A59" s="462"/>
+      <c r="B59" s="422" t="s">
         <v>232</v>
       </c>
-      <c r="C59" s="351">
+      <c r="C59" s="309">
         <v>13.3</v>
       </c>
-      <c r="D59" s="352">
+      <c r="D59" s="310">
         <v>3.4</v>
       </c>
-      <c r="E59" s="352">
+      <c r="E59" s="310">
         <v>2</v>
       </c>
-      <c r="F59" s="353">
+      <c r="F59" s="311">
         <v>8.9999999999999969E-2</v>
       </c>
-      <c r="G59" s="354">
+      <c r="G59" s="312">
         <v>-0.5</v>
       </c>
-      <c r="H59" s="355">
+      <c r="H59" s="313">
         <v>8.6999999999999993</v>
       </c>
-      <c r="I59" s="356">
+      <c r="I59" s="314">
         <v>3.6</v>
       </c>
-      <c r="J59" s="357">
+      <c r="J59" s="315">
         <v>0.06</v>
       </c>
-      <c r="K59" s="358">
+      <c r="K59" s="316">
         <v>0.5</v>
       </c>
     </row>
     <row r="60" spans="1:11">
-      <c r="A60" s="339"/>
-[...1 lines deleted...]
-      <c r="C60" s="359">
+      <c r="A60" s="462"/>
+      <c r="B60" s="427"/>
+      <c r="C60" s="317">
         <v>181524</v>
       </c>
-      <c r="D60" s="360">
+      <c r="D60" s="318">
         <v>180209</v>
       </c>
-      <c r="E60" s="360">
+      <c r="E60" s="318">
         <v>73892</v>
       </c>
-      <c r="F60" s="361">
+      <c r="F60" s="319">
         <v>1.01</v>
       </c>
-      <c r="G60" s="362">
+      <c r="G60" s="320">
         <v>41</v>
       </c>
-      <c r="H60" s="346">
+      <c r="H60" s="305">
         <v>228277</v>
       </c>
-      <c r="I60" s="347">
+      <c r="I60" s="306">
         <v>164831</v>
       </c>
-      <c r="J60" s="348">
+      <c r="J60" s="307">
         <v>1.38</v>
       </c>
-      <c r="K60" s="349">
+      <c r="K60" s="308">
         <v>99</v>
       </c>
     </row>
     <row r="61" spans="1:11">
-      <c r="A61" s="339"/>
-      <c r="B61" s="363" t="s">
+      <c r="A61" s="462"/>
+      <c r="B61" s="422" t="s">
         <v>233</v>
       </c>
-      <c r="C61" s="351">
+      <c r="C61" s="309">
         <v>16.3</v>
       </c>
-      <c r="D61" s="352">
+      <c r="D61" s="310">
         <v>-3.6</v>
       </c>
-      <c r="E61" s="352">
+      <c r="E61" s="310">
         <v>7.1</v>
       </c>
-      <c r="F61" s="353">
+      <c r="F61" s="311">
         <v>0.20999999999999996</v>
       </c>
-      <c r="G61" s="354">
+      <c r="G61" s="312">
         <v>4.6000000000000014</v>
       </c>
-      <c r="H61" s="355">
+      <c r="H61" s="313">
         <v>12.1</v>
       </c>
-      <c r="I61" s="356">
+      <c r="I61" s="314">
         <v>-0.8</v>
       </c>
-      <c r="J61" s="357">
+      <c r="J61" s="315">
         <v>0.19000000000000017</v>
       </c>
-      <c r="K61" s="358">
+      <c r="K61" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="62" spans="1:11">
-      <c r="A62" s="339"/>
-[...1 lines deleted...]
-      <c r="C62" s="359">
+      <c r="A62" s="462"/>
+      <c r="B62" s="427"/>
+      <c r="C62" s="317">
         <v>211144</v>
       </c>
-      <c r="D62" s="360">
+      <c r="D62" s="318">
         <v>173651</v>
       </c>
-      <c r="E62" s="360">
+      <c r="E62" s="318">
         <v>79144</v>
       </c>
-      <c r="F62" s="361">
+      <c r="F62" s="319">
         <v>1.22</v>
       </c>
-      <c r="G62" s="362">
+      <c r="G62" s="320">
         <v>45.6</v>
       </c>
-      <c r="H62" s="346">
+      <c r="H62" s="305">
         <v>255841</v>
       </c>
-      <c r="I62" s="347">
+      <c r="I62" s="306">
         <v>163450</v>
       </c>
-      <c r="J62" s="348">
+      <c r="J62" s="307">
         <v>1.57</v>
       </c>
-      <c r="K62" s="349">
+      <c r="K62" s="308">
         <v>99.3</v>
       </c>
     </row>
     <row r="63" spans="1:11">
-      <c r="A63" s="339"/>
-      <c r="B63" s="363" t="s">
+      <c r="A63" s="462"/>
+      <c r="B63" s="422" t="s">
         <v>234</v>
       </c>
-      <c r="C63" s="351">
+      <c r="C63" s="309">
         <v>32.6</v>
       </c>
-      <c r="D63" s="352">
+      <c r="D63" s="310">
         <v>1.5</v>
       </c>
-      <c r="E63" s="352">
+      <c r="E63" s="310">
         <v>21.2</v>
       </c>
-      <c r="F63" s="353">
+      <c r="F63" s="311">
         <v>0.37000000000000011</v>
       </c>
-      <c r="G63" s="354">
+      <c r="G63" s="312">
         <v>8.7999999999999972</v>
       </c>
-      <c r="H63" s="355">
+      <c r="H63" s="313">
         <v>23.5</v>
       </c>
-      <c r="I63" s="356">
+      <c r="I63" s="314">
         <v>4.3</v>
       </c>
-      <c r="J63" s="357">
+      <c r="J63" s="315">
         <v>0.28000000000000003</v>
       </c>
-      <c r="K63" s="358">
+      <c r="K63" s="316">
         <v>0.3</v>
       </c>
     </row>
     <row r="64" spans="1:11">
-      <c r="A64" s="339"/>
-[...1 lines deleted...]
-      <c r="C64" s="359">
+      <c r="A64" s="462"/>
+      <c r="B64" s="427"/>
+      <c r="C64" s="317">
         <v>279900</v>
       </c>
-      <c r="D64" s="360">
+      <c r="D64" s="318">
         <v>176330</v>
       </c>
-      <c r="E64" s="360">
+      <c r="E64" s="318">
         <v>95960</v>
       </c>
-      <c r="F64" s="361">
+      <c r="F64" s="319">
         <v>1.59</v>
       </c>
-      <c r="G64" s="362">
+      <c r="G64" s="320">
         <v>54.4</v>
       </c>
-      <c r="H64" s="346">
+      <c r="H64" s="305">
         <v>315853</v>
       </c>
-      <c r="I64" s="347">
+      <c r="I64" s="306">
         <v>170500</v>
       </c>
-      <c r="J64" s="348">
+      <c r="J64" s="307">
         <v>1.85</v>
       </c>
-      <c r="K64" s="349">
+      <c r="K64" s="308">
         <v>99.6</v>
       </c>
     </row>
     <row r="65" spans="1:11">
-      <c r="A65" s="339"/>
-      <c r="B65" s="363" t="s">
+      <c r="A65" s="462"/>
+      <c r="B65" s="422" t="s">
         <v>235</v>
       </c>
-      <c r="C65" s="351">
+      <c r="C65" s="309">
         <v>15.2</v>
       </c>
-      <c r="D65" s="352">
+      <c r="D65" s="310">
         <v>0.2</v>
       </c>
-      <c r="E65" s="352">
+      <c r="E65" s="310">
         <v>3.2</v>
       </c>
-      <c r="F65" s="353">
+      <c r="F65" s="311">
         <v>0.24</v>
       </c>
-      <c r="G65" s="354">
+      <c r="G65" s="312">
         <v>1.7000000000000028</v>
       </c>
-      <c r="H65" s="355">
+      <c r="H65" s="313">
         <v>11.7</v>
       </c>
-      <c r="I65" s="356">
+      <c r="I65" s="314">
         <v>1</v>
       </c>
-      <c r="J65" s="357">
+      <c r="J65" s="315">
         <v>0.19999999999999973</v>
       </c>
-      <c r="K65" s="358">
+      <c r="K65" s="316">
         <v>0.1</v>
       </c>
     </row>
     <row r="66" spans="1:11">
-      <c r="A66" s="339"/>
-[...1 lines deleted...]
-      <c r="C66" s="359">
+      <c r="A66" s="462"/>
+      <c r="B66" s="427"/>
+      <c r="C66" s="317">
         <v>322432</v>
       </c>
-      <c r="D66" s="360">
+      <c r="D66" s="318">
         <v>176668</v>
       </c>
-      <c r="E66" s="360">
+      <c r="E66" s="318">
         <v>99047</v>
       </c>
-      <c r="F66" s="361">
+      <c r="F66" s="319">
         <v>1.83</v>
       </c>
-      <c r="G66" s="362">
+      <c r="G66" s="320">
         <v>56.1</v>
       </c>
-      <c r="H66" s="346">
+      <c r="H66" s="305">
         <v>352919</v>
       </c>
-      <c r="I66" s="347">
+      <c r="I66" s="306">
         <v>172280</v>
       </c>
-      <c r="J66" s="348">
+      <c r="J66" s="307">
         <v>2.0499999999999998</v>
       </c>
-      <c r="K66" s="349">
+      <c r="K66" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="67" spans="1:11">
-      <c r="A67" s="339"/>
-      <c r="B67" s="363" t="s">
+      <c r="A67" s="462"/>
+      <c r="B67" s="422" t="s">
         <v>236</v>
       </c>
-      <c r="C67" s="351">
+      <c r="C67" s="309">
         <v>11.6</v>
       </c>
-      <c r="D67" s="352">
+      <c r="D67" s="310">
         <v>-0.1</v>
       </c>
-      <c r="E67" s="352">
+      <c r="E67" s="310">
         <v>7.6</v>
       </c>
-      <c r="F67" s="353">
+      <c r="F67" s="311">
         <v>0.20999999999999996</v>
       </c>
-      <c r="G67" s="354">
+      <c r="G67" s="312">
         <v>4.2999999999999972</v>
       </c>
-      <c r="H67" s="355">
+      <c r="H67" s="313">
         <v>9.6999999999999993</v>
       </c>
-      <c r="I67" s="356">
+      <c r="I67" s="314">
         <v>0.8</v>
       </c>
-      <c r="J67" s="357">
+      <c r="J67" s="315">
         <v>0.18000000000000016</v>
       </c>
-      <c r="K67" s="358">
+      <c r="K67" s="316">
         <v>-0.2</v>
       </c>
     </row>
     <row r="68" spans="1:11">
-      <c r="A68" s="339"/>
-[...1 lines deleted...]
-      <c r="C68" s="359">
+      <c r="A68" s="462"/>
+      <c r="B68" s="427"/>
+      <c r="C68" s="317">
         <v>359788</v>
       </c>
-      <c r="D68" s="360">
+      <c r="D68" s="318">
         <v>176553</v>
       </c>
-      <c r="E68" s="360">
+      <c r="E68" s="318">
         <v>106617</v>
       </c>
-      <c r="F68" s="361">
+      <c r="F68" s="319">
         <v>2.04</v>
       </c>
-      <c r="G68" s="362">
+      <c r="G68" s="320">
         <v>60.4</v>
       </c>
-      <c r="H68" s="346">
+      <c r="H68" s="305">
         <v>387088</v>
       </c>
-      <c r="I68" s="347">
+      <c r="I68" s="306">
         <v>173683</v>
       </c>
-      <c r="J68" s="348">
+      <c r="J68" s="307">
         <v>2.23</v>
       </c>
-      <c r="K68" s="349">
+      <c r="K68" s="308">
         <v>99.5</v>
       </c>
     </row>
     <row r="69" spans="1:11">
-      <c r="A69" s="339"/>
-      <c r="B69" s="363" t="s">
+      <c r="A69" s="462"/>
+      <c r="B69" s="422" t="s">
         <v>237</v>
       </c>
-      <c r="C69" s="351">
+      <c r="C69" s="309">
         <v>13.3</v>
       </c>
-      <c r="D69" s="352">
+      <c r="D69" s="310">
         <v>-2.4</v>
       </c>
-      <c r="E69" s="352">
+      <c r="E69" s="310">
         <v>1.4</v>
       </c>
-      <c r="F69" s="353">
+      <c r="F69" s="311">
         <v>0.31999999999999984</v>
       </c>
-      <c r="G69" s="354">
+      <c r="G69" s="312">
         <v>2.3000000000000043</v>
       </c>
-      <c r="H69" s="355">
+      <c r="H69" s="313">
         <v>11.8</v>
       </c>
-      <c r="I69" s="356">
+      <c r="I69" s="314">
         <v>-1.4</v>
       </c>
-      <c r="J69" s="357">
+      <c r="J69" s="315">
         <v>0.29999999999999982</v>
       </c>
-      <c r="K69" s="358">
+      <c r="K69" s="316">
         <v>0.2</v>
       </c>
     </row>
     <row r="70" spans="1:11">
-      <c r="A70" s="339"/>
-[...1 lines deleted...]
-      <c r="C70" s="359">
+      <c r="A70" s="462"/>
+      <c r="B70" s="427"/>
+      <c r="C70" s="317">
         <v>407491</v>
       </c>
-      <c r="D70" s="360">
+      <c r="D70" s="318">
         <v>172399</v>
       </c>
-      <c r="E70" s="360">
+      <c r="E70" s="318">
         <v>108123</v>
       </c>
-      <c r="F70" s="361">
+      <c r="F70" s="319">
         <v>2.36</v>
       </c>
-      <c r="G70" s="362">
+      <c r="G70" s="320">
         <v>62.7</v>
       </c>
-      <c r="H70" s="346">
+      <c r="H70" s="305">
         <v>432645</v>
       </c>
-      <c r="I70" s="347">
+      <c r="I70" s="306">
         <v>171209</v>
       </c>
-      <c r="J70" s="348">
+      <c r="J70" s="307">
         <v>2.5299999999999998</v>
       </c>
-      <c r="K70" s="349">
+      <c r="K70" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="71" spans="1:11">
-      <c r="A71" s="339"/>
-      <c r="B71" s="363" t="s">
+      <c r="A71" s="462"/>
+      <c r="B71" s="422" t="s">
         <v>238</v>
       </c>
-      <c r="C71" s="351">
+      <c r="C71" s="309">
         <v>11.3</v>
       </c>
-      <c r="D71" s="352">
+      <c r="D71" s="310">
         <v>0.1</v>
       </c>
-      <c r="E71" s="352">
+      <c r="E71" s="310">
         <v>-0.5</v>
       </c>
-      <c r="F71" s="353">
+      <c r="F71" s="311">
         <v>0.27</v>
       </c>
-      <c r="G71" s="354">
+      <c r="G71" s="312">
         <v>-0.4</v>
       </c>
-      <c r="H71" s="355">
+      <c r="H71" s="313">
         <v>10.199999999999999</v>
       </c>
-      <c r="I71" s="356">
+      <c r="I71" s="314">
         <v>-0.1</v>
       </c>
-      <c r="J71" s="357">
+      <c r="J71" s="315">
         <v>0.26</v>
       </c>
-      <c r="K71" s="358">
+      <c r="K71" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:11">
-      <c r="A72" s="339"/>
-[...1 lines deleted...]
-      <c r="C72" s="359">
+      <c r="A72" s="462"/>
+      <c r="B72" s="427"/>
+      <c r="C72" s="317">
         <v>453641</v>
       </c>
-      <c r="D72" s="360">
+      <c r="D72" s="318">
         <v>172647</v>
       </c>
-      <c r="E72" s="360">
+      <c r="E72" s="318">
         <v>107542</v>
       </c>
-      <c r="F72" s="361">
+      <c r="F72" s="319">
         <v>2.63</v>
       </c>
-      <c r="G72" s="362">
+      <c r="G72" s="320">
         <v>62.3</v>
       </c>
-      <c r="H72" s="346">
+      <c r="H72" s="305">
         <v>476699</v>
       </c>
-      <c r="I72" s="347">
+      <c r="I72" s="306">
         <v>171114</v>
       </c>
-      <c r="J72" s="348">
+      <c r="J72" s="307">
         <v>2.79</v>
       </c>
-      <c r="K72" s="349">
+      <c r="K72" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="73" spans="1:11">
-      <c r="A73" s="339"/>
-      <c r="B73" s="363" t="s">
+      <c r="A73" s="462"/>
+      <c r="B73" s="422" t="s">
         <v>239</v>
       </c>
-      <c r="C73" s="351">
+      <c r="C73" s="309">
         <v>2.7</v>
       </c>
-      <c r="D73" s="352">
+      <c r="D73" s="310">
         <v>-1.9</v>
       </c>
-      <c r="E73" s="352">
+      <c r="E73" s="310">
         <v>0.9</v>
       </c>
-      <c r="F73" s="353">
+      <c r="F73" s="311">
         <v>0.12000000000000011</v>
       </c>
-      <c r="G73" s="354">
+      <c r="G73" s="312">
         <v>1.7000000000000028</v>
       </c>
-      <c r="H73" s="355">
+      <c r="H73" s="313">
         <v>1.6</v>
       </c>
-      <c r="I73" s="356">
+      <c r="I73" s="314">
         <v>-2.2999999999999998</v>
       </c>
-      <c r="J73" s="357">
+      <c r="J73" s="315">
         <v>0.11</v>
       </c>
-      <c r="K73" s="358">
+      <c r="K73" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:11">
-      <c r="A74" s="339"/>
-[...1 lines deleted...]
-      <c r="C74" s="359">
+      <c r="A74" s="462"/>
+      <c r="B74" s="427"/>
+      <c r="C74" s="317">
         <v>465920</v>
       </c>
-      <c r="D74" s="360">
+      <c r="D74" s="318">
         <v>169449</v>
       </c>
-      <c r="E74" s="360">
+      <c r="E74" s="318">
         <v>108528</v>
       </c>
-      <c r="F74" s="361">
+      <c r="F74" s="319">
         <v>2.75</v>
       </c>
-      <c r="G74" s="362">
+      <c r="G74" s="320">
         <v>64</v>
       </c>
-      <c r="H74" s="346">
+      <c r="H74" s="305">
         <v>484431</v>
       </c>
-      <c r="I74" s="347">
+      <c r="I74" s="306">
         <v>167251</v>
       </c>
-      <c r="J74" s="348">
+      <c r="J74" s="307">
         <v>2.9</v>
       </c>
-      <c r="K74" s="349">
+      <c r="K74" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="75" spans="1:11">
-      <c r="A75" s="339"/>
-      <c r="B75" s="365" t="s">
+      <c r="A75" s="462"/>
+      <c r="B75" s="455" t="s">
         <v>240</v>
       </c>
-      <c r="C75" s="351">
+      <c r="C75" s="309">
         <v>-20.7</v>
       </c>
-      <c r="D75" s="352">
+      <c r="D75" s="310">
         <v>-10.1</v>
       </c>
-      <c r="E75" s="352">
+      <c r="E75" s="310">
         <v>-9.9</v>
       </c>
-      <c r="F75" s="353">
+      <c r="F75" s="311">
         <v>-0.31999999999999984</v>
       </c>
-      <c r="G75" s="354">
+      <c r="G75" s="312">
         <v>0.2</v>
       </c>
-      <c r="H75" s="355">
+      <c r="H75" s="313">
         <v>-20.3</v>
       </c>
-      <c r="I75" s="356">
+      <c r="I75" s="314">
         <v>-12.5</v>
       </c>
-      <c r="J75" s="357">
+      <c r="J75" s="315">
         <v>-0.26</v>
       </c>
-      <c r="K75" s="358">
+      <c r="K75" s="316">
         <v>-0.1</v>
       </c>
     </row>
     <row r="76" spans="1:11">
-      <c r="A76" s="339"/>
-[...1 lines deleted...]
-      <c r="C76" s="359">
+      <c r="A76" s="462"/>
+      <c r="B76" s="456"/>
+      <c r="C76" s="317">
         <v>369675</v>
       </c>
-      <c r="D76" s="360">
+      <c r="D76" s="318">
         <v>152402</v>
       </c>
-      <c r="E76" s="360">
+      <c r="E76" s="318">
         <v>97810</v>
       </c>
-      <c r="F76" s="361">
+      <c r="F76" s="319">
         <v>2.4300000000000002</v>
       </c>
-      <c r="G76" s="362">
+      <c r="G76" s="320">
         <v>64.2</v>
       </c>
-      <c r="H76" s="346">
+      <c r="H76" s="305">
         <v>386316</v>
       </c>
-      <c r="I76" s="347">
+      <c r="I76" s="306">
         <v>146314</v>
       </c>
-      <c r="J76" s="348">
+      <c r="J76" s="307">
         <v>2.64</v>
       </c>
-      <c r="K76" s="349">
+      <c r="K76" s="308">
         <v>99.6</v>
       </c>
     </row>
     <row r="77" spans="1:11">
-      <c r="A77" s="339"/>
-      <c r="B77" s="363" t="s">
+      <c r="A77" s="462"/>
+      <c r="B77" s="422" t="s">
         <v>241</v>
       </c>
-      <c r="C77" s="351">
+      <c r="C77" s="309">
         <v>-0.3</v>
       </c>
-      <c r="D77" s="352">
+      <c r="D77" s="310">
         <v>-9.1999999999999993</v>
       </c>
-      <c r="E77" s="352">
+      <c r="E77" s="310">
         <v>-12.4</v>
       </c>
-      <c r="F77" s="353">
+      <c r="F77" s="311">
         <v>0.22999999999999998</v>
       </c>
-      <c r="G77" s="354">
+      <c r="G77" s="312">
         <v>-2.2000000000000028</v>
       </c>
-      <c r="H77" s="355">
+      <c r="H77" s="313">
         <v>0.6</v>
       </c>
-      <c r="I77" s="356">
+      <c r="I77" s="314">
         <v>-8</v>
       </c>
-      <c r="J77" s="357">
+      <c r="J77" s="315">
         <v>0.25</v>
       </c>
-      <c r="K77" s="358">
+      <c r="K77" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:11">
-      <c r="A78" s="339"/>
-[...1 lines deleted...]
-      <c r="C78" s="359">
+      <c r="A78" s="462"/>
+      <c r="B78" s="423"/>
+      <c r="C78" s="317">
         <v>368519</v>
       </c>
-      <c r="D78" s="360">
+      <c r="D78" s="318">
         <v>138328</v>
       </c>
-      <c r="E78" s="360">
+      <c r="E78" s="318">
         <v>85724</v>
       </c>
-      <c r="F78" s="361">
+      <c r="F78" s="319">
         <v>2.66</v>
       </c>
-      <c r="G78" s="362">
+      <c r="G78" s="320">
         <v>62</v>
       </c>
-      <c r="H78" s="346">
+      <c r="H78" s="305">
         <v>388588</v>
       </c>
-      <c r="I78" s="347">
+      <c r="I78" s="306">
         <v>134584</v>
       </c>
-      <c r="J78" s="348">
+      <c r="J78" s="307">
         <v>2.89</v>
       </c>
-      <c r="K78" s="349">
+      <c r="K78" s="308">
         <v>99.6</v>
       </c>
     </row>
     <row r="79" spans="1:11">
-      <c r="A79" s="339"/>
-      <c r="B79" s="363" t="s">
+      <c r="A79" s="462"/>
+      <c r="B79" s="422" t="s">
         <v>242</v>
       </c>
-      <c r="C79" s="351">
+      <c r="C79" s="309">
         <v>15.4</v>
       </c>
-      <c r="D79" s="352">
+      <c r="D79" s="310">
         <v>-6.7</v>
       </c>
-      <c r="E79" s="352">
+      <c r="E79" s="310">
         <v>-6.1</v>
       </c>
-      <c r="F79" s="353">
+      <c r="F79" s="311">
         <v>0.62999999999999989</v>
       </c>
-      <c r="G79" s="354">
+      <c r="G79" s="312">
         <v>0.4</v>
       </c>
-      <c r="H79" s="355">
+      <c r="H79" s="313">
         <v>14.3</v>
       </c>
-      <c r="I79" s="356">
+      <c r="I79" s="314">
         <v>-5.6</v>
       </c>
-      <c r="J79" s="357">
+      <c r="J79" s="315">
         <v>0.6</v>
       </c>
-      <c r="K79" s="358">
+      <c r="K79" s="316">
         <v>0.1</v>
       </c>
     </row>
     <row r="80" spans="1:11">
-      <c r="A80" s="339"/>
-[...1 lines deleted...]
-      <c r="C80" s="359">
+      <c r="A80" s="462"/>
+      <c r="B80" s="423"/>
+      <c r="C80" s="317">
         <v>425172</v>
       </c>
-      <c r="D80" s="360">
+      <c r="D80" s="318">
         <v>129062</v>
       </c>
-      <c r="E80" s="360">
+      <c r="E80" s="318">
         <v>80534</v>
       </c>
-      <c r="F80" s="361">
+      <c r="F80" s="319">
         <v>3.29</v>
       </c>
-      <c r="G80" s="362">
+      <c r="G80" s="320">
         <v>62.4</v>
       </c>
-      <c r="H80" s="346">
+      <c r="H80" s="305">
         <v>443980</v>
       </c>
-      <c r="I80" s="347">
+      <c r="I80" s="306">
         <v>127074</v>
       </c>
-      <c r="J80" s="348">
+      <c r="J80" s="307">
         <v>3.49</v>
       </c>
-      <c r="K80" s="349">
+      <c r="K80" s="308">
         <v>99.7</v>
       </c>
     </row>
     <row r="81" spans="1:11">
-      <c r="A81" s="339"/>
-      <c r="B81" s="363" t="s">
+      <c r="A81" s="462"/>
+      <c r="B81" s="422" t="s">
         <v>243</v>
       </c>
-      <c r="C81" s="351">
+      <c r="C81" s="309">
         <v>9.4</v>
       </c>
-      <c r="D81" s="352">
+      <c r="D81" s="310">
         <v>-4.8</v>
       </c>
-      <c r="E81" s="352">
+      <c r="E81" s="310">
         <v>-4</v>
       </c>
-      <c r="F81" s="353">
+      <c r="F81" s="311">
         <v>0.5</v>
       </c>
-      <c r="G81" s="354">
+      <c r="G81" s="312">
         <v>0.6</v>
       </c>
-      <c r="H81" s="355">
+      <c r="H81" s="313">
         <v>8.6999999999999993</v>
       </c>
-      <c r="I81" s="356">
+      <c r="I81" s="314">
         <v>-4.8</v>
       </c>
-      <c r="J81" s="357">
+      <c r="J81" s="315">
         <v>0.5</v>
       </c>
-      <c r="K81" s="358">
+      <c r="K81" s="316">
         <v>-0.1</v>
       </c>
     </row>
     <row r="82" spans="1:11">
-      <c r="A82" s="339"/>
-[...1 lines deleted...]
-      <c r="C82" s="359">
+      <c r="A82" s="462"/>
+      <c r="B82" s="423"/>
+      <c r="C82" s="317">
         <v>465157</v>
       </c>
-      <c r="D82" s="360">
+      <c r="D82" s="318">
         <v>122822</v>
       </c>
-      <c r="E82" s="360">
+      <c r="E82" s="318">
         <v>77340</v>
       </c>
-      <c r="F82" s="361">
+      <c r="F82" s="319">
         <v>3.79</v>
       </c>
-      <c r="G82" s="362">
+      <c r="G82" s="320">
         <v>63</v>
       </c>
-      <c r="H82" s="346">
+      <c r="H82" s="305">
         <v>482626</v>
       </c>
-      <c r="I82" s="347">
+      <c r="I82" s="306">
         <v>121027</v>
       </c>
-      <c r="J82" s="348">
+      <c r="J82" s="307">
         <v>3.99</v>
       </c>
-      <c r="K82" s="349">
+      <c r="K82" s="308">
         <v>99.6</v>
       </c>
     </row>
     <row r="83" spans="1:11">
-      <c r="A83" s="339"/>
-      <c r="B83" s="363" t="s">
+      <c r="A83" s="462"/>
+      <c r="B83" s="422" t="s">
         <v>244</v>
       </c>
-      <c r="C83" s="351">
+      <c r="C83" s="309">
         <v>3.7</v>
       </c>
-      <c r="D83" s="352">
+      <c r="D83" s="310">
         <v>0.5</v>
       </c>
-      <c r="E83" s="352">
+      <c r="E83" s="310">
         <v>0.8</v>
       </c>
-      <c r="F83" s="353">
+      <c r="F83" s="311">
         <v>0.12000000000000011</v>
       </c>
-      <c r="G83" s="354">
+      <c r="G83" s="312">
         <v>0.2</v>
       </c>
-      <c r="H83" s="355">
+      <c r="H83" s="313">
         <v>3.5</v>
       </c>
-      <c r="I83" s="356">
+      <c r="I83" s="314">
         <v>0.5</v>
       </c>
-      <c r="J83" s="357">
+      <c r="J83" s="315">
         <v>0.11</v>
       </c>
-      <c r="K83" s="358">
+      <c r="K83" s="316">
         <v>-0.1</v>
       </c>
     </row>
     <row r="84" spans="1:11">
-      <c r="A84" s="339"/>
-[...1 lines deleted...]
-      <c r="C84" s="359">
+      <c r="A84" s="462"/>
+      <c r="B84" s="423"/>
+      <c r="C84" s="317">
         <v>482136</v>
       </c>
-      <c r="D84" s="360">
+      <c r="D84" s="318">
         <v>123382</v>
       </c>
-      <c r="E84" s="360">
+      <c r="E84" s="318">
         <v>77943</v>
       </c>
-      <c r="F84" s="361">
+      <c r="F84" s="319">
         <v>3.91</v>
       </c>
-      <c r="G84" s="362">
+      <c r="G84" s="320">
         <v>63.2</v>
       </c>
-      <c r="H84" s="346">
+      <c r="H84" s="305">
         <v>499438</v>
       </c>
-      <c r="I84" s="347">
+      <c r="I84" s="306">
         <v>121677</v>
       </c>
-      <c r="J84" s="348">
+      <c r="J84" s="307">
         <v>4.0999999999999996</v>
       </c>
-      <c r="K84" s="349">
+      <c r="K84" s="308">
         <v>99.5</v>
       </c>
     </row>
     <row r="85" spans="1:11">
-      <c r="A85" s="339"/>
-      <c r="B85" s="363" t="s">
+      <c r="A85" s="462"/>
+      <c r="B85" s="422" t="s">
         <v>245</v>
       </c>
-      <c r="C85" s="351">
+      <c r="C85" s="309">
         <v>0.2</v>
       </c>
-      <c r="D85" s="352">
+      <c r="D85" s="310">
+        <v>-0.6</v>
+      </c>
+      <c r="E85" s="310">
+        <v>-0.3</v>
+      </c>
+      <c r="F85" s="311">
+        <v>2.9999999999999805E-2</v>
+      </c>
+      <c r="G85" s="312">
+        <v>0.2</v>
+      </c>
+      <c r="H85" s="453" t="s">
+        <v>246</v>
+      </c>
+      <c r="I85" s="445" t="s">
+        <v>246</v>
+      </c>
+      <c r="J85" s="447" t="s">
+        <v>246</v>
+      </c>
+      <c r="K85" s="449" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="14.25" thickBot="1">
+      <c r="A86" s="463"/>
+      <c r="B86" s="424"/>
+      <c r="C86" s="321">
+        <v>483080</v>
+      </c>
+      <c r="D86" s="322">
+        <v>122673</v>
+      </c>
+      <c r="E86" s="322">
+        <v>77725</v>
+      </c>
+      <c r="F86" s="323">
+        <v>3.94</v>
+      </c>
+      <c r="G86" s="324">
+        <v>63.4</v>
+      </c>
+      <c r="H86" s="454"/>
+      <c r="I86" s="446"/>
+      <c r="J86" s="448"/>
+      <c r="K86" s="450"/>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" s="451"/>
+      <c r="B87" s="451"/>
+      <c r="C87" s="451"/>
+      <c r="D87" s="451"/>
+      <c r="E87" s="451"/>
+      <c r="F87" s="451"/>
+      <c r="G87" s="451"/>
+      <c r="H87" s="420"/>
+    </row>
+    <row r="88" spans="1:11" ht="15" customHeight="1">
+      <c r="A88" s="325" t="s">
+        <v>247</v>
+      </c>
+      <c r="B88" s="326"/>
+      <c r="C88" s="326"/>
+      <c r="D88" s="326"/>
+      <c r="E88" s="326"/>
+      <c r="F88" s="326"/>
+      <c r="G88" s="326"/>
+      <c r="H88" s="326"/>
+      <c r="I88" s="326"/>
+      <c r="J88" s="326"/>
+      <c r="K88" s="326"/>
+    </row>
+    <row r="89" spans="1:11" ht="15" customHeight="1">
+      <c r="A89" s="327" t="s">
+        <v>248</v>
+      </c>
+      <c r="B89" s="328"/>
+      <c r="C89" s="328"/>
+      <c r="D89" s="328"/>
+      <c r="E89" s="328"/>
+      <c r="F89" s="328"/>
+      <c r="G89" s="328"/>
+      <c r="H89" s="328"/>
+      <c r="I89" s="328"/>
+      <c r="J89" s="328"/>
+      <c r="K89" s="328"/>
+    </row>
+    <row r="90" spans="1:11" ht="15" customHeight="1">
+      <c r="A90" s="325" t="s">
+        <v>249</v>
+      </c>
+      <c r="B90" s="326"/>
+      <c r="C90" s="326"/>
+      <c r="D90" s="326"/>
+      <c r="E90" s="326"/>
+      <c r="F90" s="326"/>
+      <c r="G90" s="326"/>
+      <c r="H90" s="326"/>
+      <c r="I90" s="326"/>
+      <c r="J90" s="326"/>
+      <c r="K90" s="326"/>
+    </row>
+    <row r="91" spans="1:11" ht="15" customHeight="1">
+      <c r="A91" s="327" t="s">
+        <v>250</v>
+      </c>
+      <c r="B91" s="328"/>
+      <c r="C91" s="328"/>
+      <c r="D91" s="328"/>
+      <c r="E91" s="328"/>
+      <c r="F91" s="328"/>
+      <c r="G91" s="328"/>
+      <c r="H91" s="328"/>
+      <c r="I91" s="328"/>
+      <c r="J91" s="328"/>
+      <c r="K91" s="328"/>
+    </row>
+    <row r="92" spans="1:11" ht="15" customHeight="1">
+      <c r="A92" s="452" t="s">
+        <v>251</v>
+      </c>
+      <c r="B92" s="452"/>
+      <c r="C92" s="452"/>
+      <c r="D92" s="452"/>
+      <c r="E92" s="452"/>
+      <c r="F92" s="452"/>
+      <c r="G92" s="452"/>
+      <c r="H92" s="452"/>
+      <c r="I92" s="452"/>
+      <c r="J92" s="452"/>
+      <c r="K92" s="452"/>
+    </row>
+    <row r="93" spans="1:11" ht="15" customHeight="1">
+      <c r="A93" s="325" t="s">
+        <v>252</v>
+      </c>
+      <c r="B93" s="325"/>
+      <c r="C93" s="325"/>
+      <c r="D93" s="325"/>
+      <c r="E93" s="325"/>
+      <c r="F93" s="325"/>
+      <c r="G93" s="325"/>
+      <c r="H93" s="325"/>
+    </row>
+    <row r="94" spans="1:11" ht="15" customHeight="1">
+      <c r="A94" s="327" t="s">
+        <v>253</v>
+      </c>
+      <c r="B94" s="329"/>
+      <c r="C94" s="330"/>
+      <c r="D94" s="330"/>
+      <c r="E94" s="330"/>
+      <c r="F94" s="331"/>
+      <c r="G94" s="332"/>
+      <c r="H94" s="333"/>
+    </row>
+    <row r="95" spans="1:11" ht="15" customHeight="1">
+      <c r="A95" s="420" t="s">
+        <v>254</v>
+      </c>
+      <c r="B95" s="420"/>
+      <c r="C95" s="420"/>
+      <c r="D95" s="420"/>
+      <c r="E95" s="420"/>
+      <c r="F95" s="420"/>
+      <c r="G95" s="420"/>
+      <c r="H95" s="420"/>
+    </row>
+    <row r="96" spans="1:11" ht="14.25">
+      <c r="A96" s="431"/>
+      <c r="B96" s="431"/>
+      <c r="C96" s="431"/>
+      <c r="D96" s="431"/>
+      <c r="E96" s="431"/>
+      <c r="F96" s="431"/>
+      <c r="G96" s="431"/>
+      <c r="H96" s="431"/>
+    </row>
+    <row r="97" spans="1:9" ht="14.25">
+      <c r="A97" s="273" t="s">
+        <v>255</v>
+      </c>
+      <c r="B97" s="274"/>
+      <c r="C97" s="274"/>
+      <c r="D97" s="274"/>
+      <c r="E97" s="274"/>
+      <c r="F97" s="274"/>
+      <c r="G97" s="274"/>
+      <c r="H97" s="274"/>
+    </row>
+    <row r="98" spans="1:9" ht="14.25" thickBot="1">
+      <c r="A98" s="260"/>
+      <c r="B98" s="272"/>
+      <c r="C98" s="260"/>
+      <c r="D98" s="260"/>
+      <c r="E98" s="260"/>
+      <c r="F98" s="260"/>
+      <c r="G98" s="260"/>
+      <c r="H98" s="260"/>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" s="432"/>
+      <c r="B99" s="432" t="s">
+        <v>175</v>
+      </c>
+      <c r="C99" s="435" t="s">
+        <v>176</v>
+      </c>
+      <c r="D99" s="436"/>
+      <c r="E99" s="437"/>
+      <c r="F99" s="438" t="s">
+        <v>256</v>
+      </c>
+      <c r="G99" s="439"/>
+      <c r="H99" s="439"/>
+      <c r="I99" s="440"/>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" s="433"/>
+      <c r="B100" s="433"/>
+      <c r="C100" s="334" t="s">
+        <v>178</v>
+      </c>
+      <c r="D100" s="276" t="s">
+        <v>179</v>
+      </c>
+      <c r="E100" s="278" t="s">
+        <v>181</v>
+      </c>
+      <c r="F100" s="279" t="s">
+        <v>178</v>
+      </c>
+      <c r="G100" s="276" t="s">
+        <v>179</v>
+      </c>
+      <c r="H100" s="276" t="s">
+        <v>181</v>
+      </c>
+      <c r="I100" s="335" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" s="433"/>
+      <c r="B101" s="433"/>
+      <c r="C101" s="336" t="s">
+        <v>184</v>
+      </c>
+      <c r="D101" s="282" t="s">
+        <v>184</v>
+      </c>
+      <c r="E101" s="284" t="s">
+        <v>186</v>
+      </c>
+      <c r="F101" s="285" t="s">
+        <v>184</v>
+      </c>
+      <c r="G101" s="282" t="s">
+        <v>184</v>
+      </c>
+      <c r="H101" s="282" t="s">
+        <v>186</v>
+      </c>
+      <c r="I101" s="337" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" ht="14.25" thickBot="1">
+      <c r="A102" s="434"/>
+      <c r="B102" s="434"/>
+      <c r="C102" s="338" t="s">
+        <v>188</v>
+      </c>
+      <c r="D102" s="288" t="s">
+        <v>189</v>
+      </c>
+      <c r="E102" s="290" t="s">
+        <v>190</v>
+      </c>
+      <c r="F102" s="291" t="s">
+        <v>188</v>
+      </c>
+      <c r="G102" s="288" t="s">
+        <v>189</v>
+      </c>
+      <c r="H102" s="288" t="s">
+        <v>190</v>
+      </c>
+      <c r="I102" s="339" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A103" s="441" t="s">
+        <v>258</v>
+      </c>
+      <c r="B103" s="444" t="s">
+        <v>193</v>
+      </c>
+      <c r="C103" s="340" t="s">
+        <v>194</v>
+      </c>
+      <c r="D103" s="341" t="s">
+        <v>194</v>
+      </c>
+      <c r="E103" s="342" t="s">
+        <v>194</v>
+      </c>
+      <c r="F103" s="343" t="s">
+        <v>195</v>
+      </c>
+      <c r="G103" s="344" t="s">
+        <v>195</v>
+      </c>
+      <c r="H103" s="344" t="s">
+        <v>195</v>
+      </c>
+      <c r="I103" s="345" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" s="442"/>
+      <c r="B104" s="430"/>
+      <c r="C104" s="346">
+        <v>35397</v>
+      </c>
+      <c r="D104" s="301">
+        <v>30202</v>
+      </c>
+      <c r="E104" s="347">
+        <v>1.17</v>
+      </c>
+      <c r="F104" s="348">
+        <v>66198</v>
+      </c>
+      <c r="G104" s="306">
+        <v>35643</v>
+      </c>
+      <c r="H104" s="349">
+        <v>1.86</v>
+      </c>
+      <c r="I104" s="308">
+        <v>99.5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9">
+      <c r="A105" s="442"/>
+      <c r="B105" s="429" t="s">
+        <v>197</v>
+      </c>
+      <c r="C105" s="350">
+        <v>26.6</v>
+      </c>
+      <c r="D105" s="351">
+        <v>-14.3</v>
+      </c>
+      <c r="E105" s="352">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F105" s="353">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="G105" s="314">
+        <v>-4.3</v>
+      </c>
+      <c r="H105" s="315">
+        <v>0.42999999999999994</v>
+      </c>
+      <c r="I105" s="354">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9">
+      <c r="A106" s="442"/>
+      <c r="B106" s="430"/>
+      <c r="C106" s="355">
+        <v>44795</v>
+      </c>
+      <c r="D106" s="318">
+        <v>25885</v>
+      </c>
+      <c r="E106" s="356">
+        <v>1.73</v>
+      </c>
+      <c r="F106" s="357">
+        <v>78186</v>
+      </c>
+      <c r="G106" s="358">
+        <v>34124</v>
+      </c>
+      <c r="H106" s="349">
+        <v>2.29</v>
+      </c>
+      <c r="I106" s="359" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9">
+      <c r="A107" s="442"/>
+      <c r="B107" s="429" t="s">
+        <v>199</v>
+      </c>
+      <c r="C107" s="360">
+        <v>36.200000000000003</v>
+      </c>
+      <c r="D107" s="361">
+        <v>-12.6</v>
+      </c>
+      <c r="E107" s="362">
+        <v>0.97</v>
+      </c>
+      <c r="F107" s="353">
+        <v>17.2</v>
+      </c>
+      <c r="G107" s="314">
+        <v>-9.9</v>
+      </c>
+      <c r="H107" s="315">
+        <v>0.69</v>
+      </c>
+      <c r="I107" s="363">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108" s="442"/>
+      <c r="B108" s="430"/>
+      <c r="C108" s="346">
+        <v>61015</v>
+      </c>
+      <c r="D108" s="301">
+        <v>22622</v>
+      </c>
+      <c r="E108" s="347">
+        <v>2.7</v>
+      </c>
+      <c r="F108" s="348">
+        <v>91621</v>
+      </c>
+      <c r="G108" s="306">
+        <v>30752</v>
+      </c>
+      <c r="H108" s="349">
+        <v>2.98</v>
+      </c>
+      <c r="I108" s="308">
+        <v>99.5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109" s="442"/>
+      <c r="B109" s="429" t="s">
+        <v>200</v>
+      </c>
+      <c r="C109" s="350">
+        <v>17.3</v>
+      </c>
+      <c r="D109" s="351">
+        <v>-15.2</v>
+      </c>
+      <c r="E109" s="352">
+        <v>1.03</v>
+      </c>
+      <c r="F109" s="353">
+        <v>9.3000000000000007</v>
+      </c>
+      <c r="G109" s="314">
+        <v>-13.6</v>
+      </c>
+      <c r="H109" s="315">
+        <v>0.79</v>
+      </c>
+      <c r="I109" s="354">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110" s="442"/>
+      <c r="B110" s="430"/>
+      <c r="C110" s="355">
+        <v>71541</v>
+      </c>
+      <c r="D110" s="318">
+        <v>19179</v>
+      </c>
+      <c r="E110" s="356">
+        <v>3.73</v>
+      </c>
+      <c r="F110" s="357">
+        <v>100179</v>
+      </c>
+      <c r="G110" s="358">
+        <v>26569</v>
+      </c>
+      <c r="H110" s="349">
+        <v>3.77</v>
+      </c>
+      <c r="I110" s="359" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111" s="442"/>
+      <c r="B111" s="429" t="s">
+        <v>202</v>
+      </c>
+      <c r="C111" s="360">
+        <v>0</v>
+      </c>
+      <c r="D111" s="361">
+        <v>-13.1</v>
+      </c>
+      <c r="E111" s="362">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="F111" s="353">
+        <v>-6.9</v>
+      </c>
+      <c r="G111" s="314">
+        <v>-13.3</v>
+      </c>
+      <c r="H111" s="315">
+        <v>0.2799999999999998</v>
+      </c>
+      <c r="I111" s="363">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112" s="442"/>
+      <c r="B112" s="430"/>
+      <c r="C112" s="346">
+        <v>71550</v>
+      </c>
+      <c r="D112" s="301">
+        <v>16675</v>
+      </c>
+      <c r="E112" s="347">
+        <v>4.29</v>
+      </c>
+      <c r="F112" s="348">
+        <v>93236</v>
+      </c>
+      <c r="G112" s="306">
+        <v>23024</v>
+      </c>
+      <c r="H112" s="349">
+        <v>4.05</v>
+      </c>
+      <c r="I112" s="308">
+        <v>99.3</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113" s="442"/>
+      <c r="B113" s="429" t="s">
+        <v>203</v>
+      </c>
+      <c r="C113" s="364">
+        <v>-22.1</v>
+      </c>
+      <c r="D113" s="351">
+        <v>-13.8</v>
+      </c>
+      <c r="E113" s="365">
+        <v>-0.42</v>
+      </c>
+      <c r="F113" s="353">
+        <v>-24.5</v>
+      </c>
+      <c r="G113" s="314">
+        <v>-16.100000000000001</v>
+      </c>
+      <c r="H113" s="315">
+        <v>-0.4099999999999997</v>
+      </c>
+      <c r="I113" s="354">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114" s="442"/>
+      <c r="B114" s="430"/>
+      <c r="C114" s="355">
+        <v>55709</v>
+      </c>
+      <c r="D114" s="318">
+        <v>14380</v>
+      </c>
+      <c r="E114" s="356">
+        <v>3.87</v>
+      </c>
+      <c r="F114" s="357">
+        <v>70376</v>
+      </c>
+      <c r="G114" s="358">
+        <v>19326</v>
+      </c>
+      <c r="H114" s="349">
+        <v>3.64</v>
+      </c>
+      <c r="I114" s="359" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115" s="442"/>
+      <c r="B115" s="429" t="s">
+        <v>205</v>
+      </c>
+      <c r="C115" s="366">
+        <v>-38.6</v>
+      </c>
+      <c r="D115" s="361">
+        <v>-10.6</v>
+      </c>
+      <c r="E115" s="367">
+        <v>-1.21</v>
+      </c>
+      <c r="F115" s="353">
+        <v>-36.200000000000003</v>
+      </c>
+      <c r="G115" s="314">
+        <v>-21.2</v>
+      </c>
+      <c r="H115" s="315">
+        <v>-0.69</v>
+      </c>
+      <c r="I115" s="363">
+        <v>-0.3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116" s="442"/>
+      <c r="B116" s="430"/>
+      <c r="C116" s="346">
+        <v>34209</v>
+      </c>
+      <c r="D116" s="301">
+        <v>12854</v>
+      </c>
+      <c r="E116" s="347">
+        <v>2.66</v>
+      </c>
+      <c r="F116" s="348">
+        <v>44910</v>
+      </c>
+      <c r="G116" s="306">
+        <v>15238</v>
+      </c>
+      <c r="H116" s="368">
+        <v>2.95</v>
+      </c>
+      <c r="I116" s="308" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117" s="442"/>
+      <c r="B117" s="429" t="s">
+        <v>207</v>
+      </c>
+      <c r="C117" s="364">
+        <v>-40.4</v>
+      </c>
+      <c r="D117" s="351">
+        <v>-14.8</v>
+      </c>
+      <c r="E117" s="365">
+        <v>-0.8</v>
+      </c>
+      <c r="F117" s="353">
+        <v>-32.4</v>
+      </c>
+      <c r="G117" s="314">
+        <v>-16.899999999999999</v>
+      </c>
+      <c r="H117" s="369">
+        <v>-0.55000000000000027</v>
+      </c>
+      <c r="I117" s="354">
         <v>-0.5</v>
       </c>
-      <c r="E85" s="352">
-[...5 lines deleted...]
-      <c r="G85" s="354">
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118" s="442"/>
+      <c r="B118" s="430"/>
+      <c r="C118" s="355">
+        <v>20373</v>
+      </c>
+      <c r="D118" s="318">
+        <v>10953</v>
+      </c>
+      <c r="E118" s="356">
+        <v>1.86</v>
+      </c>
+      <c r="F118" s="357">
+        <v>30368</v>
+      </c>
+      <c r="G118" s="358">
+        <v>12658</v>
+      </c>
+      <c r="H118" s="349">
+        <v>2.4</v>
+      </c>
+      <c r="I118" s="359" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119" s="442"/>
+      <c r="B119" s="429" t="s">
+        <v>209</v>
+      </c>
+      <c r="C119" s="366">
+        <v>-29.9</v>
+      </c>
+      <c r="D119" s="361">
+        <v>-9.9</v>
+      </c>
+      <c r="E119" s="367">
+        <v>-0.41</v>
+      </c>
+      <c r="F119" s="353">
+        <v>-25.8</v>
+      </c>
+      <c r="G119" s="314">
+        <v>-18.5</v>
+      </c>
+      <c r="H119" s="315">
+        <v>-0.21999999999999975</v>
+      </c>
+      <c r="I119" s="363">
+        <v>-1.7000000000000028</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120" s="442"/>
+      <c r="B120" s="430"/>
+      <c r="C120" s="346">
+        <v>14274</v>
+      </c>
+      <c r="D120" s="301">
+        <v>9867</v>
+      </c>
+      <c r="E120" s="347">
+        <v>1.45</v>
+      </c>
+      <c r="F120" s="348">
+        <v>22522</v>
+      </c>
+      <c r="G120" s="306">
+        <v>10322</v>
+      </c>
+      <c r="H120" s="368">
+        <v>2.1800000000000002</v>
+      </c>
+      <c r="I120" s="308" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121" s="442"/>
+      <c r="B121" s="429" t="s">
+        <v>211</v>
+      </c>
+      <c r="C121" s="364">
+        <v>-24.7</v>
+      </c>
+      <c r="D121" s="351">
+        <v>-12.4</v>
+      </c>
+      <c r="E121" s="365">
+        <v>-0.21</v>
+      </c>
+      <c r="F121" s="353">
+        <v>-13.9</v>
+      </c>
+      <c r="G121" s="314">
+        <v>-8.3000000000000007</v>
+      </c>
+      <c r="H121" s="369">
+        <v>-0.13000000000000034</v>
+      </c>
+      <c r="I121" s="354">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122" s="442"/>
+      <c r="B122" s="430"/>
+      <c r="C122" s="355">
+        <v>10752</v>
+      </c>
+      <c r="D122" s="318">
+        <v>8645</v>
+      </c>
+      <c r="E122" s="356">
+        <v>1.24</v>
+      </c>
+      <c r="F122" s="357">
+        <v>19400</v>
+      </c>
+      <c r="G122" s="358">
+        <v>9463</v>
+      </c>
+      <c r="H122" s="349">
+        <v>2.0499999999999998</v>
+      </c>
+      <c r="I122" s="359" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123" s="442"/>
+      <c r="B123" s="429" t="s">
+        <v>213</v>
+      </c>
+      <c r="C123" s="366">
+        <v>-16.2</v>
+      </c>
+      <c r="D123" s="370">
+        <v>0.4</v>
+      </c>
+      <c r="E123" s="367">
+        <v>-0.2</v>
+      </c>
+      <c r="F123" s="353">
+        <v>-18.2</v>
+      </c>
+      <c r="G123" s="314">
+        <v>-4.4000000000000004</v>
+      </c>
+      <c r="H123" s="315">
+        <v>-0.29999999999999982</v>
+      </c>
+      <c r="I123" s="363">
+        <v>-1.2000000000000028</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124" s="442"/>
+      <c r="B124" s="430"/>
+      <c r="C124" s="346">
+        <v>9006</v>
+      </c>
+      <c r="D124" s="301">
+        <v>8683</v>
+      </c>
+      <c r="E124" s="347">
+        <v>1.04</v>
+      </c>
+      <c r="F124" s="348">
+        <v>15862</v>
+      </c>
+      <c r="G124" s="306">
+        <v>9046</v>
+      </c>
+      <c r="H124" s="349">
+        <v>1.75</v>
+      </c>
+      <c r="I124" s="308" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125" s="442"/>
+      <c r="B125" s="429" t="s">
+        <v>215</v>
+      </c>
+      <c r="C125" s="364">
+        <v>-39.4</v>
+      </c>
+      <c r="D125" s="351">
+        <v>-0.6</v>
+      </c>
+      <c r="E125" s="367">
+        <v>-0.41</v>
+      </c>
+      <c r="F125" s="353">
+        <v>-35.200000000000003</v>
+      </c>
+      <c r="G125" s="314">
+        <v>-20.2</v>
+      </c>
+      <c r="H125" s="315">
+        <v>-0.33000000000000007</v>
+      </c>
+      <c r="I125" s="354">
+        <v>-3.4</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
+      <c r="A126" s="442"/>
+      <c r="B126" s="430"/>
+      <c r="C126" s="355">
+        <v>5457</v>
+      </c>
+      <c r="D126" s="318">
+        <v>8629</v>
+      </c>
+      <c r="E126" s="356">
+        <v>0.63</v>
+      </c>
+      <c r="F126" s="357">
+        <v>10271</v>
+      </c>
+      <c r="G126" s="358">
+        <v>7215</v>
+      </c>
+      <c r="H126" s="368">
+        <v>1.42</v>
+      </c>
+      <c r="I126" s="359" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9">
+      <c r="A127" s="442"/>
+      <c r="B127" s="429" t="s">
+        <v>217</v>
+      </c>
+      <c r="C127" s="366">
+        <v>-38.1</v>
+      </c>
+      <c r="D127" s="361">
+        <v>-8.8000000000000007</v>
+      </c>
+      <c r="E127" s="367">
+        <v>-0.2</v>
+      </c>
+      <c r="F127" s="353">
+        <v>-24.1</v>
+      </c>
+      <c r="G127" s="314">
+        <v>-18</v>
+      </c>
+      <c r="H127" s="315">
+        <v>-0.1</v>
+      </c>
+      <c r="I127" s="363">
+        <v>-5.4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9">
+      <c r="A128" s="442"/>
+      <c r="B128" s="430"/>
+      <c r="C128" s="346">
+        <v>3379</v>
+      </c>
+      <c r="D128" s="301">
+        <v>7873</v>
+      </c>
+      <c r="E128" s="347">
+        <v>0.43</v>
+      </c>
+      <c r="F128" s="348">
+        <v>7798</v>
+      </c>
+      <c r="G128" s="306">
+        <v>5914</v>
+      </c>
+      <c r="H128" s="349">
+        <v>1.32</v>
+      </c>
+      <c r="I128" s="308" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9">
+      <c r="A129" s="442"/>
+      <c r="B129" s="429" t="s">
+        <v>219</v>
+      </c>
+      <c r="C129" s="366">
+        <v>-29.4</v>
+      </c>
+      <c r="D129" s="361">
+        <v>-9.9</v>
+      </c>
+      <c r="E129" s="367">
+        <v>-0.09</v>
+      </c>
+      <c r="F129" s="353">
+        <v>-10.7</v>
+      </c>
+      <c r="G129" s="314">
+        <v>-5</v>
+      </c>
+      <c r="H129" s="315">
+        <v>-0.08</v>
+      </c>
+      <c r="I129" s="363">
+        <v>-2</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9">
+      <c r="A130" s="442"/>
+      <c r="B130" s="430"/>
+      <c r="C130" s="346">
+        <v>2385</v>
+      </c>
+      <c r="D130" s="301">
+        <v>7090</v>
+      </c>
+      <c r="E130" s="347">
+        <v>0.34</v>
+      </c>
+      <c r="F130" s="348">
+        <v>6965</v>
+      </c>
+      <c r="G130" s="306">
+        <v>5616</v>
+      </c>
+      <c r="H130" s="368">
+        <v>1.24</v>
+      </c>
+      <c r="I130" s="308" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9">
+      <c r="A131" s="442"/>
+      <c r="B131" s="429" t="s">
+        <v>220</v>
+      </c>
+      <c r="C131" s="366">
+        <v>-18.5</v>
+      </c>
+      <c r="D131" s="351">
+        <v>-4.5</v>
+      </c>
+      <c r="E131" s="365">
+        <v>-0.05</v>
+      </c>
+      <c r="F131" s="353">
+        <v>-21.8</v>
+      </c>
+      <c r="G131" s="314">
+        <v>-17.3</v>
+      </c>
+      <c r="H131" s="369">
+        <v>-7.0000000000000007E-2</v>
+      </c>
+      <c r="I131" s="354">
+        <v>-6.1</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9">
+      <c r="A132" s="442"/>
+      <c r="B132" s="430"/>
+      <c r="C132" s="355">
+        <v>1943</v>
+      </c>
+      <c r="D132" s="318">
+        <v>6769</v>
+      </c>
+      <c r="E132" s="356">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F132" s="357">
+        <v>5450</v>
+      </c>
+      <c r="G132" s="358">
+        <v>4643</v>
+      </c>
+      <c r="H132" s="349">
+        <v>1.17</v>
+      </c>
+      <c r="I132" s="359" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9">
+      <c r="A133" s="442"/>
+      <c r="B133" s="429" t="s">
+        <v>222</v>
+      </c>
+      <c r="C133" s="314">
+        <v>-24.4</v>
+      </c>
+      <c r="D133" s="314">
+        <v>-10.6</v>
+      </c>
+      <c r="E133" s="367">
+        <v>-0.05</v>
+      </c>
+      <c r="F133" s="353">
+        <v>-20.8</v>
+      </c>
+      <c r="G133" s="314">
+        <v>-13.5</v>
+      </c>
+      <c r="H133" s="315">
+        <v>-0.1</v>
+      </c>
+      <c r="I133" s="363">
+        <v>-2.1</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9">
+      <c r="A134" s="442"/>
+      <c r="B134" s="430"/>
+      <c r="C134" s="371">
+        <v>1469</v>
+      </c>
+      <c r="D134" s="372">
+        <v>6050</v>
+      </c>
+      <c r="E134" s="373">
+        <v>0.24</v>
+      </c>
+      <c r="F134" s="357">
+        <v>4315</v>
+      </c>
+      <c r="G134" s="358">
+        <v>4017</v>
+      </c>
+      <c r="H134" s="349">
+        <v>1.07</v>
+      </c>
+      <c r="I134" s="359">
+        <v>76.5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9">
+      <c r="A135" s="442"/>
+      <c r="B135" s="429" t="s">
+        <v>223</v>
+      </c>
+      <c r="C135" s="314">
+        <v>-10.4</v>
+      </c>
+      <c r="D135" s="314">
+        <v>-12.2</v>
+      </c>
+      <c r="E135" s="374">
+        <v>0.01</v>
+      </c>
+      <c r="F135" s="353">
+        <v>-6.2</v>
+      </c>
+      <c r="G135" s="314">
+        <v>-9</v>
+      </c>
+      <c r="H135" s="315">
+        <v>4.0000000000000036E-2</v>
+      </c>
+      <c r="I135" s="363">
+        <v>2.2000000000000028</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9">
+      <c r="A136" s="442"/>
+      <c r="B136" s="430"/>
+      <c r="C136" s="375">
+        <v>1316</v>
+      </c>
+      <c r="D136" s="376">
+        <v>5314</v>
+      </c>
+      <c r="E136" s="373">
+        <v>0.25</v>
+      </c>
+      <c r="F136" s="348">
+        <v>4049</v>
+      </c>
+      <c r="G136" s="306">
+        <v>3656</v>
+      </c>
+      <c r="H136" s="368">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="I136" s="308">
+        <v>78.7</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9">
+      <c r="A137" s="442"/>
+      <c r="B137" s="422" t="s">
+        <v>224</v>
+      </c>
+      <c r="C137" s="314">
+        <v>-0.7</v>
+      </c>
+      <c r="D137" s="314">
+        <v>-14.4</v>
+      </c>
+      <c r="E137" s="374">
+        <v>3.999999999999998E-2</v>
+      </c>
+      <c r="F137" s="353">
+        <v>5.3</v>
+      </c>
+      <c r="G137" s="314">
+        <v>-10.1</v>
+      </c>
+      <c r="H137" s="315">
+        <v>0.18999999999999995</v>
+      </c>
+      <c r="I137" s="363">
+        <v>4.0999999999999996</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9">
+      <c r="A138" s="442"/>
+      <c r="B138" s="427"/>
+      <c r="C138" s="375">
+        <v>1307</v>
+      </c>
+      <c r="D138" s="376">
+        <v>4549</v>
+      </c>
+      <c r="E138" s="373">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F138" s="348">
+        <v>4263</v>
+      </c>
+      <c r="G138" s="306">
+        <v>3286</v>
+      </c>
+      <c r="H138" s="368">
+        <v>1.3</v>
+      </c>
+      <c r="I138" s="308">
+        <v>82.8</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9">
+      <c r="A139" s="442"/>
+      <c r="B139" s="422" t="s">
+        <v>225</v>
+      </c>
+      <c r="C139" s="314">
+        <v>11.5</v>
+      </c>
+      <c r="D139" s="314">
+        <v>-7.7</v>
+      </c>
+      <c r="E139" s="374">
+        <v>0.06</v>
+      </c>
+      <c r="F139" s="353">
+        <v>-2.7</v>
+      </c>
+      <c r="G139" s="314">
+        <v>-11</v>
+      </c>
+      <c r="H139" s="315">
+        <v>0.11999999999999988</v>
+      </c>
+      <c r="I139" s="363">
+        <v>4.4000000000000004</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9">
+      <c r="A140" s="442"/>
+      <c r="B140" s="427"/>
+      <c r="C140" s="375">
+        <v>1457</v>
+      </c>
+      <c r="D140" s="376">
+        <v>4201</v>
+      </c>
+      <c r="E140" s="373">
+        <v>0.35</v>
+      </c>
+      <c r="F140" s="348">
+        <v>4150</v>
+      </c>
+      <c r="G140" s="306">
+        <v>2924</v>
+      </c>
+      <c r="H140" s="368">
+        <v>1.42</v>
+      </c>
+      <c r="I140" s="308">
+        <v>87.2</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9">
+      <c r="A141" s="442"/>
+      <c r="B141" s="422" t="s">
+        <v>226</v>
+      </c>
+      <c r="C141" s="314">
+        <v>17.399999999999999</v>
+      </c>
+      <c r="D141" s="314">
+        <v>-16.399999999999999</v>
+      </c>
+      <c r="E141" s="374">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="F141" s="353">
+        <v>1.3</v>
+      </c>
+      <c r="G141" s="314">
+        <v>-5.8</v>
+      </c>
+      <c r="H141" s="315">
+        <v>0.1100000000000001</v>
+      </c>
+      <c r="I141" s="363">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9">
+      <c r="A142" s="442"/>
+      <c r="B142" s="427"/>
+      <c r="C142" s="375">
+        <v>1710</v>
+      </c>
+      <c r="D142" s="376">
+        <v>3512</v>
+      </c>
+      <c r="E142" s="373">
+        <v>0.49</v>
+      </c>
+      <c r="F142" s="348">
+        <v>4203</v>
+      </c>
+      <c r="G142" s="306">
+        <v>2755</v>
+      </c>
+      <c r="H142" s="368">
+        <v>1.53</v>
+      </c>
+      <c r="I142" s="308">
+        <v>88.7</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9">
+      <c r="A143" s="442"/>
+      <c r="B143" s="422" t="s">
+        <v>227</v>
+      </c>
+      <c r="C143" s="314">
+        <v>1.7</v>
+      </c>
+      <c r="D143" s="314">
+        <v>-2.6</v>
+      </c>
+      <c r="E143" s="374">
+        <v>2.0000000000000018E-2</v>
+      </c>
+      <c r="F143" s="353">
+        <v>0.3</v>
+      </c>
+      <c r="G143" s="314">
+        <v>-8.6999999999999993</v>
+      </c>
+      <c r="H143" s="315">
+        <v>0.14999999999999991</v>
+      </c>
+      <c r="I143" s="363">
+        <v>-0.1</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9">
+      <c r="A144" s="442"/>
+      <c r="B144" s="427"/>
+      <c r="C144" s="371">
+        <v>1739</v>
+      </c>
+      <c r="D144" s="372">
+        <v>3420</v>
+      </c>
+      <c r="E144" s="377">
+        <v>0.51</v>
+      </c>
+      <c r="F144" s="348">
+        <v>4215</v>
+      </c>
+      <c r="G144" s="306">
+        <v>2514</v>
+      </c>
+      <c r="H144" s="368">
+        <v>1.68</v>
+      </c>
+      <c r="I144" s="308">
+        <v>88.6</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9">
+      <c r="A145" s="442"/>
+      <c r="B145" s="422" t="s">
+        <v>228</v>
+      </c>
+      <c r="C145" s="314">
+        <v>-6.6</v>
+      </c>
+      <c r="D145" s="314">
+        <v>-13.4</v>
+      </c>
+      <c r="E145" s="374">
+        <v>4.0000000000000036E-2</v>
+      </c>
+      <c r="F145" s="353">
+        <v>-26.6</v>
+      </c>
+      <c r="G145" s="314">
+        <v>-25.1</v>
+      </c>
+      <c r="H145" s="315">
+        <v>-4.0000000000000036E-2</v>
+      </c>
+      <c r="I145" s="363">
+        <v>-7.9</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9">
+      <c r="A146" s="442"/>
+      <c r="B146" s="427"/>
+      <c r="C146" s="371">
+        <v>1624</v>
+      </c>
+      <c r="D146" s="372">
+        <v>2961</v>
+      </c>
+      <c r="E146" s="377">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="F146" s="348">
+        <v>3093</v>
+      </c>
+      <c r="G146" s="306">
+        <v>1883</v>
+      </c>
+      <c r="H146" s="368">
+        <v>1.64</v>
+      </c>
+      <c r="I146" s="308">
+        <v>80.7</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9">
+      <c r="A147" s="442"/>
+      <c r="B147" s="422" t="s">
+        <v>229</v>
+      </c>
+      <c r="C147" s="314">
+        <v>-50.9</v>
+      </c>
+      <c r="D147" s="314">
+        <v>-4.4000000000000004</v>
+      </c>
+      <c r="E147" s="374">
+        <v>-0.27</v>
+      </c>
+      <c r="F147" s="353">
+        <v>-43.4</v>
+      </c>
+      <c r="G147" s="314">
+        <v>-7.7</v>
+      </c>
+      <c r="H147" s="315">
+        <v>-0.62999999999999989</v>
+      </c>
+      <c r="I147" s="363">
+        <v>-10.799999999999997</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9">
+      <c r="A148" s="442"/>
+      <c r="B148" s="427"/>
+      <c r="C148" s="371">
+        <v>798</v>
+      </c>
+      <c r="D148" s="372">
+        <v>2830</v>
+      </c>
+      <c r="E148" s="377">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="F148" s="348">
+        <v>1751</v>
+      </c>
+      <c r="G148" s="306">
+        <v>1738</v>
+      </c>
+      <c r="H148" s="368">
+        <v>1.01</v>
+      </c>
+      <c r="I148" s="308">
+        <v>69.900000000000006</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9">
+      <c r="A149" s="442"/>
+      <c r="B149" s="422" t="s">
+        <v>230</v>
+      </c>
+      <c r="C149" s="314">
+        <v>-9.4</v>
+      </c>
+      <c r="D149" s="314">
+        <v>-19.2</v>
+      </c>
+      <c r="E149" s="374">
+        <v>3.999999999999998E-2</v>
+      </c>
+      <c r="F149" s="353">
+        <v>-14.3</v>
+      </c>
+      <c r="G149" s="314">
+        <v>-22.9</v>
+      </c>
+      <c r="H149" s="315">
+        <v>0.1100000000000001</v>
+      </c>
+      <c r="I149" s="363">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9">
+      <c r="A150" s="442"/>
+      <c r="B150" s="427"/>
+      <c r="C150" s="371">
+        <v>723</v>
+      </c>
+      <c r="D150" s="372">
+        <v>2286</v>
+      </c>
+      <c r="E150" s="377">
+        <v>0.32</v>
+      </c>
+      <c r="F150" s="348">
+        <v>1500</v>
+      </c>
+      <c r="G150" s="306">
+        <v>1340</v>
+      </c>
+      <c r="H150" s="368">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="I150" s="308">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9">
+      <c r="A151" s="442"/>
+      <c r="B151" s="422" t="s">
+        <v>231</v>
+      </c>
+      <c r="C151" s="314">
+        <v>-10.8</v>
+      </c>
+      <c r="D151" s="314">
+        <v>-23.9</v>
+      </c>
+      <c r="E151" s="374">
+        <v>4.9999999999999989E-2</v>
+      </c>
+      <c r="F151" s="353">
+        <v>-5.4</v>
+      </c>
+      <c r="G151" s="314">
+        <v>-8</v>
+      </c>
+      <c r="H151" s="315">
+        <v>0.03</v>
+      </c>
+      <c r="I151" s="363">
+        <v>4.9000000000000004</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9">
+      <c r="A152" s="442"/>
+      <c r="B152" s="427"/>
+      <c r="C152" s="371">
+        <v>645</v>
+      </c>
+      <c r="D152" s="372">
+        <v>1739</v>
+      </c>
+      <c r="E152" s="377">
+        <v>0.37</v>
+      </c>
+      <c r="F152" s="348">
+        <v>1419</v>
+      </c>
+      <c r="G152" s="306">
+        <v>1233</v>
+      </c>
+      <c r="H152" s="368">
+        <v>1.1499999999999999</v>
+      </c>
+      <c r="I152" s="308">
+        <v>80.900000000000006</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9">
+      <c r="A153" s="442"/>
+      <c r="B153" s="422" t="s">
+        <v>232</v>
+      </c>
+      <c r="C153" s="314">
+        <v>-2.5</v>
+      </c>
+      <c r="D153" s="314">
+        <v>-8.3000000000000007</v>
+      </c>
+      <c r="E153" s="374">
+        <v>2.0000000000000018E-2</v>
+      </c>
+      <c r="F153" s="353">
+        <v>-0.7</v>
+      </c>
+      <c r="G153" s="314">
+        <v>-18.7</v>
+      </c>
+      <c r="H153" s="315">
+        <v>0.26</v>
+      </c>
+      <c r="I153" s="363">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9">
+      <c r="A154" s="442"/>
+      <c r="B154" s="427"/>
+      <c r="C154" s="371">
+        <v>629</v>
+      </c>
+      <c r="D154" s="372">
+        <v>1594</v>
+      </c>
+      <c r="E154" s="377">
+        <v>0.39</v>
+      </c>
+      <c r="F154" s="348">
+        <v>1409</v>
+      </c>
+      <c r="G154" s="306">
+        <v>1002</v>
+      </c>
+      <c r="H154" s="368">
+        <v>1.41</v>
+      </c>
+      <c r="I154" s="308">
+        <v>81.5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9">
+      <c r="A155" s="442"/>
+      <c r="B155" s="422" t="s">
+        <v>233</v>
+      </c>
+      <c r="C155" s="314">
+        <v>25.9</v>
+      </c>
+      <c r="D155" s="314">
+        <v>-10.4</v>
+      </c>
+      <c r="E155" s="374">
+        <v>0.16000000000000003</v>
+      </c>
+      <c r="F155" s="353">
+        <v>16.100000000000001</v>
+      </c>
+      <c r="G155" s="314">
+        <v>-9.3000000000000007</v>
+      </c>
+      <c r="H155" s="315">
+        <v>0.39000000000000012</v>
+      </c>
+      <c r="I155" s="363">
+        <v>3.2999999999999972</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9">
+      <c r="A156" s="442"/>
+      <c r="B156" s="427"/>
+      <c r="C156" s="371">
+        <v>792</v>
+      </c>
+      <c r="D156" s="372">
+        <v>1429</v>
+      </c>
+      <c r="E156" s="377">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="F156" s="348">
+        <v>1636</v>
+      </c>
+      <c r="G156" s="306">
+        <v>909</v>
+      </c>
+      <c r="H156" s="368">
+        <v>1.8</v>
+      </c>
+      <c r="I156" s="308">
+        <v>84.8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9">
+      <c r="A157" s="442"/>
+      <c r="B157" s="422" t="s">
+        <v>234</v>
+      </c>
+      <c r="C157" s="314">
+        <v>10.6</v>
+      </c>
+      <c r="D157" s="314">
+        <v>-8.6999999999999993</v>
+      </c>
+      <c r="E157" s="374">
+        <v>0.12</v>
+      </c>
+      <c r="F157" s="353">
+        <v>10.5</v>
+      </c>
+      <c r="G157" s="314">
+        <v>-1.3</v>
+      </c>
+      <c r="H157" s="315">
+        <v>0.21999999999999997</v>
+      </c>
+      <c r="I157" s="363">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9">
+      <c r="A158" s="442"/>
+      <c r="B158" s="427"/>
+      <c r="C158" s="375">
+        <v>876</v>
+      </c>
+      <c r="D158" s="376">
+        <v>1304</v>
+      </c>
+      <c r="E158" s="373">
+        <v>0.67</v>
+      </c>
+      <c r="F158" s="348">
+        <v>1808</v>
+      </c>
+      <c r="G158" s="306">
+        <v>897</v>
+      </c>
+      <c r="H158" s="368">
+        <v>2.02</v>
+      </c>
+      <c r="I158" s="308">
+        <v>87.3</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9">
+      <c r="A159" s="442"/>
+      <c r="B159" s="422" t="s">
+        <v>235</v>
+      </c>
+      <c r="C159" s="314">
+        <v>14.8</v>
+      </c>
+      <c r="D159" s="314">
+        <v>-11.3</v>
+      </c>
+      <c r="E159" s="374">
+        <v>0.19999999999999996</v>
+      </c>
+      <c r="F159" s="353">
+        <v>-2.2000000000000002</v>
+      </c>
+      <c r="G159" s="314">
+        <v>-14.3</v>
+      </c>
+      <c r="H159" s="315">
+        <v>0.2799999999999998</v>
+      </c>
+      <c r="I159" s="363">
         <v>0.1</v>
       </c>
-      <c r="H85" s="368" t="s">
+    </row>
+    <row r="160" spans="1:9">
+      <c r="A160" s="442"/>
+      <c r="B160" s="427"/>
+      <c r="C160" s="375">
+        <v>1006</v>
+      </c>
+      <c r="D160" s="376">
+        <v>1156</v>
+      </c>
+      <c r="E160" s="373">
+        <v>0.87</v>
+      </c>
+      <c r="F160" s="348">
+        <v>1769</v>
+      </c>
+      <c r="G160" s="306">
+        <v>769</v>
+      </c>
+      <c r="H160" s="368">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I160" s="308">
+        <v>87.4</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9">
+      <c r="A161" s="442"/>
+      <c r="B161" s="421" t="s">
+        <v>236</v>
+      </c>
+      <c r="C161" s="378">
+        <v>13.3</v>
+      </c>
+      <c r="D161" s="314">
+        <v>-6.1</v>
+      </c>
+      <c r="E161" s="374">
+        <v>0.18000000000000005</v>
+      </c>
+      <c r="F161" s="353">
+        <v>0.2</v>
+      </c>
+      <c r="G161" s="314">
+        <v>-10.3</v>
+      </c>
+      <c r="H161" s="315">
+        <v>0.27</v>
+      </c>
+      <c r="I161" s="363">
+        <v>1.9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9">
+      <c r="A162" s="442"/>
+      <c r="B162" s="421"/>
+      <c r="C162" s="379">
+        <v>1140</v>
+      </c>
+      <c r="D162" s="376">
+        <v>1086</v>
+      </c>
+      <c r="E162" s="373">
+        <v>1.05</v>
+      </c>
+      <c r="F162" s="348">
+        <v>1772</v>
+      </c>
+      <c r="G162" s="306">
+        <v>690</v>
+      </c>
+      <c r="H162" s="368">
+        <v>2.57</v>
+      </c>
+      <c r="I162" s="308">
+        <v>89.3</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9">
+      <c r="A163" s="442"/>
+      <c r="B163" s="421" t="s">
+        <v>237</v>
+      </c>
+      <c r="C163" s="378">
+        <v>3.5</v>
+      </c>
+      <c r="D163" s="314">
+        <v>-4.5999999999999996</v>
+      </c>
+      <c r="E163" s="374">
+        <v>0.09</v>
+      </c>
+      <c r="F163" s="353">
+        <v>6.7</v>
+      </c>
+      <c r="G163" s="314">
+        <v>-5.8</v>
+      </c>
+      <c r="H163" s="315">
+        <v>0.3400000000000003</v>
+      </c>
+      <c r="I163" s="363">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9">
+      <c r="A164" s="442"/>
+      <c r="B164" s="421"/>
+      <c r="C164" s="379">
+        <v>1180</v>
+      </c>
+      <c r="D164" s="376">
+        <v>1036</v>
+      </c>
+      <c r="E164" s="373">
+        <v>1.1399999999999999</v>
+      </c>
+      <c r="F164" s="348">
+        <v>1891</v>
+      </c>
+      <c r="G164" s="306">
+        <v>650</v>
+      </c>
+      <c r="H164" s="368">
+        <v>2.91</v>
+      </c>
+      <c r="I164" s="308">
+        <v>89.8</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9">
+      <c r="A165" s="442"/>
+      <c r="B165" s="421" t="s">
+        <v>238</v>
+      </c>
+      <c r="C165" s="378">
+        <v>13.9</v>
+      </c>
+      <c r="D165" s="314">
+        <v>-18</v>
+      </c>
+      <c r="E165" s="374">
+        <v>0.44000000000000017</v>
+      </c>
+      <c r="F165" s="353">
+        <v>5</v>
+      </c>
+      <c r="G165" s="314">
+        <v>-17.8</v>
+      </c>
+      <c r="H165" s="315">
+        <v>0.81</v>
+      </c>
+      <c r="I165" s="363">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9">
+      <c r="A166" s="442"/>
+      <c r="B166" s="421"/>
+      <c r="C166" s="379">
+        <v>1344</v>
+      </c>
+      <c r="D166" s="376">
+        <v>850</v>
+      </c>
+      <c r="E166" s="373">
+        <v>1.58</v>
+      </c>
+      <c r="F166" s="348">
+        <v>1985</v>
+      </c>
+      <c r="G166" s="306">
+        <v>534</v>
+      </c>
+      <c r="H166" s="368">
+        <v>3.72</v>
+      </c>
+      <c r="I166" s="308">
+        <v>94.8</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9">
+      <c r="A167" s="442"/>
+      <c r="B167" s="421" t="s">
+        <v>239</v>
+      </c>
+      <c r="C167" s="378">
+        <v>-9</v>
+      </c>
+      <c r="D167" s="314">
+        <v>12.2</v>
+      </c>
+      <c r="E167" s="374">
+        <v>-0.30000000000000004</v>
+      </c>
+      <c r="F167" s="353">
+        <v>-10.8</v>
+      </c>
+      <c r="G167" s="314">
+        <v>-5.4</v>
+      </c>
+      <c r="H167" s="315">
+        <v>-0.21000000000000041</v>
+      </c>
+      <c r="I167" s="363">
+        <v>-2.9</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9">
+      <c r="A168" s="442"/>
+      <c r="B168" s="421"/>
+      <c r="C168" s="379">
+        <v>1223</v>
+      </c>
+      <c r="D168" s="376">
+        <v>954</v>
+      </c>
+      <c r="E168" s="373">
+        <v>1.28</v>
+      </c>
+      <c r="F168" s="348">
+        <v>1771</v>
+      </c>
+      <c r="G168" s="306">
+        <v>505</v>
+      </c>
+      <c r="H168" s="368">
+        <v>3.51</v>
+      </c>
+      <c r="I168" s="308">
+        <v>91.9</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9">
+      <c r="A169" s="442"/>
+      <c r="B169" s="428" t="s">
+        <v>240</v>
+      </c>
+      <c r="C169" s="378">
+        <v>-23.7</v>
+      </c>
+      <c r="D169" s="314">
+        <v>-9.1999999999999993</v>
+      </c>
+      <c r="E169" s="374">
+        <v>-0.19999999999999996</v>
+      </c>
+      <c r="F169" s="378">
+        <v>-34</v>
+      </c>
+      <c r="G169" s="314">
+        <v>-22</v>
+      </c>
+      <c r="H169" s="315">
+        <v>-0.55000000000000004</v>
+      </c>
+      <c r="I169" s="316">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9">
+      <c r="A170" s="442"/>
+      <c r="B170" s="428"/>
+      <c r="C170" s="379">
+        <v>933</v>
+      </c>
+      <c r="D170" s="376">
+        <v>866</v>
+      </c>
+      <c r="E170" s="373">
+        <v>1.08</v>
+      </c>
+      <c r="F170" s="348">
+        <v>1168</v>
+      </c>
+      <c r="G170" s="306">
+        <v>394</v>
+      </c>
+      <c r="H170" s="368">
+        <v>2.96</v>
+      </c>
+      <c r="I170" s="380">
+        <v>95.4</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9">
+      <c r="A171" s="442"/>
+      <c r="B171" s="421" t="s">
+        <v>241</v>
+      </c>
+      <c r="C171" s="378">
+        <v>-12.1</v>
+      </c>
+      <c r="D171" s="314">
+        <v>-15.1</v>
+      </c>
+      <c r="E171" s="374">
+        <v>4.0000000000000036E-2</v>
+      </c>
+      <c r="F171" s="378">
+        <v>-5.7</v>
+      </c>
+      <c r="G171" s="314">
+        <v>-21.3</v>
+      </c>
+      <c r="H171" s="315">
+        <v>0.59</v>
+      </c>
+      <c r="I171" s="316">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A172" s="442"/>
+      <c r="B172" s="422"/>
+      <c r="C172" s="381">
+        <v>820</v>
+      </c>
+      <c r="D172" s="372">
+        <v>735</v>
+      </c>
+      <c r="E172" s="377">
+        <v>1.1200000000000001</v>
+      </c>
+      <c r="F172" s="348">
+        <v>1102</v>
+      </c>
+      <c r="G172" s="306">
+        <v>310</v>
+      </c>
+      <c r="H172" s="368">
+        <v>3.55</v>
+      </c>
+      <c r="I172" s="380">
+        <v>95.8</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A173" s="442"/>
+      <c r="B173" s="422" t="s">
+        <v>242</v>
+      </c>
+      <c r="C173" s="378">
+        <v>-7.4</v>
+      </c>
+      <c r="D173" s="314">
+        <v>-6.7</v>
+      </c>
+      <c r="E173" s="374">
+        <v>-1.0000000000000009E-2</v>
+      </c>
+      <c r="F173" s="378">
+        <v>-1.9</v>
+      </c>
+      <c r="G173" s="314">
+        <v>25.2</v>
+      </c>
+      <c r="H173" s="315">
+        <v>-0.76</v>
+      </c>
+      <c r="I173" s="316">
+        <v>-9.5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A174" s="442"/>
+      <c r="B174" s="423"/>
+      <c r="C174" s="381">
+        <v>759</v>
+      </c>
+      <c r="D174" s="372">
+        <v>686</v>
+      </c>
+      <c r="E174" s="377">
+        <v>1.1100000000000001</v>
+      </c>
+      <c r="F174" s="348">
+        <v>1081</v>
+      </c>
+      <c r="G174" s="306">
+        <v>388</v>
+      </c>
+      <c r="H174" s="368">
+        <v>2.79</v>
+      </c>
+      <c r="I174" s="380">
+        <v>86.3</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A175" s="442"/>
+      <c r="B175" s="422" t="s">
+        <v>243</v>
+      </c>
+      <c r="C175" s="378">
+        <v>3.3</v>
+      </c>
+      <c r="D175" s="314">
+        <v>-2.9</v>
+      </c>
+      <c r="E175" s="374">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="F175" s="378">
+        <v>-6.8</v>
+      </c>
+      <c r="G175" s="314">
+        <v>-8</v>
+      </c>
+      <c r="H175" s="315">
+        <v>0.03</v>
+      </c>
+      <c r="I175" s="316">
+        <v>-3.7</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" ht="13.5" customHeight="1">
+      <c r="A176" s="442"/>
+      <c r="B176" s="423"/>
+      <c r="C176" s="381">
+        <v>784</v>
+      </c>
+      <c r="D176" s="372">
+        <v>666</v>
+      </c>
+      <c r="E176" s="377">
+        <v>1.18</v>
+      </c>
+      <c r="F176" s="348">
+        <v>1007</v>
+      </c>
+      <c r="G176" s="306">
+        <v>357</v>
+      </c>
+      <c r="H176" s="368">
+        <v>2.82</v>
+      </c>
+      <c r="I176" s="380">
+        <v>82.6</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" ht="13.5" customHeight="1">
+      <c r="A177" s="442"/>
+      <c r="B177" s="422" t="s">
+        <v>244</v>
+      </c>
+      <c r="C177" s="378">
+        <v>-11.5</v>
+      </c>
+      <c r="D177" s="314">
+        <v>13.1</v>
+      </c>
+      <c r="E177" s="374">
+        <v>-0.26</v>
+      </c>
+      <c r="F177" s="378">
+        <v>-7.3</v>
+      </c>
+      <c r="G177" s="314">
+        <v>-7.3</v>
+      </c>
+      <c r="H177" s="315">
+        <v>0</v>
+      </c>
+      <c r="I177" s="316">
+        <v>9.8000000000000007</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11" ht="13.5" customHeight="1">
+      <c r="A178" s="442"/>
+      <c r="B178" s="423"/>
+      <c r="C178" s="381">
+        <v>694</v>
+      </c>
+      <c r="D178" s="372">
+        <v>753</v>
+      </c>
+      <c r="E178" s="377">
+        <v>0.92</v>
+      </c>
+      <c r="F178" s="348">
+        <v>933</v>
+      </c>
+      <c r="G178" s="306">
+        <v>331</v>
+      </c>
+      <c r="H178" s="368">
+        <v>2.82</v>
+      </c>
+      <c r="I178" s="380">
+        <v>92.4</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" ht="13.5" customHeight="1">
+      <c r="A179" s="442"/>
+      <c r="B179" s="422" t="s">
+        <v>245</v>
+      </c>
+      <c r="C179" s="378">
+        <v>0.9</v>
+      </c>
+      <c r="D179" s="314">
+        <v>-10.8</v>
+      </c>
+      <c r="E179" s="374">
+        <v>0.12</v>
+      </c>
+      <c r="F179" s="425" t="s">
         <v>246</v>
       </c>
-      <c r="I85" s="369" t="s">
+      <c r="G179" s="414" t="s">
         <v>246</v>
       </c>
-      <c r="J85" s="370" t="s">
+      <c r="H179" s="416" t="s">
         <v>246</v>
       </c>
-      <c r="K85" s="371" t="s">
+      <c r="I179" s="418" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="86" spans="1:11" ht="14.25" thickBot="1">
-[...33 lines deleted...]
-      <c r="A88" s="384" t="s">
+    <row r="180" spans="1:11" ht="13.5" customHeight="1" thickBot="1">
+      <c r="A180" s="443"/>
+      <c r="B180" s="424"/>
+      <c r="C180" s="382">
+        <v>700</v>
+      </c>
+      <c r="D180" s="383">
+        <v>672</v>
+      </c>
+      <c r="E180" s="384">
+        <v>1.04</v>
+      </c>
+      <c r="F180" s="426"/>
+      <c r="G180" s="415"/>
+      <c r="H180" s="417"/>
+      <c r="I180" s="419"/>
+    </row>
+    <row r="181" spans="1:11" ht="13.5" customHeight="1">
+      <c r="A181" s="328"/>
+      <c r="B181" s="328"/>
+      <c r="C181" s="328"/>
+      <c r="D181" s="328"/>
+      <c r="E181" s="328"/>
+      <c r="F181" s="385"/>
+      <c r="G181" s="328"/>
+      <c r="H181" s="328"/>
+    </row>
+    <row r="182" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A182" s="325" t="s">
         <v>247</v>
       </c>
-      <c r="B88" s="385"/>
-[...11 lines deleted...]
-      <c r="A89" s="386" t="s">
+      <c r="B182" s="325"/>
+      <c r="C182" s="325"/>
+      <c r="D182" s="325"/>
+      <c r="E182" s="325"/>
+      <c r="F182" s="325"/>
+      <c r="G182" s="325"/>
+      <c r="H182" s="325"/>
+      <c r="I182" s="325"/>
+      <c r="J182" s="325"/>
+      <c r="K182" s="325"/>
+    </row>
+    <row r="183" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A183" s="327" t="s">
         <v>248</v>
       </c>
-      <c r="B89" s="387"/>
-[...11 lines deleted...]
-      <c r="A90" s="384" t="s">
+      <c r="B183" s="327"/>
+      <c r="C183" s="327"/>
+      <c r="D183" s="327"/>
+      <c r="E183" s="327"/>
+      <c r="F183" s="327"/>
+      <c r="G183" s="327"/>
+      <c r="H183" s="327"/>
+      <c r="I183" s="327"/>
+      <c r="J183" s="327"/>
+      <c r="K183" s="327"/>
+    </row>
+    <row r="184" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A184" s="325" t="s">
         <v>249</v>
       </c>
-      <c r="B90" s="385"/>
-[...11 lines deleted...]
-      <c r="A91" s="386" t="s">
+      <c r="B184" s="325"/>
+      <c r="C184" s="325"/>
+      <c r="D184" s="325"/>
+      <c r="E184" s="325"/>
+      <c r="F184" s="325"/>
+      <c r="G184" s="325"/>
+      <c r="H184" s="325"/>
+      <c r="I184" s="325"/>
+      <c r="J184" s="325"/>
+      <c r="K184" s="325"/>
+    </row>
+    <row r="185" spans="1:11" ht="14.25" customHeight="1">
+      <c r="A185" s="327" t="s">
         <v>250</v>
       </c>
-      <c r="B91" s="387"/>
-[...11 lines deleted...]
-      <c r="A92" s="388" t="s">
+      <c r="B185" s="327"/>
+      <c r="C185" s="327"/>
+      <c r="D185" s="327"/>
+      <c r="E185" s="327"/>
+      <c r="F185" s="327"/>
+      <c r="G185" s="327"/>
+      <c r="H185" s="327"/>
+      <c r="I185" s="327"/>
+      <c r="J185" s="327"/>
+      <c r="K185" s="327"/>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" s="386" t="s">
         <v>251</v>
       </c>
-      <c r="B92" s="388"/>
-[...11 lines deleted...]
-      <c r="A93" s="384" t="s">
+      <c r="B186" s="386"/>
+      <c r="C186" s="386"/>
+      <c r="D186" s="386"/>
+      <c r="E186" s="386"/>
+      <c r="F186" s="386"/>
+      <c r="G186" s="386"/>
+      <c r="H186" s="386"/>
+      <c r="I186" s="386"/>
+      <c r="J186" s="386"/>
+      <c r="K186" s="386"/>
+    </row>
+    <row r="187" spans="1:11" ht="13.5" customHeight="1">
+      <c r="A187" s="325" t="s">
         <v>252</v>
       </c>
-      <c r="B93" s="384"/>
-[...8 lines deleted...]
-      <c r="A94" s="386" t="s">
+      <c r="B187" s="325"/>
+      <c r="C187" s="325"/>
+      <c r="D187" s="325"/>
+      <c r="E187" s="325"/>
+      <c r="F187" s="325"/>
+      <c r="G187" s="325"/>
+      <c r="H187" s="325"/>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" s="327" t="s">
         <v>253</v>
       </c>
-      <c r="B94" s="389"/>
-[...8 lines deleted...]
-      <c r="A95" s="383" t="s">
+      <c r="B188" s="329"/>
+      <c r="C188" s="330"/>
+      <c r="D188" s="330"/>
+      <c r="E188" s="330"/>
+      <c r="F188" s="331"/>
+      <c r="G188" s="332"/>
+      <c r="H188" s="333"/>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" s="420" t="s">
         <v>254</v>
       </c>
-      <c r="B95" s="383"/>
-[...2272 lines deleted...]
-      <c r="H189" s="383"/>
+      <c r="B189" s="420"/>
+      <c r="C189" s="420"/>
+      <c r="D189" s="420"/>
+      <c r="E189" s="420"/>
+      <c r="F189" s="420"/>
+      <c r="G189" s="420"/>
+      <c r="H189" s="420"/>
     </row>
   </sheetData>
   <mergeCells count="102">
-    <mergeCell ref="G179:G180"/>
-[...32 lines deleted...]
-    <mergeCell ref="B133:B134"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="B27:B28"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A5:A8"/>
+    <mergeCell ref="B5:B8"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="H5:K5"/>
+    <mergeCell ref="A9:A86"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="B11:B12"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="B47:B48"/>
+    <mergeCell ref="B49:B50"/>
+    <mergeCell ref="B51:B52"/>
+    <mergeCell ref="B29:B30"/>
+    <mergeCell ref="B31:B32"/>
+    <mergeCell ref="B33:B34"/>
+    <mergeCell ref="B35:B36"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="B39:B40"/>
+    <mergeCell ref="B65:B66"/>
+    <mergeCell ref="B67:B68"/>
+    <mergeCell ref="B69:B70"/>
+    <mergeCell ref="B71:B72"/>
+    <mergeCell ref="B73:B74"/>
+    <mergeCell ref="B75:B76"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="B57:B58"/>
+    <mergeCell ref="B59:B60"/>
+    <mergeCell ref="B61:B62"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="I85:I86"/>
+    <mergeCell ref="J85:J86"/>
+    <mergeCell ref="K85:K86"/>
+    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="A92:K92"/>
+    <mergeCell ref="A95:H95"/>
+    <mergeCell ref="B77:B78"/>
+    <mergeCell ref="B79:B80"/>
+    <mergeCell ref="B81:B82"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="H85:H86"/>
     <mergeCell ref="B111:B112"/>
     <mergeCell ref="B113:B114"/>
     <mergeCell ref="B115:B116"/>
     <mergeCell ref="B117:B118"/>
     <mergeCell ref="B119:B120"/>
     <mergeCell ref="B121:B122"/>
     <mergeCell ref="A96:H96"/>
     <mergeCell ref="A99:A102"/>
     <mergeCell ref="B99:B102"/>
     <mergeCell ref="C99:E99"/>
     <mergeCell ref="F99:I99"/>
     <mergeCell ref="A103:A180"/>
     <mergeCell ref="B103:B104"/>
     <mergeCell ref="B105:B106"/>
     <mergeCell ref="B107:B108"/>
     <mergeCell ref="B109:B110"/>
-    <mergeCell ref="I85:I86"/>
-[...50 lines deleted...]
-    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="B135:B136"/>
+    <mergeCell ref="B137:B138"/>
+    <mergeCell ref="B139:B140"/>
+    <mergeCell ref="B141:B142"/>
+    <mergeCell ref="B143:B144"/>
+    <mergeCell ref="B145:B146"/>
+    <mergeCell ref="B123:B124"/>
+    <mergeCell ref="B125:B126"/>
+    <mergeCell ref="B127:B128"/>
+    <mergeCell ref="B129:B130"/>
+    <mergeCell ref="B131:B132"/>
+    <mergeCell ref="B133:B134"/>
+    <mergeCell ref="B159:B160"/>
+    <mergeCell ref="B161:B162"/>
+    <mergeCell ref="B163:B164"/>
+    <mergeCell ref="B165:B166"/>
+    <mergeCell ref="B167:B168"/>
+    <mergeCell ref="B169:B170"/>
+    <mergeCell ref="B147:B148"/>
+    <mergeCell ref="B149:B150"/>
+    <mergeCell ref="B151:B152"/>
+    <mergeCell ref="B153:B154"/>
+    <mergeCell ref="B155:B156"/>
+    <mergeCell ref="B157:B158"/>
+    <mergeCell ref="G179:G180"/>
+    <mergeCell ref="H179:H180"/>
+    <mergeCell ref="I179:I180"/>
+    <mergeCell ref="A189:H189"/>
+    <mergeCell ref="B171:B172"/>
+    <mergeCell ref="B173:B174"/>
+    <mergeCell ref="B175:B176"/>
+    <mergeCell ref="B177:B178"/>
+    <mergeCell ref="B179:B180"/>
+    <mergeCell ref="F179:F180"/>
   </mergeCells>
   <phoneticPr fontId="16"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="95" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100FECFF5F2882E8E40A96A3C558257096B" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="e09bc21f08328a73815dc9f18ba5b4ef">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6a463d18-8a41-4853-9afa-619f8d91b4b4" xmlns:ns3="263dbbe5-076b-4606-a03b-9598f5f2f35a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf88cf671ea4608bf3aa446ca4a76e04" ns2:_="" ns3:_="">
     <xsd:import namespace="6a463d18-8a41-4853-9afa-619f8d91b4b4"/>
@@ -18005,127 +18005,147 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Owner xmlns="6a463d18-8a41-4853-9afa-619f8d91b4b4">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6a463d18-8a41-4853-9afa-619f8d91b4b4">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="263dbbe5-076b-4606-a03b-9598f5f2f35a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E02599F6-D8A7-4CFB-AFE0-52014FB48C79}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3221B22-28B1-4D43-8DF3-85AF2F2E259B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6a463d18-8a41-4853-9afa-619f8d91b4b4"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D57EE4E-5215-4654-9784-7F88D110BCD7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7259C61-3861-494E-92EF-F7FB0D074C21}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6a463d18-8a41-4853-9afa-619f8d91b4b4"/>
+    <ds:schemaRef ds:uri="263dbbe5-076b-4606-a03b-9598f5f2f35a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42603158-25C7-4142-B522-649FD53D631B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5123703-A14D-43CA-9072-4C3877BB94D4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>第１・２表</vt:lpstr>
       <vt:lpstr>第３表</vt:lpstr>
       <vt:lpstr>第４・５表</vt:lpstr>
       <vt:lpstr>第６表</vt:lpstr>
       <vt:lpstr>第１・２表!Print_Area</vt:lpstr>
       <vt:lpstr>第３表!Print_Area</vt:lpstr>
       <vt:lpstr>第４・５表!Print_Area</vt:lpstr>
       <vt:lpstr>第６表!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
-    <vt:r8>569400</vt:r8>
+    <vt:r8>626400</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x010100FECFF5F2882E8E40A96A3C558257096B</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>