--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,57 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
-  <Default ContentType="image/x-emf" Extension="emf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/thumbnail.emf" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId4" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId5" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="166925"/>
-  <xr:revisionPtr revIDLastSave="7" documentId="6_{0278DAC6-3E56-4EFC-B83D-9653A53E0CDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EE28BC9F-5FE9-498D-AAD6-3DF410D72264}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="6_{0278DAC6-3E56-4EFC-B83D-9653A53E0CDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7886258B-AD9E-4F0A-A9F1-F1E4A08A42A6}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{35427122-5182-4AE3-B4F0-907AD3D3C4D9}"/>
+    <workbookView xWindow="36900" yWindow="1620" windowWidth="15810" windowHeight="11295" xr2:uid="{35427122-5182-4AE3-B4F0-907AD3D3C4D9}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$AS$10</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -1467,52 +1466,54 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{36E61B3E-6BE7-4FD0-B076-0BAC9DCBCF07}">
   <dimension ref="B1:AS16"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <pane xSplit="3" topLeftCell="D1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight"/>
+      <pane xSplit="3" ySplit="4" topLeftCell="AQ5" activePane="bottomRight" state="frozen"/>
+      <selection pane="topRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
+      <selection pane="bottomRight" activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="1.625" style="1" customWidth="1"/>
     <col min="2" max="2" width="27.625" style="1" customWidth="1"/>
     <col min="3" max="3" width="35.875" style="1" customWidth="1"/>
     <col min="4" max="45" width="11.125" style="1" customWidth="1"/>
     <col min="46" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:45" ht="19.5" thickBot="1" x14ac:dyDescent="0.45"/>
     <row r="2" spans="2:45" x14ac:dyDescent="0.4">
       <c r="B2" s="8"/>
       <c r="C2" s="9"/>
       <c r="D2" s="44" t="s">
         <v>0</v>
       </c>
       <c r="E2" s="45"/>
       <c r="F2" s="46"/>
       <c r="G2" s="44" t="s">
         <v>1</v>
       </c>
       <c r="H2" s="45"/>
       <c r="I2" s="45"/>
@@ -1823,76 +1824,82 @@
         <v>72075</v>
       </c>
       <c r="Z5" s="17">
         <v>76035</v>
       </c>
       <c r="AA5" s="17">
         <v>100622</v>
       </c>
       <c r="AB5" s="17">
         <v>110723</v>
       </c>
       <c r="AC5" s="17">
         <v>106270</v>
       </c>
       <c r="AD5" s="33">
         <v>124753</v>
       </c>
       <c r="AE5" s="17">
         <v>144305</v>
       </c>
       <c r="AF5" s="17">
         <v>199555</v>
       </c>
       <c r="AG5" s="26">
         <f>SUM(AH5:AS5)</f>
-        <v>2220703</v>
+        <v>3558205</v>
       </c>
       <c r="AH5" s="27">
-        <v>253288</v>
+        <v>265032</v>
       </c>
       <c r="AI5" s="17">
         <v>282326</v>
       </c>
       <c r="AJ5" s="17">
         <v>298888</v>
       </c>
       <c r="AK5" s="17">
         <v>320720</v>
       </c>
       <c r="AL5" s="17">
         <v>311501</v>
       </c>
       <c r="AM5" s="17">
         <v>355502</v>
       </c>
       <c r="AN5" s="21">
         <v>398478</v>
       </c>
-      <c r="AO5" s="17"/>
-[...1 lines deleted...]
-      <c r="AQ5" s="33"/>
+      <c r="AO5" s="17">
+        <v>393451</v>
+      </c>
+      <c r="AP5" s="17">
+        <v>483128</v>
+      </c>
+      <c r="AQ5" s="33">
+        <v>449179</v>
+      </c>
       <c r="AR5" s="17"/>
       <c r="AS5" s="18"/>
     </row>
     <row r="6" spans="2:45" x14ac:dyDescent="0.4">
       <c r="B6" s="42" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="28" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="20">
         <v>33560</v>
       </c>
       <c r="E6" s="21">
         <v>38892</v>
       </c>
       <c r="F6" s="22">
         <v>51000</v>
       </c>
       <c r="G6" s="29">
         <f>SUM(H6:S6)</f>
         <v>2363539</v>
       </c>
       <c r="H6" s="23">
         <v>70927</v>
@@ -1950,76 +1957,82 @@
         <v>1308639</v>
       </c>
       <c r="Z6" s="21">
         <v>1559251</v>
       </c>
       <c r="AA6" s="21">
         <v>2125819</v>
       </c>
       <c r="AB6" s="21">
         <v>2540741</v>
       </c>
       <c r="AC6" s="21">
         <v>2360502</v>
       </c>
       <c r="AD6" s="34">
         <v>2755585</v>
       </c>
       <c r="AE6" s="21">
         <v>3313645</v>
       </c>
       <c r="AF6" s="21">
         <v>5073783</v>
       </c>
       <c r="AG6" s="29">
         <f>SUM(AH6:AS6)</f>
-        <v>63416084</v>
+        <v>99927951</v>
       </c>
       <c r="AH6" s="30">
-        <v>7468019</v>
+        <v>7831558</v>
       </c>
       <c r="AI6" s="21">
         <v>8336158</v>
       </c>
       <c r="AJ6" s="21">
         <v>8714924</v>
       </c>
       <c r="AK6" s="21">
         <v>9518485</v>
       </c>
       <c r="AL6" s="21">
-        <v>9010177</v>
+        <v>9015017</v>
       </c>
       <c r="AM6" s="21">
-        <v>9015017</v>
+        <v>9992723</v>
       </c>
       <c r="AN6" s="21">
         <v>11353304</v>
       </c>
-      <c r="AO6" s="21"/>
-[...1 lines deleted...]
-      <c r="AQ6" s="34"/>
+      <c r="AO6" s="21">
+        <v>11121529</v>
+      </c>
+      <c r="AP6" s="21">
+        <v>12389728</v>
+      </c>
+      <c r="AQ6" s="34">
+        <v>11654525</v>
+      </c>
       <c r="AR6" s="21"/>
       <c r="AS6" s="22"/>
     </row>
     <row r="7" spans="2:45" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B7" s="43"/>
       <c r="C7" s="35" t="s">
         <v>16</v>
       </c>
       <c r="D7" s="36">
         <v>40078</v>
       </c>
       <c r="E7" s="37">
         <v>440302</v>
       </c>
       <c r="F7" s="38">
         <v>1796183</v>
       </c>
       <c r="G7" s="39">
         <f>SUM(H7:S7)</f>
         <v>82672296</v>
       </c>
       <c r="H7" s="40">
         <v>1717947</v>
       </c>
       <c r="I7" s="37">
@@ -2075,76 +2088,82 @@
         <v>26093780</v>
       </c>
       <c r="Z7" s="37">
         <v>27157888</v>
       </c>
       <c r="AA7" s="37">
         <v>35056552</v>
       </c>
       <c r="AB7" s="37">
         <v>36412225</v>
       </c>
       <c r="AC7" s="37">
         <v>41903289</v>
       </c>
       <c r="AD7" s="41">
         <v>39745753</v>
       </c>
       <c r="AE7" s="37">
         <v>39352609</v>
       </c>
       <c r="AF7" s="37">
         <v>53001691</v>
       </c>
       <c r="AG7" s="39">
         <f>SUM(AH7:AS7)</f>
-        <v>409493424</v>
+        <v>598798609</v>
       </c>
       <c r="AH7" s="40">
-        <v>56892994</v>
+        <v>59583470</v>
       </c>
       <c r="AI7" s="37">
         <v>57577195</v>
       </c>
       <c r="AJ7" s="37">
         <v>57906357</v>
       </c>
       <c r="AK7" s="37">
         <v>59766168</v>
       </c>
       <c r="AL7" s="37">
         <v>54843600</v>
       </c>
       <c r="AM7" s="37">
         <v>58544106</v>
       </c>
       <c r="AN7" s="37">
         <v>63963004</v>
       </c>
-      <c r="AO7" s="37"/>
-[...1 lines deleted...]
-      <c r="AQ7" s="41"/>
+      <c r="AO7" s="37">
+        <v>60625404</v>
+      </c>
+      <c r="AP7" s="37">
+        <v>66189268</v>
+      </c>
+      <c r="AQ7" s="41">
+        <v>59800037</v>
+      </c>
       <c r="AR7" s="37"/>
       <c r="AS7" s="38"/>
     </row>
     <row r="8" spans="2:45" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="2:45" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="2:45" x14ac:dyDescent="0.4">
       <c r="S12" s="32"/>
     </row>
     <row r="16" spans="2:45" x14ac:dyDescent="0.4">
       <c r="B16" s="31"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:S2"/>
     <mergeCell ref="AG2:AS2"/>
@@ -2155,52 +2174,52 @@
     <mergeCell ref="H3:P3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="U3:AC3"/>
     <mergeCell ref="AD3:AF3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <colBreaks count="2" manualBreakCount="2">
     <brk id="6" max="1048575" man="1"/>
     <brk id="19" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101009A18A6F28ED98449BF9CF9F5AE10A0D1" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="1e186871af3323b8bce5aa4347512f20">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="239a7177-3063-4df8-ab7a-6b96235477f0" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28184d5aaaa46a6d1785c50e06e6696a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x0101009A18A6F28ED98449BF9CF9F5AE10A0D1" ma:contentTypeVersion="15" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="468c1e33e0daafa659faa153d10cc382">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="239a7177-3063-4df8-ab7a-6b96235477f0" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0a4cb4f9e26413124c00ed45b22a4ccd" ns2:_="" ns3:_="">
     <xsd:import namespace="239a7177-3063-4df8-ab7a-6b96235477f0"/>
     <xsd:import namespace="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -2388,86 +2407,112 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="239a7177-3063-4df8-ab7a-6b96235477f0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="85e6e18b-26c1-4122-9e79-e6c53ac26d53" xsi:nil="true"/>
     <Owner xmlns="239a7177-3063-4df8-ab7a-6b96235477f0">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Owner>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A437FE2-F04D-46CB-A639-9062018239E0}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72D60F06-092F-4157-884D-F4118ED0E2CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="239a7177-3063-4df8-ab7a-6b96235477f0"/>
+    <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA29F78D-C408-49C6-9DA2-8AD3B03CE1E9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3C161DC9-C3A4-46B7-9B4A-5EB9621C45F8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="239a7177-3063-4df8-ab7a-6b96235477f0"/>
+    <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ACB9F29-E33C-4AC5-8CE3-3AEAFC58A83E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB38A357-8EDD-4DCB-8BEC-CB4098C24C8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>