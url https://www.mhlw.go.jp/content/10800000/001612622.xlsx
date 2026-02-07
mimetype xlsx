--- v0 (2025-12-20)
+++ v1 (2026-02-07)
@@ -1,70 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing" Extension="vml"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
+  <Override ContentType="application/vnd.ms-excel.controlproperties+xml" PartName="/xl/ctrlProps/ctrlProp1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/10805000/WorkingDocLib/看護サービス推進室/02_特定ライン/00　省令・通知(特定）/00　省令・通知(特定）/令和７年９月　施行通知一部改正（電子申請様式、皮膚損傷に係る薬剤投与関連）/電子申請様式セット版/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/10805000/WorkingDocLib/看護サービス推進室/02_特定ライン/06　予算事業/令和7年度/04_看護師の特定行為研修に係る実態調査・分析等事業/04 打合せ・やりとり/電子申請様式/260127 電子申請様式再修正、記載要領再修正依頼/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{1FFF43B6-6443-4539-B6B4-9539E2CF5521}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="CTwObZPW4uDTSPoPswSHC6F/4XRhbHIDoMK0CyOEcWfU/WDR/TsTmyTSjQovKtfMj+uaMXG6JzfoAlcdmTE6hA==" workbookSaltValue="f8hUw2H+CfQKIXTkz9Ckhg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{52F926C9-7C0B-4893-9301-0524639AB417}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{897030F9-54D5-4BE5-9E64-C65E110B7E28}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="X3vW5Ts13hUj4PKHYKSRoN8BJO/RKPp3wDoE3YOVMcLyc1y7lah2gPqDFZGTf13yeGvoQYCz5lEwFWJYsAwkfw==" workbookSaltValue="3sanw1TwP5K7xpslNkf9Ag==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9FAEABD4-1CC8-4455-8411-DC1D8D5DCE37}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="6" xr2:uid="{9FAEABD4-1CC8-4455-8411-DC1D8D5DCE37}"/>
   </bookViews>
   <sheets>
     <sheet name="頭紙" sheetId="7" r:id="rId1"/>
     <sheet name="別添a" sheetId="2" r:id="rId2"/>
     <sheet name="別添b-1" sheetId="13" r:id="rId3"/>
     <sheet name="別添b-2" sheetId="17" r:id="rId4"/>
     <sheet name="別添c" sheetId="11" r:id="rId5"/>
     <sheet name="別添d" sheetId="5" r:id="rId6"/>
     <sheet name="別添f" sheetId="8" r:id="rId7"/>
     <sheet name="リスト（保護・非表示予定）" sheetId="15" state="hidden" r:id="rId8"/>
     <sheet name="補足" sheetId="12" state="hidden" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">頭紙!$A$1:$D$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">別添a!$A$1:$K$62</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">別添d!$A$1:$H$118</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -586,51 +589,51 @@
   <c r="E9" i="5"/>
   <c r="E8" i="5"/>
   <c r="E7" i="5"/>
   <c r="E6" i="5"/>
   <c r="E5" i="5"/>
   <c r="H10" i="2"/>
   <c r="B2" i="17" l="1"/>
   <c r="J5" i="2"/>
   <c r="B3" i="17"/>
   <c r="C3" i="11"/>
   <c r="C2" i="11"/>
   <c r="C2" i="13" l="1"/>
   <c r="H5" i="2"/>
   <c r="D3" i="8"/>
   <c r="C3" i="5"/>
   <c r="C3" i="13"/>
   <c r="J4" i="2" l="1"/>
   <c r="H4" i="2"/>
   <c r="D2" i="8"/>
   <c r="C2" i="5"/>
   <c r="H11" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="978" uniqueCount="441">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="979" uniqueCount="442">
   <si>
     <t>名称</t>
     <rPh sb="0" eb="2">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>名称（フリガナ）</t>
     <rPh sb="0" eb="2">
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>所在地</t>
     <rPh sb="0" eb="3">
       <t>ショザイチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>都道府県</t>
     <rPh sb="0" eb="4">
       <t>トドウフケン</t>
@@ -3242,54 +3245,50 @@
     <rPh sb="8" eb="11">
       <t>イインカイ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ショクシュ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>医師</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>歯科医師</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>看護師</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>薬剤師</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>臨床工学士</t>
-[...2 lines deleted...]
-  <si>
     <t>事務</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>歯科医師</t>
     <rPh sb="0" eb="2">
       <t>シカ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>イシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>実習期間を延長し対応</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>症例数の不足の有無と対応の実施状況（申請・変更）</t>
     <rPh sb="18" eb="20">
       <t>シンセイ</t>
@@ -3355,54 +3354,50 @@
   <si>
     <t>購入予定</t>
     <rPh sb="0" eb="4">
       <t>コウニュウヨテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>指導者一覧：職種</t>
     <rPh sb="0" eb="3">
       <t>シドウシャ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>イチラン</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ショクシュ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>薬剤師（理由書添付）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>臨床工学技士（理由書添付）</t>
-[...2 lines deleted...]
-  <si>
     <t>その他（理由書添付）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>【医師・歯科医師】臨床研修指導医又は臨床研修指導歯科医と同等以上の経験</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>該当</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>認定看護師（研修未受講）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>専門看護師（研修未受講）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>その他または非該当（理由書添付）</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>研修修了者</t>
@@ -4283,50 +4278,71 @@
     <t>特定行為研修の記録の保存方法（年次報告）</t>
     <rPh sb="15" eb="19">
       <t>ネンジホウコク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>予定通り対応</t>
   </si>
   <si>
     <t>予定と異なる対応</t>
   </si>
   <si>
     <t>共通科目及び区分別科目の研修内容・評価方法</t>
     <rPh sb="4" eb="5">
       <t>オヨ</t>
     </rPh>
     <rPh sb="6" eb="9">
       <t>クブンベツ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>カモク</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ヒョウカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>特定行為実践を一体的に実施している場合はチェックを入れる</t>
+    <rPh sb="11" eb="13">
+      <t>ジッシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>臨床工学技士（理由書添付）</t>
+    <rPh sb="4" eb="6">
+      <t>ギシ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>臨床工学技士</t>
+    <rPh sb="4" eb="6">
+      <t>ギシ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="177" formatCode="0000000"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
@@ -4947,51 +4963,51 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="316">
+  <cellXfs count="320">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
@@ -5679,50 +5695,64 @@
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5794,150 +5824,150 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="2" fontId="2" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="2" fontId="2" fillId="4" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="2" fontId="2" fillId="4" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
@@ -5954,51 +5984,51 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="99">
+  <dxfs count="100">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
@@ -6085,50 +6115,57 @@
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="1" tint="0.499984740745262"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.39994506668294322"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -6664,50 +6701,126 @@
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId10" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId11" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId12" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId13" Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain"/><Relationship Id="rId14" Target="../customXml/item1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId15" Target="../customXml/item2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId16" Target="../customXml/item3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
+<file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$N$11" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>638175</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>304800</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>895350</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>28575</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="1025" name="Check Box 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s1025"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001040000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -6965,504 +7078,504 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId3" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId4" Target="../ctrlProps/ctrlProp1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings4.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings5.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C0DAB58-8A41-4487-ABE9-60FB12055F75}">
   <dimension ref="A2:E45"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A45" sqref="A45"/>
+    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17:C17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.25" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.75" style="1" customWidth="1"/>
     <col min="3" max="3" width="40.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="25.125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="21" x14ac:dyDescent="0.4">
-      <c r="A2" s="231" t="s">
+      <c r="A2" s="235" t="s">
         <v>229</v>
       </c>
-      <c r="B2" s="231"/>
-[...1 lines deleted...]
-      <c r="D2" s="231"/>
+      <c r="B2" s="235"/>
+      <c r="C2" s="235"/>
+      <c r="D2" s="235"/>
     </row>
     <row r="3" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="C3" s="31" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D3" s="181"/>
     </row>
     <row r="4" spans="1:5" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A4" s="9" t="s">
         <v>114</v>
       </c>
       <c r="B4" s="9"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
       <c r="C6" s="31" t="s">
         <v>180</v>
       </c>
       <c r="D6" s="182"/>
     </row>
     <row r="7" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="C7" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D7" s="183"/>
     </row>
     <row r="8" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="184"/>
     </row>
     <row r="9" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="C9" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="183"/>
     </row>
     <row r="11" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A11" s="7" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="14.25" thickBot="1" x14ac:dyDescent="0.45"/>
     <row r="13" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="185"/>
       <c r="B13" s="151" t="s">
         <v>120</v>
       </c>
-      <c r="C13" s="246" t="s">
+      <c r="C13" s="250" t="s">
         <v>111</v>
       </c>
-      <c r="D13" s="247"/>
+      <c r="D13" s="251"/>
     </row>
     <row r="14" spans="1:5" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A14" s="186"/>
       <c r="B14" s="150" t="s">
         <v>198</v>
       </c>
-      <c r="C14" s="234" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="235"/>
+      <c r="C14" s="238" t="s">
+        <v>375</v>
+      </c>
+      <c r="D14" s="239"/>
     </row>
     <row r="15" spans="1:5" ht="14.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A15" s="22"/>
       <c r="B15" s="23"/>
       <c r="C15" s="24"/>
       <c r="D15" s="24"/>
       <c r="E15" s="8"/>
     </row>
     <row r="16" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A16" s="187"/>
       <c r="B16" s="33" t="s">
         <v>191</v>
       </c>
-      <c r="C16" s="248" t="s">
+      <c r="C16" s="252" t="s">
         <v>112</v>
       </c>
-      <c r="D16" s="249"/>
+      <c r="D16" s="253"/>
     </row>
     <row r="17" spans="1:4" s="142" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="A17" s="239" t="s">
+      <c r="A17" s="243" t="s">
         <v>222</v>
       </c>
-      <c r="B17" s="240"/>
-      <c r="C17" s="241"/>
+      <c r="B17" s="244"/>
+      <c r="C17" s="245"/>
       <c r="D17" s="140" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A18" s="188"/>
       <c r="B18" s="34" t="s">
         <v>200</v>
       </c>
       <c r="C18" s="36" t="s">
         <v>206</v>
       </c>
       <c r="D18" s="209"/>
     </row>
     <row r="19" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="A19" s="244"/>
-      <c r="B19" s="236" t="s">
+      <c r="A19" s="248"/>
+      <c r="B19" s="240" t="s">
         <v>201</v>
       </c>
       <c r="C19" s="36" t="s">
         <v>223</v>
       </c>
       <c r="D19" s="210"/>
     </row>
     <row r="20" spans="1:4" ht="57.6" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A20" s="245"/>
-[...2 lines deleted...]
-      <c r="D20" s="243"/>
+      <c r="A20" s="249"/>
+      <c r="B20" s="241"/>
+      <c r="C20" s="246"/>
+      <c r="D20" s="247"/>
     </row>
     <row r="21" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="A21" s="244"/>
-      <c r="B21" s="237"/>
+      <c r="A21" s="248"/>
+      <c r="B21" s="241"/>
       <c r="C21" s="36" t="s">
         <v>224</v>
       </c>
       <c r="D21" s="209"/>
     </row>
     <row r="22" spans="1:4" ht="58.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A22" s="245"/>
-[...2 lines deleted...]
-      <c r="D22" s="243"/>
+      <c r="A22" s="249"/>
+      <c r="B22" s="241"/>
+      <c r="C22" s="246"/>
+      <c r="D22" s="247"/>
     </row>
     <row r="23" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A23" s="188"/>
-      <c r="B23" s="238"/>
+      <c r="B23" s="242"/>
       <c r="C23" s="37" t="s">
         <v>207</v>
       </c>
       <c r="D23" s="209"/>
     </row>
     <row r="24" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A24" s="188"/>
-      <c r="B24" s="236" t="s">
+      <c r="B24" s="240" t="s">
         <v>202</v>
       </c>
       <c r="C24" s="36" t="s">
         <v>208</v>
       </c>
       <c r="D24" s="209"/>
     </row>
     <row r="25" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A25" s="188"/>
-      <c r="B25" s="237"/>
+      <c r="B25" s="241"/>
       <c r="C25" s="36" t="s">
         <v>209</v>
       </c>
       <c r="D25" s="209"/>
     </row>
     <row r="26" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A26" s="188"/>
-      <c r="B26" s="237"/>
+      <c r="B26" s="241"/>
       <c r="C26" s="36" t="s">
         <v>210</v>
       </c>
       <c r="D26" s="209"/>
     </row>
     <row r="27" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A27" s="188"/>
-      <c r="B27" s="237"/>
+      <c r="B27" s="241"/>
       <c r="C27" s="36" t="s">
         <v>211</v>
       </c>
       <c r="D27" s="209"/>
     </row>
     <row r="28" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A28" s="188"/>
-      <c r="B28" s="237"/>
+      <c r="B28" s="241"/>
       <c r="C28" s="36" t="s">
         <v>212</v>
       </c>
       <c r="D28" s="209"/>
     </row>
     <row r="29" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A29" s="188"/>
-      <c r="B29" s="237"/>
+      <c r="B29" s="241"/>
       <c r="C29" s="36" t="s">
         <v>213</v>
       </c>
       <c r="D29" s="209"/>
     </row>
     <row r="30" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A30" s="188"/>
-      <c r="B30" s="237"/>
+      <c r="B30" s="241"/>
       <c r="C30" s="36" t="s">
         <v>214</v>
       </c>
       <c r="D30" s="209"/>
     </row>
     <row r="31" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A31" s="188"/>
-      <c r="B31" s="238"/>
+      <c r="B31" s="242"/>
       <c r="C31" s="36" t="s">
         <v>215</v>
       </c>
       <c r="D31" s="209"/>
     </row>
     <row r="32" spans="1:4" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A32" s="188"/>
-      <c r="B32" s="236" t="s">
+      <c r="B32" s="240" t="s">
         <v>203</v>
       </c>
       <c r="C32" s="36" t="s">
         <v>216</v>
       </c>
       <c r="D32" s="209"/>
     </row>
     <row r="33" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A33" s="188"/>
-      <c r="B33" s="237"/>
+      <c r="B33" s="241"/>
       <c r="C33" s="36" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D33" s="209"/>
     </row>
     <row r="34" spans="1:5" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A34" s="188"/>
-      <c r="B34" s="238"/>
+      <c r="B34" s="242"/>
       <c r="C34" s="36" t="s">
         <v>217</v>
       </c>
       <c r="D34" s="209"/>
     </row>
     <row r="35" spans="1:5" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A35" s="188"/>
       <c r="B35" s="34" t="s">
         <v>204</v>
       </c>
       <c r="C35" s="36" t="s">
         <v>218</v>
       </c>
       <c r="D35" s="209"/>
     </row>
     <row r="36" spans="1:5" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A36" s="188"/>
       <c r="B36" s="34" t="s">
         <v>205</v>
       </c>
       <c r="C36" s="36" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D36" s="209"/>
     </row>
     <row r="37" spans="1:5" ht="14.65" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="189"/>
-      <c r="B37" s="250" t="s">
+      <c r="B37" s="254" t="s">
         <v>227</v>
       </c>
       <c r="C37" s="36" t="s">
         <v>219</v>
       </c>
       <c r="D37" s="209"/>
     </row>
     <row r="38" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A38" s="189"/>
-      <c r="B38" s="251"/>
+      <c r="B38" s="255"/>
       <c r="C38" s="38" t="s">
         <v>220</v>
       </c>
       <c r="D38" s="209"/>
     </row>
     <row r="39" spans="1:5" ht="29.25" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A39" s="190"/>
       <c r="B39" s="35" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="C39" s="39" t="s">
         <v>221</v>
       </c>
       <c r="D39" s="211"/>
     </row>
     <row r="40" spans="1:5" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A40" s="22"/>
       <c r="B40" s="25"/>
       <c r="C40" s="26"/>
       <c r="D40" s="26"/>
       <c r="E40" s="8"/>
     </row>
     <row r="41" spans="1:5" ht="60" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="185"/>
       <c r="B41" s="152" t="s">
         <v>192</v>
       </c>
-      <c r="C41" s="246" t="s">
+      <c r="C41" s="250" t="s">
         <v>113</v>
       </c>
-      <c r="D41" s="247"/>
+      <c r="D41" s="251"/>
     </row>
     <row r="42" spans="1:5" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A42" s="186"/>
       <c r="B42" s="150" t="s">
         <v>198</v>
       </c>
-      <c r="C42" s="234" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="235"/>
+      <c r="C42" s="238" t="s">
+        <v>375</v>
+      </c>
+      <c r="D42" s="239"/>
     </row>
     <row r="43" spans="1:5" ht="13.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A43" s="22"/>
       <c r="B43" s="25"/>
       <c r="C43" s="26"/>
       <c r="D43" s="26"/>
       <c r="E43" s="8"/>
     </row>
     <row r="44" spans="1:5" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A44" s="191"/>
       <c r="B44" s="40" t="s">
         <v>193</v>
       </c>
-      <c r="C44" s="232" t="s">
-[...2 lines deleted...]
-      <c r="D44" s="233"/>
+      <c r="C44" s="236" t="s">
+        <v>429</v>
+      </c>
+      <c r="D44" s="237"/>
     </row>
     <row r="45" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A45" s="10"/>
       <c r="B45" s="11"/>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="QAjC3G2l4MN52PACkfhj1HHcb8kBm1zydSI4APyhlDIkyfMl0SkY3/v7JYx3iK6jhPU7lQsCcnOHk4EeV5hjxQ==" saltValue="WFMAseEusqnVu5kWnnxKRA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="U586C2EbHKqDweceP3TTGJDjKLJULr8opdR9zyXR28c4J33BfEKqnsZKSLaXg3gvkWmE8d3DmD0cq5NHC3Mm6A==" saltValue="yamoqkz/ohuYjsqbricJlg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="16">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="C44:D44"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="B19:B23"/>
     <mergeCell ref="B24:B31"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="A21:A22"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="B37:B38"/>
     <mergeCell ref="C42:D42"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="A18:A19 A21 A23:A39 D23:D39">
-    <cfRule type="expression" dxfId="98" priority="3">
+    <cfRule type="expression" dxfId="99" priority="3">
       <formula>$A$16&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D6">
-    <cfRule type="expression" dxfId="97" priority="1">
+    <cfRule type="expression" dxfId="98" priority="1">
       <formula>$A$13&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D18:D19 C20:D20 D21 C22:D22">
-    <cfRule type="expression" dxfId="96" priority="2">
+    <cfRule type="expression" dxfId="97" priority="2">
       <formula>$A$16&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="指定研修機関番号は、7桁の半角数字で入力してください。" sqref="D6" xr:uid="{230BF171-78D8-4FC3-BAC6-5DE928B0EBEF}">
       <formula1>9999999</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="91" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D75A640A-9605-4ABD-B303-E28B4A337D65}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>A16 A18:A39 A41:A42 A44 A13:A14</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CD2DAC23-81C2-47B4-B282-D6B7D0557EE2}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$E$2:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>D8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D57FD31-EED1-485E-BBE2-F310754DF51D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L63"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A33" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="G93" sqref="G93"/>
-      <selection pane="bottomLeft" activeCell="H49" sqref="H49"/>
+      <selection pane="bottomLeft" activeCell="J58" sqref="J58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="12" style="1" customWidth="1"/>
     <col min="2" max="2" width="3.125" style="1" customWidth="1"/>
     <col min="3" max="7" width="15" style="1" customWidth="1"/>
     <col min="8" max="8" width="25" style="20" customWidth="1"/>
     <col min="9" max="9" width="4.625" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="25" style="20" customWidth="1"/>
     <col min="11" max="11" width="4.75" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.25" style="1" customWidth="1"/>
     <col min="13" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B1" s="4"/>
     </row>
     <row r="2" spans="1:11" s="141" customFormat="1" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A2" s="143"/>
       <c r="B2" s="143"/>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="119" t="s">
         <v>147</v>
       </c>
       <c r="I2" s="15"/>
       <c r="J2" s="119" t="s">
         <v>153</v>
       </c>
       <c r="K2" s="15"/>
     </row>
     <row r="3" spans="1:11" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A3" s="63" t="s">
         <v>116</v>
       </c>
       <c r="B3" s="64" t="s">
@@ -7522,51 +7635,51 @@
       </c>
       <c r="K5" s="62"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A6" s="192"/>
       <c r="B6" s="78"/>
       <c r="C6" s="79"/>
       <c r="D6" s="80" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="81"/>
       <c r="F6" s="81"/>
       <c r="G6" s="81"/>
       <c r="H6" s="196"/>
       <c r="I6" s="62"/>
       <c r="J6" s="82"/>
       <c r="K6" s="62"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A7" s="192"/>
       <c r="B7" s="78"/>
       <c r="C7" s="74" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="145" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="E7" s="84"/>
       <c r="F7" s="84"/>
       <c r="G7" s="84"/>
       <c r="H7" s="197"/>
       <c r="I7" s="62"/>
       <c r="J7" s="85"/>
       <c r="K7" s="62"/>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A8" s="192"/>
       <c r="B8" s="78"/>
       <c r="C8" s="86"/>
       <c r="D8" s="27" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="28"/>
       <c r="F8" s="28"/>
       <c r="G8" s="28"/>
       <c r="H8" s="198"/>
       <c r="I8" s="62"/>
       <c r="J8" s="82"/>
       <c r="K8" s="62"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.4">
@@ -7638,111 +7751,111 @@
       <c r="I12" s="62"/>
       <c r="J12" s="198"/>
       <c r="K12" s="62" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A13" s="170"/>
       <c r="B13" s="90" t="s">
         <v>160</v>
       </c>
       <c r="C13" s="65"/>
       <c r="D13" s="65"/>
       <c r="E13" s="65"/>
       <c r="F13" s="65"/>
       <c r="G13" s="65"/>
       <c r="H13" s="66"/>
       <c r="I13" s="67"/>
       <c r="J13" s="66"/>
       <c r="K13" s="68"/>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A14" s="192"/>
       <c r="B14" s="70"/>
       <c r="C14" s="83" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="D14" s="91"/>
       <c r="E14" s="91"/>
       <c r="F14" s="91"/>
       <c r="G14" s="91"/>
       <c r="H14" s="198"/>
       <c r="I14" s="62"/>
       <c r="J14" s="92"/>
       <c r="K14" s="62"/>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A15" s="192"/>
       <c r="B15" s="78"/>
       <c r="C15" s="27" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D15" s="93"/>
       <c r="E15" s="93"/>
       <c r="F15" s="93"/>
       <c r="G15" s="93"/>
       <c r="H15" s="198"/>
       <c r="I15" s="62"/>
       <c r="J15" s="94"/>
       <c r="K15" s="62"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A16" s="192"/>
       <c r="B16" s="78"/>
       <c r="C16" s="87" t="s">
         <v>5</v>
       </c>
       <c r="D16" s="69"/>
       <c r="E16" s="69"/>
       <c r="F16" s="69"/>
       <c r="G16" s="69"/>
       <c r="H16" s="198"/>
       <c r="I16" s="62"/>
       <c r="J16" s="94"/>
       <c r="K16" s="62"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A17" s="192"/>
       <c r="B17" s="78"/>
       <c r="C17" s="71" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D17" s="93"/>
       <c r="E17" s="93"/>
       <c r="F17" s="93"/>
       <c r="G17" s="93"/>
       <c r="H17" s="199"/>
       <c r="I17" s="62"/>
       <c r="J17" s="94"/>
       <c r="K17" s="62"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A18" s="192"/>
       <c r="B18" s="95"/>
       <c r="C18" s="80" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D18" s="96"/>
       <c r="E18" s="96"/>
       <c r="F18" s="96"/>
       <c r="G18" s="96"/>
       <c r="H18" s="198"/>
       <c r="I18" s="62"/>
       <c r="J18" s="97"/>
       <c r="K18" s="62"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A19" s="170"/>
       <c r="B19" s="90" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="65"/>
       <c r="D19" s="65"/>
       <c r="E19" s="65"/>
       <c r="F19" s="65"/>
       <c r="G19" s="65"/>
       <c r="H19" s="66"/>
       <c r="I19" s="67"/>
       <c r="J19" s="66"/>
       <c r="K19" s="68"/>
     </row>
@@ -7761,783 +7874,783 @@
         <v>98</v>
       </c>
       <c r="J20" s="77"/>
       <c r="K20" s="62" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A21" s="193"/>
       <c r="B21" s="98"/>
       <c r="C21" s="27" t="s">
         <v>161</v>
       </c>
       <c r="D21" s="91"/>
       <c r="E21" s="91"/>
       <c r="F21" s="91"/>
       <c r="G21" s="91"/>
       <c r="H21" s="198"/>
       <c r="I21" s="62"/>
       <c r="J21" s="77"/>
       <c r="K21" s="62"/>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A22" s="193"/>
       <c r="B22" s="99"/>
-      <c r="C22" s="258" t="s">
+      <c r="C22" s="262" t="s">
         <v>230</v>
       </c>
-      <c r="D22" s="264" t="s">
+      <c r="D22" s="268" t="s">
         <v>230</v>
       </c>
       <c r="E22" s="27" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="28"/>
       <c r="G22" s="28"/>
       <c r="H22" s="198"/>
       <c r="I22" s="69" t="s">
         <v>99</v>
       </c>
       <c r="J22" s="82"/>
       <c r="K22" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L22" s="6"/>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A23" s="193"/>
       <c r="B23" s="99"/>
-      <c r="C23" s="259"/>
-      <c r="D23" s="265"/>
+      <c r="C23" s="263"/>
+      <c r="D23" s="269"/>
       <c r="E23" s="27" t="s">
         <v>158</v>
       </c>
       <c r="F23" s="28"/>
       <c r="G23" s="59"/>
       <c r="H23" s="198"/>
       <c r="I23" s="100" t="s">
         <v>100</v>
       </c>
       <c r="J23" s="101"/>
       <c r="K23" s="100" t="s">
         <v>100</v>
       </c>
       <c r="L23" s="6"/>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A24" s="193"/>
       <c r="B24" s="99"/>
-      <c r="C24" s="259"/>
-      <c r="D24" s="264" t="s">
+      <c r="C24" s="263"/>
+      <c r="D24" s="268" t="s">
         <v>304</v>
       </c>
       <c r="E24" s="74" t="s">
         <v>231</v>
       </c>
       <c r="F24" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G24" s="28"/>
       <c r="H24" s="198"/>
       <c r="I24" s="102"/>
       <c r="J24" s="101"/>
       <c r="K24" s="102"/>
       <c r="L24" s="6"/>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A25" s="193"/>
       <c r="B25" s="99"/>
-      <c r="C25" s="259"/>
-      <c r="D25" s="266"/>
+      <c r="C25" s="263"/>
+      <c r="D25" s="270"/>
       <c r="E25" s="86"/>
       <c r="F25" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G25" s="75"/>
       <c r="H25" s="198"/>
       <c r="I25" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J25" s="101"/>
       <c r="K25" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L25" s="6"/>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A26" s="193"/>
       <c r="B26" s="99"/>
-      <c r="C26" s="259"/>
-      <c r="D26" s="266"/>
+      <c r="C26" s="263"/>
+      <c r="D26" s="270"/>
       <c r="E26" s="103" t="s">
         <v>233</v>
       </c>
       <c r="F26" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G26" s="28"/>
       <c r="H26" s="198"/>
       <c r="I26" s="102"/>
       <c r="J26" s="101"/>
       <c r="K26" s="102"/>
       <c r="L26" s="6"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A27" s="193"/>
       <c r="B27" s="99"/>
-      <c r="C27" s="259"/>
-      <c r="D27" s="266"/>
+      <c r="C27" s="263"/>
+      <c r="D27" s="270"/>
       <c r="E27" s="50"/>
       <c r="F27" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G27" s="75"/>
       <c r="H27" s="198"/>
       <c r="I27" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J27" s="101"/>
       <c r="K27" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L27" s="6"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A28" s="193"/>
       <c r="B28" s="99"/>
-      <c r="C28" s="259"/>
-      <c r="D28" s="266"/>
+      <c r="C28" s="263"/>
+      <c r="D28" s="270"/>
       <c r="E28" s="103" t="s">
         <v>234</v>
       </c>
       <c r="F28" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G28" s="28"/>
       <c r="H28" s="198"/>
       <c r="I28" s="102"/>
       <c r="J28" s="101"/>
       <c r="K28" s="102"/>
       <c r="L28" s="6"/>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A29" s="193"/>
       <c r="B29" s="99"/>
-      <c r="C29" s="259"/>
-      <c r="D29" s="266"/>
+      <c r="C29" s="263"/>
+      <c r="D29" s="270"/>
       <c r="E29" s="50"/>
       <c r="F29" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G29" s="75"/>
       <c r="H29" s="198"/>
       <c r="I29" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J29" s="101"/>
       <c r="K29" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L29" s="6"/>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A30" s="193"/>
       <c r="B30" s="99"/>
-      <c r="C30" s="259"/>
-      <c r="D30" s="266"/>
+      <c r="C30" s="263"/>
+      <c r="D30" s="270"/>
       <c r="E30" s="103" t="s">
         <v>235</v>
       </c>
       <c r="F30" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G30" s="28"/>
       <c r="H30" s="198"/>
       <c r="I30" s="102"/>
       <c r="J30" s="101"/>
       <c r="K30" s="102"/>
       <c r="L30" s="6"/>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A31" s="193"/>
       <c r="B31" s="99"/>
-      <c r="C31" s="259"/>
-      <c r="D31" s="266"/>
+      <c r="C31" s="263"/>
+      <c r="D31" s="270"/>
       <c r="E31" s="86"/>
       <c r="F31" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G31" s="75"/>
       <c r="H31" s="198"/>
       <c r="I31" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J31" s="101"/>
       <c r="K31" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L31" s="6"/>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A32" s="193"/>
       <c r="B32" s="99"/>
-      <c r="C32" s="259"/>
-      <c r="D32" s="266"/>
+      <c r="C32" s="263"/>
+      <c r="D32" s="270"/>
       <c r="E32" s="103" t="s">
         <v>236</v>
       </c>
       <c r="F32" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G32" s="28"/>
       <c r="H32" s="198"/>
       <c r="I32" s="102"/>
       <c r="J32" s="101"/>
       <c r="K32" s="102"/>
       <c r="L32" s="6"/>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A33" s="193"/>
       <c r="B33" s="99"/>
-      <c r="C33" s="259"/>
-      <c r="D33" s="266"/>
+      <c r="C33" s="263"/>
+      <c r="D33" s="270"/>
       <c r="E33" s="86"/>
       <c r="F33" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G33" s="75"/>
       <c r="H33" s="198"/>
       <c r="I33" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J33" s="101"/>
       <c r="K33" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L33" s="6"/>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A34" s="193"/>
       <c r="B34" s="99"/>
-      <c r="C34" s="259"/>
-      <c r="D34" s="266"/>
+      <c r="C34" s="263"/>
+      <c r="D34" s="270"/>
       <c r="E34" s="103" t="s">
         <v>237</v>
       </c>
       <c r="F34" s="28" t="s">
         <v>0</v>
       </c>
       <c r="G34" s="28"/>
       <c r="H34" s="198"/>
       <c r="I34" s="102"/>
       <c r="J34" s="101"/>
       <c r="K34" s="102"/>
       <c r="L34" s="6"/>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A35" s="193"/>
       <c r="B35" s="99"/>
-      <c r="C35" s="259"/>
-      <c r="D35" s="266"/>
+      <c r="C35" s="263"/>
+      <c r="D35" s="270"/>
       <c r="E35" s="86"/>
       <c r="F35" s="27" t="s">
         <v>232</v>
       </c>
       <c r="G35" s="28"/>
       <c r="H35" s="198"/>
       <c r="I35" s="100" t="s">
         <v>157</v>
       </c>
       <c r="J35" s="101"/>
       <c r="K35" s="69" t="s">
         <v>157</v>
       </c>
       <c r="L35" s="6"/>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A36" s="193"/>
       <c r="B36" s="99"/>
-      <c r="C36" s="258" t="s">
+      <c r="C36" s="262" t="s">
         <v>238</v>
       </c>
-      <c r="D36" s="255" t="s">
-        <v>365</v>
+      <c r="D36" s="259" t="s">
+        <v>363</v>
       </c>
       <c r="E36" s="104" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="F36" s="104"/>
       <c r="G36" s="105"/>
       <c r="H36" s="200"/>
       <c r="I36" s="62"/>
-      <c r="J36" s="252"/>
+      <c r="J36" s="256"/>
       <c r="K36" s="62"/>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A37" s="194"/>
       <c r="B37" s="99"/>
-      <c r="C37" s="259"/>
-      <c r="D37" s="256"/>
+      <c r="C37" s="263"/>
+      <c r="D37" s="260"/>
       <c r="E37" s="107" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F37" s="107"/>
       <c r="G37" s="104"/>
       <c r="H37" s="200"/>
       <c r="I37" s="62"/>
-      <c r="J37" s="253"/>
+      <c r="J37" s="257"/>
       <c r="K37" s="62"/>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A38" s="194"/>
       <c r="B38" s="99"/>
-      <c r="C38" s="259"/>
-      <c r="D38" s="256"/>
+      <c r="C38" s="263"/>
+      <c r="D38" s="260"/>
       <c r="E38" s="107" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F38" s="107"/>
       <c r="G38" s="104"/>
       <c r="H38" s="200"/>
       <c r="I38" s="62"/>
-      <c r="J38" s="253"/>
+      <c r="J38" s="257"/>
       <c r="K38" s="62"/>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A39" s="194"/>
       <c r="B39" s="99"/>
-      <c r="C39" s="259"/>
-      <c r="D39" s="256"/>
+      <c r="C39" s="263"/>
+      <c r="D39" s="260"/>
       <c r="E39" s="107" t="s">
         <v>312</v>
       </c>
       <c r="F39" s="107"/>
       <c r="G39" s="104"/>
       <c r="H39" s="200"/>
       <c r="I39" s="62"/>
-      <c r="J39" s="253"/>
+      <c r="J39" s="257"/>
       <c r="K39" s="62"/>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A40" s="194"/>
       <c r="B40" s="99"/>
-      <c r="C40" s="259"/>
-      <c r="D40" s="256"/>
+      <c r="C40" s="263"/>
+      <c r="D40" s="260"/>
       <c r="E40" s="107" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F40" s="107"/>
       <c r="G40" s="104"/>
       <c r="H40" s="200"/>
       <c r="I40" s="62"/>
-      <c r="J40" s="253"/>
+      <c r="J40" s="257"/>
       <c r="K40" s="62"/>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A41" s="194"/>
       <c r="B41" s="99"/>
-      <c r="C41" s="259"/>
-[...5 lines deleted...]
-        <v>379</v>
+      <c r="C41" s="263"/>
+      <c r="D41" s="260"/>
+      <c r="E41" s="262" t="s">
+        <v>365</v>
+      </c>
+      <c r="F41" s="265" t="s">
+        <v>377</v>
       </c>
       <c r="G41" s="47" t="s">
         <v>239</v>
       </c>
       <c r="H41" s="200"/>
       <c r="I41" s="62"/>
-      <c r="J41" s="253"/>
+      <c r="J41" s="257"/>
       <c r="K41" s="62"/>
     </row>
     <row r="42" spans="1:12" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A42" s="194"/>
       <c r="B42" s="99"/>
-      <c r="C42" s="259"/>
-[...2 lines deleted...]
-      <c r="F42" s="262"/>
+      <c r="C42" s="263"/>
+      <c r="D42" s="260"/>
+      <c r="E42" s="263"/>
+      <c r="F42" s="266"/>
       <c r="G42" s="41" t="s">
         <v>240</v>
       </c>
       <c r="H42" s="200"/>
       <c r="I42" s="62"/>
-      <c r="J42" s="253"/>
+      <c r="J42" s="257"/>
       <c r="K42" s="62"/>
     </row>
     <row r="43" spans="1:12" ht="27" x14ac:dyDescent="0.4">
       <c r="A43" s="194"/>
       <c r="B43" s="99"/>
-      <c r="C43" s="259"/>
-[...2 lines deleted...]
-      <c r="F43" s="262"/>
+      <c r="C43" s="263"/>
+      <c r="D43" s="260"/>
+      <c r="E43" s="263"/>
+      <c r="F43" s="266"/>
       <c r="G43" s="41" t="s">
         <v>241</v>
       </c>
       <c r="H43" s="200"/>
       <c r="I43" s="62"/>
-      <c r="J43" s="253"/>
+      <c r="J43" s="257"/>
       <c r="K43" s="62"/>
     </row>
     <row r="44" spans="1:12" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A44" s="194"/>
       <c r="B44" s="99"/>
-      <c r="C44" s="259"/>
-[...2 lines deleted...]
-      <c r="F44" s="263"/>
+      <c r="C44" s="263"/>
+      <c r="D44" s="260"/>
+      <c r="E44" s="264"/>
+      <c r="F44" s="267"/>
       <c r="G44" s="48" t="s">
         <v>243</v>
       </c>
       <c r="H44" s="200"/>
       <c r="I44" s="62"/>
-      <c r="J44" s="253"/>
+      <c r="J44" s="257"/>
       <c r="K44" s="62"/>
     </row>
     <row r="45" spans="1:12" ht="27" x14ac:dyDescent="0.4">
       <c r="A45" s="194"/>
       <c r="B45" s="99"/>
-      <c r="C45" s="259"/>
-      <c r="D45" s="256"/>
+      <c r="C45" s="263"/>
+      <c r="D45" s="260"/>
       <c r="E45" s="41" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F45" s="71" t="s">
         <v>244</v>
       </c>
       <c r="G45" s="44"/>
       <c r="H45" s="200"/>
       <c r="I45" s="62"/>
-      <c r="J45" s="254"/>
+      <c r="J45" s="258"/>
       <c r="K45" s="62"/>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A46" s="171"/>
       <c r="B46" s="99"/>
-      <c r="C46" s="259"/>
-      <c r="D46" s="257"/>
+      <c r="C46" s="263"/>
+      <c r="D46" s="261"/>
       <c r="E46" s="159" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="F46" s="146"/>
       <c r="G46" s="44"/>
       <c r="H46" s="106"/>
       <c r="I46" s="62"/>
       <c r="J46" s="198"/>
       <c r="K46" s="62"/>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A47" s="194"/>
       <c r="B47" s="99"/>
-      <c r="C47" s="259"/>
-[...1 lines deleted...]
-        <v>366</v>
+      <c r="C47" s="263"/>
+      <c r="D47" s="259" t="s">
+        <v>364</v>
       </c>
       <c r="E47" s="104" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="F47" s="104"/>
       <c r="G47" s="105"/>
       <c r="H47" s="200"/>
       <c r="I47" s="62"/>
-      <c r="J47" s="252"/>
+      <c r="J47" s="256"/>
       <c r="K47" s="62"/>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.4">
       <c r="A48" s="194"/>
       <c r="B48" s="99"/>
-      <c r="C48" s="259"/>
-      <c r="D48" s="256"/>
+      <c r="C48" s="263"/>
+      <c r="D48" s="260"/>
       <c r="E48" s="107" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F48" s="107"/>
       <c r="G48" s="104"/>
       <c r="H48" s="200"/>
       <c r="I48" s="62"/>
-      <c r="J48" s="253"/>
+      <c r="J48" s="257"/>
       <c r="K48" s="62"/>
     </row>
     <row r="49" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A49" s="194"/>
       <c r="B49" s="99"/>
-      <c r="C49" s="259"/>
-      <c r="D49" s="256"/>
+      <c r="C49" s="263"/>
+      <c r="D49" s="260"/>
       <c r="E49" s="107" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="F49" s="107"/>
       <c r="G49" s="104"/>
       <c r="H49" s="200"/>
       <c r="I49" s="62"/>
-      <c r="J49" s="253"/>
+      <c r="J49" s="257"/>
       <c r="K49" s="62"/>
     </row>
     <row r="50" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A50" s="194"/>
       <c r="B50" s="99"/>
-      <c r="C50" s="259"/>
-      <c r="D50" s="256"/>
+      <c r="C50" s="263"/>
+      <c r="D50" s="260"/>
       <c r="E50" s="107" t="s">
         <v>312</v>
       </c>
       <c r="F50" s="107"/>
       <c r="G50" s="104"/>
       <c r="H50" s="200"/>
       <c r="I50" s="62"/>
-      <c r="J50" s="253"/>
+      <c r="J50" s="257"/>
       <c r="K50" s="62"/>
     </row>
     <row r="51" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A51" s="194"/>
       <c r="B51" s="99"/>
-      <c r="C51" s="259"/>
-      <c r="D51" s="256"/>
+      <c r="C51" s="263"/>
+      <c r="D51" s="260"/>
       <c r="E51" s="71" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F51" s="107"/>
       <c r="G51" s="104"/>
       <c r="H51" s="200"/>
       <c r="I51" s="62"/>
-      <c r="J51" s="253"/>
+      <c r="J51" s="257"/>
       <c r="K51" s="62"/>
     </row>
     <row r="52" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A52" s="194"/>
       <c r="B52" s="99"/>
-      <c r="C52" s="259"/>
-[...5 lines deleted...]
-        <v>379</v>
+      <c r="C52" s="263"/>
+      <c r="D52" s="260"/>
+      <c r="E52" s="262" t="s">
+        <v>365</v>
+      </c>
+      <c r="F52" s="265" t="s">
+        <v>377</v>
       </c>
       <c r="G52" s="44" t="s">
         <v>239</v>
       </c>
       <c r="H52" s="200"/>
       <c r="I52" s="62"/>
-      <c r="J52" s="253"/>
+      <c r="J52" s="257"/>
       <c r="K52" s="62"/>
     </row>
     <row r="53" spans="1:11" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A53" s="194"/>
       <c r="B53" s="99"/>
-      <c r="C53" s="259"/>
-[...2 lines deleted...]
-      <c r="F53" s="262"/>
+      <c r="C53" s="263"/>
+      <c r="D53" s="260"/>
+      <c r="E53" s="263"/>
+      <c r="F53" s="266"/>
       <c r="G53" s="44" t="s">
         <v>240</v>
       </c>
       <c r="H53" s="200"/>
       <c r="I53" s="62"/>
-      <c r="J53" s="253"/>
+      <c r="J53" s="257"/>
       <c r="K53" s="62"/>
     </row>
     <row r="54" spans="1:11" ht="27" x14ac:dyDescent="0.4">
       <c r="A54" s="194"/>
       <c r="B54" s="99"/>
-      <c r="C54" s="259"/>
-[...2 lines deleted...]
-      <c r="F54" s="262"/>
+      <c r="C54" s="263"/>
+      <c r="D54" s="260"/>
+      <c r="E54" s="263"/>
+      <c r="F54" s="266"/>
       <c r="G54" s="44" t="s">
         <v>241</v>
       </c>
       <c r="H54" s="200"/>
       <c r="I54" s="62"/>
-      <c r="J54" s="253"/>
+      <c r="J54" s="257"/>
       <c r="K54" s="62"/>
     </row>
     <row r="55" spans="1:11" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A55" s="194"/>
       <c r="B55" s="99"/>
-      <c r="C55" s="259"/>
-[...2 lines deleted...]
-      <c r="F55" s="263"/>
+      <c r="C55" s="263"/>
+      <c r="D55" s="260"/>
+      <c r="E55" s="264"/>
+      <c r="F55" s="267"/>
       <c r="G55" s="44" t="s">
         <v>243</v>
       </c>
       <c r="H55" s="200"/>
       <c r="I55" s="62"/>
-      <c r="J55" s="253"/>
+      <c r="J55" s="257"/>
       <c r="K55" s="62"/>
     </row>
     <row r="56" spans="1:11" ht="27" x14ac:dyDescent="0.4">
       <c r="A56" s="194"/>
       <c r="B56" s="99"/>
-      <c r="C56" s="259"/>
-      <c r="D56" s="256"/>
+      <c r="C56" s="263"/>
+      <c r="D56" s="260"/>
       <c r="E56" s="48" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F56" s="104" t="s">
         <v>244</v>
       </c>
       <c r="G56" s="104"/>
       <c r="H56" s="200"/>
       <c r="I56" s="62"/>
-      <c r="J56" s="254"/>
+      <c r="J56" s="258"/>
       <c r="K56" s="62"/>
     </row>
     <row r="57" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A57" s="195"/>
       <c r="B57" s="99"/>
-      <c r="C57" s="260"/>
-      <c r="D57" s="257"/>
+      <c r="C57" s="264"/>
+      <c r="D57" s="261"/>
       <c r="E57" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="F57" s="104"/>
       <c r="G57" s="104"/>
       <c r="H57" s="106"/>
       <c r="I57" s="62"/>
       <c r="J57" s="201"/>
       <c r="K57" s="62"/>
     </row>
     <row r="58" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A58" s="193"/>
       <c r="B58" s="99"/>
       <c r="C58" s="145" t="s">
         <v>95</v>
       </c>
       <c r="D58" s="108"/>
       <c r="E58" s="108"/>
       <c r="F58" s="108"/>
       <c r="G58" s="108"/>
       <c r="H58" s="200"/>
       <c r="I58" s="62"/>
       <c r="J58" s="198"/>
       <c r="K58" s="62"/>
     </row>
     <row r="59" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A59" s="172"/>
       <c r="B59" s="99"/>
       <c r="C59" s="162"/>
       <c r="D59" s="160" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E59" s="108"/>
       <c r="F59" s="108"/>
       <c r="G59" s="108"/>
       <c r="H59" s="106"/>
       <c r="I59" s="62"/>
       <c r="J59" s="198"/>
       <c r="K59" s="62"/>
     </row>
     <row r="60" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A60" s="193"/>
       <c r="B60" s="99"/>
       <c r="C60" s="83" t="s">
         <v>96</v>
       </c>
       <c r="D60" s="93"/>
       <c r="E60" s="93"/>
       <c r="F60" s="93"/>
       <c r="G60" s="93"/>
       <c r="H60" s="198"/>
       <c r="I60" s="62"/>
       <c r="J60" s="198"/>
       <c r="K60" s="62"/>
     </row>
     <row r="61" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A61" s="172"/>
       <c r="B61" s="99"/>
       <c r="C61" s="80"/>
       <c r="D61" s="161" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E61" s="96"/>
       <c r="F61" s="96"/>
       <c r="G61" s="96"/>
       <c r="H61" s="155"/>
       <c r="I61" s="62"/>
       <c r="J61" s="198"/>
       <c r="K61" s="62"/>
     </row>
     <row r="62" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A62" s="193"/>
       <c r="B62" s="164"/>
       <c r="C62" s="83" t="s">
         <v>97</v>
       </c>
       <c r="D62" s="93"/>
       <c r="E62" s="93"/>
       <c r="F62" s="93"/>
       <c r="G62" s="93"/>
       <c r="H62" s="198"/>
       <c r="I62" s="62"/>
       <c r="J62" s="198"/>
       <c r="K62" s="62"/>
     </row>
     <row r="63" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A63" s="69"/>
       <c r="B63" s="109"/>
       <c r="C63" s="79"/>
       <c r="D63" s="161" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E63" s="96"/>
       <c r="F63" s="96"/>
       <c r="G63" s="96"/>
       <c r="H63" s="163"/>
       <c r="I63" s="62"/>
       <c r="J63" s="198"/>
       <c r="K63" s="62"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="x3l5PoiAU3X1rBTTZ857vqqclxkxDdAZs5U7YX8jQUSqN8zwe+V+VKGhSFFz7V69KnSaMOccFFztRzcLx/uN/A==" saltValue="h/tkkEqQ5GjEQKgcdUnOVw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Thmq5ACMH1SMilGTQAnwAgyQrKrLaJVM55gICNVSMmhnpHw7odBUkCiTkeVZfDF/viYyQHhS0CQRGvIk5IdZwg==" saltValue="+Z/90aWElbr/JJW7Q/+Xzg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="J36:J45"/>
     <mergeCell ref="J47:J56"/>
     <mergeCell ref="D47:D57"/>
     <mergeCell ref="C36:C57"/>
     <mergeCell ref="C22:C35"/>
     <mergeCell ref="F41:F44"/>
     <mergeCell ref="F52:F55"/>
     <mergeCell ref="E41:E44"/>
     <mergeCell ref="E52:E55"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="D24:D35"/>
     <mergeCell ref="D36:D46"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="H41:H45">
-    <cfRule type="expression" dxfId="93" priority="2">
+    <cfRule type="expression" dxfId="94" priority="2">
       <formula>$H$40="該当"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H52:H56">
-    <cfRule type="expression" dxfId="92" priority="1">
+    <cfRule type="expression" dxfId="93" priority="1">
       <formula>$H$51="該当"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="実施回数は、半角数字の整数で入力してください。" sqref="J12" xr:uid="{A8DFADC6-2C7C-46ED-BB7A-06EB5A472A3E}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H17" xr:uid="{62D07467-DD8F-4562-B2C5-BBEC037E6D61}"/>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J15 J6" xr:uid="{91481E35-16EC-4070-9D8A-500A8BC0B840}"/>
     <dataValidation imeMode="off" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H18" xr:uid="{4462436D-9E64-4358-80E6-B60B6097B61A}"/>
     <dataValidation type="custom" imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="フリガナは、全角カタカナで入力してください。" sqref="H6 H15" xr:uid="{994F0906-EA50-4AD2-81C0-CCA502837CD1}">
       <formula1>H6=PHONETIC(H6)</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="定員数は、半角数字の整数で入力してください。" sqref="H20" xr:uid="{F8071BC0-03D6-4C2D-8C15-C349422DFF31}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="郵便番号は、半角数字、ハイフンなしで入力してください。" sqref="H7" xr:uid="{0A2C5A89-A4E1-4556-8719-1E6118B08627}">
       <formula1>9999999</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="85" fitToHeight="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="185" man="1"/>
   </colBreaks>
@@ -8691,760 +8804,767 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{978203BC-EC11-4379-8248-2B13C796DEFD}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$J$2:$J$4</xm:f>
           </x14:formula1>
           <xm:sqref>H58</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{95845773-F0D2-4203-B945-7C825F6E490F}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$L$2:$L$4</xm:f>
           </x14:formula1>
           <xm:sqref>J36:J45 J62 J60 J47:J56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{FC807DF6-976E-4995-998E-67977EF72E36}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$K$2:$K$3</xm:f>
           </x14:formula1>
           <xm:sqref>J58</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D566D096-8D02-49F9-B7AA-23CAA5E5ABEB}">
-  <dimension ref="A1:M56"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D566D096-8D02-49F9-B7AA-23CAA5E5ABEB}">
+  <dimension ref="A1:N56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="4" topLeftCell="E30" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="4" topLeftCell="E5" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G93" sqref="G93"/>
       <selection pane="topRight" activeCell="G93" sqref="G93"/>
       <selection pane="bottomLeft" activeCell="G93" sqref="G93"/>
-      <selection pane="bottomRight" activeCell="G13" sqref="G13:G50"/>
+      <selection pane="bottomRight" activeCell="E13" sqref="E13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="12" style="1" customWidth="1"/>
     <col min="2" max="2" width="15" style="1" customWidth="1"/>
     <col min="3" max="4" width="22" style="1" customWidth="1"/>
-    <col min="5" max="16384" width="8.75" style="1"/>
+    <col min="5" max="13" width="8.75" style="1"/>
+    <col min="14" max="14" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="17.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:14" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="62" t="s">
         <v>106</v>
       </c>
       <c r="B2" s="62"/>
-      <c r="C2" s="279">
+      <c r="C2" s="280">
         <f>頭紙!D7</f>
         <v>0</v>
       </c>
-      <c r="D2" s="280"/>
+      <c r="D2" s="281"/>
       <c r="E2" s="110" t="s">
         <v>159</v>
       </c>
       <c r="F2" s="27"/>
       <c r="G2" s="28"/>
       <c r="H2" s="28"/>
       <c r="I2" s="28"/>
       <c r="J2" s="28"/>
       <c r="K2" s="28"/>
       <c r="L2" s="28"/>
       <c r="M2" s="75"/>
     </row>
-    <row r="3" spans="1:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="113" t="s">
         <v>228</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="148">
         <f>頭紙!D6</f>
         <v>0</v>
       </c>
       <c r="D3" s="62"/>
-      <c r="E3" s="271" t="s">
-[...10 lines deleted...]
-      <c r="J3" s="283"/>
+      <c r="E3" s="289" t="s">
+        <v>378</v>
+      </c>
+      <c r="F3" s="289" t="s">
+        <v>379</v>
+      </c>
+      <c r="G3" s="274" t="s">
+        <v>373</v>
+      </c>
+      <c r="H3" s="275"/>
+      <c r="I3" s="275"/>
+      <c r="J3" s="276"/>
       <c r="K3" s="146" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="146"/>
       <c r="M3" s="147"/>
     </row>
-    <row r="4" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="108" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="63" t="s">
         <v>189</v>
       </c>
       <c r="B4" s="62"/>
       <c r="C4" s="62"/>
       <c r="D4" s="62"/>
-      <c r="E4" s="271"/>
-      <c r="F4" s="271"/>
+      <c r="E4" s="289"/>
+      <c r="F4" s="289"/>
       <c r="G4" s="41" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H4" s="42" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="42" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="41" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="K4" s="42" t="s">
         <v>117</v>
       </c>
       <c r="L4" s="42" t="s">
         <v>118</v>
       </c>
       <c r="M4" s="41" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A5" s="202"/>
       <c r="B5" s="74" t="s">
         <v>138</v>
       </c>
       <c r="C5" s="56" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="28"/>
-      <c r="E5" s="272"/>
+      <c r="E5" s="282"/>
       <c r="F5" s="213"/>
       <c r="G5" s="229"/>
       <c r="H5" s="227"/>
       <c r="I5" s="227"/>
       <c r="J5" s="227"/>
       <c r="K5" s="202"/>
       <c r="L5" s="202"/>
       <c r="M5" s="202"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A6" s="202"/>
       <c r="B6" s="86"/>
       <c r="C6" s="56" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="28"/>
-      <c r="E6" s="273"/>
+      <c r="E6" s="283"/>
       <c r="F6" s="213"/>
       <c r="G6" s="229"/>
       <c r="H6" s="227"/>
       <c r="I6" s="227"/>
       <c r="J6" s="227"/>
       <c r="K6" s="202"/>
       <c r="L6" s="202"/>
       <c r="M6" s="202"/>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A7" s="202"/>
       <c r="B7" s="86"/>
       <c r="C7" s="56" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="28"/>
-      <c r="E7" s="273"/>
+      <c r="E7" s="283"/>
       <c r="F7" s="213"/>
       <c r="G7" s="229"/>
       <c r="H7" s="227"/>
       <c r="I7" s="227"/>
       <c r="J7" s="227"/>
       <c r="K7" s="202"/>
       <c r="L7" s="202"/>
       <c r="M7" s="202"/>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A8" s="202"/>
       <c r="B8" s="86"/>
       <c r="C8" s="56" t="s">
         <v>26</v>
       </c>
       <c r="D8" s="28"/>
-      <c r="E8" s="273"/>
+      <c r="E8" s="283"/>
       <c r="F8" s="213"/>
       <c r="G8" s="229"/>
       <c r="H8" s="227"/>
       <c r="I8" s="227"/>
       <c r="J8" s="227"/>
       <c r="K8" s="202"/>
       <c r="L8" s="202"/>
       <c r="M8" s="202"/>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A9" s="202"/>
       <c r="B9" s="86"/>
       <c r="C9" s="56" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="28"/>
-      <c r="E9" s="273"/>
+      <c r="E9" s="283"/>
       <c r="F9" s="213"/>
       <c r="G9" s="229"/>
       <c r="H9" s="227"/>
       <c r="I9" s="227"/>
       <c r="J9" s="227"/>
       <c r="K9" s="202"/>
       <c r="L9" s="202"/>
       <c r="M9" s="202"/>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A10" s="202"/>
       <c r="B10" s="86"/>
       <c r="C10" s="56" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="28"/>
-      <c r="E10" s="273"/>
+      <c r="E10" s="283"/>
       <c r="F10" s="213"/>
       <c r="G10" s="229"/>
       <c r="H10" s="227"/>
       <c r="I10" s="227"/>
       <c r="J10" s="227"/>
       <c r="K10" s="202"/>
       <c r="L10" s="202"/>
       <c r="M10" s="202"/>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.4">
+    <row r="11" spans="1:14" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A11" s="202"/>
       <c r="B11" s="86"/>
-      <c r="C11" s="56" t="s">
+      <c r="C11" s="232" t="s">
         <v>21</v>
       </c>
-      <c r="D11" s="28"/>
-      <c r="E11" s="273"/>
+      <c r="D11" s="234" t="s">
+        <v>439</v>
+      </c>
+      <c r="E11" s="283"/>
       <c r="F11" s="213"/>
       <c r="G11" s="229"/>
       <c r="H11" s="227"/>
       <c r="I11" s="227"/>
       <c r="J11" s="227"/>
       <c r="K11" s="202"/>
       <c r="L11" s="202"/>
       <c r="M11" s="202"/>
-    </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.4">
+      <c r="N11" s="233" t="b">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.4">
       <c r="A12" s="202"/>
-      <c r="B12" s="79"/>
+      <c r="B12" s="86"/>
       <c r="C12" s="56" t="s">
         <v>22</v>
       </c>
       <c r="D12" s="28"/>
-      <c r="E12" s="274"/>
+      <c r="E12" s="284"/>
       <c r="F12" s="213"/>
       <c r="G12" s="229"/>
       <c r="H12" s="227"/>
       <c r="I12" s="227"/>
       <c r="J12" s="227"/>
       <c r="K12" s="202"/>
       <c r="L12" s="202"/>
       <c r="M12" s="202"/>
     </row>
-    <row r="13" spans="1:13" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:14" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="202"/>
       <c r="B13" s="74" t="s">
         <v>139</v>
       </c>
       <c r="C13" s="51" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="58" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="203"/>
       <c r="F13" s="203"/>
       <c r="G13" s="227"/>
       <c r="H13" s="227"/>
       <c r="I13" s="227"/>
       <c r="J13" s="228"/>
       <c r="K13" s="202"/>
       <c r="L13" s="202"/>
       <c r="M13" s="202"/>
     </row>
-    <row r="14" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A14" s="276"/>
+    <row r="14" spans="1:14" ht="27" x14ac:dyDescent="0.4">
+      <c r="A14" s="277"/>
       <c r="B14" s="86"/>
-      <c r="C14" s="270" t="s">
+      <c r="C14" s="285" t="s">
         <v>122</v>
       </c>
       <c r="D14" s="58" t="s">
         <v>48</v>
       </c>
-      <c r="E14" s="272"/>
-[...1 lines deleted...]
-      <c r="G14" s="284"/>
+      <c r="E14" s="282"/>
+      <c r="F14" s="282"/>
+      <c r="G14" s="271"/>
       <c r="H14" s="227"/>
       <c r="I14" s="227"/>
       <c r="J14" s="228"/>
       <c r="K14" s="202"/>
       <c r="L14" s="202"/>
       <c r="M14" s="202"/>
     </row>
-    <row r="15" spans="1:13" ht="27" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="27" x14ac:dyDescent="0.4">
       <c r="A15" s="278"/>
       <c r="B15" s="86"/>
-      <c r="C15" s="270"/>
+      <c r="C15" s="285"/>
       <c r="D15" s="58" t="s">
         <v>49</v>
       </c>
-      <c r="E15" s="273"/>
-[...1 lines deleted...]
-      <c r="G15" s="285"/>
+      <c r="E15" s="283"/>
+      <c r="F15" s="283"/>
+      <c r="G15" s="273"/>
       <c r="H15" s="227"/>
       <c r="I15" s="227"/>
       <c r="J15" s="228"/>
       <c r="K15" s="202"/>
       <c r="L15" s="202"/>
       <c r="M15" s="202"/>
     </row>
-    <row r="16" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
+    <row r="16" spans="1:14" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A16" s="278"/>
       <c r="B16" s="86"/>
-      <c r="C16" s="270"/>
+      <c r="C16" s="285"/>
       <c r="D16" s="58" t="s">
         <v>50</v>
       </c>
-      <c r="E16" s="273"/>
-[...1 lines deleted...]
-      <c r="G16" s="285"/>
+      <c r="E16" s="283"/>
+      <c r="F16" s="283"/>
+      <c r="G16" s="273"/>
       <c r="H16" s="227"/>
       <c r="I16" s="227"/>
       <c r="J16" s="228"/>
       <c r="K16" s="202"/>
       <c r="L16" s="202"/>
       <c r="M16" s="202"/>
     </row>
     <row r="17" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A17" s="277"/>
+      <c r="A17" s="279"/>
       <c r="B17" s="86"/>
-      <c r="C17" s="270"/>
+      <c r="C17" s="285"/>
       <c r="D17" s="58" t="s">
         <v>51</v>
       </c>
-      <c r="E17" s="274"/>
-[...1 lines deleted...]
-      <c r="G17" s="286"/>
+      <c r="E17" s="284"/>
+      <c r="F17" s="284"/>
+      <c r="G17" s="272"/>
       <c r="H17" s="227"/>
       <c r="I17" s="227"/>
       <c r="J17" s="228"/>
       <c r="K17" s="202"/>
       <c r="L17" s="202"/>
       <c r="M17" s="202"/>
     </row>
     <row r="18" spans="1:13" ht="27" x14ac:dyDescent="0.4">
       <c r="A18" s="202"/>
       <c r="B18" s="86"/>
       <c r="C18" s="51" t="s">
         <v>123</v>
       </c>
       <c r="D18" s="58" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="203"/>
       <c r="F18" s="203"/>
       <c r="G18" s="227"/>
       <c r="H18" s="227"/>
       <c r="I18" s="227"/>
       <c r="J18" s="228"/>
       <c r="K18" s="202"/>
       <c r="L18" s="202"/>
       <c r="M18" s="202"/>
     </row>
     <row r="19" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A19" s="276"/>
+      <c r="A19" s="277"/>
       <c r="B19" s="86"/>
-      <c r="C19" s="275" t="s">
+      <c r="C19" s="290" t="s">
         <v>124</v>
       </c>
       <c r="D19" s="58" t="s">
         <v>53</v>
       </c>
-      <c r="E19" s="272"/>
-[...1 lines deleted...]
-      <c r="G19" s="284"/>
+      <c r="E19" s="282"/>
+      <c r="F19" s="282"/>
+      <c r="G19" s="271"/>
       <c r="H19" s="227"/>
       <c r="I19" s="227"/>
       <c r="J19" s="228"/>
       <c r="K19" s="202"/>
       <c r="L19" s="202"/>
       <c r="M19" s="202"/>
     </row>
     <row r="20" spans="1:13" ht="27" x14ac:dyDescent="0.4">
       <c r="A20" s="278"/>
       <c r="B20" s="86"/>
-      <c r="C20" s="275"/>
+      <c r="C20" s="290"/>
       <c r="D20" s="58" t="s">
         <v>54</v>
       </c>
-      <c r="E20" s="273"/>
-[...1 lines deleted...]
-      <c r="G20" s="285"/>
+      <c r="E20" s="283"/>
+      <c r="F20" s="283"/>
+      <c r="G20" s="273"/>
       <c r="H20" s="227"/>
       <c r="I20" s="227"/>
       <c r="J20" s="228"/>
       <c r="K20" s="202"/>
       <c r="L20" s="202"/>
       <c r="M20" s="202"/>
     </row>
     <row r="21" spans="1:13" ht="27" x14ac:dyDescent="0.4">
       <c r="A21" s="278"/>
       <c r="B21" s="86"/>
-      <c r="C21" s="275"/>
+      <c r="C21" s="290"/>
       <c r="D21" s="58" t="s">
         <v>55</v>
       </c>
-      <c r="E21" s="273"/>
-[...1 lines deleted...]
-      <c r="G21" s="285"/>
+      <c r="E21" s="283"/>
+      <c r="F21" s="283"/>
+      <c r="G21" s="273"/>
       <c r="H21" s="227"/>
       <c r="I21" s="227"/>
       <c r="J21" s="228"/>
       <c r="K21" s="202"/>
       <c r="L21" s="202"/>
       <c r="M21" s="202"/>
     </row>
     <row r="22" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
-      <c r="A22" s="277"/>
+      <c r="A22" s="279"/>
       <c r="B22" s="86"/>
-      <c r="C22" s="275"/>
+      <c r="C22" s="290"/>
       <c r="D22" s="58" t="s">
         <v>56</v>
       </c>
-      <c r="E22" s="274"/>
-[...1 lines deleted...]
-      <c r="G22" s="286"/>
+      <c r="E22" s="284"/>
+      <c r="F22" s="284"/>
+      <c r="G22" s="272"/>
       <c r="H22" s="227"/>
       <c r="I22" s="227"/>
       <c r="J22" s="228"/>
       <c r="K22" s="202"/>
       <c r="L22" s="202"/>
       <c r="M22" s="202"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A23" s="202"/>
       <c r="B23" s="86"/>
       <c r="C23" s="51" t="s">
         <v>125</v>
       </c>
       <c r="D23" s="58" t="s">
         <v>140</v>
       </c>
       <c r="E23" s="203"/>
       <c r="F23" s="203"/>
       <c r="G23" s="227"/>
       <c r="H23" s="227"/>
       <c r="I23" s="227"/>
       <c r="J23" s="228"/>
       <c r="K23" s="202"/>
       <c r="L23" s="202"/>
       <c r="M23" s="202"/>
     </row>
     <row r="24" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
-      <c r="A24" s="276"/>
+      <c r="A24" s="277"/>
       <c r="B24" s="86"/>
-      <c r="C24" s="271" t="s">
+      <c r="C24" s="289" t="s">
         <v>126</v>
       </c>
       <c r="D24" s="58" t="s">
         <v>58</v>
       </c>
-      <c r="E24" s="272"/>
-[...1 lines deleted...]
-      <c r="G24" s="284"/>
+      <c r="E24" s="282"/>
+      <c r="F24" s="282"/>
+      <c r="G24" s="271"/>
       <c r="H24" s="227"/>
       <c r="I24" s="227"/>
       <c r="J24" s="228"/>
       <c r="K24" s="202"/>
       <c r="L24" s="202"/>
       <c r="M24" s="202"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.4">
-      <c r="A25" s="277"/>
+      <c r="A25" s="279"/>
       <c r="B25" s="86"/>
-      <c r="C25" s="271"/>
+      <c r="C25" s="289"/>
       <c r="D25" s="58" t="s">
         <v>59</v>
       </c>
-      <c r="E25" s="274"/>
-[...1 lines deleted...]
-      <c r="G25" s="286"/>
+      <c r="E25" s="284"/>
+      <c r="F25" s="284"/>
+      <c r="G25" s="272"/>
       <c r="H25" s="227"/>
       <c r="I25" s="227"/>
       <c r="J25" s="228"/>
       <c r="K25" s="202"/>
       <c r="L25" s="202"/>
       <c r="M25" s="202"/>
     </row>
     <row r="26" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A26" s="202"/>
       <c r="B26" s="86"/>
       <c r="C26" s="51" t="s">
         <v>127</v>
       </c>
       <c r="D26" s="58" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="203"/>
       <c r="F26" s="203"/>
       <c r="G26" s="227"/>
       <c r="H26" s="227"/>
       <c r="I26" s="227"/>
       <c r="J26" s="228"/>
       <c r="K26" s="202"/>
       <c r="L26" s="202"/>
       <c r="M26" s="202"/>
     </row>
     <row r="27" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
-      <c r="A27" s="276"/>
+      <c r="A27" s="277"/>
       <c r="B27" s="86"/>
-      <c r="C27" s="275" t="s">
+      <c r="C27" s="290" t="s">
         <v>128</v>
       </c>
       <c r="D27" s="58" t="s">
         <v>61</v>
       </c>
-      <c r="E27" s="272"/>
-[...1 lines deleted...]
-      <c r="G27" s="284"/>
+      <c r="E27" s="282"/>
+      <c r="F27" s="282"/>
+      <c r="G27" s="271"/>
       <c r="H27" s="227"/>
       <c r="I27" s="227"/>
       <c r="J27" s="228"/>
       <c r="K27" s="202"/>
       <c r="L27" s="202"/>
       <c r="M27" s="202"/>
     </row>
     <row r="28" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A28" s="277"/>
+      <c r="A28" s="279"/>
       <c r="B28" s="86"/>
-      <c r="C28" s="275"/>
+      <c r="C28" s="290"/>
       <c r="D28" s="58" t="s">
         <v>62</v>
       </c>
-      <c r="E28" s="274"/>
-[...1 lines deleted...]
-      <c r="G28" s="286"/>
+      <c r="E28" s="284"/>
+      <c r="F28" s="284"/>
+      <c r="G28" s="272"/>
       <c r="H28" s="227"/>
       <c r="I28" s="227"/>
       <c r="J28" s="228"/>
       <c r="K28" s="202"/>
       <c r="L28" s="202"/>
       <c r="M28" s="202"/>
     </row>
     <row r="29" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A29" s="202"/>
       <c r="B29" s="86"/>
       <c r="C29" s="51" t="s">
         <v>129</v>
       </c>
       <c r="D29" s="58" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="203"/>
       <c r="F29" s="203"/>
       <c r="G29" s="227"/>
       <c r="H29" s="227"/>
       <c r="I29" s="227"/>
       <c r="J29" s="228"/>
       <c r="K29" s="202"/>
       <c r="L29" s="202"/>
       <c r="M29" s="202"/>
     </row>
     <row r="30" spans="1:13" ht="54" x14ac:dyDescent="0.4">
       <c r="A30" s="202"/>
       <c r="B30" s="86"/>
       <c r="C30" s="51" t="s">
         <v>142</v>
       </c>
       <c r="D30" s="58" t="s">
         <v>64</v>
       </c>
       <c r="E30" s="203"/>
       <c r="F30" s="203"/>
       <c r="G30" s="227"/>
       <c r="H30" s="227"/>
       <c r="I30" s="227"/>
       <c r="J30" s="228"/>
       <c r="K30" s="202"/>
       <c r="L30" s="202"/>
       <c r="M30" s="202"/>
     </row>
     <row r="31" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
-      <c r="A31" s="276"/>
+      <c r="A31" s="277"/>
       <c r="B31" s="86"/>
-      <c r="C31" s="275" t="s">
+      <c r="C31" s="290" t="s">
         <v>130</v>
       </c>
       <c r="D31" s="58" t="s">
         <v>65</v>
       </c>
-      <c r="E31" s="272"/>
-[...1 lines deleted...]
-      <c r="G31" s="284"/>
+      <c r="E31" s="282"/>
+      <c r="F31" s="282"/>
+      <c r="G31" s="271"/>
       <c r="H31" s="227"/>
       <c r="I31" s="227"/>
       <c r="J31" s="228"/>
       <c r="K31" s="202"/>
       <c r="L31" s="202"/>
       <c r="M31" s="202"/>
     </row>
     <row r="32" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A32" s="277"/>
+      <c r="A32" s="279"/>
       <c r="B32" s="86"/>
-      <c r="C32" s="275"/>
+      <c r="C32" s="290"/>
       <c r="D32" s="58" t="s">
         <v>66</v>
       </c>
-      <c r="E32" s="274"/>
-[...1 lines deleted...]
-      <c r="G32" s="286"/>
+      <c r="E32" s="284"/>
+      <c r="F32" s="284"/>
+      <c r="G32" s="272"/>
       <c r="H32" s="227"/>
       <c r="I32" s="227"/>
       <c r="J32" s="228"/>
       <c r="K32" s="202"/>
       <c r="L32" s="202"/>
       <c r="M32" s="202"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A33" s="202"/>
       <c r="B33" s="86"/>
       <c r="C33" s="51" t="s">
         <v>131</v>
       </c>
       <c r="D33" s="58" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="203"/>
       <c r="F33" s="203"/>
       <c r="G33" s="227"/>
       <c r="H33" s="227"/>
       <c r="I33" s="227"/>
       <c r="J33" s="228"/>
       <c r="K33" s="202"/>
       <c r="L33" s="202"/>
       <c r="M33" s="202"/>
     </row>
     <row r="34" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="276"/>
+      <c r="A34" s="277"/>
       <c r="B34" s="86"/>
-      <c r="C34" s="270" t="s">
+      <c r="C34" s="285" t="s">
         <v>132</v>
       </c>
       <c r="D34" s="58" t="s">
         <v>68</v>
       </c>
-      <c r="E34" s="272"/>
-[...1 lines deleted...]
-      <c r="G34" s="284"/>
+      <c r="E34" s="282"/>
+      <c r="F34" s="282"/>
+      <c r="G34" s="271"/>
       <c r="H34" s="227"/>
       <c r="I34" s="227"/>
       <c r="J34" s="228"/>
       <c r="K34" s="202"/>
       <c r="L34" s="202"/>
       <c r="M34" s="202"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.4">
-      <c r="A35" s="277"/>
+      <c r="A35" s="279"/>
       <c r="B35" s="86"/>
-      <c r="C35" s="270"/>
+      <c r="C35" s="285"/>
       <c r="D35" s="58" t="s">
         <v>69</v>
       </c>
-      <c r="E35" s="274"/>
-[...1 lines deleted...]
-      <c r="G35" s="286"/>
+      <c r="E35" s="284"/>
+      <c r="F35" s="284"/>
+      <c r="G35" s="272"/>
       <c r="H35" s="227"/>
       <c r="I35" s="227"/>
       <c r="J35" s="228"/>
       <c r="K35" s="202"/>
       <c r="L35" s="202"/>
       <c r="M35" s="202"/>
     </row>
     <row r="36" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A36" s="202"/>
       <c r="B36" s="86"/>
       <c r="C36" s="51" t="s">
         <v>133</v>
       </c>
       <c r="D36" s="58" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="203"/>
       <c r="F36" s="203"/>
       <c r="G36" s="227"/>
       <c r="H36" s="227"/>
       <c r="I36" s="227"/>
       <c r="J36" s="228"/>
       <c r="K36" s="202"/>
       <c r="L36" s="202"/>
       <c r="M36" s="202"/>
     </row>
     <row r="37" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A37" s="276"/>
+      <c r="A37" s="277"/>
       <c r="B37" s="86"/>
-      <c r="C37" s="270" t="s">
+      <c r="C37" s="285" t="s">
         <v>181</v>
       </c>
       <c r="D37" s="58" t="s">
         <v>71</v>
       </c>
-      <c r="E37" s="272"/>
-[...1 lines deleted...]
-      <c r="G37" s="284"/>
+      <c r="E37" s="282"/>
+      <c r="F37" s="282"/>
+      <c r="G37" s="271"/>
       <c r="H37" s="227"/>
       <c r="I37" s="227"/>
       <c r="J37" s="228"/>
       <c r="K37" s="202"/>
       <c r="L37" s="202"/>
       <c r="M37" s="202"/>
     </row>
     <row r="38" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A38" s="277"/>
+      <c r="A38" s="279"/>
       <c r="B38" s="86"/>
-      <c r="C38" s="270"/>
+      <c r="C38" s="285"/>
       <c r="D38" s="58" t="s">
         <v>72</v>
       </c>
-      <c r="E38" s="274"/>
-[...1 lines deleted...]
-      <c r="G38" s="286"/>
+      <c r="E38" s="284"/>
+      <c r="F38" s="284"/>
+      <c r="G38" s="272"/>
       <c r="H38" s="227"/>
       <c r="I38" s="227"/>
       <c r="J38" s="228"/>
       <c r="K38" s="202"/>
       <c r="L38" s="202"/>
       <c r="M38" s="202"/>
     </row>
     <row r="39" spans="1:13" ht="27" x14ac:dyDescent="0.4">
       <c r="A39" s="202"/>
       <c r="B39" s="86"/>
       <c r="C39" s="51" t="s">
         <v>134</v>
       </c>
       <c r="D39" s="58" t="s">
         <v>73</v>
       </c>
       <c r="E39" s="203"/>
       <c r="F39" s="203"/>
       <c r="G39" s="227"/>
       <c r="H39" s="227"/>
       <c r="I39" s="227"/>
       <c r="J39" s="228"/>
       <c r="K39" s="202"/>
       <c r="L39" s="202"/>
       <c r="M39" s="202"/>
@@ -9466,3188 +9586,3223 @@
       <c r="J40" s="228"/>
       <c r="K40" s="202"/>
       <c r="L40" s="202"/>
       <c r="M40" s="202"/>
     </row>
     <row r="41" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A41" s="202"/>
       <c r="B41" s="86"/>
       <c r="C41" s="51" t="s">
         <v>136</v>
       </c>
       <c r="D41" s="58" t="s">
         <v>75</v>
       </c>
       <c r="E41" s="203"/>
       <c r="F41" s="203"/>
       <c r="G41" s="227"/>
       <c r="H41" s="227"/>
       <c r="I41" s="227"/>
       <c r="J41" s="228"/>
       <c r="K41" s="202"/>
       <c r="L41" s="202"/>
       <c r="M41" s="202"/>
     </row>
     <row r="42" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A42" s="276"/>
+      <c r="A42" s="277"/>
       <c r="B42" s="86"/>
-      <c r="C42" s="270" t="s">
+      <c r="C42" s="285" t="s">
         <v>188</v>
       </c>
       <c r="D42" s="58" t="s">
         <v>76</v>
       </c>
-      <c r="E42" s="272"/>
-[...1 lines deleted...]
-      <c r="G42" s="284"/>
+      <c r="E42" s="282"/>
+      <c r="F42" s="282"/>
+      <c r="G42" s="271"/>
       <c r="H42" s="227"/>
       <c r="I42" s="227"/>
       <c r="J42" s="228"/>
       <c r="K42" s="202"/>
       <c r="L42" s="202"/>
       <c r="M42" s="202"/>
     </row>
     <row r="43" spans="1:13" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A43" s="278"/>
       <c r="B43" s="86"/>
-      <c r="C43" s="270"/>
+      <c r="C43" s="285"/>
       <c r="D43" s="58" t="s">
         <v>77</v>
       </c>
-      <c r="E43" s="273"/>
-[...1 lines deleted...]
-      <c r="G43" s="285"/>
+      <c r="E43" s="283"/>
+      <c r="F43" s="283"/>
+      <c r="G43" s="273"/>
       <c r="H43" s="227"/>
       <c r="I43" s="227"/>
       <c r="J43" s="228"/>
       <c r="K43" s="202"/>
       <c r="L43" s="202"/>
       <c r="M43" s="202"/>
     </row>
     <row r="44" spans="1:13" ht="27" x14ac:dyDescent="0.4">
       <c r="A44" s="278"/>
       <c r="B44" s="86"/>
-      <c r="C44" s="270"/>
+      <c r="C44" s="285"/>
       <c r="D44" s="58" t="s">
         <v>78</v>
       </c>
-      <c r="E44" s="273"/>
-[...1 lines deleted...]
-      <c r="G44" s="285"/>
+      <c r="E44" s="283"/>
+      <c r="F44" s="283"/>
+      <c r="G44" s="273"/>
       <c r="H44" s="227"/>
       <c r="I44" s="227"/>
       <c r="J44" s="228"/>
       <c r="K44" s="202"/>
       <c r="L44" s="202"/>
       <c r="M44" s="202"/>
     </row>
     <row r="45" spans="1:13" ht="43.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="278"/>
       <c r="B45" s="86"/>
-      <c r="C45" s="270"/>
+      <c r="C45" s="285"/>
       <c r="D45" s="58" t="s">
         <v>141</v>
       </c>
-      <c r="E45" s="273"/>
-[...1 lines deleted...]
-      <c r="G45" s="285"/>
+      <c r="E45" s="283"/>
+      <c r="F45" s="283"/>
+      <c r="G45" s="273"/>
       <c r="H45" s="227"/>
       <c r="I45" s="227"/>
       <c r="J45" s="228"/>
       <c r="K45" s="202"/>
       <c r="L45" s="202"/>
       <c r="M45" s="202"/>
     </row>
     <row r="46" spans="1:13" ht="27" x14ac:dyDescent="0.4">
-      <c r="A46" s="277"/>
+      <c r="A46" s="279"/>
       <c r="B46" s="86"/>
-      <c r="C46" s="270"/>
+      <c r="C46" s="285"/>
       <c r="D46" s="58" t="s">
         <v>80</v>
       </c>
-      <c r="E46" s="274"/>
-[...1 lines deleted...]
-      <c r="G46" s="286"/>
+      <c r="E46" s="284"/>
+      <c r="F46" s="284"/>
+      <c r="G46" s="272"/>
       <c r="H46" s="227"/>
       <c r="I46" s="227"/>
       <c r="J46" s="228"/>
       <c r="K46" s="202"/>
       <c r="L46" s="202"/>
       <c r="M46" s="202"/>
     </row>
     <row r="47" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A47" s="276"/>
+      <c r="A47" s="277"/>
       <c r="B47" s="86"/>
-      <c r="C47" s="270" t="s">
+      <c r="C47" s="285" t="s">
         <v>182</v>
       </c>
       <c r="D47" s="58" t="s">
         <v>81</v>
       </c>
-      <c r="E47" s="272"/>
-[...1 lines deleted...]
-      <c r="G47" s="284"/>
+      <c r="E47" s="282"/>
+      <c r="F47" s="282"/>
+      <c r="G47" s="271"/>
       <c r="H47" s="227"/>
       <c r="I47" s="227"/>
       <c r="J47" s="228"/>
       <c r="K47" s="202"/>
       <c r="L47" s="202"/>
       <c r="M47" s="202"/>
     </row>
     <row r="48" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="278"/>
       <c r="B48" s="86"/>
-      <c r="C48" s="270"/>
+      <c r="C48" s="285"/>
       <c r="D48" s="58" t="s">
         <v>82</v>
       </c>
-      <c r="E48" s="273"/>
-[...1 lines deleted...]
-      <c r="G48" s="285"/>
+      <c r="E48" s="283"/>
+      <c r="F48" s="283"/>
+      <c r="G48" s="273"/>
       <c r="H48" s="227"/>
       <c r="I48" s="227"/>
       <c r="J48" s="228"/>
       <c r="K48" s="202"/>
       <c r="L48" s="202"/>
       <c r="M48" s="202"/>
     </row>
     <row r="49" spans="1:13" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A49" s="277"/>
+      <c r="A49" s="279"/>
       <c r="B49" s="86"/>
-      <c r="C49" s="270"/>
+      <c r="C49" s="285"/>
       <c r="D49" s="58" t="s">
         <v>83</v>
       </c>
-      <c r="E49" s="274"/>
-[...1 lines deleted...]
-      <c r="G49" s="286"/>
+      <c r="E49" s="284"/>
+      <c r="F49" s="284"/>
+      <c r="G49" s="272"/>
       <c r="H49" s="227"/>
       <c r="I49" s="227"/>
       <c r="J49" s="228"/>
       <c r="K49" s="202"/>
       <c r="L49" s="202"/>
       <c r="M49" s="202"/>
     </row>
     <row r="50" spans="1:13" ht="54" x14ac:dyDescent="0.4">
       <c r="A50" s="202"/>
       <c r="B50" s="79"/>
       <c r="C50" s="51" t="s">
         <v>137</v>
       </c>
       <c r="D50" s="58" t="s">
         <v>84</v>
       </c>
       <c r="E50" s="203"/>
       <c r="F50" s="203"/>
       <c r="G50" s="227"/>
       <c r="H50" s="227"/>
       <c r="I50" s="227"/>
       <c r="J50" s="228"/>
       <c r="K50" s="202"/>
       <c r="L50" s="202"/>
       <c r="M50" s="202"/>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A51" s="202"/>
-      <c r="B51" s="267" t="s">
+      <c r="B51" s="286" t="s">
         <v>146</v>
       </c>
       <c r="C51" s="19" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="28"/>
       <c r="E51" s="203"/>
       <c r="F51" s="213"/>
       <c r="G51" s="213"/>
       <c r="H51" s="213"/>
       <c r="I51" s="213"/>
       <c r="J51" s="213"/>
       <c r="K51" s="213"/>
       <c r="L51" s="213"/>
       <c r="M51" s="213"/>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A52" s="202"/>
-      <c r="B52" s="268"/>
+      <c r="B52" s="287"/>
       <c r="C52" s="19" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="28"/>
       <c r="E52" s="203"/>
       <c r="F52" s="213"/>
       <c r="G52" s="213"/>
       <c r="H52" s="213"/>
       <c r="I52" s="213"/>
       <c r="J52" s="213"/>
       <c r="K52" s="213"/>
       <c r="L52" s="213"/>
       <c r="M52" s="213"/>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A53" s="202"/>
-      <c r="B53" s="268"/>
+      <c r="B53" s="287"/>
       <c r="C53" s="19" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="28"/>
       <c r="E53" s="203"/>
       <c r="F53" s="213"/>
       <c r="G53" s="213"/>
       <c r="H53" s="213"/>
       <c r="I53" s="213"/>
       <c r="J53" s="213"/>
       <c r="K53" s="213"/>
       <c r="L53" s="213"/>
       <c r="M53" s="213"/>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A54" s="202"/>
-      <c r="B54" s="268"/>
+      <c r="B54" s="287"/>
       <c r="C54" s="19" t="s">
         <v>12</v>
       </c>
       <c r="D54" s="28"/>
       <c r="E54" s="203"/>
       <c r="F54" s="213"/>
       <c r="G54" s="213"/>
       <c r="H54" s="213"/>
       <c r="I54" s="213"/>
       <c r="J54" s="213"/>
       <c r="K54" s="213"/>
       <c r="L54" s="213"/>
       <c r="M54" s="213"/>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A55" s="202"/>
-      <c r="B55" s="268"/>
+      <c r="B55" s="287"/>
       <c r="C55" s="19" t="s">
         <v>13</v>
       </c>
       <c r="D55" s="28"/>
       <c r="E55" s="203"/>
       <c r="F55" s="213"/>
       <c r="G55" s="213"/>
       <c r="H55" s="213"/>
       <c r="I55" s="213"/>
       <c r="J55" s="213"/>
       <c r="K55" s="213"/>
       <c r="L55" s="213"/>
       <c r="M55" s="213"/>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.4">
       <c r="A56" s="202"/>
-      <c r="B56" s="269"/>
+      <c r="B56" s="288"/>
       <c r="C56" s="19" t="s">
         <v>14</v>
       </c>
       <c r="D56" s="28"/>
       <c r="E56" s="203"/>
       <c r="F56" s="213"/>
       <c r="G56" s="213"/>
       <c r="H56" s="213"/>
       <c r="I56" s="213"/>
       <c r="J56" s="213"/>
       <c r="K56" s="213"/>
       <c r="L56" s="213"/>
       <c r="M56" s="213"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="2BGHm35Ib2uZ+UF+pHeYNiUP5XVryaOqKNt/IohTiDTnq27ZkC63e3CR/eazokHSX+nFQV9GvZque4a07ighLg==" saltValue="sRBHLFNnJJlI+XlsHxPigg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZYKQcE73feMgoXOI5pFV6y8s5DvOjq+GlPzeVtN0HGYArpvIbM1lpPa7d7CicWy8grr+BjE7JnQLqpXgW5Rtvw==" saltValue="TmymIjhzjM/F5sywxRsUzw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="51">
-    <mergeCell ref="G31:G32"/>
-[...8 lines deleted...]
-    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="B51:B56"/>
+    <mergeCell ref="C47:C49"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="E19:E22"/>
+    <mergeCell ref="F19:F22"/>
+    <mergeCell ref="C14:C17"/>
+    <mergeCell ref="C19:C22"/>
+    <mergeCell ref="C24:C25"/>
+    <mergeCell ref="C27:C28"/>
+    <mergeCell ref="C31:C32"/>
+    <mergeCell ref="E27:E28"/>
+    <mergeCell ref="F27:F28"/>
+    <mergeCell ref="C34:C35"/>
+    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="A34:A35"/>
+    <mergeCell ref="E31:E32"/>
+    <mergeCell ref="F31:F32"/>
+    <mergeCell ref="C37:C38"/>
+    <mergeCell ref="C42:C46"/>
+    <mergeCell ref="A14:A17"/>
+    <mergeCell ref="A19:A22"/>
+    <mergeCell ref="A24:A25"/>
+    <mergeCell ref="A27:A28"/>
+    <mergeCell ref="A31:A32"/>
     <mergeCell ref="A47:A49"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E47:E49"/>
     <mergeCell ref="F47:F49"/>
     <mergeCell ref="E14:E17"/>
     <mergeCell ref="F14:F17"/>
     <mergeCell ref="E5:E12"/>
     <mergeCell ref="E24:E25"/>
     <mergeCell ref="F24:F25"/>
     <mergeCell ref="A37:A38"/>
     <mergeCell ref="E37:E38"/>
     <mergeCell ref="F37:F38"/>
     <mergeCell ref="E42:E46"/>
     <mergeCell ref="F42:F46"/>
     <mergeCell ref="A42:A46"/>
     <mergeCell ref="F34:F35"/>
-    <mergeCell ref="A14:A17"/>
-[...23 lines deleted...]
-    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="G3:J3"/>
+    <mergeCell ref="G14:G17"/>
+    <mergeCell ref="G19:G22"/>
+    <mergeCell ref="G24:G25"/>
+    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="G31:G32"/>
+    <mergeCell ref="G34:G35"/>
+    <mergeCell ref="G37:G38"/>
+    <mergeCell ref="G42:G46"/>
+    <mergeCell ref="G47:G49"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
+  <conditionalFormatting sqref="H12:M12">
+    <cfRule type="expression" dxfId="19" priority="1">
+      <formula>$N$11=TRUE</formula>
+    </cfRule>
+  </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="症例数は、半角数字の整数で入力してください。" sqref="J13:J50" xr:uid="{8C4C33A1-2C4D-4770-85F8-0B04D6070049}">
       <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="定員数は、半角数字の整数で入力してください。" sqref="E5:E56" xr:uid="{41D39B3D-53D5-40C9-B312-DFA1D32B745E}">
+    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="定員数は、半角数字の整数で入力してください。" sqref="E5:E12 E13:E56" xr:uid="{41D39B3D-53D5-40C9-B312-DFA1D32B745E}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="受入上限人数は、半角数字の整数で入力してください。" sqref="F13:F56" xr:uid="{BBFF8B7A-2A43-449C-A78D-C09153318FF0}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="研修時間は、小数点以下第二位までの半角数字で入力してください。" sqref="H5:I12 J5:J12 G13:I50" xr:uid="{4EA6CD21-67C0-42EF-AD39-9811DEF98330}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G5:G12" xr:uid="{FFE2139A-5404-4272-AE97-002E73E7E013}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F5:F12" xr:uid="{72A4A1A2-F608-4CD0-BB11-645A3703AF1F}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <legacyDrawing r:id="rId3"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x14">
+      <controls>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1025" r:id="rId4" name="Check Box 1">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>638175</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>304800</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>895350</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>28575</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+      </controls>
+    </mc:Choice>
+  </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="175" id="{77854B55-699A-40F2-85C3-307E8993A8C6}">
+          <x14:cfRule type="expression" priority="176" id="{77854B55-699A-40F2-85C3-307E8993A8C6}">
             <xm:f>OR(頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="9" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A5:A56</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="172" id="{A088F3F3-64F7-4F9B-92D6-112F9E4661D9}">
+          <x14:cfRule type="expression" priority="173" id="{A088F3F3-64F7-4F9B-92D6-112F9E4661D9}">
             <xm:f>OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>E5 F13:F50 E13:E56</xm:sqref>
+          <xm:sqref>E5:E56 F13:F50</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="60" id="{60C48FAD-9C7A-4D81-82D7-F01341AAB6B9}">
+          <x14:cfRule type="expression" priority="61" id="{60C48FAD-9C7A-4D81-82D7-F01341AAB6B9}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$13&lt;&gt;"",$G$13&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G13</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="48" id="{2D9BDEA1-705B-4038-A331-896C90865484}">
+          <x14:cfRule type="expression" priority="49" id="{2D9BDEA1-705B-4038-A331-896C90865484}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$14&lt;&gt;"",$G$14&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G14</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="59" id="{CB993B04-87C2-4417-86BA-F8EDE1D1C4F9}">
+          <x14:cfRule type="expression" priority="60" id="{CB993B04-87C2-4417-86BA-F8EDE1D1C4F9}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$18&lt;&gt;"",$G$18&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G18</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="47" id="{5F9A290D-5E97-47A2-A3E9-BA999F3C5E76}">
+          <x14:cfRule type="expression" priority="48" id="{5F9A290D-5E97-47A2-A3E9-BA999F3C5E76}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$19&lt;&gt;"",$G$19&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G19</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="58" id="{57F7E196-D9E0-4868-927D-22E214E82BA1}">
+          <x14:cfRule type="expression" priority="59" id="{57F7E196-D9E0-4868-927D-22E214E82BA1}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$23&lt;&gt;"",$G$23&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G23</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="46" id="{59935CA1-1947-41F3-9D27-7806219FB688}">
+          <x14:cfRule type="expression" priority="47" id="{59935CA1-1947-41F3-9D27-7806219FB688}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$24&lt;&gt;"",$G$24&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G24</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="67" id="{899E1EA1-3C3F-4882-85BD-E465BCE81930}">
+          <x14:cfRule type="expression" priority="68" id="{899E1EA1-3C3F-4882-85BD-E465BCE81930}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$26&lt;&gt;"",$G$26&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G26</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="45" id="{39011006-AE71-4DD9-A426-60CA5383DF08}">
+          <x14:cfRule type="expression" priority="46" id="{39011006-AE71-4DD9-A426-60CA5383DF08}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$27&lt;&gt;"",$G$27&lt;10)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G27</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="56" id="{2FC95EF9-B1DC-49D5-8CB1-475518CF3BC8}">
+          <x14:cfRule type="expression" priority="57" id="{2FC95EF9-B1DC-49D5-8CB1-475518CF3BC8}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$29&lt;&gt;"",$G$29&lt;3)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G29</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="176" id="{8D6551E5-A03B-4F1A-8847-D1B26B3D9956}">
+          <x14:cfRule type="expression" priority="177" id="{8D6551E5-A03B-4F1A-8847-D1B26B3D9956}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$30&lt;&gt;"",$G$30&lt;3)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G30</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="44" id="{E7A2CDB3-D3CB-4958-99A9-112080936ACA}">
+          <x14:cfRule type="expression" priority="45" id="{E7A2CDB3-D3CB-4958-99A9-112080936ACA}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$31&lt;&gt;"",$G$31&lt;12)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G31</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="177" id="{65030888-6168-4441-9AAC-7B3BC679C2AD}">
+          <x14:cfRule type="expression" priority="178" id="{65030888-6168-4441-9AAC-7B3BC679C2AD}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$33&lt;&gt;"",$G$33&lt;2)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G33</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="43" id="{47F83D9A-662B-4BC2-AA9D-447C8C92FD07}">
+          <x14:cfRule type="expression" priority="44" id="{47F83D9A-662B-4BC2-AA9D-447C8C92FD07}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$34&lt;&gt;"",$G$34&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G34</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="53" id="{47C98EBB-8A30-45B6-A3C7-61B0A09764DA}">
+          <x14:cfRule type="expression" priority="54" id="{47C98EBB-8A30-45B6-A3C7-61B0A09764DA}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$36&lt;&gt;"",$G$36&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G36</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="42" id="{D763782B-0186-43D4-93AA-E302D84E5AED}">
+          <x14:cfRule type="expression" priority="43" id="{D763782B-0186-43D4-93AA-E302D84E5AED}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$37&lt;&gt;"",$G$37&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G37</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="52" id="{94D7B2B3-E4F5-41EC-BC86-ECD4CC79216C}">
+          <x14:cfRule type="expression" priority="53" id="{94D7B2B3-E4F5-41EC-BC86-ECD4CC79216C}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$39&lt;&gt;"",$G$39&lt;15)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G39</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="51" id="{0B23A195-0402-4EFB-B0E0-503427E372DA}">
+          <x14:cfRule type="expression" priority="52" id="{0B23A195-0402-4EFB-B0E0-503427E372DA}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$40&lt;&gt;"",$G$40&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G40</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="50" id="{FE710988-7262-4C21-95AE-9E87C10985C5}">
+          <x14:cfRule type="expression" priority="51" id="{FE710988-7262-4C21-95AE-9E87C10985C5}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$41&lt;&gt;"",$G$41&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G41</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="41" id="{7FFAA6A1-E2C7-499F-99CD-178781CD8D32}">
+          <x14:cfRule type="expression" priority="42" id="{7FFAA6A1-E2C7-499F-99CD-178781CD8D32}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$42&lt;&gt;"",$G$42&lt;8)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G42</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="40" id="{01E288AA-3533-4A6B-BCF2-D5E844FEF259}">
+          <x14:cfRule type="expression" priority="41" id="{01E288AA-3533-4A6B-BCF2-D5E844FEF259}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$47&lt;&gt;"",$G$47&lt;8)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G47</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="49" id="{5F1DB955-CB74-4853-B5A4-0592DDD8B3F5}">
+          <x14:cfRule type="expression" priority="50" id="{5F1DB955-CB74-4853-B5A4-0592DDD8B3F5}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),$G$50&lt;&gt;"",$G$50&lt;11)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G50</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="178" id="{55ECDF5F-8998-4681-822C-4E5016FA747D}">
+          <x14:cfRule type="expression" priority="179" id="{55ECDF5F-8998-4681-822C-4E5016FA747D}">
             <xm:f>OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>G33:M34 G29:M31 G26:M27 H5:M17 G13:M19 G23:M24 G36:M37 G39:M42 G50:M50 G47:M47 H20:M22 H25:M25 H28:M28 H32:M32 H35:M35 H38:M38 H43:M46 H48:M49</xm:sqref>
+          <xm:sqref>G33:M34 G29:M31 G26:M27 H5:M12 G13:M19 G23:M24 G36:M37 G39:M42 G50:M50 G47:M47 H20:M22 H25:M25 H28:M28 H32:M32 H35:M35 H38:M38 H43:M46 H48:M49</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="38" id="{3E387F1D-434E-4B4D-ACE2-D01B731BAB7C}">
+          <x14:cfRule type="expression" priority="39" id="{3E387F1D-434E-4B4D-ACE2-D01B731BAB7C}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$13&lt;&gt;"",$I$13&lt;&gt;""),SUM($H$13:$I$13)&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H13:I13</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="37" id="{ADAE55AE-6FA1-4ECF-B7AA-E79546A962E6}">
+          <x14:cfRule type="expression" priority="38" id="{ADAE55AE-6FA1-4ECF-B7AA-E79546A962E6}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$14&lt;&gt;"",$I$14&lt;&gt;""),SUM($H$14:$I$14)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H14:I14</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="36" id="{E93132C7-1459-4C69-984B-80E1D20B33E3}">
+          <x14:cfRule type="expression" priority="37" id="{E93132C7-1459-4C69-984B-80E1D20B33E3}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$15&lt;&gt;"",$I$15&lt;&gt;""),SUM($H$15:$I$15)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H15:I15</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="35" id="{1610DB41-2B6B-4E78-A016-D9FF4370B4B0}">
+          <x14:cfRule type="expression" priority="36" id="{1610DB41-2B6B-4E78-A016-D9FF4370B4B0}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$16&lt;&gt;"",$I$16&lt;&gt;""),SUM($H$16:$I$16)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H16:I16</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="34" id="{1F403F2D-377E-4354-AD03-5AC4BFBBFCE8}">
+          <x14:cfRule type="expression" priority="35" id="{1F403F2D-377E-4354-AD03-5AC4BFBBFCE8}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$17&lt;&gt;"",$I$17&lt;&gt;""),SUM($H$17:$I$17)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H17:I17</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="33" id="{56D4485E-45CD-4DF9-8886-DF34E59B6374}">
+          <x14:cfRule type="expression" priority="34" id="{56D4485E-45CD-4DF9-8886-DF34E59B6374}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$18&lt;&gt;"",$I$18&lt;&gt;""),SUM($H$18:$I$18)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H18:I18</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="32" id="{CEBDDEED-3AF5-46C4-89BC-F611CAC6B849}">
+          <x14:cfRule type="expression" priority="33" id="{CEBDDEED-3AF5-46C4-89BC-F611CAC6B849}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$19&lt;&gt;"",$I$19&lt;&gt;""),SUM($H$19:$I$19)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H19:I19</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="31" id="{67C6CB81-C011-492A-9CCE-44893F84293A}">
+          <x14:cfRule type="expression" priority="32" id="{67C6CB81-C011-492A-9CCE-44893F84293A}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$20&lt;&gt;"",$I$20&lt;&gt;""),SUM($H$20:$I$20)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H20:I20</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="30" id="{5EB8B80A-FC7A-4F7A-984C-EB7154416E11}">
+          <x14:cfRule type="expression" priority="31" id="{5EB8B80A-FC7A-4F7A-984C-EB7154416E11}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$21&lt;&gt;"",$I$21&lt;&gt;""),SUM($H$21:$I$21)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H21:I21</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="29" id="{3A98FABE-9EFC-4F9E-892D-0C8FEC6D1144}">
+          <x14:cfRule type="expression" priority="30" id="{3A98FABE-9EFC-4F9E-892D-0C8FEC6D1144}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$22&lt;&gt;"",$I$22&lt;&gt;""),SUM($H$22:$I$22)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H22:I22</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="28" id="{DA25E60A-10A4-4202-905A-C0A68C554743}">
+          <x14:cfRule type="expression" priority="29" id="{DA25E60A-10A4-4202-905A-C0A68C554743}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$23&lt;&gt;"",$I$23&lt;&gt;""),SUM($H$23:$I$23)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H23:I23</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="27" id="{AE07872A-DB4A-4CAC-9822-2E670D04EB75}">
+          <x14:cfRule type="expression" priority="28" id="{AE07872A-DB4A-4CAC-9822-2E670D04EB75}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$24&lt;&gt;"",$I$24&lt;&gt;""),SUM($H$24:$I$24)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H24:I24</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="26" id="{973BFB50-E977-4B34-9B5F-7E6DCE31A29C}">
+          <x14:cfRule type="expression" priority="27" id="{973BFB50-E977-4B34-9B5F-7E6DCE31A29C}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$25&lt;&gt;"",$I$25&lt;&gt;""),SUM($H$25:$I$25)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H25:I25</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="25" id="{FE36A3D6-B564-4DBB-A170-C56D994DE420}">
+          <x14:cfRule type="expression" priority="26" id="{FE36A3D6-B564-4DBB-A170-C56D994DE420}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$26&lt;&gt;"",$I$26&lt;&gt;""),SUM($H$26:$I$26)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H26:I26</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="24" id="{74D0718A-4A62-4749-BE83-A1DE0CBD9248}">
+          <x14:cfRule type="expression" priority="25" id="{74D0718A-4A62-4749-BE83-A1DE0CBD9248}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$27&lt;&gt;"",$I$27&lt;&gt;""),SUM($H$27:$I$27)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H27:I27</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="23" id="{69280ED3-4DFA-49B2-9B6D-CD7F5E9918DD}">
+          <x14:cfRule type="expression" priority="24" id="{69280ED3-4DFA-49B2-9B6D-CD7F5E9918DD}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$28&lt;&gt;"",$I$28&lt;&gt;""),SUM($H$28:$I$28)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H28:I28</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="22" id="{F6CEF3A6-3E1F-4209-95DE-FB4E1B1DB6A0}">
+          <x14:cfRule type="expression" priority="23" id="{F6CEF3A6-3E1F-4209-95DE-FB4E1B1DB6A0}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$29&lt;&gt;"",$I$29&lt;&gt;""),SUM($H$29:$I$29)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H29:I29</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="21" id="{A68EA7CA-C5CF-4F27-9D37-C668BC079D90}">
+          <x14:cfRule type="expression" priority="22" id="{A68EA7CA-C5CF-4F27-9D37-C668BC079D90}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$30&lt;&gt;"",$I$30&lt;&gt;""),SUM($H$30:$I$30)&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H30:I30</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="20" id="{83A6CD36-6D3C-4ADB-8377-CEB5AB6D5045}">
+          <x14:cfRule type="expression" priority="21" id="{83A6CD36-6D3C-4ADB-8377-CEB5AB6D5045}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$31&lt;&gt;"",$I$31&lt;&gt;""),SUM($H$31:$I$31)&lt;14)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H31:I31</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="19" id="{5097ACD3-DBA8-406F-B934-314D99D0A54C}">
+          <x14:cfRule type="expression" priority="20" id="{5097ACD3-DBA8-406F-B934-314D99D0A54C}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$32&lt;&gt;"",$I$32&lt;&gt;""),SUM($H$32:$I$32)&lt;8)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H32:I32</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="18" id="{505F00BB-9009-44F5-8BD5-8A763BA98C74}">
+          <x14:cfRule type="expression" priority="19" id="{505F00BB-9009-44F5-8BD5-8A763BA98C74}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$33&lt;&gt;"",$I$33&lt;&gt;""),SUM($H$33:$I$33)&lt;3)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H33:I33</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="17" id="{6C222146-1823-42CE-95C0-52EB6EC84247}">
+          <x14:cfRule type="expression" priority="18" id="{6C222146-1823-42CE-95C0-52EB6EC84247}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$34&lt;&gt;"",$I$34&lt;&gt;""),SUM($H$34:$I$34)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H34:I34</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="16" id="{14F77F6D-DCD0-4307-956C-F6ABC140B1FF}">
+          <x14:cfRule type="expression" priority="17" id="{14F77F6D-DCD0-4307-956C-F6ABC140B1FF}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$35&lt;&gt;"",$I$35&lt;&gt;""),SUM($H$35:$I$35)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H35:I35</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="15" id="{452E5435-C0EE-4139-B418-F6E6AA009400}">
+          <x14:cfRule type="expression" priority="16" id="{452E5435-C0EE-4139-B418-F6E6AA009400}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$36&lt;&gt;"",$I$36&lt;&gt;""),SUM($H$36:$I$36)&lt;7)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H36:I36</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="14" id="{DF3AEAA1-6826-43C6-953A-38D666E4E528}">
+          <x14:cfRule type="expression" priority="15" id="{DF3AEAA1-6826-43C6-953A-38D666E4E528}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$37&lt;&gt;"",$I$37&lt;&gt;""),SUM($H$37:$I$37)&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H37:I37</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="13" id="{216B3919-3A8B-407C-AAED-4F417FF56361}">
+          <x14:cfRule type="expression" priority="14" id="{216B3919-3A8B-407C-AAED-4F417FF56361}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$38&lt;&gt;"",$I$38&lt;&gt;""),SUM($H$38:$I$38)&lt;5)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H38:I38</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="12" id="{FDE76454-AE29-4335-8322-B2020DB347CB}">
+          <x14:cfRule type="expression" priority="13" id="{FDE76454-AE29-4335-8322-B2020DB347CB}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$39&lt;&gt;"",$I$39&lt;&gt;""),SUM($H$39:$I$39)&lt;14)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H39:I39</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="11" id="{13963118-DEB3-4302-9FC6-379C9C3551A8}">
+          <x14:cfRule type="expression" priority="12" id="{13963118-DEB3-4302-9FC6-379C9C3551A8}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$40&lt;&gt;"",$I$40&lt;&gt;""),SUM($H$40:$I$40)&lt;10)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H40:I40</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="10" id="{68DE3940-E47A-49DD-BA77-500F513C314C}">
+          <x14:cfRule type="expression" priority="11" id="{68DE3940-E47A-49DD-BA77-500F513C314C}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$41&lt;&gt;"",$I$41&lt;&gt;""),SUM($H$41:$I$41)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H41:I41</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="9" id="{C412CEF2-8288-4B53-A75F-3B0BE01647B5}">
+          <x14:cfRule type="expression" priority="10" id="{C412CEF2-8288-4B53-A75F-3B0BE01647B5}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$42&lt;&gt;"",$I$42&lt;&gt;""),SUM($H$42:$I$42)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H42:I42</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="8" id="{20481826-14A8-47E3-A61B-4B7695070769}">
+          <x14:cfRule type="expression" priority="9" id="{20481826-14A8-47E3-A61B-4B7695070769}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$43&lt;&gt;"",$I$43&lt;&gt;""),SUM($H$43:$I$43)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H43:I43</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="7" id="{60F75BA5-B881-4A6A-8B01-B0B2045248FE}">
+          <x14:cfRule type="expression" priority="8" id="{60F75BA5-B881-4A6A-8B01-B0B2045248FE}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$44&lt;&gt;"",$I$44&lt;&gt;""),SUM($H$44:$I$44)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H44:I44</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="6" id="{9B145577-004A-40E5-92E9-8FC95DAFCB40}">
+          <x14:cfRule type="expression" priority="7" id="{9B145577-004A-40E5-92E9-8FC95DAFCB40}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$45&lt;&gt;"",$I$45&lt;&gt;""),SUM($H$45:$I$45)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H45:I45</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="5" id="{B54D78FB-E19A-48F7-A226-4233AE4B0CE4}">
+          <x14:cfRule type="expression" priority="6" id="{B54D78FB-E19A-48F7-A226-4233AE4B0CE4}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$46&lt;&gt;"",$I$46&lt;&gt;""),SUM($H$46:$I$46)&lt;4)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H46:I46</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="4" id="{9C56A5FE-0E9D-404E-9831-E12DF9DC5CE7}">
+          <x14:cfRule type="expression" priority="5" id="{9C56A5FE-0E9D-404E-9831-E12DF9DC5CE7}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$47&lt;&gt;"",$I$47&lt;&gt;""),SUM($H$47:$I$47)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H47:I47</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="3" id="{25CE6BF8-80CD-4432-A2A5-94437443C9B1}">
+          <x14:cfRule type="expression" priority="4" id="{25CE6BF8-80CD-4432-A2A5-94437443C9B1}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$48&lt;&gt;"",$I$48&lt;&gt;""),SUM($H$48:$I$48)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H48:I48</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="2" id="{42DA6CE0-DBC4-4C43-B42C-085218217BB3}">
+          <x14:cfRule type="expression" priority="3" id="{42DA6CE0-DBC4-4C43-B42C-085218217BB3}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$49&lt;&gt;"",$I$49&lt;&gt;""),SUM($H$49:$I$49)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H49:I49</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="1" id="{2DDE6E5B-ECA1-4194-94D1-F83B8B737649}">
+          <x14:cfRule type="expression" priority="2" id="{2DDE6E5B-ECA1-4194-94D1-F83B8B737649}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$50&lt;&gt;"",$I$50&lt;&gt;""),SUM($H$50:$I$50)&lt;6)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H50:I50</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="39" id="{81C35F23-704B-4C99-81C1-07D6FC727F79}">
+          <x14:cfRule type="expression" priority="40" id="{81C35F23-704B-4C99-81C1-07D6FC727F79}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H5&lt;&gt;"",$I5&lt;&gt;"",$J5&lt;&gt;""),SUM($H5:$J5)&lt;30)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H5:J5</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="64" id="{03CCF560-D61F-4529-95B9-EDDC24CBDD33}">
+          <x14:cfRule type="expression" priority="65" id="{03CCF560-D61F-4529-95B9-EDDC24CBDD33}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H6&lt;&gt;"",$I6&lt;&gt;"",$J6&lt;&gt;""),SUM($H6:$J6)&lt;45)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H6:J8</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="63" id="{6358A84C-2766-4EA4-B913-C752555DDB2D}">
+          <x14:cfRule type="expression" priority="64" id="{6358A84C-2766-4EA4-B913-C752555DDB2D}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H9&lt;&gt;"",$I9&lt;&gt;"",$J9&lt;&gt;""),SUM($H9:$J9)&lt;30)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H9:J9</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="62" id="{9EC958AA-BFB9-43F5-8C73-0F65CF7E79C3}">
+          <x14:cfRule type="expression" priority="63" id="{9EC958AA-BFB9-43F5-8C73-0F65CF7E79C3}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H10&lt;&gt;"",$I10&lt;&gt;"",$J10&lt;&gt;""),SUM($H10:$J10)&lt;10)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H10:J10</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="expression" priority="61" id="{D81C205B-C0F4-453D-ABA1-EDF5323D519B}">
+          <x14:cfRule type="expression" priority="62" id="{D81C205B-C0F4-453D-ABA1-EDF5323D519B}">
             <xm:f>AND(OR(頭紙!$A$13&lt;&gt;"",頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;""),OR($H$11&lt;&gt;"",$I$11&lt;&gt;"",$J$11&lt;&gt;"",$H$12&lt;&gt;"",$I$12&lt;&gt;"",$J$12&lt;&gt;""),SUM($H$11:$J$12)&lt;45)</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="5" tint="0.39994506668294322"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>H11:J12</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E04D47A5-87A8-4081-9050-B692DCB863B3}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
-          <xm:sqref>A5:A56 K5:M50</xm:sqref>
+          <xm:sqref>K5:M50 A5:A56</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{95CFC1DA-701E-44F1-88C0-F1395E6922A0}">
   <dimension ref="A1:I132"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G93" sqref="G93"/>
       <selection pane="topRight" activeCell="G93" sqref="G93"/>
       <selection pane="bottomLeft" activeCell="G93" sqref="G93"/>
-      <selection pane="bottomRight" activeCell="D4" sqref="D4"/>
+      <selection pane="bottomRight" activeCell="B10" sqref="B10:B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="15" style="1" customWidth="1"/>
     <col min="2" max="2" width="20" style="1" customWidth="1"/>
     <col min="3" max="3" width="10.375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="12" style="1" customWidth="1"/>
     <col min="6" max="7" width="10.25" style="1" customWidth="1"/>
     <col min="8" max="9" width="12" style="1" customWidth="1"/>
     <col min="10" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="173" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="42.4" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="62" t="s">
         <v>106</v>
       </c>
-      <c r="B2" s="287">
+      <c r="B2" s="300">
         <f>頭紙!D7</f>
         <v>0</v>
       </c>
-      <c r="C2" s="288"/>
+      <c r="C2" s="301"/>
       <c r="D2" s="111" t="s">
         <v>155</v>
       </c>
       <c r="E2" s="112"/>
       <c r="F2" s="112"/>
       <c r="G2" s="112"/>
       <c r="H2" s="104"/>
       <c r="I2" s="75"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A3" s="113" t="s">
         <v>228</v>
       </c>
       <c r="B3" s="148">
         <f>頭紙!D6</f>
         <v>0</v>
       </c>
       <c r="C3" s="148"/>
-      <c r="D3" s="295" t="s">
-[...8 lines deleted...]
-      <c r="I3" s="283"/>
+      <c r="D3" s="294" t="s">
+        <v>381</v>
+      </c>
+      <c r="E3" s="295"/>
+      <c r="F3" s="295"/>
+      <c r="G3" s="296"/>
+      <c r="H3" s="274" t="s">
+        <v>382</v>
+      </c>
+      <c r="I3" s="276"/>
     </row>
     <row r="4" spans="1:9" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A4" s="62"/>
       <c r="B4" s="62"/>
       <c r="C4" s="62"/>
       <c r="D4" s="41" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E4" s="41" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="F4" s="41" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="G4" s="41" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="H4" s="41" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I4" s="41" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A5" s="88" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="B5" s="225"/>
       <c r="C5" s="224" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D5" s="216"/>
       <c r="E5" s="216"/>
       <c r="F5" s="203"/>
       <c r="G5" s="203"/>
       <c r="H5" s="218"/>
       <c r="I5" s="218"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A6" s="88"/>
       <c r="B6" s="225"/>
       <c r="C6" s="224" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D6" s="216"/>
       <c r="E6" s="216"/>
       <c r="F6" s="203"/>
       <c r="G6" s="203"/>
       <c r="H6" s="218"/>
       <c r="I6" s="218"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A7" s="88"/>
       <c r="B7" s="225"/>
       <c r="C7" s="224" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D7" s="216"/>
       <c r="E7" s="216"/>
       <c r="F7" s="203"/>
       <c r="G7" s="203"/>
       <c r="H7" s="218"/>
       <c r="I7" s="218"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A8" s="88"/>
       <c r="B8" s="225"/>
       <c r="C8" s="224" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D8" s="216"/>
       <c r="E8" s="216"/>
       <c r="F8" s="203"/>
       <c r="G8" s="203"/>
       <c r="H8" s="218"/>
       <c r="I8" s="218"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A9" s="88"/>
       <c r="B9" s="225"/>
       <c r="C9" s="224" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D9" s="216"/>
       <c r="E9" s="216"/>
       <c r="F9" s="203"/>
       <c r="G9" s="203"/>
       <c r="H9" s="218"/>
       <c r="I9" s="218"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A10" s="74" t="s">
         <v>139</v>
       </c>
-      <c r="B10" s="267" t="s">
+      <c r="B10" s="286" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D10" s="216"/>
       <c r="E10" s="216"/>
       <c r="F10" s="203"/>
       <c r="G10" s="203"/>
       <c r="H10" s="218"/>
       <c r="I10" s="218"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A11" s="86"/>
-      <c r="B11" s="268"/>
+      <c r="B11" s="287"/>
       <c r="C11" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D11" s="217"/>
       <c r="E11" s="217"/>
       <c r="F11" s="208"/>
       <c r="G11" s="208"/>
       <c r="H11" s="218"/>
       <c r="I11" s="218"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A12" s="86"/>
-      <c r="B12" s="268"/>
+      <c r="B12" s="287"/>
       <c r="C12" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D12" s="217"/>
       <c r="E12" s="217"/>
       <c r="F12" s="208"/>
       <c r="G12" s="208"/>
       <c r="H12" s="218"/>
       <c r="I12" s="218"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A13" s="86"/>
-      <c r="B13" s="268"/>
+      <c r="B13" s="287"/>
       <c r="C13" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D13" s="217"/>
       <c r="E13" s="217"/>
       <c r="F13" s="208"/>
       <c r="G13" s="208"/>
       <c r="H13" s="218"/>
       <c r="I13" s="218"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A14" s="86"/>
-      <c r="B14" s="269"/>
+      <c r="B14" s="288"/>
       <c r="C14" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D14" s="217"/>
       <c r="E14" s="217"/>
       <c r="F14" s="208"/>
       <c r="G14" s="208"/>
       <c r="H14" s="218"/>
       <c r="I14" s="218"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A15" s="86"/>
-      <c r="B15" s="267" t="s">
+      <c r="B15" s="286" t="s">
         <v>122</v>
       </c>
       <c r="C15" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D15" s="217"/>
       <c r="E15" s="217"/>
       <c r="F15" s="208"/>
       <c r="G15" s="208"/>
       <c r="H15" s="218"/>
       <c r="I15" s="218"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A16" s="86"/>
-      <c r="B16" s="268"/>
+      <c r="B16" s="287"/>
       <c r="C16" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D16" s="217"/>
       <c r="E16" s="217"/>
       <c r="F16" s="208"/>
       <c r="G16" s="208"/>
       <c r="H16" s="218"/>
       <c r="I16" s="218"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A17" s="86"/>
-      <c r="B17" s="268"/>
+      <c r="B17" s="287"/>
       <c r="C17" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D17" s="217"/>
       <c r="E17" s="217"/>
       <c r="F17" s="208"/>
       <c r="G17" s="208"/>
       <c r="H17" s="218"/>
       <c r="I17" s="218"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A18" s="86"/>
-      <c r="B18" s="268"/>
+      <c r="B18" s="287"/>
       <c r="C18" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D18" s="217"/>
       <c r="E18" s="217"/>
       <c r="F18" s="208"/>
       <c r="G18" s="208"/>
       <c r="H18" s="218"/>
       <c r="I18" s="218"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A19" s="86"/>
-      <c r="B19" s="269"/>
+      <c r="B19" s="288"/>
       <c r="C19" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D19" s="217"/>
       <c r="E19" s="217"/>
       <c r="F19" s="208"/>
       <c r="G19" s="208"/>
       <c r="H19" s="218"/>
       <c r="I19" s="218"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A20" s="86"/>
-      <c r="B20" s="267" t="s">
+      <c r="B20" s="286" t="s">
         <v>123</v>
       </c>
       <c r="C20" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D20" s="216"/>
       <c r="E20" s="216"/>
       <c r="F20" s="203"/>
       <c r="G20" s="203"/>
       <c r="H20" s="218"/>
       <c r="I20" s="218"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A21" s="86"/>
-      <c r="B21" s="268"/>
+      <c r="B21" s="287"/>
       <c r="C21" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D21" s="217"/>
       <c r="E21" s="217"/>
       <c r="F21" s="208"/>
       <c r="G21" s="208"/>
       <c r="H21" s="218"/>
       <c r="I21" s="218"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A22" s="86"/>
-      <c r="B22" s="268"/>
+      <c r="B22" s="287"/>
       <c r="C22" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D22" s="217"/>
       <c r="E22" s="217"/>
       <c r="F22" s="208"/>
       <c r="G22" s="208"/>
       <c r="H22" s="218"/>
       <c r="I22" s="218"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A23" s="86"/>
-      <c r="B23" s="268"/>
+      <c r="B23" s="287"/>
       <c r="C23" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D23" s="217"/>
       <c r="E23" s="217"/>
       <c r="F23" s="208"/>
       <c r="G23" s="208"/>
       <c r="H23" s="218"/>
       <c r="I23" s="218"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A24" s="86"/>
-      <c r="B24" s="269"/>
+      <c r="B24" s="288"/>
       <c r="C24" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D24" s="217"/>
       <c r="E24" s="217"/>
       <c r="F24" s="208"/>
       <c r="G24" s="208"/>
       <c r="H24" s="218"/>
       <c r="I24" s="218"/>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A25" s="86"/>
-      <c r="B25" s="292" t="s">
+      <c r="B25" s="291" t="s">
         <v>124</v>
       </c>
       <c r="C25" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D25" s="217"/>
       <c r="E25" s="217"/>
       <c r="F25" s="208"/>
       <c r="G25" s="208"/>
       <c r="H25" s="218"/>
       <c r="I25" s="218"/>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A26" s="86"/>
-      <c r="B26" s="293"/>
+      <c r="B26" s="292"/>
       <c r="C26" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D26" s="217"/>
       <c r="E26" s="217"/>
       <c r="F26" s="208"/>
       <c r="G26" s="208"/>
       <c r="H26" s="218"/>
       <c r="I26" s="218"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A27" s="86"/>
-      <c r="B27" s="293"/>
+      <c r="B27" s="292"/>
       <c r="C27" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D27" s="217"/>
       <c r="E27" s="217"/>
       <c r="F27" s="208"/>
       <c r="G27" s="208"/>
       <c r="H27" s="218"/>
       <c r="I27" s="218"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A28" s="86"/>
-      <c r="B28" s="293"/>
+      <c r="B28" s="292"/>
       <c r="C28" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D28" s="217"/>
       <c r="E28" s="217"/>
       <c r="F28" s="208"/>
       <c r="G28" s="208"/>
       <c r="H28" s="218"/>
       <c r="I28" s="218"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A29" s="86"/>
-      <c r="B29" s="294"/>
+      <c r="B29" s="293"/>
       <c r="C29" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D29" s="217"/>
       <c r="E29" s="217"/>
       <c r="F29" s="208"/>
       <c r="G29" s="208"/>
       <c r="H29" s="218"/>
       <c r="I29" s="218"/>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A30" s="86"/>
-      <c r="B30" s="267" t="s">
+      <c r="B30" s="286" t="s">
         <v>125</v>
       </c>
       <c r="C30" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D30" s="216"/>
       <c r="E30" s="216"/>
       <c r="F30" s="203"/>
       <c r="G30" s="203"/>
       <c r="H30" s="218"/>
       <c r="I30" s="218"/>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A31" s="86"/>
-      <c r="B31" s="268"/>
+      <c r="B31" s="287"/>
       <c r="C31" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D31" s="217"/>
       <c r="E31" s="217"/>
       <c r="F31" s="208"/>
       <c r="G31" s="208"/>
       <c r="H31" s="218"/>
       <c r="I31" s="218"/>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A32" s="86"/>
-      <c r="B32" s="268"/>
+      <c r="B32" s="287"/>
       <c r="C32" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D32" s="217"/>
       <c r="E32" s="217"/>
       <c r="F32" s="208"/>
       <c r="G32" s="208"/>
       <c r="H32" s="218"/>
       <c r="I32" s="218"/>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A33" s="86"/>
-      <c r="B33" s="268"/>
+      <c r="B33" s="287"/>
       <c r="C33" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D33" s="217"/>
       <c r="E33" s="217"/>
       <c r="F33" s="208"/>
       <c r="G33" s="208"/>
       <c r="H33" s="218"/>
       <c r="I33" s="218"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A34" s="86"/>
-      <c r="B34" s="269"/>
+      <c r="B34" s="288"/>
       <c r="C34" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D34" s="217"/>
       <c r="E34" s="217"/>
       <c r="F34" s="208"/>
       <c r="G34" s="208"/>
       <c r="H34" s="218"/>
       <c r="I34" s="218"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A35" s="86"/>
-      <c r="B35" s="258" t="s">
+      <c r="B35" s="262" t="s">
         <v>126</v>
       </c>
       <c r="C35" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D35" s="217"/>
       <c r="E35" s="217"/>
       <c r="F35" s="208"/>
       <c r="G35" s="208"/>
       <c r="H35" s="218"/>
       <c r="I35" s="218"/>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A36" s="86"/>
-      <c r="B36" s="259"/>
+      <c r="B36" s="263"/>
       <c r="C36" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D36" s="217"/>
       <c r="E36" s="217"/>
       <c r="F36" s="208"/>
       <c r="G36" s="208"/>
       <c r="H36" s="218"/>
       <c r="I36" s="218"/>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A37" s="86"/>
-      <c r="B37" s="259"/>
+      <c r="B37" s="263"/>
       <c r="C37" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D37" s="217"/>
       <c r="E37" s="217"/>
       <c r="F37" s="208"/>
       <c r="G37" s="208"/>
       <c r="H37" s="218"/>
       <c r="I37" s="218"/>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A38" s="86"/>
-      <c r="B38" s="259"/>
+      <c r="B38" s="263"/>
       <c r="C38" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D38" s="217"/>
       <c r="E38" s="217"/>
       <c r="F38" s="208"/>
       <c r="G38" s="208"/>
       <c r="H38" s="218"/>
       <c r="I38" s="218"/>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A39" s="86"/>
-      <c r="B39" s="260"/>
+      <c r="B39" s="264"/>
       <c r="C39" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D39" s="217"/>
       <c r="E39" s="217"/>
       <c r="F39" s="208"/>
       <c r="G39" s="208"/>
       <c r="H39" s="218"/>
       <c r="I39" s="218"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A40" s="86"/>
-      <c r="B40" s="267" t="s">
+      <c r="B40" s="286" t="s">
         <v>127</v>
       </c>
       <c r="C40" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D40" s="216"/>
       <c r="E40" s="216"/>
       <c r="F40" s="203"/>
       <c r="G40" s="203"/>
       <c r="H40" s="218"/>
       <c r="I40" s="218"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A41" s="86"/>
-      <c r="B41" s="268"/>
+      <c r="B41" s="287"/>
       <c r="C41" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D41" s="217"/>
       <c r="E41" s="217"/>
       <c r="F41" s="208"/>
       <c r="G41" s="208"/>
       <c r="H41" s="218"/>
       <c r="I41" s="218"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A42" s="86"/>
-      <c r="B42" s="268"/>
+      <c r="B42" s="287"/>
       <c r="C42" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D42" s="217"/>
       <c r="E42" s="217"/>
       <c r="F42" s="208"/>
       <c r="G42" s="208"/>
       <c r="H42" s="218"/>
       <c r="I42" s="218"/>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A43" s="86"/>
-      <c r="B43" s="268"/>
+      <c r="B43" s="287"/>
       <c r="C43" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D43" s="217"/>
       <c r="E43" s="217"/>
       <c r="F43" s="208"/>
       <c r="G43" s="208"/>
       <c r="H43" s="218"/>
       <c r="I43" s="218"/>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A44" s="86"/>
-      <c r="B44" s="269"/>
+      <c r="B44" s="288"/>
       <c r="C44" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D44" s="217"/>
       <c r="E44" s="217"/>
       <c r="F44" s="208"/>
       <c r="G44" s="208"/>
       <c r="H44" s="218"/>
       <c r="I44" s="218"/>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A45" s="86"/>
-      <c r="B45" s="292" t="s">
+      <c r="B45" s="291" t="s">
         <v>128</v>
       </c>
       <c r="C45" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D45" s="217"/>
       <c r="E45" s="217"/>
       <c r="F45" s="208"/>
       <c r="G45" s="208"/>
       <c r="H45" s="218"/>
       <c r="I45" s="218"/>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A46" s="86"/>
-      <c r="B46" s="293"/>
+      <c r="B46" s="292"/>
       <c r="C46" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D46" s="217"/>
       <c r="E46" s="217"/>
       <c r="F46" s="208"/>
       <c r="G46" s="208"/>
       <c r="H46" s="218"/>
       <c r="I46" s="218"/>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A47" s="86"/>
-      <c r="B47" s="293"/>
+      <c r="B47" s="292"/>
       <c r="C47" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D47" s="217"/>
       <c r="E47" s="217"/>
       <c r="F47" s="208"/>
       <c r="G47" s="208"/>
       <c r="H47" s="218"/>
       <c r="I47" s="218"/>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A48" s="86"/>
-      <c r="B48" s="293"/>
+      <c r="B48" s="292"/>
       <c r="C48" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D48" s="217"/>
       <c r="E48" s="217"/>
       <c r="F48" s="208"/>
       <c r="G48" s="208"/>
       <c r="H48" s="218"/>
       <c r="I48" s="218"/>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A49" s="86"/>
-      <c r="B49" s="294"/>
+      <c r="B49" s="293"/>
       <c r="C49" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D49" s="217"/>
       <c r="E49" s="217"/>
       <c r="F49" s="208"/>
       <c r="G49" s="208"/>
       <c r="H49" s="218"/>
       <c r="I49" s="218"/>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A50" s="86"/>
-      <c r="B50" s="267" t="s">
+      <c r="B50" s="286" t="s">
         <v>129</v>
       </c>
       <c r="C50" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D50" s="216"/>
       <c r="E50" s="216"/>
       <c r="F50" s="203"/>
       <c r="G50" s="203"/>
       <c r="H50" s="218"/>
       <c r="I50" s="218"/>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A51" s="86"/>
-      <c r="B51" s="268"/>
+      <c r="B51" s="287"/>
       <c r="C51" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D51" s="216"/>
       <c r="E51" s="216"/>
       <c r="F51" s="203"/>
       <c r="G51" s="203"/>
       <c r="H51" s="218"/>
       <c r="I51" s="218"/>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A52" s="86"/>
-      <c r="B52" s="268"/>
+      <c r="B52" s="287"/>
       <c r="C52" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D52" s="216"/>
       <c r="E52" s="216"/>
       <c r="F52" s="203"/>
       <c r="G52" s="203"/>
       <c r="H52" s="218"/>
       <c r="I52" s="218"/>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A53" s="86"/>
-      <c r="B53" s="268"/>
+      <c r="B53" s="287"/>
       <c r="C53" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D53" s="216"/>
       <c r="E53" s="216"/>
       <c r="F53" s="203"/>
       <c r="G53" s="203"/>
       <c r="H53" s="218"/>
       <c r="I53" s="218"/>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A54" s="86"/>
-      <c r="B54" s="269"/>
+      <c r="B54" s="288"/>
       <c r="C54" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D54" s="216"/>
       <c r="E54" s="216"/>
       <c r="F54" s="203"/>
       <c r="G54" s="203"/>
       <c r="H54" s="218"/>
       <c r="I54" s="218"/>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A55" s="86"/>
-      <c r="B55" s="267" t="s">
+      <c r="B55" s="286" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D55" s="216"/>
       <c r="E55" s="216"/>
       <c r="F55" s="203"/>
       <c r="G55" s="203"/>
       <c r="H55" s="218"/>
       <c r="I55" s="218"/>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A56" s="86"/>
-      <c r="B56" s="268"/>
+      <c r="B56" s="287"/>
       <c r="C56" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D56" s="217"/>
       <c r="E56" s="217"/>
       <c r="F56" s="208"/>
       <c r="G56" s="208"/>
       <c r="H56" s="218"/>
       <c r="I56" s="218"/>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A57" s="86"/>
-      <c r="B57" s="268"/>
+      <c r="B57" s="287"/>
       <c r="C57" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D57" s="217"/>
       <c r="E57" s="217"/>
       <c r="F57" s="208"/>
       <c r="G57" s="208"/>
       <c r="H57" s="218"/>
       <c r="I57" s="218"/>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A58" s="86"/>
-      <c r="B58" s="268"/>
+      <c r="B58" s="287"/>
       <c r="C58" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D58" s="217"/>
       <c r="E58" s="217"/>
       <c r="F58" s="208"/>
       <c r="G58" s="208"/>
       <c r="H58" s="218"/>
       <c r="I58" s="218"/>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A59" s="86"/>
-      <c r="B59" s="269"/>
+      <c r="B59" s="288"/>
       <c r="C59" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D59" s="217"/>
       <c r="E59" s="217"/>
       <c r="F59" s="208"/>
       <c r="G59" s="208"/>
       <c r="H59" s="218"/>
       <c r="I59" s="218"/>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A60" s="86"/>
-      <c r="B60" s="292" t="s">
+      <c r="B60" s="291" t="s">
         <v>130</v>
       </c>
       <c r="C60" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D60" s="217"/>
       <c r="E60" s="217"/>
       <c r="F60" s="208"/>
       <c r="G60" s="208"/>
       <c r="H60" s="218"/>
       <c r="I60" s="218"/>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A61" s="86"/>
-      <c r="B61" s="293"/>
+      <c r="B61" s="292"/>
       <c r="C61" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D61" s="217"/>
       <c r="E61" s="217"/>
       <c r="F61" s="208"/>
       <c r="G61" s="208"/>
       <c r="H61" s="218"/>
       <c r="I61" s="218"/>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A62" s="86"/>
-      <c r="B62" s="293"/>
+      <c r="B62" s="292"/>
       <c r="C62" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D62" s="217"/>
       <c r="E62" s="217"/>
       <c r="F62" s="208"/>
       <c r="G62" s="208"/>
       <c r="H62" s="218"/>
       <c r="I62" s="218"/>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A63" s="86"/>
-      <c r="B63" s="293"/>
+      <c r="B63" s="292"/>
       <c r="C63" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D63" s="217"/>
       <c r="E63" s="217"/>
       <c r="F63" s="208"/>
       <c r="G63" s="208"/>
       <c r="H63" s="218"/>
       <c r="I63" s="218"/>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A64" s="86"/>
-      <c r="B64" s="294"/>
+      <c r="B64" s="293"/>
       <c r="C64" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D64" s="217"/>
       <c r="E64" s="217"/>
       <c r="F64" s="208"/>
       <c r="G64" s="208"/>
       <c r="H64" s="218"/>
       <c r="I64" s="218"/>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A65" s="86"/>
-      <c r="B65" s="267" t="s">
+      <c r="B65" s="286" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D65" s="216"/>
       <c r="E65" s="216"/>
       <c r="F65" s="203"/>
       <c r="G65" s="203"/>
       <c r="H65" s="218"/>
       <c r="I65" s="218"/>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A66" s="86"/>
-      <c r="B66" s="268"/>
+      <c r="B66" s="287"/>
       <c r="C66" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D66" s="217"/>
       <c r="E66" s="217"/>
       <c r="F66" s="208"/>
       <c r="G66" s="208"/>
       <c r="H66" s="218"/>
       <c r="I66" s="218"/>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A67" s="86"/>
-      <c r="B67" s="268"/>
+      <c r="B67" s="287"/>
       <c r="C67" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D67" s="217"/>
       <c r="E67" s="217"/>
       <c r="F67" s="208"/>
       <c r="G67" s="208"/>
       <c r="H67" s="218"/>
       <c r="I67" s="218"/>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A68" s="86"/>
-      <c r="B68" s="268"/>
+      <c r="B68" s="287"/>
       <c r="C68" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D68" s="217"/>
       <c r="E68" s="217"/>
       <c r="F68" s="208"/>
       <c r="G68" s="208"/>
       <c r="H68" s="218"/>
       <c r="I68" s="218"/>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A69" s="86"/>
-      <c r="B69" s="269"/>
+      <c r="B69" s="288"/>
       <c r="C69" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D69" s="217"/>
       <c r="E69" s="217"/>
       <c r="F69" s="208"/>
       <c r="G69" s="208"/>
       <c r="H69" s="218"/>
       <c r="I69" s="218"/>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A70" s="86"/>
-      <c r="B70" s="267" t="s">
+      <c r="B70" s="286" t="s">
         <v>132</v>
       </c>
       <c r="C70" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D70" s="217"/>
       <c r="E70" s="217"/>
       <c r="F70" s="208"/>
       <c r="G70" s="208"/>
       <c r="H70" s="218"/>
       <c r="I70" s="218"/>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A71" s="86"/>
-      <c r="B71" s="268"/>
+      <c r="B71" s="287"/>
       <c r="C71" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D71" s="217"/>
       <c r="E71" s="217"/>
       <c r="F71" s="208"/>
       <c r="G71" s="208"/>
       <c r="H71" s="218"/>
       <c r="I71" s="218"/>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A72" s="86"/>
-      <c r="B72" s="268"/>
+      <c r="B72" s="287"/>
       <c r="C72" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D72" s="217"/>
       <c r="E72" s="217"/>
       <c r="F72" s="208"/>
       <c r="G72" s="208"/>
       <c r="H72" s="218"/>
       <c r="I72" s="218"/>
     </row>
     <row r="73" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A73" s="86"/>
-      <c r="B73" s="268"/>
+      <c r="B73" s="287"/>
       <c r="C73" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D73" s="217"/>
       <c r="E73" s="217"/>
       <c r="F73" s="208"/>
       <c r="G73" s="208"/>
       <c r="H73" s="218"/>
       <c r="I73" s="218"/>
     </row>
     <row r="74" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A74" s="86"/>
-      <c r="B74" s="269"/>
+      <c r="B74" s="288"/>
       <c r="C74" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D74" s="217"/>
       <c r="E74" s="217"/>
       <c r="F74" s="208"/>
       <c r="G74" s="208"/>
       <c r="H74" s="218"/>
       <c r="I74" s="218"/>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A75" s="86"/>
-      <c r="B75" s="267" t="s">
+      <c r="B75" s="286" t="s">
         <v>133</v>
       </c>
       <c r="C75" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D75" s="216"/>
       <c r="E75" s="216"/>
       <c r="F75" s="203"/>
       <c r="G75" s="203"/>
       <c r="H75" s="218"/>
       <c r="I75" s="218"/>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A76" s="86"/>
-      <c r="B76" s="268"/>
+      <c r="B76" s="287"/>
       <c r="C76" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D76" s="217"/>
       <c r="E76" s="217"/>
       <c r="F76" s="208"/>
       <c r="G76" s="208"/>
       <c r="H76" s="218"/>
       <c r="I76" s="218"/>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A77" s="86"/>
-      <c r="B77" s="268"/>
+      <c r="B77" s="287"/>
       <c r="C77" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D77" s="217"/>
       <c r="E77" s="217"/>
       <c r="F77" s="208"/>
       <c r="G77" s="208"/>
       <c r="H77" s="218"/>
       <c r="I77" s="218"/>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A78" s="86"/>
-      <c r="B78" s="268"/>
+      <c r="B78" s="287"/>
       <c r="C78" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D78" s="217"/>
       <c r="E78" s="217"/>
       <c r="F78" s="208"/>
       <c r="G78" s="208"/>
       <c r="H78" s="218"/>
       <c r="I78" s="218"/>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A79" s="86"/>
-      <c r="B79" s="269"/>
+      <c r="B79" s="288"/>
       <c r="C79" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D79" s="217"/>
       <c r="E79" s="217"/>
       <c r="F79" s="208"/>
       <c r="G79" s="208"/>
       <c r="H79" s="218"/>
       <c r="I79" s="218"/>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A80" s="86"/>
-      <c r="B80" s="267" t="s">
+      <c r="B80" s="286" t="s">
         <v>181</v>
       </c>
       <c r="C80" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D80" s="217"/>
       <c r="E80" s="217"/>
       <c r="F80" s="208"/>
       <c r="G80" s="208"/>
       <c r="H80" s="218"/>
       <c r="I80" s="218"/>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A81" s="86"/>
-      <c r="B81" s="268"/>
+      <c r="B81" s="287"/>
       <c r="C81" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D81" s="217"/>
       <c r="E81" s="217"/>
       <c r="F81" s="208"/>
       <c r="G81" s="208"/>
       <c r="H81" s="218"/>
       <c r="I81" s="218"/>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A82" s="86"/>
-      <c r="B82" s="268"/>
+      <c r="B82" s="287"/>
       <c r="C82" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D82" s="217"/>
       <c r="E82" s="217"/>
       <c r="F82" s="208"/>
       <c r="G82" s="208"/>
       <c r="H82" s="218"/>
       <c r="I82" s="218"/>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A83" s="86"/>
-      <c r="B83" s="268"/>
+      <c r="B83" s="287"/>
       <c r="C83" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D83" s="217"/>
       <c r="E83" s="217"/>
       <c r="F83" s="208"/>
       <c r="G83" s="208"/>
       <c r="H83" s="218"/>
       <c r="I83" s="218"/>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A84" s="86"/>
-      <c r="B84" s="269"/>
+      <c r="B84" s="288"/>
       <c r="C84" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D84" s="217"/>
       <c r="E84" s="217"/>
       <c r="F84" s="208"/>
       <c r="G84" s="208"/>
       <c r="H84" s="218"/>
       <c r="I84" s="218"/>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A85" s="86"/>
-      <c r="B85" s="267" t="s">
+      <c r="B85" s="286" t="s">
         <v>134</v>
       </c>
       <c r="C85" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D85" s="216"/>
       <c r="E85" s="216"/>
       <c r="F85" s="203"/>
       <c r="G85" s="203"/>
       <c r="H85" s="218"/>
       <c r="I85" s="218"/>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A86" s="86"/>
-      <c r="B86" s="268"/>
+      <c r="B86" s="287"/>
       <c r="C86" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D86" s="216"/>
       <c r="E86" s="216"/>
       <c r="F86" s="203"/>
       <c r="G86" s="203"/>
       <c r="H86" s="218"/>
       <c r="I86" s="218"/>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A87" s="86"/>
-      <c r="B87" s="268"/>
+      <c r="B87" s="287"/>
       <c r="C87" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D87" s="216"/>
       <c r="E87" s="216"/>
       <c r="F87" s="203"/>
       <c r="G87" s="203"/>
       <c r="H87" s="218"/>
       <c r="I87" s="218"/>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A88" s="86"/>
-      <c r="B88" s="268"/>
+      <c r="B88" s="287"/>
       <c r="C88" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D88" s="216"/>
       <c r="E88" s="216"/>
       <c r="F88" s="203"/>
       <c r="G88" s="203"/>
       <c r="H88" s="218"/>
       <c r="I88" s="218"/>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A89" s="86"/>
-      <c r="B89" s="269"/>
+      <c r="B89" s="288"/>
       <c r="C89" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D89" s="216"/>
       <c r="E89" s="216"/>
       <c r="F89" s="203"/>
       <c r="G89" s="203"/>
       <c r="H89" s="218"/>
       <c r="I89" s="218"/>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A90" s="86"/>
-      <c r="B90" s="267" t="s">
+      <c r="B90" s="286" t="s">
         <v>135</v>
       </c>
       <c r="C90" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D90" s="216"/>
       <c r="E90" s="216"/>
       <c r="F90" s="203"/>
       <c r="G90" s="203"/>
       <c r="H90" s="218"/>
       <c r="I90" s="218"/>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A91" s="86"/>
-      <c r="B91" s="268"/>
+      <c r="B91" s="287"/>
       <c r="C91" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D91" s="216"/>
       <c r="E91" s="216"/>
       <c r="F91" s="203"/>
       <c r="G91" s="203"/>
       <c r="H91" s="218"/>
       <c r="I91" s="218"/>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A92" s="86"/>
-      <c r="B92" s="268"/>
+      <c r="B92" s="287"/>
       <c r="C92" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D92" s="216"/>
       <c r="E92" s="216"/>
       <c r="F92" s="203"/>
       <c r="G92" s="203"/>
       <c r="H92" s="218"/>
       <c r="I92" s="218"/>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A93" s="86"/>
-      <c r="B93" s="268"/>
+      <c r="B93" s="287"/>
       <c r="C93" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D93" s="216"/>
       <c r="E93" s="216"/>
       <c r="F93" s="203"/>
       <c r="G93" s="203"/>
       <c r="H93" s="218"/>
       <c r="I93" s="218"/>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A94" s="86"/>
-      <c r="B94" s="269"/>
+      <c r="B94" s="288"/>
       <c r="C94" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D94" s="216"/>
       <c r="E94" s="216"/>
       <c r="F94" s="203"/>
       <c r="G94" s="203"/>
       <c r="H94" s="218"/>
       <c r="I94" s="218"/>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A95" s="86"/>
-      <c r="B95" s="267" t="s">
+      <c r="B95" s="286" t="s">
         <v>136</v>
       </c>
       <c r="C95" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D95" s="216"/>
       <c r="E95" s="216"/>
       <c r="F95" s="203"/>
       <c r="G95" s="203"/>
       <c r="H95" s="218"/>
       <c r="I95" s="218"/>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A96" s="86"/>
-      <c r="B96" s="268"/>
+      <c r="B96" s="287"/>
       <c r="C96" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D96" s="217"/>
       <c r="E96" s="217"/>
       <c r="F96" s="208"/>
       <c r="G96" s="208"/>
       <c r="H96" s="218"/>
       <c r="I96" s="218"/>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A97" s="86"/>
-      <c r="B97" s="268"/>
+      <c r="B97" s="287"/>
       <c r="C97" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D97" s="217"/>
       <c r="E97" s="217"/>
       <c r="F97" s="208"/>
       <c r="G97" s="208"/>
       <c r="H97" s="218"/>
       <c r="I97" s="218"/>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A98" s="86"/>
-      <c r="B98" s="268"/>
+      <c r="B98" s="287"/>
       <c r="C98" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D98" s="217"/>
       <c r="E98" s="217"/>
       <c r="F98" s="208"/>
       <c r="G98" s="208"/>
       <c r="H98" s="218"/>
       <c r="I98" s="218"/>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A99" s="86"/>
-      <c r="B99" s="269"/>
+      <c r="B99" s="288"/>
       <c r="C99" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D99" s="217"/>
       <c r="E99" s="217"/>
       <c r="F99" s="208"/>
       <c r="G99" s="208"/>
       <c r="H99" s="218"/>
       <c r="I99" s="218"/>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A100" s="86"/>
-      <c r="B100" s="267" t="s">
+      <c r="B100" s="286" t="s">
         <v>188</v>
       </c>
       <c r="C100" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D100" s="217"/>
       <c r="E100" s="217"/>
       <c r="F100" s="208"/>
       <c r="G100" s="208"/>
       <c r="H100" s="218"/>
       <c r="I100" s="218"/>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A101" s="86"/>
-      <c r="B101" s="268"/>
+      <c r="B101" s="287"/>
       <c r="C101" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D101" s="217"/>
       <c r="E101" s="217"/>
       <c r="F101" s="208"/>
       <c r="G101" s="208"/>
       <c r="H101" s="218"/>
       <c r="I101" s="218"/>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A102" s="86"/>
-      <c r="B102" s="268"/>
+      <c r="B102" s="287"/>
       <c r="C102" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D102" s="217"/>
       <c r="E102" s="217"/>
       <c r="F102" s="208"/>
       <c r="G102" s="208"/>
       <c r="H102" s="218"/>
       <c r="I102" s="218"/>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A103" s="86"/>
-      <c r="B103" s="268"/>
+      <c r="B103" s="287"/>
       <c r="C103" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D103" s="217"/>
       <c r="E103" s="217"/>
       <c r="F103" s="208"/>
       <c r="G103" s="208"/>
       <c r="H103" s="218"/>
       <c r="I103" s="218"/>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A104" s="86"/>
-      <c r="B104" s="269"/>
+      <c r="B104" s="288"/>
       <c r="C104" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D104" s="217"/>
       <c r="E104" s="217"/>
       <c r="F104" s="208"/>
       <c r="G104" s="208"/>
       <c r="H104" s="218"/>
       <c r="I104" s="218"/>
     </row>
     <row r="105" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A105" s="86"/>
-      <c r="B105" s="267" t="s">
+      <c r="B105" s="286" t="s">
         <v>182</v>
       </c>
       <c r="C105" s="154" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D105" s="217"/>
       <c r="E105" s="217"/>
       <c r="F105" s="208"/>
       <c r="G105" s="208"/>
       <c r="H105" s="218"/>
       <c r="I105" s="218"/>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A106" s="86"/>
-      <c r="B106" s="268"/>
+      <c r="B106" s="287"/>
       <c r="C106" s="154" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D106" s="217"/>
       <c r="E106" s="217"/>
       <c r="F106" s="208"/>
       <c r="G106" s="208"/>
       <c r="H106" s="218"/>
       <c r="I106" s="218"/>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A107" s="86"/>
-      <c r="B107" s="268"/>
+      <c r="B107" s="287"/>
       <c r="C107" s="154" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D107" s="217"/>
       <c r="E107" s="217"/>
       <c r="F107" s="208"/>
       <c r="G107" s="208"/>
       <c r="H107" s="218"/>
       <c r="I107" s="218"/>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A108" s="86"/>
-      <c r="B108" s="268"/>
+      <c r="B108" s="287"/>
       <c r="C108" s="154" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D108" s="217"/>
       <c r="E108" s="217"/>
       <c r="F108" s="208"/>
       <c r="G108" s="208"/>
       <c r="H108" s="218"/>
       <c r="I108" s="218"/>
     </row>
     <row r="109" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A109" s="86"/>
-      <c r="B109" s="269"/>
+      <c r="B109" s="288"/>
       <c r="C109" s="154" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D109" s="217"/>
       <c r="E109" s="217"/>
       <c r="F109" s="208"/>
       <c r="G109" s="208"/>
       <c r="H109" s="218"/>
       <c r="I109" s="218"/>
     </row>
     <row r="110" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A110" s="86"/>
-      <c r="B110" s="289" t="s">
+      <c r="B110" s="297" t="s">
         <v>137</v>
       </c>
       <c r="C110" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D110" s="216"/>
       <c r="E110" s="216"/>
       <c r="F110" s="203"/>
       <c r="G110" s="203"/>
       <c r="H110" s="218"/>
       <c r="I110" s="218"/>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A111" s="86"/>
-      <c r="B111" s="290"/>
+      <c r="B111" s="298"/>
       <c r="C111" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D111" s="216"/>
       <c r="E111" s="216"/>
       <c r="F111" s="203"/>
       <c r="G111" s="203"/>
       <c r="H111" s="218"/>
       <c r="I111" s="218"/>
     </row>
     <row r="112" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A112" s="86"/>
-      <c r="B112" s="290"/>
+      <c r="B112" s="298"/>
       <c r="C112" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D112" s="216"/>
       <c r="E112" s="216"/>
       <c r="F112" s="203"/>
       <c r="G112" s="203"/>
       <c r="H112" s="218"/>
       <c r="I112" s="218"/>
     </row>
     <row r="113" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A113" s="86"/>
-      <c r="B113" s="290"/>
+      <c r="B113" s="298"/>
       <c r="C113" s="167" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D113" s="216"/>
       <c r="E113" s="216"/>
       <c r="F113" s="203"/>
       <c r="G113" s="203"/>
       <c r="H113" s="218"/>
       <c r="I113" s="218"/>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A114" s="86"/>
-      <c r="B114" s="291"/>
+      <c r="B114" s="299"/>
       <c r="C114" s="167" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D114" s="216"/>
       <c r="E114" s="216"/>
       <c r="F114" s="203"/>
       <c r="G114" s="203"/>
       <c r="H114" s="218"/>
       <c r="I114" s="218"/>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A115" s="267" t="s">
+      <c r="A115" s="286" t="s">
         <v>146</v>
       </c>
-      <c r="B115" s="289" t="s">
+      <c r="B115" s="297" t="s">
         <v>9</v>
       </c>
       <c r="C115" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D115" s="216"/>
       <c r="E115" s="216"/>
       <c r="F115" s="203"/>
       <c r="G115" s="203"/>
       <c r="H115" s="216"/>
       <c r="I115" s="216"/>
     </row>
     <row r="116" spans="1:9" x14ac:dyDescent="0.4">
-      <c r="A116" s="268"/>
-      <c r="B116" s="290"/>
+      <c r="A116" s="287"/>
+      <c r="B116" s="298"/>
       <c r="C116" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D116" s="216"/>
       <c r="E116" s="216"/>
       <c r="F116" s="203"/>
       <c r="G116" s="203"/>
       <c r="H116" s="216"/>
       <c r="I116" s="216"/>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A117" s="153"/>
-      <c r="B117" s="291"/>
+      <c r="B117" s="299"/>
       <c r="C117" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D117" s="216"/>
       <c r="E117" s="216"/>
       <c r="F117" s="203"/>
       <c r="G117" s="203"/>
       <c r="H117" s="216"/>
       <c r="I117" s="216"/>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A118" s="86"/>
-      <c r="B118" s="289" t="s">
+      <c r="B118" s="297" t="s">
         <v>10</v>
       </c>
       <c r="C118" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D118" s="216"/>
       <c r="E118" s="216"/>
       <c r="F118" s="203"/>
       <c r="G118" s="203"/>
       <c r="H118" s="216"/>
       <c r="I118" s="216"/>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A119" s="86"/>
-      <c r="B119" s="290"/>
+      <c r="B119" s="298"/>
       <c r="C119" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D119" s="216"/>
       <c r="E119" s="216"/>
       <c r="F119" s="203"/>
       <c r="G119" s="203"/>
       <c r="H119" s="216"/>
       <c r="I119" s="216"/>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A120" s="86"/>
-      <c r="B120" s="291"/>
+      <c r="B120" s="299"/>
       <c r="C120" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D120" s="216"/>
       <c r="E120" s="216"/>
       <c r="F120" s="203"/>
       <c r="G120" s="203"/>
       <c r="H120" s="216"/>
       <c r="I120" s="216"/>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A121" s="86"/>
-      <c r="B121" s="289" t="s">
+      <c r="B121" s="297" t="s">
         <v>11</v>
       </c>
       <c r="C121" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D121" s="216"/>
       <c r="E121" s="216"/>
       <c r="F121" s="203"/>
       <c r="G121" s="203"/>
       <c r="H121" s="216"/>
       <c r="I121" s="216"/>
     </row>
     <row r="122" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A122" s="86"/>
-      <c r="B122" s="290"/>
+      <c r="B122" s="298"/>
       <c r="C122" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D122" s="216"/>
       <c r="E122" s="216"/>
       <c r="F122" s="203"/>
       <c r="G122" s="203"/>
       <c r="H122" s="216"/>
       <c r="I122" s="216"/>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A123" s="86"/>
-      <c r="B123" s="291"/>
+      <c r="B123" s="299"/>
       <c r="C123" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D123" s="216"/>
       <c r="E123" s="216"/>
       <c r="F123" s="203"/>
       <c r="G123" s="203"/>
       <c r="H123" s="216"/>
       <c r="I123" s="216"/>
     </row>
     <row r="124" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A124" s="86"/>
-      <c r="B124" s="289" t="s">
+      <c r="B124" s="297" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D124" s="216"/>
       <c r="E124" s="216"/>
       <c r="F124" s="203"/>
       <c r="G124" s="203"/>
       <c r="H124" s="216"/>
       <c r="I124" s="216"/>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A125" s="86"/>
-      <c r="B125" s="290"/>
+      <c r="B125" s="298"/>
       <c r="C125" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D125" s="216"/>
       <c r="E125" s="216"/>
       <c r="F125" s="203"/>
       <c r="G125" s="203"/>
       <c r="H125" s="216"/>
       <c r="I125" s="216"/>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A126" s="86"/>
-      <c r="B126" s="291"/>
+      <c r="B126" s="299"/>
       <c r="C126" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D126" s="216"/>
       <c r="E126" s="216"/>
       <c r="F126" s="203"/>
       <c r="G126" s="203"/>
       <c r="H126" s="216"/>
       <c r="I126" s="216"/>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A127" s="86"/>
-      <c r="B127" s="289" t="s">
+      <c r="B127" s="297" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D127" s="216"/>
       <c r="E127" s="216"/>
       <c r="F127" s="203"/>
       <c r="G127" s="203"/>
       <c r="H127" s="216"/>
       <c r="I127" s="216"/>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A128" s="86"/>
-      <c r="B128" s="290"/>
+      <c r="B128" s="298"/>
       <c r="C128" s="167" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D128" s="216"/>
       <c r="E128" s="216"/>
       <c r="F128" s="203"/>
       <c r="G128" s="203"/>
       <c r="H128" s="216"/>
       <c r="I128" s="216"/>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A129" s="86"/>
-      <c r="B129" s="291"/>
+      <c r="B129" s="299"/>
       <c r="C129" s="167" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D129" s="216"/>
       <c r="E129" s="216"/>
       <c r="F129" s="203"/>
       <c r="G129" s="203"/>
       <c r="H129" s="216"/>
       <c r="I129" s="216"/>
     </row>
     <row r="130" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A130" s="86"/>
-      <c r="B130" s="289" t="s">
+      <c r="B130" s="297" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="167" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D130" s="216"/>
       <c r="E130" s="216"/>
       <c r="F130" s="203"/>
       <c r="G130" s="203"/>
       <c r="H130" s="216"/>
       <c r="I130" s="216"/>
     </row>
     <row r="131" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A131" s="86"/>
-      <c r="B131" s="290"/>
+      <c r="B131" s="298"/>
       <c r="C131" s="166" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D131" s="216"/>
       <c r="E131" s="216"/>
       <c r="F131" s="203"/>
       <c r="G131" s="203"/>
       <c r="H131" s="216"/>
       <c r="I131" s="216"/>
     </row>
     <row r="132" spans="1:9" x14ac:dyDescent="0.4">
       <c r="A132" s="79"/>
-      <c r="B132" s="291"/>
+      <c r="B132" s="299"/>
       <c r="C132" s="166" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D132" s="216"/>
       <c r="E132" s="216"/>
       <c r="F132" s="203"/>
       <c r="G132" s="203"/>
       <c r="H132" s="216"/>
       <c r="I132" s="216"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="A1bhMG5YxCsx+ksRmDaGcR9aFAXombQsYn5FucJ0q4vvesDHr1wGI7ZyqAD2qfQQRoYAClPyDqHOpWm6G9kdGg==" saltValue="lsbu2ESxfvWR23zY83yyQQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="zCfXXmaB1Zo2l55l9nZPuc+LGuJiPOCmD9S02qlrL0oC4DXi8PsGZ8DktAPJNOfRoP8hEpIzJdMg8LE61vtvHQ==" saltValue="ok1WrKBN/MqGMx/wp54ucQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="31">
-    <mergeCell ref="H3:I3"/>
-[...13 lines deleted...]
-    <mergeCell ref="B118:B120"/>
     <mergeCell ref="A115:A116"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B121:B123"/>
     <mergeCell ref="B124:B126"/>
     <mergeCell ref="B127:B129"/>
     <mergeCell ref="B75:B79"/>
     <mergeCell ref="B80:B84"/>
     <mergeCell ref="B85:B89"/>
     <mergeCell ref="B90:B94"/>
     <mergeCell ref="B95:B99"/>
     <mergeCell ref="B50:B54"/>
     <mergeCell ref="B55:B59"/>
     <mergeCell ref="B60:B64"/>
     <mergeCell ref="B65:B69"/>
     <mergeCell ref="B70:B74"/>
     <mergeCell ref="B25:B29"/>
+    <mergeCell ref="B35:B39"/>
+    <mergeCell ref="B40:B44"/>
+    <mergeCell ref="B45:B49"/>
+    <mergeCell ref="D3:G3"/>
+    <mergeCell ref="B130:B132"/>
+    <mergeCell ref="B100:B104"/>
+    <mergeCell ref="B105:B109"/>
+    <mergeCell ref="B110:B114"/>
+    <mergeCell ref="B115:B117"/>
+    <mergeCell ref="B118:B120"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="B10:B14"/>
+    <mergeCell ref="B15:B19"/>
+    <mergeCell ref="B20:B24"/>
+    <mergeCell ref="B30:B34"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="3">
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="修了者数は、半角数字の整数で入力してください。" sqref="G5:G132" xr:uid="{ABAB117B-E38C-4FEE-AF85-ABC0E2246B65}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D5:E132 H5:I132" xr:uid="{E6038A2E-6C97-4E86-9D0F-9896D754C3FA}"/>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="受講者数は、半角数字の整数で入力してください。" sqref="F5:F132" xr:uid="{BF683100-F2E2-4D0F-9A11-3E746DBD1940}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1" id="{7B2929E4-2C2E-44B0-AFBC-870E0B7ED204}">
             <xm:f>頭紙!$A$44="○"</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>D5:I132</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A61F94F-FB84-4FB8-B6BF-7369BFF7721C}">
   <dimension ref="A1:AH45"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="H13" sqref="H13"/>
+      <selection pane="bottomRight" activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="12" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.75" style="174" customWidth="1"/>
     <col min="3" max="3" width="22.25" style="20" bestFit="1" customWidth="1"/>
     <col min="4" max="7" width="10.75" style="20" customWidth="1"/>
     <col min="8" max="9" width="10.75" style="1" customWidth="1"/>
     <col min="10" max="10" width="17.75" style="20" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="16.75" style="20" customWidth="1"/>
     <col min="12" max="32" width="10" style="1" customWidth="1"/>
     <col min="33" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="173" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
     </row>
     <row r="2" spans="1:34" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="15" t="s">
         <v>105</v>
       </c>
       <c r="B2" s="175"/>
       <c r="C2" s="15">
         <f>頭紙!D7</f>
         <v>0</v>
       </c>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="114"/>
       <c r="I2" s="114"/>
       <c r="J2" s="114"/>
       <c r="K2" s="114"/>
       <c r="L2" s="114"/>
       <c r="M2" s="114"/>
       <c r="N2" s="114"/>
       <c r="O2" s="114"/>
       <c r="P2" s="114"/>
       <c r="Q2" s="114"/>
@@ -12685,119 +12840,119 @@
       <c r="J3" s="114"/>
       <c r="K3" s="114"/>
       <c r="L3" s="15"/>
       <c r="M3" s="15"/>
       <c r="N3" s="15"/>
       <c r="O3" s="15"/>
       <c r="P3" s="15"/>
       <c r="Q3" s="15"/>
       <c r="R3" s="15"/>
       <c r="S3" s="15"/>
       <c r="T3" s="15"/>
       <c r="U3" s="15"/>
       <c r="V3" s="15"/>
       <c r="W3" s="15"/>
       <c r="X3" s="15"/>
       <c r="Y3" s="15"/>
       <c r="Z3" s="15"/>
       <c r="AA3" s="15"/>
       <c r="AB3" s="15"/>
       <c r="AC3" s="15"/>
       <c r="AD3" s="15"/>
       <c r="AE3" s="15"/>
       <c r="AF3" s="15"/>
     </row>
     <row r="4" spans="1:34" x14ac:dyDescent="0.4">
-      <c r="A4" s="267" t="s">
+      <c r="A4" s="286" t="s">
         <v>116</v>
       </c>
-      <c r="B4" s="298"/>
-      <c r="C4" s="267" t="s">
+      <c r="B4" s="302"/>
+      <c r="C4" s="286" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="302" t="s">
+      <c r="D4" s="306" t="s">
         <v>91</v>
       </c>
-      <c r="E4" s="303"/>
-[...2 lines deleted...]
-      <c r="H4" s="300" t="s">
+      <c r="E4" s="307"/>
+      <c r="F4" s="307"/>
+      <c r="G4" s="308"/>
+      <c r="H4" s="304" t="s">
         <v>28</v>
       </c>
-      <c r="I4" s="301"/>
-      <c r="J4" s="267" t="s">
+      <c r="I4" s="305"/>
+      <c r="J4" s="286" t="s">
         <v>89</v>
       </c>
-      <c r="K4" s="267" t="s">
+      <c r="K4" s="286" t="s">
         <v>90</v>
       </c>
-      <c r="L4" s="281" t="s">
+      <c r="L4" s="274" t="s">
         <v>197</v>
       </c>
-      <c r="M4" s="282"/>
-[...18 lines deleted...]
-      <c r="AF4" s="283"/>
+      <c r="M4" s="275"/>
+      <c r="N4" s="275"/>
+      <c r="O4" s="275"/>
+      <c r="P4" s="275"/>
+      <c r="Q4" s="275"/>
+      <c r="R4" s="275"/>
+      <c r="S4" s="275"/>
+      <c r="T4" s="275"/>
+      <c r="U4" s="275"/>
+      <c r="V4" s="275"/>
+      <c r="W4" s="275"/>
+      <c r="X4" s="275"/>
+      <c r="Y4" s="275"/>
+      <c r="Z4" s="275"/>
+      <c r="AA4" s="275"/>
+      <c r="AB4" s="275"/>
+      <c r="AC4" s="275"/>
+      <c r="AD4" s="275"/>
+      <c r="AE4" s="275"/>
+      <c r="AF4" s="276"/>
     </row>
     <row r="5" spans="1:34" ht="94.5" x14ac:dyDescent="0.4">
-      <c r="A5" s="269"/>
-[...1 lines deleted...]
-      <c r="C5" s="269"/>
+      <c r="A5" s="288"/>
+      <c r="B5" s="303"/>
+      <c r="C5" s="288"/>
       <c r="D5" s="222" t="s">
         <v>163</v>
       </c>
       <c r="E5" s="223" t="s">
+        <v>423</v>
+      </c>
+      <c r="F5" s="223" t="s">
+        <v>424</v>
+      </c>
+      <c r="G5" s="223" t="s">
         <v>425</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
       <c r="H5" s="16"/>
       <c r="I5" s="61" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-      <c r="K5" s="269"/>
+        <v>372</v>
+      </c>
+      <c r="J5" s="288"/>
+      <c r="K5" s="288"/>
       <c r="L5" s="53" t="s">
         <v>194</v>
       </c>
       <c r="M5" s="53" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="53" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="53" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="53" t="s">
         <v>32</v>
       </c>
       <c r="Q5" s="53" t="s">
         <v>33</v>
       </c>
       <c r="R5" s="53" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="53" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="53" t="s">
@@ -14263,51 +14418,51 @@
       <c r="J45" s="139"/>
       <c r="K45" s="139"/>
       <c r="L45" s="219"/>
       <c r="M45" s="219"/>
       <c r="N45" s="219"/>
       <c r="O45" s="219"/>
       <c r="P45" s="219"/>
       <c r="Q45" s="219"/>
       <c r="R45" s="219"/>
       <c r="S45" s="219"/>
       <c r="T45" s="219"/>
       <c r="U45" s="219"/>
       <c r="V45" s="219"/>
       <c r="W45" s="219"/>
       <c r="X45" s="219"/>
       <c r="Y45" s="219"/>
       <c r="Z45" s="219"/>
       <c r="AA45" s="219"/>
       <c r="AB45" s="219"/>
       <c r="AC45" s="219"/>
       <c r="AD45" s="219"/>
       <c r="AE45" s="219"/>
       <c r="AF45" s="219"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="LXBCP68uHYmSNgDBRhrot1DHCW7vHvyMoQiy83OUiiHEYevDj6dY1tgz244LMNUgj5qJpk+gkqcYMJVuhYQ7/g==" saltValue="ANJVatxOiWoEJXEb3141AA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EEojs95P477HV8NnmwxMepZIaIhIf09BWSzf7w9hqHJquJbQlpJCJoSbJXtFYvPCj0GCogJ+7S9jg5C4HVXYUg==" saltValue="yfueWdvkAjLA8BMFnV4S9A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="8">
     <mergeCell ref="L4:AF4"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="H4:I4"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:G4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="80" id="{90E2BB1F-83FE-4EBE-AF01-8051417E4FFE}">
             <xm:f>OR(頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="9" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
@@ -14358,52 +14513,52 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EE899952-C27E-4AC2-BF48-C40C3BA561BB}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>A6:A45 L6:AF45 E6:G45</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{35CE4FD1-8DF8-4F94-A26D-B0A9640CF5C0}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$M$2:$M$8</xm:f>
           </x14:formula1>
           <xm:sqref>H6:H45</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7CF1868-E7D6-47C9-AFED-56DD4DEBAA70}">
   <dimension ref="A1:H106"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="110" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A80" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K101" sqref="K101"/>
+      <pane ySplit="1" topLeftCell="A90" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="12" style="1" customWidth="1"/>
     <col min="2" max="3" width="15.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="31" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.125" style="20" customWidth="1"/>
     <col min="6" max="6" width="6.75" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25" style="20" customWidth="1"/>
     <col min="8" max="8" width="6.75" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>27</v>
       </c>
       <c r="B1" s="4"/>
     </row>
     <row r="2" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="114"/>
       <c r="B2" s="15" t="s">
         <v>105</v>
       </c>
@@ -14468,558 +14623,558 @@
       <c r="F5" s="15"/>
       <c r="G5" s="117"/>
       <c r="H5" s="15"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A6" s="193"/>
       <c r="B6" s="123"/>
       <c r="C6" s="56" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="60"/>
       <c r="E6" s="212">
         <f>別添a!H6</f>
         <v>0</v>
       </c>
       <c r="F6" s="15"/>
       <c r="G6" s="117"/>
       <c r="H6" s="15"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A7" s="193"/>
       <c r="B7" s="121" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="115" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D7" s="15"/>
       <c r="E7" s="215">
         <f>別添a!H7</f>
         <v>0</v>
       </c>
       <c r="F7" s="15"/>
       <c r="G7" s="124"/>
       <c r="H7" s="15"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A8" s="193"/>
       <c r="B8" s="125"/>
       <c r="C8" s="56" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="60"/>
       <c r="E8" s="212">
         <f>別添a!H8</f>
         <v>0</v>
       </c>
       <c r="F8" s="15"/>
       <c r="G8" s="117"/>
       <c r="H8" s="15"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A9" s="193"/>
       <c r="B9" s="125"/>
       <c r="C9" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="15"/>
       <c r="E9" s="212">
         <f>別添a!H9</f>
         <v>0</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="117"/>
       <c r="H9" s="15"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A10" s="193"/>
       <c r="B10" s="56" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="C10" s="60"/>
       <c r="D10" s="60"/>
-      <c r="E10" s="139"/>
+      <c r="E10" s="231"/>
       <c r="F10" s="15"/>
       <c r="G10" s="117"/>
       <c r="H10" s="15"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A11" s="193"/>
       <c r="B11" s="121" t="s">
         <v>101</v>
       </c>
       <c r="C11" s="56" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D11" s="57"/>
       <c r="E11" s="212">
         <f>頭紙!D9</f>
         <v>0</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="117"/>
       <c r="H11" s="15"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A12" s="193"/>
-      <c r="B12" s="258" t="s">
+      <c r="B12" s="262" t="s">
         <v>184</v>
       </c>
       <c r="C12" s="56" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D12" s="57"/>
       <c r="E12" s="139"/>
       <c r="F12" s="15"/>
       <c r="G12" s="117"/>
       <c r="H12" s="15"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A13" s="193"/>
-      <c r="B13" s="259"/>
+      <c r="B13" s="263"/>
       <c r="C13" s="15" t="s">
         <v>28</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="204"/>
       <c r="F13" s="15"/>
       <c r="G13" s="117"/>
       <c r="H13" s="15"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A14" s="194"/>
-      <c r="B14" s="259"/>
+      <c r="B14" s="263"/>
       <c r="C14" s="15"/>
       <c r="D14" s="149" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E14" s="204"/>
       <c r="F14" s="15"/>
       <c r="G14" s="117"/>
       <c r="H14" s="15"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A15" s="193"/>
-      <c r="B15" s="260"/>
+      <c r="B15" s="264"/>
       <c r="C15" s="56" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="60"/>
       <c r="E15" s="139"/>
       <c r="F15" s="15"/>
       <c r="G15" s="117"/>
       <c r="H15" s="15"/>
     </row>
     <row r="16" spans="1:8" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A16" s="193"/>
       <c r="B16" s="54" t="s">
         <v>152</v>
       </c>
       <c r="C16" s="43" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="43" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="214"/>
       <c r="F16" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G16" s="117"/>
       <c r="H16" s="127"/>
     </row>
     <row r="17" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A17" s="193"/>
       <c r="B17" s="46" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="C17" s="258" t="s">
+        <v>415</v>
+      </c>
+      <c r="C17" s="262" t="s">
         <v>122</v>
       </c>
       <c r="D17" s="43" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="214"/>
       <c r="F17" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G17" s="117"/>
       <c r="H17" s="127"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A18" s="193"/>
       <c r="B18" s="125"/>
-      <c r="C18" s="259"/>
+      <c r="C18" s="263"/>
       <c r="D18" s="43" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="214"/>
       <c r="F18" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G18" s="117"/>
       <c r="H18" s="127"/>
     </row>
     <row r="19" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A19" s="193"/>
       <c r="B19" s="125"/>
-      <c r="C19" s="259"/>
+      <c r="C19" s="263"/>
       <c r="D19" s="43" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="214"/>
       <c r="F19" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G19" s="117"/>
       <c r="H19" s="127"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A20" s="193"/>
       <c r="B20" s="125"/>
-      <c r="C20" s="260"/>
+      <c r="C20" s="264"/>
       <c r="D20" s="43" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="214"/>
       <c r="F20" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G20" s="117"/>
       <c r="H20" s="127"/>
     </row>
     <row r="21" spans="1:8" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A21" s="193"/>
       <c r="B21" s="125"/>
       <c r="C21" s="43" t="s">
         <v>123</v>
       </c>
       <c r="D21" s="43" t="s">
         <v>52</v>
       </c>
       <c r="E21" s="214"/>
       <c r="F21" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G21" s="117"/>
       <c r="H21" s="127"/>
     </row>
     <row r="22" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="193"/>
       <c r="B22" s="125"/>
-      <c r="C22" s="258" t="s">
+      <c r="C22" s="262" t="s">
         <v>124</v>
       </c>
       <c r="D22" s="43" t="s">
         <v>53</v>
       </c>
       <c r="E22" s="214"/>
       <c r="F22" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G22" s="117"/>
       <c r="H22" s="127"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A23" s="193"/>
       <c r="B23" s="125"/>
-      <c r="C23" s="259"/>
+      <c r="C23" s="263"/>
       <c r="D23" s="43" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="214"/>
       <c r="F23" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G23" s="117"/>
       <c r="H23" s="127"/>
     </row>
     <row r="24" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="193"/>
       <c r="B24" s="125"/>
-      <c r="C24" s="259"/>
+      <c r="C24" s="263"/>
       <c r="D24" s="43" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="214"/>
       <c r="F24" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G24" s="117"/>
       <c r="H24" s="127"/>
     </row>
     <row r="25" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A25" s="193"/>
       <c r="B25" s="125"/>
-      <c r="C25" s="260"/>
+      <c r="C25" s="264"/>
       <c r="D25" s="43" t="s">
         <v>56</v>
       </c>
       <c r="E25" s="214"/>
       <c r="F25" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G25" s="117"/>
       <c r="H25" s="127"/>
     </row>
     <row r="26" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A26" s="193"/>
       <c r="B26" s="125"/>
       <c r="C26" s="43" t="s">
         <v>125</v>
       </c>
       <c r="D26" s="43" t="s">
         <v>57</v>
       </c>
       <c r="E26" s="214"/>
       <c r="F26" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G26" s="117"/>
       <c r="H26" s="127"/>
     </row>
     <row r="27" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A27" s="193"/>
       <c r="B27" s="125"/>
-      <c r="C27" s="258" t="s">
+      <c r="C27" s="262" t="s">
         <v>126</v>
       </c>
       <c r="D27" s="43" t="s">
         <v>58</v>
       </c>
       <c r="E27" s="214"/>
       <c r="F27" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G27" s="117"/>
       <c r="H27" s="127"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A28" s="193"/>
       <c r="B28" s="125"/>
-      <c r="C28" s="260"/>
+      <c r="C28" s="264"/>
       <c r="D28" s="43" t="s">
         <v>59</v>
       </c>
       <c r="E28" s="214"/>
       <c r="F28" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G28" s="117"/>
       <c r="H28" s="127"/>
     </row>
     <row r="29" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A29" s="193"/>
       <c r="B29" s="125"/>
       <c r="C29" s="43" t="s">
         <v>127</v>
       </c>
       <c r="D29" s="43" t="s">
         <v>60</v>
       </c>
       <c r="E29" s="214"/>
       <c r="F29" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G29" s="117"/>
       <c r="H29" s="127"/>
     </row>
     <row r="30" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A30" s="193"/>
       <c r="B30" s="125"/>
-      <c r="C30" s="258" t="s">
+      <c r="C30" s="262" t="s">
         <v>128</v>
       </c>
       <c r="D30" s="43" t="s">
         <v>61</v>
       </c>
       <c r="E30" s="214"/>
       <c r="F30" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G30" s="117"/>
       <c r="H30" s="127"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A31" s="193"/>
       <c r="B31" s="125"/>
-      <c r="C31" s="260"/>
+      <c r="C31" s="264"/>
       <c r="D31" s="43" t="s">
         <v>62</v>
       </c>
       <c r="E31" s="214"/>
       <c r="F31" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G31" s="117"/>
       <c r="H31" s="127"/>
     </row>
     <row r="32" spans="1:8" ht="54" x14ac:dyDescent="0.4">
       <c r="A32" s="193"/>
       <c r="B32" s="125"/>
       <c r="C32" s="43" t="s">
         <v>129</v>
       </c>
       <c r="D32" s="43" t="s">
         <v>63</v>
       </c>
       <c r="E32" s="214"/>
       <c r="F32" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G32" s="117"/>
       <c r="H32" s="127"/>
     </row>
     <row r="33" spans="1:8" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A33" s="193"/>
       <c r="B33" s="125"/>
       <c r="C33" s="43" t="s">
         <v>186</v>
       </c>
       <c r="D33" s="43" t="s">
         <v>64</v>
       </c>
       <c r="E33" s="214"/>
       <c r="F33" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G33" s="117"/>
       <c r="H33" s="127"/>
     </row>
     <row r="34" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A34" s="193"/>
       <c r="B34" s="125"/>
-      <c r="C34" s="258" t="s">
+      <c r="C34" s="262" t="s">
         <v>130</v>
       </c>
       <c r="D34" s="43" t="s">
         <v>65</v>
       </c>
       <c r="E34" s="214"/>
       <c r="F34" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G34" s="117"/>
       <c r="H34" s="127"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A35" s="193"/>
       <c r="B35" s="125"/>
-      <c r="C35" s="260"/>
+      <c r="C35" s="264"/>
       <c r="D35" s="43" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="214"/>
       <c r="F35" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G35" s="117"/>
       <c r="H35" s="127"/>
     </row>
     <row r="36" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A36" s="193"/>
       <c r="B36" s="125"/>
       <c r="C36" s="43" t="s">
         <v>131</v>
       </c>
       <c r="D36" s="43" t="s">
         <v>67</v>
       </c>
       <c r="E36" s="214"/>
       <c r="F36" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G36" s="117"/>
       <c r="H36" s="127"/>
     </row>
     <row r="37" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="193"/>
       <c r="B37" s="125"/>
-      <c r="C37" s="258" t="s">
+      <c r="C37" s="262" t="s">
         <v>132</v>
       </c>
       <c r="D37" s="43" t="s">
         <v>68</v>
       </c>
       <c r="E37" s="214"/>
       <c r="F37" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G37" s="117"/>
       <c r="H37" s="127"/>
     </row>
     <row r="38" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A38" s="193"/>
       <c r="B38" s="125"/>
-      <c r="C38" s="260"/>
+      <c r="C38" s="264"/>
       <c r="D38" s="43" t="s">
         <v>69</v>
       </c>
       <c r="E38" s="214"/>
       <c r="F38" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G38" s="117"/>
       <c r="H38" s="127"/>
     </row>
     <row r="39" spans="1:8" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A39" s="193"/>
       <c r="B39" s="125"/>
       <c r="C39" s="43" t="s">
         <v>133</v>
       </c>
       <c r="D39" s="43" t="s">
         <v>70</v>
       </c>
       <c r="E39" s="214"/>
       <c r="F39" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G39" s="117"/>
       <c r="H39" s="127"/>
     </row>
     <row r="40" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A40" s="193"/>
       <c r="B40" s="125"/>
-      <c r="C40" s="258" t="s">
+      <c r="C40" s="262" t="s">
         <v>187</v>
       </c>
       <c r="D40" s="43" t="s">
         <v>71</v>
       </c>
       <c r="E40" s="214"/>
       <c r="F40" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G40" s="117"/>
       <c r="H40" s="127"/>
     </row>
     <row r="41" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="193"/>
       <c r="B41" s="125"/>
-      <c r="C41" s="260"/>
+      <c r="C41" s="264"/>
       <c r="D41" s="43" t="s">
         <v>72</v>
       </c>
       <c r="E41" s="214"/>
       <c r="F41" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G41" s="117"/>
       <c r="H41" s="127"/>
     </row>
     <row r="42" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A42" s="193"/>
       <c r="B42" s="125"/>
       <c r="C42" s="43" t="s">
         <v>134</v>
       </c>
       <c r="D42" s="43" t="s">
         <v>73</v>
       </c>
       <c r="E42" s="214"/>
       <c r="F42" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G42" s="117"/>
       <c r="H42" s="127"/>
@@ -15037,443 +15192,443 @@
       <c r="F43" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G43" s="117"/>
       <c r="H43" s="127"/>
     </row>
     <row r="44" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A44" s="193"/>
       <c r="B44" s="125"/>
       <c r="C44" s="43" t="s">
         <v>136</v>
       </c>
       <c r="D44" s="43" t="s">
         <v>75</v>
       </c>
       <c r="E44" s="214"/>
       <c r="F44" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G44" s="117"/>
       <c r="H44" s="127"/>
     </row>
     <row r="45" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A45" s="193"/>
       <c r="B45" s="125"/>
-      <c r="C45" s="258" t="s">
+      <c r="C45" s="262" t="s">
         <v>188</v>
       </c>
       <c r="D45" s="43" t="s">
         <v>76</v>
       </c>
       <c r="E45" s="214"/>
       <c r="F45" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G45" s="117"/>
       <c r="H45" s="127"/>
     </row>
     <row r="46" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A46" s="193"/>
       <c r="B46" s="125"/>
-      <c r="C46" s="259"/>
+      <c r="C46" s="263"/>
       <c r="D46" s="43" t="s">
         <v>77</v>
       </c>
       <c r="E46" s="214"/>
       <c r="F46" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G46" s="117"/>
       <c r="H46" s="127"/>
     </row>
     <row r="47" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="193"/>
       <c r="B47" s="125"/>
-      <c r="C47" s="259"/>
+      <c r="C47" s="263"/>
       <c r="D47" s="43" t="s">
         <v>78</v>
       </c>
       <c r="E47" s="214"/>
       <c r="F47" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G47" s="117"/>
       <c r="H47" s="127"/>
     </row>
     <row r="48" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A48" s="193"/>
       <c r="B48" s="125"/>
-      <c r="C48" s="259"/>
+      <c r="C48" s="263"/>
       <c r="D48" s="43" t="s">
         <v>79</v>
       </c>
       <c r="E48" s="214"/>
       <c r="F48" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G48" s="117"/>
       <c r="H48" s="127"/>
     </row>
     <row r="49" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A49" s="193"/>
       <c r="B49" s="125"/>
-      <c r="C49" s="260"/>
+      <c r="C49" s="264"/>
       <c r="D49" s="43" t="s">
         <v>80</v>
       </c>
       <c r="E49" s="214"/>
       <c r="F49" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G49" s="117"/>
       <c r="H49" s="127"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A50" s="193"/>
       <c r="B50" s="125"/>
-      <c r="C50" s="258" t="s">
+      <c r="C50" s="262" t="s">
         <v>182</v>
       </c>
       <c r="D50" s="43" t="s">
         <v>81</v>
       </c>
       <c r="E50" s="214"/>
       <c r="F50" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G50" s="117"/>
       <c r="H50" s="127"/>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A51" s="193"/>
       <c r="B51" s="125"/>
-      <c r="C51" s="259"/>
+      <c r="C51" s="263"/>
       <c r="D51" s="43" t="s">
         <v>82</v>
       </c>
       <c r="E51" s="214"/>
       <c r="F51" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G51" s="117"/>
       <c r="H51" s="127"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A52" s="193"/>
       <c r="B52" s="125"/>
-      <c r="C52" s="260"/>
+      <c r="C52" s="264"/>
       <c r="D52" s="43" t="s">
         <v>83</v>
       </c>
       <c r="E52" s="214"/>
       <c r="F52" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G52" s="117"/>
       <c r="H52" s="127"/>
     </row>
     <row r="53" spans="1:8" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A53" s="193"/>
       <c r="B53" s="123"/>
       <c r="C53" s="43" t="s">
         <v>137</v>
       </c>
       <c r="D53" s="43" t="s">
         <v>84</v>
       </c>
       <c r="E53" s="214"/>
       <c r="F53" s="115" t="s">
         <v>183</v>
       </c>
       <c r="G53" s="117"/>
       <c r="H53" s="127"/>
     </row>
     <row r="54" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A54" s="193"/>
       <c r="B54" s="45" t="s">
         <v>245</v>
       </c>
       <c r="C54" s="43" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="43" t="s">
         <v>47</v>
       </c>
       <c r="E54" s="214"/>
       <c r="F54" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G54" s="214"/>
       <c r="H54" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A55" s="193"/>
-      <c r="B55" s="259" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="258" t="s">
+      <c r="B55" s="263" t="s">
+        <v>433</v>
+      </c>
+      <c r="C55" s="262" t="s">
         <v>122</v>
       </c>
       <c r="D55" s="43" t="s">
         <v>48</v>
       </c>
       <c r="E55" s="214"/>
       <c r="F55" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G55" s="214"/>
       <c r="H55" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A56" s="193"/>
-      <c r="B56" s="259"/>
-      <c r="C56" s="259"/>
+      <c r="B56" s="263"/>
+      <c r="C56" s="263"/>
       <c r="D56" s="43" t="s">
         <v>49</v>
       </c>
       <c r="E56" s="214"/>
       <c r="F56" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G56" s="214"/>
       <c r="H56" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="57" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A57" s="193"/>
-      <c r="B57" s="259"/>
-      <c r="C57" s="259"/>
+      <c r="B57" s="263"/>
+      <c r="C57" s="263"/>
       <c r="D57" s="43" t="s">
         <v>50</v>
       </c>
       <c r="E57" s="214"/>
       <c r="F57" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G57" s="214"/>
       <c r="H57" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A58" s="193"/>
       <c r="B58" s="125"/>
-      <c r="C58" s="260"/>
+      <c r="C58" s="264"/>
       <c r="D58" s="43" t="s">
         <v>51</v>
       </c>
       <c r="E58" s="214"/>
       <c r="F58" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G58" s="214"/>
       <c r="H58" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="59" spans="1:8" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A59" s="193"/>
       <c r="B59" s="125"/>
       <c r="C59" s="43" t="s">
         <v>123</v>
       </c>
       <c r="D59" s="43" t="s">
         <v>52</v>
       </c>
       <c r="E59" s="214"/>
       <c r="F59" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G59" s="214"/>
       <c r="H59" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A60" s="193"/>
       <c r="B60" s="125"/>
-      <c r="C60" s="258" t="s">
+      <c r="C60" s="262" t="s">
         <v>124</v>
       </c>
       <c r="D60" s="43" t="s">
         <v>53</v>
       </c>
       <c r="E60" s="214"/>
       <c r="F60" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G60" s="214"/>
       <c r="H60" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A61" s="193"/>
       <c r="B61" s="125"/>
-      <c r="C61" s="259"/>
+      <c r="C61" s="263"/>
       <c r="D61" s="43" t="s">
         <v>54</v>
       </c>
       <c r="E61" s="214"/>
       <c r="F61" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G61" s="214"/>
       <c r="H61" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="62" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A62" s="193"/>
       <c r="B62" s="125"/>
-      <c r="C62" s="259"/>
+      <c r="C62" s="263"/>
       <c r="D62" s="43" t="s">
         <v>55</v>
       </c>
       <c r="E62" s="214"/>
       <c r="F62" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G62" s="214"/>
       <c r="H62" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="63" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A63" s="193"/>
       <c r="B63" s="125"/>
-      <c r="C63" s="260"/>
+      <c r="C63" s="264"/>
       <c r="D63" s="43" t="s">
         <v>56</v>
       </c>
       <c r="E63" s="214"/>
       <c r="F63" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G63" s="214"/>
       <c r="H63" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="64" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A64" s="193"/>
       <c r="B64" s="125"/>
       <c r="C64" s="43" t="s">
         <v>125</v>
       </c>
       <c r="D64" s="43" t="s">
         <v>57</v>
       </c>
       <c r="E64" s="214"/>
       <c r="F64" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G64" s="214"/>
       <c r="H64" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="65" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A65" s="193"/>
       <c r="B65" s="125"/>
-      <c r="C65" s="258" t="s">
+      <c r="C65" s="262" t="s">
         <v>126</v>
       </c>
       <c r="D65" s="43" t="s">
         <v>58</v>
       </c>
       <c r="E65" s="214"/>
       <c r="F65" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G65" s="214"/>
       <c r="H65" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A66" s="193"/>
       <c r="B66" s="125"/>
-      <c r="C66" s="260"/>
+      <c r="C66" s="264"/>
       <c r="D66" s="43" t="s">
         <v>59</v>
       </c>
       <c r="E66" s="214"/>
       <c r="F66" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G66" s="214"/>
       <c r="H66" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="67" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A67" s="193"/>
       <c r="B67" s="125"/>
       <c r="C67" s="43" t="s">
         <v>127</v>
       </c>
       <c r="D67" s="43" t="s">
         <v>60</v>
       </c>
       <c r="E67" s="214"/>
       <c r="F67" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G67" s="214"/>
       <c r="H67" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="68" spans="1:8" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A68" s="193"/>
       <c r="B68" s="125"/>
-      <c r="C68" s="258" t="s">
+      <c r="C68" s="262" t="s">
         <v>128</v>
       </c>
       <c r="D68" s="43" t="s">
         <v>61</v>
       </c>
       <c r="E68" s="214"/>
       <c r="F68" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G68" s="214"/>
       <c r="H68" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A69" s="193"/>
       <c r="B69" s="125"/>
-      <c r="C69" s="260"/>
+      <c r="C69" s="264"/>
       <c r="D69" s="43" t="s">
         <v>62</v>
       </c>
       <c r="E69" s="214"/>
       <c r="F69" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G69" s="214"/>
       <c r="H69" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="70" spans="1:8" ht="54" x14ac:dyDescent="0.4">
       <c r="A70" s="193"/>
       <c r="B70" s="125"/>
       <c r="C70" s="43" t="s">
         <v>129</v>
       </c>
       <c r="D70" s="43" t="s">
         <v>63</v>
       </c>
       <c r="E70" s="214"/>
       <c r="F70" s="15" t="s">
         <v>98</v>
       </c>
@@ -15481,173 +15636,173 @@
       <c r="H70" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="71" spans="1:8" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A71" s="193"/>
       <c r="B71" s="125"/>
       <c r="C71" s="43" t="s">
         <v>186</v>
       </c>
       <c r="D71" s="43" t="s">
         <v>64</v>
       </c>
       <c r="E71" s="214"/>
       <c r="F71" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G71" s="214"/>
       <c r="H71" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="72" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A72" s="193"/>
       <c r="B72" s="125"/>
-      <c r="C72" s="258" t="s">
+      <c r="C72" s="262" t="s">
         <v>130</v>
       </c>
       <c r="D72" s="43" t="s">
         <v>65</v>
       </c>
       <c r="E72" s="214"/>
       <c r="F72" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G72" s="214"/>
       <c r="H72" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A73" s="193"/>
       <c r="B73" s="125"/>
-      <c r="C73" s="260"/>
+      <c r="C73" s="264"/>
       <c r="D73" s="43" t="s">
         <v>66</v>
       </c>
       <c r="E73" s="214"/>
       <c r="F73" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G73" s="214"/>
       <c r="H73" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="74" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A74" s="193"/>
       <c r="B74" s="125"/>
       <c r="C74" s="43" t="s">
         <v>131</v>
       </c>
       <c r="D74" s="43" t="s">
         <v>67</v>
       </c>
       <c r="E74" s="214"/>
       <c r="F74" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G74" s="214"/>
       <c r="H74" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A75" s="193"/>
       <c r="B75" s="125"/>
-      <c r="C75" s="258" t="s">
+      <c r="C75" s="262" t="s">
         <v>132</v>
       </c>
       <c r="D75" s="43" t="s">
         <v>68</v>
       </c>
       <c r="E75" s="214"/>
       <c r="F75" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G75" s="214"/>
       <c r="H75" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A76" s="193"/>
       <c r="B76" s="125"/>
-      <c r="C76" s="260"/>
+      <c r="C76" s="264"/>
       <c r="D76" s="43" t="s">
         <v>69</v>
       </c>
       <c r="E76" s="214"/>
       <c r="F76" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G76" s="214"/>
       <c r="H76" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="77" spans="1:8" ht="39.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A77" s="193"/>
       <c r="B77" s="125"/>
       <c r="C77" s="43" t="s">
         <v>133</v>
       </c>
       <c r="D77" s="43" t="s">
         <v>70</v>
       </c>
       <c r="E77" s="214"/>
       <c r="F77" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G77" s="214"/>
       <c r="H77" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="78" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A78" s="193"/>
       <c r="B78" s="125"/>
-      <c r="C78" s="258" t="s">
+      <c r="C78" s="262" t="s">
         <v>187</v>
       </c>
       <c r="D78" s="43" t="s">
         <v>71</v>
       </c>
       <c r="E78" s="214"/>
       <c r="F78" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G78" s="214"/>
       <c r="H78" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="79" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A79" s="193"/>
       <c r="B79" s="125"/>
-      <c r="C79" s="260"/>
+      <c r="C79" s="264"/>
       <c r="D79" s="43" t="s">
         <v>72</v>
       </c>
       <c r="E79" s="214"/>
       <c r="F79" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G79" s="214"/>
       <c r="H79" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="80" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A80" s="193"/>
       <c r="B80" s="125"/>
       <c r="C80" s="43" t="s">
         <v>134</v>
       </c>
       <c r="D80" s="43" t="s">
         <v>73</v>
       </c>
       <c r="E80" s="214"/>
       <c r="F80" s="15" t="s">
         <v>98</v>
       </c>
@@ -15673,419 +15828,419 @@
       <c r="H81" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="82" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A82" s="193"/>
       <c r="B82" s="125"/>
       <c r="C82" s="43" t="s">
         <v>136</v>
       </c>
       <c r="D82" s="43" t="s">
         <v>75</v>
       </c>
       <c r="E82" s="214"/>
       <c r="F82" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G82" s="214"/>
       <c r="H82" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="83" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A83" s="193"/>
       <c r="B83" s="125"/>
-      <c r="C83" s="258" t="s">
+      <c r="C83" s="262" t="s">
         <v>188</v>
       </c>
       <c r="D83" s="43" t="s">
         <v>76</v>
       </c>
       <c r="E83" s="214"/>
       <c r="F83" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G83" s="214"/>
       <c r="H83" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="84" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A84" s="193"/>
       <c r="B84" s="125"/>
-      <c r="C84" s="259"/>
+      <c r="C84" s="263"/>
       <c r="D84" s="43" t="s">
         <v>77</v>
       </c>
       <c r="E84" s="214"/>
       <c r="F84" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G84" s="214"/>
       <c r="H84" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="85" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A85" s="193"/>
       <c r="B85" s="125"/>
-      <c r="C85" s="259"/>
+      <c r="C85" s="263"/>
       <c r="D85" s="43" t="s">
         <v>78</v>
       </c>
       <c r="E85" s="214"/>
       <c r="F85" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G85" s="214"/>
       <c r="H85" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="86" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A86" s="193"/>
       <c r="B86" s="125"/>
-      <c r="C86" s="259"/>
+      <c r="C86" s="263"/>
       <c r="D86" s="43" t="s">
         <v>79</v>
       </c>
       <c r="E86" s="214"/>
       <c r="F86" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G86" s="214"/>
       <c r="H86" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="87" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A87" s="193"/>
       <c r="B87" s="125"/>
-      <c r="C87" s="260"/>
+      <c r="C87" s="264"/>
       <c r="D87" s="43" t="s">
         <v>80</v>
       </c>
       <c r="E87" s="214"/>
       <c r="F87" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G87" s="214"/>
       <c r="H87" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A88" s="193"/>
       <c r="B88" s="125"/>
-      <c r="C88" s="258" t="s">
+      <c r="C88" s="262" t="s">
         <v>182</v>
       </c>
       <c r="D88" s="43" t="s">
         <v>81</v>
       </c>
       <c r="E88" s="214"/>
       <c r="F88" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G88" s="214"/>
       <c r="H88" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A89" s="193"/>
       <c r="B89" s="125"/>
-      <c r="C89" s="259"/>
+      <c r="C89" s="263"/>
       <c r="D89" s="43" t="s">
         <v>82</v>
       </c>
       <c r="E89" s="214"/>
       <c r="F89" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G89" s="214"/>
       <c r="H89" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A90" s="193"/>
       <c r="B90" s="125"/>
-      <c r="C90" s="260"/>
+      <c r="C90" s="264"/>
       <c r="D90" s="43" t="s">
         <v>83</v>
       </c>
       <c r="E90" s="214"/>
       <c r="F90" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G90" s="214"/>
       <c r="H90" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="91" spans="1:8" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A91" s="193"/>
       <c r="B91" s="123"/>
       <c r="C91" s="43" t="s">
         <v>137</v>
       </c>
       <c r="D91" s="43" t="s">
         <v>84</v>
       </c>
       <c r="E91" s="214"/>
       <c r="F91" s="15" t="s">
         <v>98</v>
       </c>
       <c r="G91" s="214"/>
       <c r="H91" s="15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="92" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A92" s="194"/>
-      <c r="B92" s="258" t="s">
+      <c r="B92" s="262" t="s">
         <v>246</v>
       </c>
-      <c r="C92" s="305" t="s">
-[...2 lines deleted...]
-      <c r="D92" s="255"/>
+      <c r="C92" s="309" t="s">
+        <v>416</v>
+      </c>
+      <c r="D92" s="259"/>
       <c r="E92" s="204"/>
       <c r="F92" s="115"/>
       <c r="G92" s="204"/>
       <c r="H92" s="15"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A93" s="194"/>
-      <c r="B93" s="259"/>
+      <c r="B93" s="263"/>
       <c r="C93" s="52"/>
       <c r="D93" s="61" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E93" s="204"/>
       <c r="F93" s="115"/>
       <c r="G93" s="126"/>
       <c r="H93" s="15"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A94" s="128"/>
-      <c r="B94" s="259"/>
+      <c r="B94" s="263"/>
       <c r="C94" s="129" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D94" s="130"/>
       <c r="E94" s="117"/>
       <c r="F94" s="15"/>
       <c r="G94" s="204"/>
       <c r="H94" s="127"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A95" s="128"/>
-      <c r="B95" s="260"/>
+      <c r="B95" s="264"/>
       <c r="C95" s="131"/>
       <c r="D95" s="149" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E95" s="117"/>
       <c r="F95" s="15"/>
       <c r="G95" s="204"/>
       <c r="H95" s="127"/>
     </row>
     <row r="96" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A96" s="193"/>
-      <c r="B96" s="267" t="s">
+      <c r="B96" s="286" t="s">
         <v>102</v>
       </c>
       <c r="C96" s="56" t="s">
         <v>85</v>
       </c>
       <c r="D96" s="57"/>
       <c r="E96" s="139"/>
       <c r="F96" s="15"/>
       <c r="G96" s="139"/>
       <c r="H96" s="15"/>
     </row>
     <row r="97" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A97" s="193"/>
-      <c r="B97" s="269"/>
+      <c r="B97" s="288"/>
       <c r="C97" s="56" t="s">
         <v>86</v>
       </c>
       <c r="D97" s="60"/>
       <c r="E97" s="139"/>
       <c r="F97" s="15"/>
       <c r="G97" s="139"/>
       <c r="H97" s="15"/>
     </row>
     <row r="98" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A98" s="193"/>
-      <c r="B98" s="258" t="s">
-        <v>371</v>
+      <c r="B98" s="262" t="s">
+        <v>369</v>
       </c>
       <c r="C98" s="132" t="s">
         <v>103</v>
       </c>
       <c r="D98" s="133"/>
       <c r="E98" s="204"/>
       <c r="F98" s="15"/>
-      <c r="G98" s="252"/>
+      <c r="G98" s="256"/>
       <c r="H98" s="15"/>
     </row>
     <row r="99" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A99" s="193"/>
-      <c r="B99" s="259"/>
+      <c r="B99" s="263"/>
       <c r="C99" s="132" t="s">
         <v>247</v>
       </c>
       <c r="D99" s="133"/>
       <c r="E99" s="204"/>
       <c r="F99" s="15"/>
-      <c r="G99" s="254"/>
+      <c r="G99" s="258"/>
       <c r="H99" s="15"/>
     </row>
     <row r="100" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A100" s="165"/>
-      <c r="B100" s="260"/>
+      <c r="B100" s="264"/>
       <c r="C100" s="156" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="D100" s="157"/>
       <c r="E100" s="126"/>
       <c r="F100" s="15"/>
       <c r="G100" s="201"/>
       <c r="H100" s="15"/>
     </row>
     <row r="101" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A101" s="193"/>
-      <c r="B101" s="258" t="s">
+      <c r="B101" s="262" t="s">
         <v>248</v>
       </c>
       <c r="C101" s="118" t="s">
         <v>144</v>
       </c>
       <c r="D101" s="134"/>
       <c r="E101" s="204"/>
       <c r="F101" s="15"/>
-      <c r="G101" s="252"/>
+      <c r="G101" s="256"/>
       <c r="H101" s="15"/>
     </row>
     <row r="102" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A102" s="193"/>
-      <c r="B102" s="259"/>
+      <c r="B102" s="263"/>
       <c r="C102" s="135" t="s">
         <v>104</v>
       </c>
       <c r="D102" s="136"/>
       <c r="E102" s="204"/>
       <c r="F102" s="15"/>
-      <c r="G102" s="253"/>
+      <c r="G102" s="257"/>
       <c r="H102" s="15"/>
     </row>
     <row r="103" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A103" s="193"/>
-      <c r="B103" s="259"/>
+      <c r="B103" s="263"/>
       <c r="C103" s="118" t="s">
         <v>145</v>
       </c>
       <c r="D103" s="134"/>
       <c r="E103" s="204"/>
       <c r="F103" s="15"/>
-      <c r="G103" s="254"/>
+      <c r="G103" s="258"/>
       <c r="H103" s="15"/>
     </row>
     <row r="104" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A104" s="165"/>
-      <c r="B104" s="260"/>
+      <c r="B104" s="264"/>
       <c r="C104" s="156" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="D104" s="134"/>
       <c r="E104" s="126"/>
       <c r="F104" s="15"/>
       <c r="G104" s="139"/>
       <c r="H104" s="15"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A105" s="194"/>
       <c r="B105" s="132" t="s">
         <v>185</v>
       </c>
       <c r="C105" s="133"/>
       <c r="D105" s="133"/>
       <c r="E105" s="204"/>
       <c r="F105" s="15"/>
       <c r="G105" s="139"/>
       <c r="H105" s="15"/>
     </row>
     <row r="106" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A106" s="15"/>
       <c r="B106" s="58" t="s">
         <v>249</v>
       </c>
       <c r="C106" s="56" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="D106" s="57"/>
       <c r="E106" s="55"/>
       <c r="F106" s="15"/>
       <c r="G106" s="214"/>
       <c r="H106" s="15" t="s">
         <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="1jj5gcH7IF9phYqppeXh+hCxjl0Bf6zjpGIHvpiDaW7/aNsXX5K9qpSgE2P3Ng+vRfwc6AxCJsg7qkQAXGXHiA==" saltValue="iHUztbUY9KOb6GEUoJ81wg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aLMxkGVALijK+37azp6CDztuqQH18tPqmUwxMy5yj5uqMhvjl6PrwijMd1FRQlp4zdMAuNyuJI26xDXwhYveYA==" saltValue="r59Uevah5dptVqA8J47aQw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="27">
+    <mergeCell ref="C45:C49"/>
+    <mergeCell ref="C50:C52"/>
+    <mergeCell ref="C65:C66"/>
+    <mergeCell ref="C55:C58"/>
+    <mergeCell ref="C75:C76"/>
+    <mergeCell ref="C72:C73"/>
+    <mergeCell ref="C92:D92"/>
+    <mergeCell ref="C78:C79"/>
+    <mergeCell ref="C88:C90"/>
+    <mergeCell ref="C83:C87"/>
+    <mergeCell ref="B92:B95"/>
     <mergeCell ref="B55:B57"/>
     <mergeCell ref="G101:G103"/>
     <mergeCell ref="B12:B15"/>
     <mergeCell ref="C17:C20"/>
     <mergeCell ref="C22:C25"/>
     <mergeCell ref="C27:C28"/>
     <mergeCell ref="C30:C31"/>
     <mergeCell ref="G98:G99"/>
     <mergeCell ref="B98:B100"/>
     <mergeCell ref="B101:B104"/>
     <mergeCell ref="C34:C35"/>
     <mergeCell ref="C37:C38"/>
     <mergeCell ref="C40:C41"/>
     <mergeCell ref="C60:C63"/>
     <mergeCell ref="C68:C69"/>
     <mergeCell ref="B96:B97"/>
-    <mergeCell ref="C92:D92"/>
-[...9 lines deleted...]
-    <mergeCell ref="C72:C73"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="G94">
     <cfRule type="expression" dxfId="9" priority="1">
       <formula>$G$92="不足しなかった"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E16:E53 E54:E91 G54:G91" xr:uid="{6850D37A-C63E-46CA-8C64-EE508C2703C3}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E6 G6" xr:uid="{ABE8CC91-1C08-441D-88E8-AB78BC5EEB04}"/>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="郵便番号は、半角数字、ハイフンなしで入力してください。" sqref="E7" xr:uid="{D95D780A-FA73-46B4-AB63-BC2FBC81C941}">
       <formula1>9999999</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="93" id="{5D86DA6A-D730-488B-88FB-CA136E4E9762}">
             <xm:f>OR(頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
@@ -16251,56 +16406,56 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{98629606-4BA9-453C-B46C-F68F078BF70B}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$L$2:$L$4</xm:f>
           </x14:formula1>
           <xm:sqref>G98:G99</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{21B6D630-977B-4CAA-B03B-DDB754F2B45D}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$S$2:$S$3</xm:f>
           </x14:formula1>
           <xm:sqref>G101:G103</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D894D98-2FEA-4B72-8241-C06C93107B73}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK508"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="G93" sqref="G93"/>
       <selection pane="topRight" activeCell="G93" sqref="G93"/>
       <selection pane="bottomLeft" activeCell="G93" sqref="G93"/>
-      <selection pane="bottomRight" activeCell="D14" sqref="D14"/>
+      <selection pane="bottomRight" activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="8.75" style="1"/>
     <col min="2" max="2" width="4.125" style="174" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.25" style="1" customWidth="1"/>
     <col min="4" max="5" width="12.125" style="1" customWidth="1"/>
     <col min="6" max="8" width="8" style="1" customWidth="1"/>
     <col min="9" max="9" width="25" style="1" customWidth="1"/>
     <col min="10" max="37" width="8" style="1" customWidth="1"/>
     <col min="38" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
         <v>93</v>
       </c>
       <c r="B1" s="177"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
     </row>
     <row r="2" spans="1:37" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A2" s="15" t="s">
@@ -16369,166 +16524,166 @@
       <c r="O3" s="15"/>
       <c r="P3" s="15"/>
       <c r="Q3" s="15"/>
       <c r="R3" s="15"/>
       <c r="S3" s="15"/>
       <c r="T3" s="15"/>
       <c r="U3" s="15"/>
       <c r="V3" s="15"/>
       <c r="W3" s="15"/>
       <c r="X3" s="15"/>
       <c r="Y3" s="15"/>
       <c r="Z3" s="15"/>
       <c r="AA3" s="15"/>
       <c r="AB3" s="15"/>
       <c r="AC3" s="15"/>
       <c r="AD3" s="15"/>
       <c r="AE3" s="15"/>
       <c r="AF3" s="15"/>
       <c r="AG3" s="15"/>
       <c r="AH3" s="15"/>
       <c r="AI3" s="15"/>
       <c r="AJ3" s="15"/>
       <c r="AK3" s="15"/>
     </row>
     <row r="4" spans="1:37" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A4" s="306" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="310" t="s">
+      <c r="A4" s="310" t="s">
+        <v>389</v>
+      </c>
+      <c r="B4" s="312"/>
+      <c r="C4" s="314" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="311" t="s">
+      <c r="D4" s="315" t="s">
         <v>108</v>
       </c>
-      <c r="E4" s="311" t="s">
+      <c r="E4" s="315" t="s">
         <v>109</v>
       </c>
-      <c r="F4" s="258" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="311" t="s">
+      <c r="F4" s="262" t="s">
+        <v>370</v>
+      </c>
+      <c r="G4" s="315" t="s">
         <v>156</v>
       </c>
-      <c r="H4" s="311" t="s">
+      <c r="H4" s="315" t="s">
         <v>110</v>
       </c>
-      <c r="I4" s="258" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="310" t="s">
+      <c r="I4" s="262" t="s">
+        <v>426</v>
+      </c>
+      <c r="J4" s="314" t="s">
         <v>107</v>
       </c>
-      <c r="K4" s="310"/>
-[...25 lines deleted...]
-      <c r="AK4" s="310"/>
+      <c r="K4" s="314"/>
+      <c r="L4" s="314"/>
+      <c r="M4" s="314"/>
+      <c r="N4" s="314"/>
+      <c r="O4" s="314"/>
+      <c r="P4" s="314"/>
+      <c r="Q4" s="314"/>
+      <c r="R4" s="314"/>
+      <c r="S4" s="314"/>
+      <c r="T4" s="314"/>
+      <c r="U4" s="314"/>
+      <c r="V4" s="314"/>
+      <c r="W4" s="314"/>
+      <c r="X4" s="314"/>
+      <c r="Y4" s="314"/>
+      <c r="Z4" s="314"/>
+      <c r="AA4" s="314"/>
+      <c r="AB4" s="314"/>
+      <c r="AC4" s="314"/>
+      <c r="AD4" s="314"/>
+      <c r="AE4" s="314"/>
+      <c r="AF4" s="314"/>
+      <c r="AG4" s="314"/>
+      <c r="AH4" s="314"/>
+      <c r="AI4" s="314"/>
+      <c r="AJ4" s="314"/>
+      <c r="AK4" s="314"/>
     </row>
     <row r="5" spans="1:37" ht="135" x14ac:dyDescent="0.4">
-      <c r="A5" s="307"/>
-[...7 lines deleted...]
-      <c r="I5" s="260"/>
+      <c r="A5" s="311"/>
+      <c r="B5" s="313"/>
+      <c r="C5" s="314"/>
+      <c r="D5" s="316"/>
+      <c r="E5" s="316"/>
+      <c r="F5" s="264"/>
+      <c r="G5" s="316"/>
+      <c r="H5" s="316"/>
+      <c r="I5" s="264"/>
       <c r="J5" s="51" t="s">
         <v>16</v>
       </c>
       <c r="K5" s="51" t="s">
         <v>17</v>
       </c>
       <c r="L5" s="51" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="51" t="s">
         <v>26</v>
       </c>
       <c r="N5" s="51" t="s">
         <v>199</v>
       </c>
       <c r="O5" s="51" t="s">
         <v>21</v>
       </c>
       <c r="P5" s="51" t="s">
         <v>22</v>
       </c>
       <c r="Q5" s="53" t="s">
         <v>194</v>
       </c>
       <c r="R5" s="51" t="s">
         <v>29</v>
       </c>
       <c r="S5" s="51" t="s">
         <v>30</v>
       </c>
       <c r="T5" s="51" t="s">
         <v>31</v>
       </c>
       <c r="U5" s="51" t="s">
         <v>32</v>
       </c>
       <c r="V5" s="51" t="s">
         <v>33</v>
       </c>
       <c r="W5" s="51" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="51" t="s">
         <v>35</v>
       </c>
       <c r="Y5" s="51" t="s">
         <v>36</v>
       </c>
       <c r="Z5" s="53" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="AA5" s="51" t="s">
         <v>37</v>
       </c>
       <c r="AB5" s="51" t="s">
         <v>38</v>
       </c>
       <c r="AC5" s="51" t="s">
         <v>39</v>
       </c>
       <c r="AD5" s="51" t="s">
         <v>40</v>
       </c>
       <c r="AE5" s="51" t="s">
         <v>41</v>
       </c>
       <c r="AF5" s="51" t="s">
         <v>42</v>
       </c>
       <c r="AG5" s="51" t="s">
         <v>43</v>
       </c>
       <c r="AH5" s="51" t="s">
         <v>44</v>
       </c>
@@ -37533,51 +37688,51 @@
       <c r="AA505" s="221"/>
       <c r="AB505" s="221"/>
       <c r="AC505" s="221"/>
       <c r="AD505" s="221"/>
       <c r="AE505" s="221"/>
       <c r="AF505" s="221"/>
       <c r="AG505" s="221"/>
       <c r="AH505" s="221"/>
       <c r="AI505" s="221"/>
       <c r="AJ505" s="221"/>
       <c r="AK505" s="221"/>
     </row>
     <row r="507" spans="1:37" x14ac:dyDescent="0.4">
       <c r="B507" s="180"/>
       <c r="C507" s="5"/>
       <c r="E507" s="3"/>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
     </row>
     <row r="508" spans="1:37" x14ac:dyDescent="0.4">
       <c r="B508" s="180"/>
       <c r="C508" s="5"/>
       <c r="F508" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="UGX/eFRtRWZf+LZ67k/usf6iceCYHx4L053o65jsKxdeR7rb3/p0Ds7BUuxbzVt+rVl5k72O9yL9o/zQrUovzw==" saltValue="/hVoeFN0gZKOnDxLHQ3Abg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="UKx6uAu4oUq1SbcqjoFxSIchxhiCdXY4HpmaUexsCEkb148DCvVieNw3KOqGUKWB3vSjBWnbATbVfVTMr7BVQg==" saltValue="F7NqDBmPz/V4xiPRqQkNcA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="10">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="J4:AK4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="I4:I5"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="59" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1" id="{7A6658AD-B25B-44CA-AFCA-2A1B08664D42}">
             <xm:f>OR(頭紙!$A$16&lt;&gt;"",頭紙!$A$41&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="9" tint="0.79998168889431442"/>
@@ -37660,421 +37815,421 @@
           </x14:formula1>
           <xm:sqref>H6:H505</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1A3D218F-DEF6-4355-AE3C-EE9DF10628D8}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$X$2</xm:f>
           </x14:formula1>
           <xm:sqref>J6:P505 R6:R505 T6:W505 Y6:Y505 AB6:AB505 AD6:AK505</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D597E136-E12F-434A-AB9C-DDABA62F0A02}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$Y$2:$Y$5</xm:f>
           </x14:formula1>
           <xm:sqref>Q6:Q505 S6:S505 X6:X505 Z6:AA505 AC6:AC505</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC5DCC6C-6C72-41A7-931B-EA8488FB96F1}">
   <dimension ref="A1:Y48"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="K14" sqref="K14"/>
+    <sheetView topLeftCell="J1" workbookViewId="0">
+      <selection activeCell="M7" sqref="M7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="5.25" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="6.75" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="5.25" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="20.125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="8.75" style="1"/>
     <col min="8" max="8" width="20.25" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="34" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="11.25" style="1" customWidth="1"/>
     <col min="12" max="12" width="15.375" style="1" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11" style="1" customWidth="1"/>
     <col min="14" max="14" width="12.375" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="18.5" style="1" customWidth="1"/>
     <col min="16" max="16" width="32.75" style="1" customWidth="1"/>
     <col min="17" max="17" width="37.75" style="1" customWidth="1"/>
     <col min="18" max="20" width="8.75" style="1"/>
     <col min="21" max="21" width="24.125" style="1" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="17.25" style="1" customWidth="1"/>
     <col min="23" max="23" width="27.75" style="1" customWidth="1"/>
     <col min="24" max="24" width="8.75" style="1"/>
     <col min="25" max="25" width="25.25" style="1" bestFit="1" customWidth="1"/>
     <col min="26" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="30" customFormat="1" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A1" s="30" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B1" s="30" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C1" s="30" t="s">
         <v>301</v>
       </c>
       <c r="D1" s="30" t="s">
         <v>318</v>
       </c>
       <c r="E1" s="30" t="s">
         <v>6</v>
       </c>
       <c r="F1" s="30" t="s">
         <v>28</v>
       </c>
       <c r="G1" s="30" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="30" t="s">
         <v>304</v>
       </c>
       <c r="I1" s="30" t="s">
         <v>317</v>
       </c>
       <c r="J1" s="30" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="K1" s="30" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="L1" s="30" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="M1" s="30" t="s">
         <v>325</v>
       </c>
       <c r="N1" s="30" t="s">
         <v>162</v>
       </c>
       <c r="O1" s="30" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="P1" s="30" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="Q1" s="30" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="R1" s="30" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="S1" s="30" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="T1" s="30" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="U1" s="30" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="V1" s="30" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="W1" s="30" t="s">
         <v>156</v>
       </c>
       <c r="X1" s="30" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="Y1" s="30" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
     </row>
     <row r="2" spans="1:25" x14ac:dyDescent="0.4">
       <c r="A2" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>321</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>302</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>319</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>300</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>226</v>
       </c>
       <c r="G2" s="29" t="s">
         <v>251</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>311</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>313</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>324</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>313</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>326</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>106</v>
       </c>
       <c r="O2" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="Q2" s="1" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>319</v>
       </c>
       <c r="S2" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="T2" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>326</v>
       </c>
       <c r="V2" s="1" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="W2" s="1" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="X2" s="1" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="Y2" s="1" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.4">
       <c r="B3" s="1" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>303</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>320</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>298</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="G3" s="29" t="s">
         <v>252</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>305</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>314</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>322</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L3" s="1" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="M3" s="1" t="s">
         <v>327</v>
       </c>
       <c r="N3" s="1" t="s">
         <v>172</v>
       </c>
       <c r="O3" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="P3" s="1" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="Q3" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="R3" s="1" t="s">
         <v>320</v>
       </c>
       <c r="S3" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="T3" s="1" t="s">
         <v>119</v>
       </c>
       <c r="U3" s="1" t="s">
         <v>327</v>
       </c>
       <c r="V3" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="W3" s="1" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="Y3" s="1" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.4">
       <c r="E4" s="1" t="s">
         <v>299</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>225</v>
       </c>
       <c r="G4" s="29" t="s">
         <v>253</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>306</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>315</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>323</v>
       </c>
       <c r="L4" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="M4" s="1" t="s">
         <v>328</v>
       </c>
       <c r="O4" s="1" t="s">
         <v>242</v>
       </c>
       <c r="P4" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="Q4" s="1" t="s">
         <v>242</v>
       </c>
       <c r="R4" s="1" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="T4" s="1" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="U4" s="1" t="s">
         <v>328</v>
       </c>
       <c r="W4" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="Y4" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.4">
       <c r="F5" s="1" t="s">
         <v>242</v>
       </c>
       <c r="G5" s="29" t="s">
         <v>254</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>307</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>316</v>
       </c>
       <c r="M5" s="1" t="s">
         <v>329</v>
       </c>
       <c r="U5" s="1" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="W5" s="1" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="Y5" s="1" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G6" s="29" t="s">
         <v>255</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>312</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>330</v>
+        <v>441</v>
       </c>
       <c r="U6" s="1" t="s">
-        <v>347</v>
+        <v>440</v>
       </c>
     </row>
     <row r="7" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G7" s="29" t="s">
         <v>256</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>309</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="U7" s="1" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
     </row>
     <row r="8" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G8" s="29" t="s">
         <v>257</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>310</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
     </row>
     <row r="9" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G9" s="29" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="10" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G10" s="29" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="11" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G11" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G12" s="29" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.4">
       <c r="G13" s="29" t="s">
         <v>262</v>
@@ -38275,60 +38430,60 @@
     <col min="2" max="2" width="12.25" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="10" width="8.75" style="1"/>
     <col min="11" max="11" width="36" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A2" s="17" t="s">
         <v>175</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>174</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>164</v>
       </c>
       <c r="D2" s="17" t="s">
         <v>165</v>
       </c>
       <c r="E2" s="17" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="F2" s="17" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="G2" s="17" t="s">
         <v>166</v>
       </c>
       <c r="H2" s="17" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="I2" s="17" t="s">
         <v>167</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>168</v>
       </c>
       <c r="K2" s="17" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A3" s="12" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C3" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>173</v>
       </c>
       <c r="E3" s="17" t="s">
@@ -38371,120 +38526,120 @@
         <v>119</v>
       </c>
       <c r="B5" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C5" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D5" s="17" t="s">
         <v>173</v>
       </c>
       <c r="E5" s="17" t="s">
         <v>173</v>
       </c>
       <c r="F5" s="17"/>
       <c r="G5" s="17" t="s">
         <v>173</v>
       </c>
       <c r="H5" s="17" t="s">
         <v>173</v>
       </c>
       <c r="I5" s="17"/>
       <c r="J5" s="205" t="s">
         <v>173</v>
       </c>
-      <c r="K5" s="313" t="s">
+      <c r="K5" s="317" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A6" s="14"/>
       <c r="B6" s="13" t="s">
         <v>172</v>
       </c>
       <c r="C6" s="17"/>
       <c r="D6" s="17"/>
       <c r="E6" s="17"/>
       <c r="F6" s="17"/>
       <c r="G6" s="17"/>
       <c r="H6" s="17" t="s">
         <v>173</v>
       </c>
       <c r="I6" s="17" t="s">
         <v>173</v>
       </c>
       <c r="J6" s="17"/>
-      <c r="K6" s="314"/>
+      <c r="K6" s="318"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A7" s="12" t="s">
         <v>170</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C7" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D7" s="17" t="s">
         <v>173</v>
       </c>
       <c r="E7" s="17" t="s">
         <v>173</v>
       </c>
       <c r="F7" s="17"/>
       <c r="G7" s="17" t="s">
         <v>173</v>
       </c>
       <c r="H7" s="17" t="s">
         <v>173</v>
       </c>
       <c r="I7" s="17"/>
       <c r="J7" s="17" t="s">
         <v>173</v>
       </c>
-      <c r="K7" s="314"/>
+      <c r="K7" s="318"/>
     </row>
     <row r="8" spans="1:11" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A8" s="14"/>
       <c r="B8" s="13" t="s">
         <v>172</v>
       </c>
       <c r="C8" s="17"/>
       <c r="D8" s="17"/>
       <c r="E8" s="17"/>
       <c r="F8" s="17"/>
       <c r="G8" s="17"/>
       <c r="H8" s="17" t="s">
         <v>173</v>
       </c>
       <c r="I8" s="18" t="s">
         <v>178</v>
       </c>
       <c r="J8" s="17"/>
-      <c r="K8" s="315"/>
+      <c r="K8" s="319"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.4">
       <c r="A9" s="12" t="s">
         <v>171</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>106</v>
       </c>
       <c r="C9" s="17" t="s">
         <v>173</v>
       </c>
       <c r="D9" s="17" t="s">
         <v>173</v>
       </c>
       <c r="E9" s="206"/>
       <c r="F9" s="207" t="s">
         <v>173</v>
       </c>
       <c r="G9" s="207"/>
       <c r="H9" s="205" t="s">
         <v>173</v>
       </c>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="K9" s="13"/>
@@ -38503,52 +38658,80 @@
         <v>173</v>
       </c>
       <c r="I10" s="17"/>
       <c r="J10" s="17"/>
       <c r="K10" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="K5:K8"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B64F73948072F14AA99A0BE3BF7AD767" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="dd1971dff235e1bf1fd5431f6ffcb2a2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37a18c442c98c56c0e16bb14fb55498b" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="85e6e18b-26c1-4122-9e79-e6c53ac26d53" xsi:nil="true"/>
+    <Owner xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <_Flow_SignoffStatus xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B64F73948072F14AA99A0BE3BF7AD767" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="62dece07e335d2c3139da4e03cda4a62">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44f9eb836e8c511ede4a1d3a966d2058" ns2:_="" ns3:_="">
     <xsd:import namespace="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
     <xsd:import namespace="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -38741,103 +38924,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{625B0A8D-2E6D-4DB6-B511-3D732E914614}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E145154-6F4D-4FF4-88B3-C61FBFE3FD55}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1600B665-9B8F-43AA-B80C-293E5DB3D187}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7E145154-6F4D-4FF4-88B3-C61FBFE3FD55}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B959CB18-0B9C-4457-836D-73D263EF41F8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
+    <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>