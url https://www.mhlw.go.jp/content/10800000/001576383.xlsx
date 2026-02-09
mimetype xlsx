--- v0 (2025-10-20)
+++ v1 (2026-02-09)
@@ -11,94 +11,95 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/10805000/WorkingDocLib/看護サービス推進室/02_特定ライン/00　省令・通知(特定）/00　省令・通知(特定）/令和７年９月施行通知一部改正（電子申請様式、皮膚損傷に係る薬剤投与関連）/電子申請様式セット版/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mhlwlan.sharepoint.com/sites/10805000/WorkingDocLib/看護サービス推進室/02_特定ライン/00　省令・通知(特定）/00　省令・通知(特定）/令和７年９月　施行通知一部改正（電子申請様式、皮膚損傷に係る薬剤投与関連）/電子申請様式セット版/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="18" documentId="13_ncr:1_{23C2F523-1187-4006-A7DE-AE70D071EA64}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{613B7DD6-89C6-43EE-B736-55DB847FB6C9}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="LbullnJqeN12E18Qn5RBpKviZaazJNY5h1JphDQVnn13flFhsCpEtrYBcmDy55FRy2/fKhWh1Goc3aRXIvf29A==" workbookSaltValue="BrN/D4YSNJ0ZaOvzEAEIMQ==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="9" documentId="13_ncr:1_{878B4E08-0E92-43CD-9414-9006E86B97B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E0E1333B-9649-4C1D-B146-A56F1F11A41D}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="M4wF2ldsLOow3UmQNEqdCtkFZebrg+jvGhx8sIgvEcG98dMAuAmNxODGvf6ndf9DfHxKwZEJyeO4d91paQ2qpA==" workbookSaltValue="bIurikbb+4A8tGV/iIT2dQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9FAEABD4-1CC8-4455-8411-DC1D8D5DCE37}"/>
   </bookViews>
   <sheets>
     <sheet name="記入補助シート" sheetId="7" r:id="rId1"/>
     <sheet name="別添e" sheetId="3" r:id="rId2"/>
     <sheet name="別添d" sheetId="5" r:id="rId3"/>
     <sheet name="別添f" sheetId="8" r:id="rId4"/>
     <sheet name="リスト（保護・非表示予定）" sheetId="15" state="hidden" r:id="rId5"/>
     <sheet name="補足" sheetId="12" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">記入補助シート!$A$1:$C$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">別添d!$A$1:$H$118</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">別添e!$A$1:$E$46</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B505" i="8" l="1"/>
+  <c r="E11" i="5" l="1"/>
+  <c r="B505" i="8"/>
   <c r="B504" i="8"/>
   <c r="B503" i="8"/>
   <c r="B502" i="8"/>
   <c r="B501" i="8"/>
   <c r="B500" i="8"/>
   <c r="B499" i="8"/>
   <c r="B498" i="8"/>
   <c r="B497" i="8"/>
   <c r="B496" i="8"/>
   <c r="B495" i="8"/>
   <c r="B494" i="8"/>
   <c r="B493" i="8"/>
   <c r="B492" i="8"/>
   <c r="B491" i="8"/>
   <c r="B490" i="8"/>
   <c r="B489" i="8"/>
   <c r="B488" i="8"/>
   <c r="B487" i="8"/>
   <c r="B486" i="8"/>
   <c r="B485" i="8"/>
   <c r="B484" i="8"/>
   <c r="B483" i="8"/>
   <c r="B482" i="8"/>
   <c r="B481" i="8"/>
   <c r="B480" i="8"/>
@@ -2948,66 +2949,50 @@
   </si>
   <si>
     <t>削除</t>
     <rPh sb="0" eb="2">
       <t>サクジョ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>協力施設用記入補助シート</t>
     <rPh sb="0" eb="2">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>シセツヨウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ホジョ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>１．協力施設となる指定研修機関の情報を記入してください。</t>
-[...14 lines deleted...]
-  <si>
     <t>協力施設</t>
     <rPh sb="0" eb="2">
       <t>キョウリョク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シセツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>電話（半角数字、ハイフンなしで記入）</t>
     <rPh sb="0" eb="2">
       <t>デンワ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>定期的な会議の開催回数（年次報告時のみ）</t>
     <rPh sb="0" eb="3">
       <t>テイキテキ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>カイギ</t>
     </rPh>
     <rPh sb="7" eb="9">
@@ -3185,50 +3170,63 @@
       <t>ヘンコウジ</t>
     </rPh>
     <rPh sb="8" eb="11">
       <t>テイインスウ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ネンジ</t>
     </rPh>
     <rPh sb="14" eb="16">
       <t>ホウコク</t>
     </rPh>
     <rPh sb="16" eb="17">
       <t>ジ</t>
     </rPh>
     <rPh sb="18" eb="21">
       <t>ジュコウシャ</t>
     </rPh>
     <rPh sb="21" eb="22">
       <t>スウ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ジッセキ</t>
     </rPh>
     <rPh sb="26" eb="28">
       <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>１．指定研修機関の情報を記入してください。</t>
+    <rPh sb="2" eb="8">
+      <t>シテイケンシュウキカン</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>キニュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="177" formatCode="0000000"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
@@ -4512,184 +4510,184 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings3.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings4.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C0DAB58-8A41-4487-ABE9-60FB12055F75}">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14"/>
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.25" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.375" style="1" customWidth="1"/>
     <col min="3" max="3" width="25.125" style="1" customWidth="1"/>
     <col min="4" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="120" t="s">
         <v>326</v>
       </c>
       <c r="B1" s="120"/>
       <c r="C1" s="120"/>
     </row>
     <row r="2" spans="1:3" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="107"/>
       <c r="B2" s="102"/>
       <c r="C2" s="102"/>
     </row>
     <row r="3" spans="1:3" ht="13.9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A3" s="106" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="C3" s="94"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.4">
       <c r="C4" s="94"/>
     </row>
     <row r="5" spans="1:3" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="1" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="C5" s="94"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.4">
       <c r="A6" s="96" t="s">
         <v>165</v>
       </c>
       <c r="B6" s="97"/>
       <c r="C6" s="99"/>
     </row>
     <row r="7" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A7" s="116" t="s">
         <v>117</v>
       </c>
       <c r="B7" s="95"/>
       <c r="C7" s="100"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.4">
       <c r="A9" s="1" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A10" s="101"/>
       <c r="B10" s="117" t="s">
         <v>120</v>
       </c>
       <c r="C10" s="98"/>
     </row>
     <row r="11" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A11" s="101"/>
       <c r="B11" s="118" t="s">
         <v>173</v>
       </c>
       <c r="C11" s="98"/>
     </row>
     <row r="12" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A12" s="101"/>
       <c r="B12" s="118" t="s">
         <v>174</v>
       </c>
       <c r="C12" s="98"/>
     </row>
     <row r="13" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A13" s="101"/>
       <c r="B13" s="118" t="s">
         <v>175</v>
       </c>
       <c r="C13" s="98"/>
     </row>
     <row r="14" spans="1:3" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A14" s="15"/>
       <c r="B14" s="16"/>
       <c r="C14" s="13"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="kQ+nDKT5V1aypvL4N1+LNqxjoQd+jU8QUYJ3dp94REwPzBRXxZQw8HVyUpzYgQl7EzNCDX1o5bXZAnzwWMuDvw==" saltValue="TdUYsvdjWKyTx4B4wKxXCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ghApNBoiD1NGkbR6/QpaHX78y22tJwXDGkzibRE5b4YqTD/BjijWOnxCVHUkougqn/RMihefuIIEWF1ItzUaww==" saltValue="0/2jLWxvCuKz1sr0mJ27mg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="C6">
     <cfRule type="expression" dxfId="16" priority="1">
       <formula>$A$10&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C3:C5" xr:uid="{230BF171-78D8-4FC3-BAC6-5DE928B0EBEF}"/>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="指定研修機関番号は、7桁の半角数字で入力してください。" sqref="C6" xr:uid="{DD57E168-F274-42AE-8346-7EDC8761ADA2}">
       <formula1>9999999</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="91" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D75A640A-9605-4ABD-B303-E28B4A337D65}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>A10:A13</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B23F202-16CA-4FB6-8F4C-BEFC848DD97C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E46"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D45" sqref="D45:E45"/>
+      <pane ySplit="1" topLeftCell="A41" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="6.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="22" style="1" customWidth="1"/>
     <col min="3" max="5" width="20.625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A1" s="2"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="3"/>
     </row>
     <row r="2" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5" ht="14.25" x14ac:dyDescent="0.4">
@@ -5060,51 +5058,51 @@
       <c r="C44" s="110" t="s">
         <v>93</v>
       </c>
       <c r="D44" s="129"/>
       <c r="E44" s="130"/>
     </row>
     <row r="45" spans="1:5" ht="57" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="44"/>
       <c r="B45" s="45"/>
       <c r="C45" s="112" t="s">
         <v>94</v>
       </c>
       <c r="D45" s="129"/>
       <c r="E45" s="130"/>
     </row>
     <row r="46" spans="1:5" ht="57" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="42"/>
       <c r="B46" s="43"/>
       <c r="C46" s="113" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="129"/>
       <c r="E46" s="130"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="NdSmZaj2Oa87mlbXvqZf2XYcSAKqcQtHjD+VKPP3CeEShej6+q53BOhKbPXtjgeblo/DQ/fEZ3mLMsAAEOOFcA==" saltValue="I1GMj4nADHMC12lYZdJfLg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="t1ZfyC5shSd3HUl0t9HoD9qwPbCl1aLMdnxLzgozcWbaPAtyJDfBSG4XRO28Wcv7rZKF2cipGAoxAfGtGkZiyg==" saltValue="EtGpOufVFIG19DqRcRiWvA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="18">
     <mergeCell ref="D46:E46"/>
     <mergeCell ref="A41:E41"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="A43:B44"/>
     <mergeCell ref="C42:E42"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="D45:E45"/>
     <mergeCell ref="A13:E13"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A11:E11"/>
     <mergeCell ref="D8:E8"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="1">
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="開催頻度は、半角数字の整数で記入してください。" sqref="D43:E43" xr:uid="{986A33F0-7649-4521-BF29-66307253F7ED}">
       <formula1>0</formula1>
     </dataValidation>
@@ -5132,52 +5130,52 @@
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BCEAEAE4-126D-4441-9A78-A0BFD89E9347}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$E$2:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>D8:E8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0D6C92C6-2145-440C-996D-091F1695986A}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>A18:A39</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F7CF1868-E7D6-47C9-AFED-56DD4DEBAA70}">
   <dimension ref="A1:H106"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="110" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A88" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D30" sqref="D30"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="12" style="1" customWidth="1"/>
     <col min="2" max="3" width="15.125" style="1" customWidth="1"/>
     <col min="4" max="4" width="31" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.125" style="22" customWidth="1"/>
     <col min="6" max="6" width="6.75" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25" style="22" customWidth="1"/>
     <col min="8" max="8" width="6.75" style="1" customWidth="1"/>
     <col min="9" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="10"/>
     </row>
     <row r="2" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="46"/>
       <c r="B2" s="20" t="s">
         <v>111</v>
       </c>
@@ -5198,51 +5196,51 @@
       <c r="B3" s="47" t="s">
         <v>164</v>
       </c>
       <c r="C3" s="51">
         <f>記入補助シート!C6</f>
         <v>0</v>
       </c>
       <c r="D3" s="20"/>
       <c r="E3" s="50" t="s">
         <v>143</v>
       </c>
       <c r="F3" s="20"/>
       <c r="G3" s="50" t="s">
         <v>146</v>
       </c>
       <c r="H3" s="20"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A4" s="83"/>
       <c r="B4" s="36" t="s">
         <v>148</v>
       </c>
       <c r="C4" s="39"/>
       <c r="D4" s="39"/>
       <c r="E4" s="104" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="F4" s="20"/>
       <c r="G4" s="48"/>
       <c r="H4" s="20"/>
     </row>
     <row r="5" spans="1:8" ht="55.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A5" s="83"/>
       <c r="B5" s="52" t="s">
         <v>121</v>
       </c>
       <c r="C5" s="53" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="53"/>
       <c r="E5" s="119">
         <f>別添e!D6</f>
         <v>0</v>
       </c>
       <c r="F5" s="20"/>
       <c r="G5" s="48"/>
       <c r="H5" s="20"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A6" s="83"/>
       <c r="B6" s="54"/>
@@ -5274,80 +5272,83 @@
       <c r="B8" s="56"/>
       <c r="C8" s="36" t="s">
         <v>3</v>
       </c>
       <c r="D8" s="39"/>
       <c r="E8" s="70"/>
       <c r="F8" s="20"/>
       <c r="G8" s="48"/>
       <c r="H8" s="20"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A9" s="83"/>
       <c r="B9" s="56"/>
       <c r="C9" s="20" t="s">
         <v>2</v>
       </c>
       <c r="D9" s="20"/>
       <c r="E9" s="70"/>
       <c r="F9" s="20"/>
       <c r="G9" s="48"/>
       <c r="H9" s="20"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A10" s="83"/>
       <c r="B10" s="36" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="105"/>
       <c r="F10" s="20"/>
       <c r="G10" s="48"/>
       <c r="H10" s="20"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A11" s="83"/>
       <c r="B11" s="52" t="s">
         <v>105</v>
       </c>
       <c r="C11" s="36" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D11" s="37"/>
-      <c r="E11" s="70"/>
+      <c r="E11" s="104">
+        <f>別添e!D9</f>
+        <v>0</v>
+      </c>
       <c r="F11" s="20"/>
       <c r="G11" s="48"/>
       <c r="H11" s="20"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A12" s="83"/>
       <c r="B12" s="148" t="s">
         <v>168</v>
       </c>
       <c r="C12" s="36" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="D12" s="37"/>
       <c r="E12" s="70"/>
       <c r="F12" s="20"/>
       <c r="G12" s="48"/>
       <c r="H12" s="20"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A13" s="83"/>
       <c r="B13" s="149"/>
       <c r="C13" s="20" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="20"/>
       <c r="E13" s="86"/>
       <c r="F13" s="20"/>
       <c r="G13" s="48"/>
       <c r="H13" s="20"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A14" s="84"/>
       <c r="B14" s="149"/>
       <c r="C14" s="20"/>
       <c r="D14" s="71" t="s">
         <v>306</v>
@@ -5368,51 +5369,51 @@
       <c r="F15" s="20"/>
       <c r="G15" s="48"/>
       <c r="H15" s="20"/>
     </row>
     <row r="16" spans="1:8" ht="67.5" x14ac:dyDescent="0.4">
       <c r="A16" s="83"/>
       <c r="B16" s="34" t="s">
         <v>145</v>
       </c>
       <c r="C16" s="28" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="28" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="108"/>
       <c r="F16" s="47" t="s">
         <v>167</v>
       </c>
       <c r="G16" s="48"/>
       <c r="H16" s="58"/>
     </row>
     <row r="17" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A17" s="83"/>
       <c r="B17" s="30" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="C17" s="148" t="s">
         <v>122</v>
       </c>
       <c r="D17" s="28" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="108"/>
       <c r="F17" s="47" t="s">
         <v>167</v>
       </c>
       <c r="G17" s="48"/>
       <c r="H17" s="58"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A18" s="83"/>
       <c r="B18" s="56"/>
       <c r="C18" s="149"/>
       <c r="D18" s="28" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="108"/>
       <c r="F18" s="47" t="s">
         <v>167</v>
       </c>
@@ -5948,51 +5949,51 @@
       <c r="H53" s="58"/>
     </row>
     <row r="54" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A54" s="83"/>
       <c r="B54" s="29" t="s">
         <v>183</v>
       </c>
       <c r="C54" s="28" t="s">
         <v>6</v>
       </c>
       <c r="D54" s="28" t="s">
         <v>53</v>
       </c>
       <c r="E54" s="108"/>
       <c r="F54" s="20" t="s">
         <v>104</v>
       </c>
       <c r="G54" s="108"/>
       <c r="H54" s="20" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A55" s="83"/>
       <c r="B55" s="149" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C55" s="148" t="s">
         <v>122</v>
       </c>
       <c r="D55" s="28" t="s">
         <v>54</v>
       </c>
       <c r="E55" s="108"/>
       <c r="F55" s="20" t="s">
         <v>104</v>
       </c>
       <c r="G55" s="108"/>
       <c r="H55" s="20" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A56" s="83"/>
       <c r="B56" s="149"/>
       <c r="C56" s="149"/>
       <c r="D56" s="28" t="s">
         <v>55</v>
       </c>
       <c r="E56" s="108"/>
       <c r="F56" s="20" t="s">
@@ -6585,75 +6586,75 @@
     </row>
     <row r="91" spans="1:8" ht="40.5" x14ac:dyDescent="0.4">
       <c r="A91" s="83"/>
       <c r="B91" s="54"/>
       <c r="C91" s="28" t="s">
         <v>137</v>
       </c>
       <c r="D91" s="28" t="s">
         <v>90</v>
       </c>
       <c r="E91" s="108"/>
       <c r="F91" s="20" t="s">
         <v>104</v>
       </c>
       <c r="G91" s="108"/>
       <c r="H91" s="20" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="92" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A92" s="84"/>
       <c r="B92" s="148" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="153" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="D92" s="154"/>
       <c r="E92" s="86"/>
       <c r="F92" s="47"/>
       <c r="G92" s="86"/>
       <c r="H92" s="20"/>
     </row>
     <row r="93" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A93" s="84"/>
       <c r="B93" s="149"/>
       <c r="C93" s="32"/>
       <c r="D93" s="40" t="s">
         <v>306</v>
       </c>
       <c r="E93" s="86"/>
       <c r="F93" s="47"/>
       <c r="G93" s="57"/>
       <c r="H93" s="20"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A94" s="59"/>
       <c r="B94" s="149"/>
       <c r="C94" s="60" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="D94" s="61"/>
       <c r="E94" s="48"/>
       <c r="F94" s="20"/>
       <c r="G94" s="86"/>
       <c r="H94" s="58"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A95" s="59"/>
       <c r="B95" s="150"/>
       <c r="C95" s="62"/>
       <c r="D95" s="71" t="s">
         <v>306</v>
       </c>
       <c r="E95" s="48"/>
       <c r="F95" s="20"/>
       <c r="G95" s="86"/>
       <c r="H95" s="58"/>
     </row>
     <row r="96" spans="1:8" ht="26.45" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A96" s="83"/>
       <c r="B96" s="151" t="s">
         <v>106</v>
       </c>
       <c r="C96" s="36" t="s">
@@ -6761,209 +6762,252 @@
       </c>
       <c r="D104" s="65"/>
       <c r="E104" s="57"/>
       <c r="F104" s="20"/>
       <c r="G104" s="70"/>
       <c r="H104" s="20"/>
     </row>
     <row r="105" spans="1:8" x14ac:dyDescent="0.4">
       <c r="A105" s="84"/>
       <c r="B105" s="63" t="s">
         <v>169</v>
       </c>
       <c r="C105" s="64"/>
       <c r="D105" s="64"/>
       <c r="E105" s="86"/>
       <c r="F105" s="20"/>
       <c r="G105" s="70"/>
       <c r="H105" s="20"/>
     </row>
     <row r="106" spans="1:8" ht="27" x14ac:dyDescent="0.4">
       <c r="A106" s="20"/>
       <c r="B106" s="38" t="s">
         <v>187</v>
       </c>
       <c r="C106" s="36" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="D106" s="37"/>
       <c r="E106" s="35"/>
       <c r="F106" s="20"/>
       <c r="G106" s="108"/>
       <c r="H106" s="20" t="s">
         <v>144</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dQuMBLpRdHTCqH4PILi+w/ODGYcqAXIQU/GXl/+yIKRXDFhxyNQcyswcHfU271YdruGoPHvblHvkVJMyUa31kQ==" saltValue="UkIpsrtQ47tXGgiznSGF0Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="cSwYrh9KTgG1L92rPGolxJ3ma/HWfJH+hY172TB281t7Mu84Mu/KQg3Xy9nhJRd7uNTaII7cjataVihEUazV/w==" saltValue="5HF1Kn1CAt4/faFFb7kFyw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="27">
     <mergeCell ref="B92:B95"/>
     <mergeCell ref="B55:B57"/>
     <mergeCell ref="C78:C79"/>
     <mergeCell ref="C88:C90"/>
     <mergeCell ref="C83:C87"/>
     <mergeCell ref="C45:C49"/>
     <mergeCell ref="C50:C52"/>
     <mergeCell ref="C65:C66"/>
     <mergeCell ref="C55:C58"/>
     <mergeCell ref="C75:C76"/>
     <mergeCell ref="C72:C73"/>
     <mergeCell ref="G101:G103"/>
     <mergeCell ref="B12:B15"/>
     <mergeCell ref="C17:C20"/>
     <mergeCell ref="C22:C25"/>
     <mergeCell ref="C27:C28"/>
     <mergeCell ref="C30:C31"/>
     <mergeCell ref="G98:G99"/>
     <mergeCell ref="B98:B100"/>
     <mergeCell ref="B101:B104"/>
     <mergeCell ref="C34:C35"/>
     <mergeCell ref="C37:C38"/>
     <mergeCell ref="C40:C41"/>
     <mergeCell ref="C60:C63"/>
     <mergeCell ref="C68:C69"/>
     <mergeCell ref="B96:B97"/>
     <mergeCell ref="C92:D92"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="E14">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <conditionalFormatting sqref="G94">
     <cfRule type="expression" dxfId="9" priority="1">
       <formula>$G$92="不足しなかった"</formula>
-    </cfRule>
-[...13 lines deleted...]
-      <formula>$G$101="変更有"</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="6">
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="症例数は、半角数字の整数で入力してください。" sqref="E16:E53" xr:uid="{6850D37A-C63E-46CA-8C64-EE508C2703C3}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6" xr:uid="{ABE8CC91-1C08-441D-88E8-AB78BC5EEB04}"/>
     <dataValidation type="whole" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="郵便番号は、半角数字、ハイフンなしで入力してください。" sqref="E7" xr:uid="{213FC53B-9BE7-4982-97B4-93B7E544EF12}">
       <formula1>9999999</formula1>
     </dataValidation>
     <dataValidation type="custom" imeMode="fullKatakana" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="フリガナは、全角カタカナで入力してください。" sqref="E6" xr:uid="{3FBEC68A-F807-48D1-AF7D-04B4C27AFD58}">
       <formula1>E6=PHONETIC(E6)</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="定員数は、半角数字の整数で入力してください。" sqref="E54:E91 G54:G91" xr:uid="{6B1F3402-49A7-4053-A1E9-4AF3B8843F8C}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="会議の開催回数は、半角数字の整数で入力してください。" sqref="G106" xr:uid="{670A8C8D-7AC4-4791-B5AE-CB966E786C5E}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="E11" unlockedFormula="1"/>
+  </ignoredErrors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="113" id="{5D86DA6A-D730-488B-88FB-CA136E4E9762}">
             <xm:f>OR(記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="9" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A4:A93 A96:A99 A101:A103 A105</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="134" id="{D4E21B78-51F7-4A8B-A70D-0A56146006A2}">
             <xm:f>OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>E6:E13 E15:E92 E96:E99 E101:E103 E105</xm:sqref>
+          <xm:sqref>E6:E10 E12:E13 E15:E92 E96:E99 E101:E103 E105</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="2" id="{00000000-000E-0000-0200-000002000000}">
+            <xm:f>AND(OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;""),$E$13="その他")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E14</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="7" id="{00000000-000E-0000-0200-000007000000}">
+            <xm:f>AND(OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;""),$E$92="その他")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>E93</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="5" id="{1D2328A0-57B0-4DDC-BB4B-371C8280B6E3}">
             <xm:f>記入補助シート!$A$13&lt;&gt;""</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G54:G92</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="9" id="{A863EED6-C060-4F9C-ABC7-31F686A3AD0A}">
             <xm:f>記入補助シート!$A$13&lt;&gt;""</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G94</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="6" id="{00000000-000E-0000-0200-000006000000}">
+            <xm:f>AND(記入補助シート!$A$13&lt;&gt;"",$G$94="その他")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>G95</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="8" id="{7D53F724-5FD5-48E2-B8C0-A4218835344D}">
             <xm:f>記入補助シート!$A$13&lt;&gt;""</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>G96:G99 G101 G105:G106</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="4" id="{00000000-000E-0000-0200-000004000000}">
+            <xm:f>AND(記入補助シート!$A$13&lt;&gt;"",$G$98="予定と異なる対応")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>G100</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="3" id="{00000000-000E-0000-0200-000003000000}">
+            <xm:f>AND(記入補助シート!$A$13&lt;&gt;"",$G$101="変更有")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>G104</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="10">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4003EE99-06AA-443D-A8B6-B1D5CBDFC974}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$A$2</xm:f>
           </x14:formula1>
           <xm:sqref>A4:A53 A54:A93 A96:A99 A101:A103 A105</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D7B1303C-787D-4625-A4A9-3B8D1E3B3B73}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$G$2:$G$48</xm:f>
           </x14:formula1>
           <xm:sqref>E8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9E49D42F-67F8-4ABF-AF40-E91453BBE865}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$F$2:$F$5</xm:f>
           </x14:formula1>
           <xm:sqref>E13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A1477DEE-789C-4566-ACFF-72C991511E00}">
           <x14:formula1>
@@ -7002,51 +7046,51 @@
           <xm:sqref>G98:G99</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{21B6D630-977B-4CAA-B03B-DDB754F2B45D}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$S$2:$S$3</xm:f>
           </x14:formula1>
           <xm:sqref>G101:G103</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3D894D98-2FEA-4B72-8241-C06C93107B73}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK508"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="A8" sqref="A8:XFD8"/>
+      <selection pane="bottomRight" activeCell="G4" sqref="G4:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="13.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="8.75" style="1"/>
     <col min="2" max="2" width="4.125" style="75" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.25" style="1" customWidth="1"/>
     <col min="4" max="5" width="12.125" style="1" customWidth="1"/>
     <col min="6" max="8" width="8" style="1" customWidth="1"/>
     <col min="9" max="9" width="25" style="1" customWidth="1"/>
     <col min="10" max="37" width="8" style="1" customWidth="1"/>
     <col min="38" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" ht="17.25" x14ac:dyDescent="0.4">
       <c r="A1" s="10" t="s">
         <v>103</v>
       </c>
       <c r="B1" s="79"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
     </row>
     <row r="2" spans="1:37" ht="14.25" x14ac:dyDescent="0.4">
       <c r="A2" s="20" t="s">
@@ -7138,51 +7182,51 @@
     </row>
     <row r="4" spans="1:37" ht="13.15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A4" s="155" t="s">
         <v>309</v>
       </c>
       <c r="B4" s="157"/>
       <c r="C4" s="159" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="160" t="s">
         <v>114</v>
       </c>
       <c r="E4" s="160" t="s">
         <v>115</v>
       </c>
       <c r="F4" s="148" t="s">
         <v>304</v>
       </c>
       <c r="G4" s="160" t="s">
         <v>147</v>
       </c>
       <c r="H4" s="160" t="s">
         <v>116</v>
       </c>
       <c r="I4" s="148" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J4" s="159" t="s">
         <v>113</v>
       </c>
       <c r="K4" s="159"/>
       <c r="L4" s="159"/>
       <c r="M4" s="159"/>
       <c r="N4" s="159"/>
       <c r="O4" s="159"/>
       <c r="P4" s="159"/>
       <c r="Q4" s="159"/>
       <c r="R4" s="159"/>
       <c r="S4" s="159"/>
       <c r="T4" s="159"/>
       <c r="U4" s="159"/>
       <c r="V4" s="159"/>
       <c r="W4" s="159"/>
       <c r="X4" s="159"/>
       <c r="Y4" s="159"/>
       <c r="Z4" s="159"/>
       <c r="AA4" s="159"/>
       <c r="AB4" s="159"/>
       <c r="AC4" s="159"/>
       <c r="AD4" s="159"/>
       <c r="AE4" s="159"/>
@@ -28279,104 +28323,120 @@
       <c r="AA505" s="115"/>
       <c r="AB505" s="115"/>
       <c r="AC505" s="115"/>
       <c r="AD505" s="115"/>
       <c r="AE505" s="115"/>
       <c r="AF505" s="115"/>
       <c r="AG505" s="115"/>
       <c r="AH505" s="115"/>
       <c r="AI505" s="115"/>
       <c r="AJ505" s="115"/>
       <c r="AK505" s="115"/>
     </row>
     <row r="507" spans="1:37" x14ac:dyDescent="0.4">
       <c r="B507" s="82"/>
       <c r="C507" s="11"/>
       <c r="E507" s="9"/>
       <c r="F507" s="9"/>
       <c r="G507" s="9"/>
     </row>
     <row r="508" spans="1:37" x14ac:dyDescent="0.4">
       <c r="B508" s="82"/>
       <c r="C508" s="11"/>
       <c r="F508" s="9"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="580sApdGNfDtXca9trc1dLP+r28lyWknUrthum7HyQDOl26FXGaJgVmax0jh50eSPzcaPjyQOhicZuG8Iz0JOA==" saltValue="vVexoYoJByMzscHNQmgZmg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="FK1IYfzxaKPDswLcj3luKe6vU9+ED/3KFZfVr2ijpYcxUWoh+NM0nvjPUrK/MhAt0iSJNtXCGbOdPbvfaPheAw==" saltValue="HYpCQkwPAP9bd6GhS1AMHQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="10">
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="J4:AK4"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="I4:I5"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
-  <conditionalFormatting sqref="F6:F505">
-[...8 lines deleted...]
-  </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="59" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="2" id="{D2EAB265-CBA1-4548-9125-D6D3B641AADF}">
             <xm:f>OR(記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="9" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>A6:A505</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1" id="{BB09F2DF-22DE-46CB-88C0-ECAF51493EF9}">
             <xm:f>OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;"")</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill>
                   <bgColor theme="7" tint="0.79998168889431442"/>
                 </patternFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>C6:E505 H6:AK505</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="3" id="{00000000-000E-0000-0300-000003000000}">
+            <xm:f>AND(OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;""),OR($D6="医師",$D6="歯科医師"))</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>F6:F505</xm:sqref>
+        </x14:conditionalFormatting>
+        <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
+          <x14:cfRule type="expression" priority="4" id="{00000000-000E-0000-0300-000004000000}">
+            <xm:f>AND(OR(記入補助シート!$A$10&lt;&gt;"",記入補助シート!$A$11&lt;&gt;"",記入補助シート!$A$12&lt;&gt;""),$D6="看護師")</xm:f>
+            <x14:dxf>
+              <fill>
+                <patternFill>
+                  <bgColor theme="7" tint="0.79998168889431442"/>
+                </patternFill>
+              </fill>
+            </x14:dxf>
+          </x14:cfRule>
+          <xm:sqref>G6:G505</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{84053C0C-80B1-40FF-BB81-44AF91226837}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$T$2:$T$4</xm:f>
           </x14:formula1>
           <xm:sqref>A6:A505</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1C3C3146-330E-4FB7-B7F1-267A8F2375B0}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$U$2:$U$7</xm:f>
           </x14:formula1>
           <xm:sqref>D6:D505</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{38A7742B-9674-4C94-8FAE-28FBE2CA1431}">
           <x14:formula1>
             <xm:f>'リスト（保護・非表示予定）'!$V$2:$V$3</xm:f>
           </x14:formula1>
           <xm:sqref>F6:F505</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BB46FC5F-13C1-4071-AB8F-CA4845F6A8BC}">
           <x14:formula1>
@@ -28545,51 +28605,51 @@
       <c r="H2" s="1" t="s">
         <v>248</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>262</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>250</v>
       </c>
       <c r="L2" s="1" t="s">
         <v>263</v>
       </c>
       <c r="M2" s="1" t="s">
         <v>268</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>112</v>
       </c>
       <c r="O2" s="1" t="s">
         <v>276</v>
       </c>
       <c r="P2" s="1" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="Q2" s="1" t="s">
         <v>283</v>
       </c>
       <c r="R2" s="1" t="s">
         <v>256</v>
       </c>
       <c r="S2" s="1" t="s">
         <v>321</v>
       </c>
       <c r="T2" s="1" t="s">
         <v>324</v>
       </c>
       <c r="U2" s="1" t="s">
         <v>268</v>
       </c>
       <c r="V2" s="1" t="s">
         <v>292</v>
       </c>
       <c r="W2" s="1" t="s">
         <v>296</v>
       </c>
       <c r="X2" s="1" t="s">
         <v>297</v>
       </c>
@@ -29237,52 +29297,71 @@
         <v>158</v>
       </c>
       <c r="I10" s="91"/>
       <c r="J10" s="91"/>
       <c r="K10" s="18"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="K5:K8"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B64F73948072F14AA99A0BE3BF7AD767" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="cb226c32ff1c2417cf377579ce3ba156">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="98780a5efc594cb1df40203ca31dd113" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="85e6e18b-26c1-4122-9e79-e6c53ac26d53" xsi:nil="true"/>
+    <Owner xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <_Flow_SignoffStatus xmlns="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100B64F73948072F14AA99A0BE3BF7AD767" ma:contentTypeVersion="16" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="62dece07e335d2c3139da4e03cda4a62">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb" xmlns:ns3="85e6e18b-26c1-4122-9e79-e6c53ac26d53" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44f9eb836e8c511ede4a1d3a966d2058" ns2:_="" ns3:_="">
     <xsd:import namespace="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
     <xsd:import namespace="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -29475,118 +29554,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E779825A-9DF9-4758-8B1A-D4E7EBDE6393}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
+    <ds:schemaRef ds:uri="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E2EBE3A-088D-4ECA-A2C1-30EC3B344794}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B374DCC1-F323-417C-B6AD-EFF9D3C44B7C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1cc5a1d4-d4b5-42bf-a2ba-61eb804c2eeb"/>
     <ds:schemaRef ds:uri="85e6e18b-26c1-4122-9e79-e6c53ac26d53"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE2D6AEF-755D-48F5-A14A-2728DB6BEA6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>