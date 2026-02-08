--- v0 (2025-10-10)
+++ v1 (2026-02-08)
@@ -8,1246 +8,90 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps3.xml"/>
   <Override ContentType="application/vnd.ms-office.classificationlabels+xml" PartName="/docMetadata/LabelInfo.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docMetadata/LabelInfo.xml" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId4" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId5" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4F68C3ED-2D30-486C-BC00-06C532F103A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="6_{8C4682CC-1CAA-454F-8E6E-70C0249D13EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{911DC018-0542-4EF4-8EC3-0182EEE617D7}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="855" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" tabRatio="855" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="表紙" sheetId="20" r:id="rId1"/>
     <sheet name="改版履歴" sheetId="21" r:id="rId2"/>
     <sheet name="健診マスタの説明" sheetId="8" r:id="rId3"/>
     <sheet name="電子カルテ情報共有サービス向け健診マスタ" sheetId="1" r:id="rId4"/>
     <sheet name="【補足1】一連検査グループ一覧" sheetId="22" r:id="rId5"/>
     <sheet name="【補足2】一連検査グループ以外の関連する項目一覧" sheetId="23" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">電子カルテ情報共有サービス向け健診マスタ!$A$4:$BD$155</definedName>
     <definedName name="_xlnm.Print_Area">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8616" uniqueCount="1017">
-[...1155 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8619" uniqueCount="1019">
   <si>
     <t>版数</t>
     <rPh sb="0" eb="2">
       <t>ハンスウ</t>
     </rPh>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>日付</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>変更項目</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>変更箇所</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>1.0</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>-</t>
@@ -1403,50 +247,78 @@
     </rPh>
     <rPh sb="147" eb="149">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="150" eb="152">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="153" eb="155">
       <t>イチブ</t>
     </rPh>
     <rPh sb="164" eb="166">
       <t>ヘンコウ</t>
     </rPh>
     <rPh sb="200" eb="201">
       <t>モト</t>
     </rPh>
     <rPh sb="218" eb="220">
       <t>ナイヨウ</t>
     </rPh>
     <rPh sb="221" eb="223">
       <t>ヘンコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1.3.1</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>7月28日1.3版からの変更箇所は以下のとおり。
+・「電子カルテ情報共有サービス向け健診マスタ」シート
+　-「検査名称」eGFRのUCUM単位コード(XML用単位)に改行が含まれていたため、修正(AM70)
+　-「検査名称」赤血球数のUCUM単位コード(XML用単位)に改行が含まれていたため、修正(AM62)
+　-全角の記号・数字について半角に修正
+・「健診マスタの説明」シート
+　-「【補足1】一連検査グループ一覧」シートの説明を追加(A34:E39)
+　-「【補足2】一連検査グループ以外の関連する項目一覧」シートの説明を追加(A42:E48)
+　-上記のシート追加に伴う追記の内容に合わせて、「電子カルテ情報共有サービス向け健診マスタ」シートの説明を一部修正(E16:E17)
+・「【補足1】一連検査グループ一覧」シートの追加
+・「【補足2】一連検査グループ以外の関連する項目一覧」シートの追加</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>「電子カルテ情報共有サービス向け健診マスタ」シートの説明</t>
+    <rPh sb="26" eb="28">
+      <t>セツメイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>論理項目名</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>論理データ型</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>定義値</t>
     <rPh sb="0" eb="2">
       <t>テイギ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>チ</t>
     </rPh>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>説明</t>
     <rPh sb="0" eb="2">
       <t>セツメイ</t>
     </rPh>
     <phoneticPr fontId="12"/>
   </si>
   <si>
@@ -1823,56 +695,101 @@
   <si>
     <t>実施必須項目のうち未実施の記録不可について、各健診種別のチェック対象可否を示すフラグ。
 健診種別ごとに0もしくは1の数字で定義。
 1列目：特健(特定健康診査（特定健診）)
 2列目：後期(後期高齢者医療健康診査（後期高齢者健診）)
 3列目：事業者(事業主健診（一般定期健康診断）)
 4列目：学校(学校保健安全法、及び労働安全衛生法に基づく職員健診)
 5列目：保険者(保険者が実施する特定健診等以外の健診)
 6列目：その他(保険者以外が行う特定健診等に相当する健診)</t>
     <rPh sb="9" eb="12">
       <t>ミジッシ</t>
     </rPh>
     <rPh sb="13" eb="15">
       <t>キロク</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>フカ</t>
     </rPh>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>一連検査グループコード(FHIR)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>「赤血球数、血色素量、ヘマトクリット値といった貧血検査の複数項目とその検査を実施した理由情報」などのように、関連する検査とそれに付帯する情報（付帯情報）がとともに現れる場合に現れる場合に使用される一連検査グループを表すための識別子。
+個別のObservationリソースを、グループでくくるためのグループ名称としてObservationGroupリソースのcodeのcode値に記述する。
+その上で、そのObservationGroupリソースのhasMember要素で参照されるさらに細分化されたObservationリソース（複数）に、各検査項目とその結果を記述する。</t>
+    <rPh sb="112" eb="115">
+      <t>シキベツシ</t>
+    </rPh>
+    <rPh sb="187" eb="188">
+      <t>アタイ</t>
+    </rPh>
+    <rPh sb="189" eb="191">
+      <t>キジュツ</t>
+    </rPh>
+    <rPh sb="197" eb="198">
+      <t>ウエ</t>
+    </rPh>
+    <rPh sb="243" eb="246">
+      <t>サイブンカ</t>
+    </rPh>
+    <rPh sb="265" eb="267">
+      <t>フクスウ</t>
+    </rPh>
+    <rPh sb="278" eb="280">
+      <t>ケッカ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>一連検査グループ関係コード(XML)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>・COMP
 ・RSON</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>CDAで一連検査グループにおける各entryRelationship同士の関係を表すための識別子。CDA 健診結果報告書規格では包含関係や他の項目への理由関係を行為間関係種別コードで識別できるようにしているが、FHIRではすべてhasMemberで関連付ける。一連検査グループ関係コードは、Observation リソースの hasMember 要素に拡張（extension)として記述する。
+　・COMP：包含関係（組み合わせ関係）
+　・RSON：他の項目への理由関係</t>
+    <rPh sb="16" eb="17">
+      <t>カク</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>アラワ</t>
+    </rPh>
+    <rPh sb="45" eb="48">
+      <t>シキベツシ</t>
+    </rPh>
+    <rPh sb="130" eb="134">
+      <t>イチレンケンサ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>データ型(FHIR)</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>・valueCodeableConcept
 ・valueString
 ・valueQuantity
 ・valueDateTime</t>
     <phoneticPr fontId="12"/>
   </si>
   <si>
     <t>FHIRで健診結果を記述するためのデータ型。Observation.valueの中のデータ型を定義する。
 　・valueCodeableConcept：コード（半角）
 　・valueString：文字列（全角）
 　・valueQuantity：数値（半角）
 　・valueDateTime：年月日（半角）</t>
     <rPh sb="5" eb="9">
       <t>ケンシンケッカ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キジュツ</t>
     </rPh>
@@ -2004,50 +921,54 @@
     </rPh>
     <rPh sb="66" eb="68">
       <t>キサイ</t>
     </rPh>
     <rPh sb="69" eb="74">
       <t>ヒョウジヨウタンイ</t>
     </rPh>
     <rPh sb="75" eb="77">
       <t>ドウギ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>UCUM単位コード(XML用単位)</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>FHIRのObservation.valueQuantity.code要素の単位情報を定義する。
 XML用特定健診項目情報の付属２に記載のXML用単位と同義。</t>
     <rPh sb="38" eb="40">
       <t>タンイ</t>
     </rPh>
     <rPh sb="40" eb="42">
       <t>ジョウホウ</t>
     </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>結果コードOID</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>FHIRのObservation.valueCadebleConcept.coding.system要素の識別子情報を定義する。</t>
     <rPh sb="53" eb="56">
       <t>シキベツシ</t>
     </rPh>
     <rPh sb="56" eb="58">
       <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>コード値</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>FHIRのObservation.valueCadebleConcept.coding.code要素のコード値情報を定義する。</t>
     <rPh sb="54" eb="55">
       <t>アタイ</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -2153,2324 +1074,3467 @@
 01010：特定健診・問診結果セクション
 01990：任意追加項目
 後期(後期高齢者医療健康診査（後期高齢者健診）)
 01020：広域連合保健事業セクション
 01990：任意追加項目
 事業者(事業主健診（一般定期健康診断）)
 01030：労働安全衛生法検診結果セクション
 01990：任意追加項目
 学校(学校保健安全法、及び労働安全衛生法に基づく職員健診)
 01040：学校保健安全法健診結果セクション
 01990：任意追加項目
 保険者(保険者が実施する特定健診等以外の健診)
 01080：保険者が実施する特定健診等以外の健康結果セクション
 01990：任意追加項目
 その他(保険者以外が行う特定健診等に相当する健診)
 01070：保険者以外が行う特定健診等に相当する健診結果セクション</t>
     <rPh sb="39" eb="42">
       <t>シキベツシ</t>
     </rPh>
     <rPh sb="42" eb="44">
       <t>ジョウホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>電子カルテ情報共有サービス向け健診マスタ</t>
-[...5 lines deleted...]
-      <t>ホケンシャ</t>
+    <t>「【補足１】一連検査グループ一覧」シートの説明</t>
+    <rPh sb="2" eb="4">
+      <t>ホソク</t>
     </rPh>
-    <rPh sb="3" eb="5">
-[...35 lines deleted...]
-    <t>電子カルテ情報共有サービス向け健診マスタ_一連検査グループ一覧</t>
     <rPh sb="21" eb="23">
-      <t>イチレン</t>
-[...5 lines deleted...]
-      <t>イチラン</t>
+      <t>セツメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>グループ名称</t>
     <rPh sb="4" eb="6">
       <t>メイショウ</t>
-    </rPh>
-[...45 lines deleted...]
-      <t>セツメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>「赤血球数、血色素量、ヘマトクリット値といった貧血検査の複数項目とその検査を実施した理由情報」などのように、関連する検査とそれに付帯する情報（付帯情報）がとともに現れる場合に現れる場合に使用される一連検査グループを表すグループ名称を記載。
 個別のObservationリソースを、グループでくくるためのグループ名称としてObservationGroupリソースのcodeのdisplay値に記述する。
 その上で、そのObservationGroupリソースのhasMember要素で参照されるさらに細分化されたObservationリソースに、各検査項目とその結果を記述する。</t>
     <rPh sb="107" eb="108">
       <t>アラワ</t>
     </rPh>
     <rPh sb="113" eb="115">
       <t>メイショウ</t>
     </rPh>
     <rPh sb="116" eb="118">
       <t>キサイ</t>
     </rPh>
     <rPh sb="120" eb="122">
       <t>コベツ</t>
     </rPh>
     <rPh sb="155" eb="157">
       <t>メイショウ</t>
     </rPh>
     <rPh sb="193" eb="194">
       <t>アタイ</t>
     </rPh>
     <rPh sb="195" eb="197">
       <t>キジュツ</t>
     </rPh>
     <rPh sb="203" eb="204">
       <t>ウエ</t>
     </rPh>
     <rPh sb="249" eb="252">
       <t>サイブンカ</t>
     </rPh>
     <rPh sb="280" eb="282">
       <t>ケッカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>電子カルテ情報共有サービス向け健診マスタ_一連検査グループ以外の関連する項目一覧</t>
-[...1630 lines deleted...]
-  <si>
     <t>「赤血球数、血色素量、ヘマトクリット値といった貧血検査の複数項目とその検査を実施した理由情報」などのように、関連する検査とそれに付帯する情報（付帯情報）がとともに現れる場合に現れる場合に使用される一連検査グループを表すための識別子。
 個別のObservationリソースを、グループでくくるためのグループ名称としてObservationGroupリソースのcodeのcode値に記述する。
 その上で、そのObservationGroupリソースのhasMember要素で参照されるさらに細分化されたObservationリソース（複数）に、各検査項目とその結果を記述する。
 ※電子カルテ情報共有サービス向け健診マスタの「一連検査グループコード(FHIR)」と一致</t>
     <rPh sb="112" eb="115">
       <t>シキベツシ</t>
     </rPh>
     <rPh sb="187" eb="188">
       <t>アタイ</t>
     </rPh>
     <rPh sb="189" eb="191">
       <t>キジュツ</t>
     </rPh>
     <rPh sb="197" eb="198">
       <t>ウエ</t>
     </rPh>
     <rPh sb="243" eb="246">
       <t>サイブンカ</t>
     </rPh>
     <rPh sb="265" eb="267">
       <t>フクスウ</t>
     </rPh>
     <rPh sb="278" eb="280">
       <t>ケッカ</t>
     </rPh>
     <rPh sb="329" eb="331">
       <t>イッチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>データ型(FHIR)</t>
-[...47 lines deleted...]
-  <si>
     <t>CDAで一連検査グループにおける各entryRelationship同士の関係を表すための識別子。CDA 健診結果報告書規格では包含関係や他の項目への理由関係を行為間関係種別コードで識別できるようにしているが、FHIRではすべてhasMemberで関連付ける。一連検査グループ関係コードは、Observation リソースの hasMember 要素に拡張（extension)として記述する。
 　・COMP：包含関係（組み合わせ関係）
 　・RSON：他の項目への理由関係
 ※電子カルテ情報共有サービス向け健診マスタの「一連検査グループ関係コード(XML)」と一致</t>
     <rPh sb="16" eb="17">
       <t>カク</t>
     </rPh>
     <rPh sb="40" eb="41">
       <t>アラワ</t>
     </rPh>
     <rPh sb="45" eb="48">
       <t>シキベツシ</t>
     </rPh>
     <rPh sb="130" eb="134">
       <t>イチレンケンサ</t>
     </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>健診項目の検査名称を記載。
+※電子カルテ情報共有サービス向け健診マスタの「検査名称」と一致</t>
+    <rPh sb="0" eb="4">
+      <t>ケンシンコウモク</t>
+    </rPh>
+    <rPh sb="5" eb="9">
+      <t>ケンサメイショウ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="37" eb="41">
+      <t>ケンサメイショウ</t>
+    </rPh>
+    <rPh sb="43" eb="45">
+      <t>イッチ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>「【補足2】一連検査グループ以外の関連する項目一覧」シートの説明</t>
+    <rPh sb="30" eb="32">
+      <t>セツメイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>健診項目のカテゴリーを記載。
+※電子カルテ情報共有サービス向け健診マスタの「区分名称」と一致</t>
+    <rPh sb="0" eb="4">
+      <t>ケンシンコウモク</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="38" eb="42">
+      <t>クブンメイショウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>健診項目を記載。
+※電子カルテ情報共有サービス向け健診マスタの「項目名」と一致</t>
+    <rPh sb="0" eb="4">
+      <t>ケンシンコウモク</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>データ型(FHIR)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>FHIRで健診結果を記述するためのデータ型。Observation.valueの中のデータ型を定義する。
 　・valueCodeableConcept：コード（半角）
 　・valueString：文字列（全角）
 　・valueQuantity：数値（半角）
 　・valueDateTime：年月日（半角）
 ※電子カルテ情報共有サービス向け健診マスタの「データ型(FHIR)」と一致</t>
     <rPh sb="5" eb="9">
       <t>ケンシンケッカ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>キジュツ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>ガタ</t>
     </rPh>
     <rPh sb="40" eb="41">
       <t>ナカ</t>
     </rPh>
     <rPh sb="45" eb="46">
       <t>ガタ</t>
     </rPh>
     <rPh sb="47" eb="49">
       <t>テイギ</t>
     </rPh>
     <rPh sb="122" eb="124">
       <t>スウチ</t>
     </rPh>
     <rPh sb="145" eb="148">
       <t>ネンガッピ</t>
     </rPh>
     <rPh sb="149" eb="151">
       <t>ハンカク</t>
     </rPh>
     <phoneticPr fontId="12"/>
   </si>
   <si>
+    <t>FHIRのObsevationリソースにおける記述方法</t>
+    <rPh sb="23" eb="25">
+      <t>キジュツ</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>ホウホウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
     <t>「【補足１】一連検査グループ一覧」シートで示す「一連検査グループ」以外に、「既往歴、具体的な既往歴」や「自覚症状、自覚症状(所見)」といったように関連する項目の記述方法を記載。関連する健診項目はそれぞれ個別のObservationリソースで示すのではなく、１つのObservationリソースにcomponent要素を使ってまとめて記述する。</t>
     <rPh sb="21" eb="22">
       <t>シメ</t>
     </rPh>
     <rPh sb="80" eb="82">
       <t>キジュツ</t>
     </rPh>
     <rPh sb="82" eb="84">
       <t>ホウホウ</t>
     </rPh>
     <rPh sb="85" eb="87">
       <t>キサイ</t>
     </rPh>
     <rPh sb="156" eb="158">
       <t>ヨウソ</t>
     </rPh>
     <rPh sb="159" eb="160">
       <t>ツカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>電子カルテ情報共有サービス向け健診マスタ</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>順番号
+(表示順)</t>
+    <rPh sb="0" eb="1">
+      <t>ジュン</t>
+    </rPh>
+    <rPh sb="1" eb="3">
+      <t>バンゴウ</t>
+    </rPh>
+    <rPh sb="5" eb="8">
+      <t>ヒョウジジュン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>順番号
+(付属2)</t>
+    <rPh sb="0" eb="1">
+      <t>ジュン</t>
+    </rPh>
+    <rPh sb="1" eb="3">
+      <t>バンゴウ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>フゾク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>区分名称</t>
+    <rPh sb="0" eb="2">
+      <t>クブン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>メイショウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>項目名</t>
+    <rPh sb="0" eb="2">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>メイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>検査名称</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>項目コード</t>
+    <rPh sb="0" eb="2">
+      <t>コウモク</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>項目コードOID</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>提供・表示項目</t>
+    <rPh sb="0" eb="2">
+      <t>テイキョウ</t>
+    </rPh>
+    <rPh sb="3" eb="7">
+      <t>ヒョウジコウモク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>保険者取得項目</t>
+    <rPh sb="0" eb="3">
+      <t>ホケンシャ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>シュトク</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>コウモク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>実施必須項目チェック</t>
+    <rPh sb="0" eb="2">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="2" eb="6">
+      <t>ヒッスコウモク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>実施必須項目のうち
+未実施の記録不可項目チェック</t>
+    <rPh sb="0" eb="6">
+      <t>ジッシヒッスコウモク</t>
+    </rPh>
+    <rPh sb="10" eb="13">
+      <t>ミジッシ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>キロク</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>フカ</t>
+    </rPh>
+    <rPh sb="18" eb="20">
+      <t>コウモク</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>一連検査グループ</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>データ定義</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>基準値定義</t>
+    <rPh sb="0" eb="5">
+      <t>キジュンチテイギ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>JLAC10コード</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>医療機関等システム</t>
+    <rPh sb="0" eb="4">
+      <t>イリョウキカン</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ナド</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>マイナ
+ポータル</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>特健</t>
+    <rPh sb="0" eb="1">
+      <t>トク</t>
+    </rPh>
+    <rPh sb="1" eb="2">
+      <t>ケン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>後期</t>
+    <rPh sb="0" eb="2">
+      <t>コウキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>事業者</t>
+    <rPh sb="0" eb="3">
+      <t>ジギョウシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>学校</t>
+    <rPh sb="0" eb="2">
+      <t>ガッコウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>保険者</t>
+    <rPh sb="0" eb="3">
+      <t>ホケンシャ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>その他</t>
+    <rPh sb="2" eb="3">
+      <t>タ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>セクション内実施必須グループ</t>
+    <rPh sb="5" eb="6">
+      <t>ナイ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ヒッス</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>一連検査
+グループコード
+(FHIR)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>一連検査
+グループ関係コード
+(XML)</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>データ型
+(FHIR)</t>
+    <rPh sb="3" eb="4">
+      <t>ガタ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>データ型
+(XML)</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>最大文字数</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>形式</t>
+    <rPh sb="0" eb="2">
+      <t>ケイシキ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>入力の最小値</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>入力の最大値</t>
+    <rPh sb="3" eb="5">
+      <t>サイダイ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>アタイ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>unit単位
+(表示用単位)</t>
+    <rPh sb="4" eb="6">
+      <t>タンイ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>UCUM単位コード
+(XML用単位)</t>
+    <rPh sb="14" eb="15">
+      <t>ヨウ</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>タンイ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>コード値</t>
+    <rPh sb="3" eb="4">
+      <t>アタイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>基準の下限値</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>基準の上限値</t>
+    <rPh sb="3" eb="5">
+      <t>ジョウゲン</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>アタイ</t>
+    </rPh>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>診察</t>
+  </si>
+  <si>
+    <t>業務歴</t>
+  </si>
+  <si>
+    <t>9N051000000000049</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.1005</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>valueString</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>01990</t>
+  </si>
+  <si>
+    <t>01031</t>
+  </si>
+  <si>
+    <t>01041</t>
+  </si>
+  <si>
+    <t>01081</t>
+  </si>
+  <si>
+    <t>01071</t>
+  </si>
+  <si>
+    <t>01030</t>
+  </si>
+  <si>
+    <t>01040</t>
+  </si>
+  <si>
+    <t>01080</t>
+  </si>
+  <si>
+    <t>01070</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>既往歴</t>
+  </si>
+  <si>
+    <t>9N056000000000011</t>
+  </si>
+  <si>
+    <t>valueCodeableConcept</t>
+  </si>
+  <si>
+    <t>CD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1    </t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2    </t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2001</t>
+  </si>
+  <si>
+    <t>1:特記すべきことあり、2:特記すべきことなし</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>01011</t>
+  </si>
+  <si>
+    <t>01021</t>
+  </si>
+  <si>
+    <t>01010</t>
+  </si>
+  <si>
+    <t>01020</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>具体的な既往歴</t>
+  </si>
+  <si>
+    <t>9N056160400000049</t>
+  </si>
+  <si>
+    <t xml:space="preserve">128  </t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>自覚症状</t>
+  </si>
+  <si>
+    <t>9N061000000000011</t>
+  </si>
+  <si>
+    <t>1:特記すべきことあり、2:特記すべきことなし</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>自覚症状(所見)</t>
+  </si>
+  <si>
+    <t>9N061160800000049</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>他覚症状</t>
+  </si>
+  <si>
+    <t>9N066000000000011</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>他覚症状(所見)</t>
+  </si>
+  <si>
+    <t>9N066160800000049</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>身体計測</t>
+  </si>
+  <si>
+    <t>身長</t>
+  </si>
+  <si>
+    <t>9N001000000000001</t>
+  </si>
+  <si>
+    <t>valueQuantity</t>
+  </si>
+  <si>
+    <t>PQ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5    </t>
+  </si>
+  <si>
+    <t>NNN.N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.0  </t>
+  </si>
+  <si>
+    <t>999.9</t>
+  </si>
+  <si>
+    <t>cm</t>
+  </si>
+  <si>
+    <t>100.0</t>
+  </si>
+  <si>
+    <t>250.0</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>体重</t>
+  </si>
+  <si>
+    <t>9N006000000000001</t>
+  </si>
+  <si>
+    <t>kg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20.0 </t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>腹囲</t>
+  </si>
+  <si>
+    <t>腹囲(実測)</t>
+  </si>
+  <si>
+    <t>9N016160100000001</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.0 </t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>腹囲(自己判定)</t>
+  </si>
+  <si>
+    <t>9N016160200000001</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>腹囲(自己申告)</t>
+  </si>
+  <si>
+    <t>9N016160300000001</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>内臓脂肪面積</t>
+  </si>
+  <si>
+    <t>9N021000000000001</t>
+  </si>
+  <si>
+    <t>cm2</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>BMI</t>
+  </si>
+  <si>
+    <t>9N011000000000001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4    </t>
+  </si>
+  <si>
+    <t>NN.N</t>
+  </si>
+  <si>
+    <t xml:space="preserve">99.9 </t>
+  </si>
+  <si>
+    <t>kg/m2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10.0 </t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>血圧</t>
+  </si>
+  <si>
+    <t>収縮期血圧</t>
+  </si>
+  <si>
+    <t>収縮期血圧(その他)</t>
+  </si>
+  <si>
+    <t>9A755000000000001</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3    </t>
+  </si>
+  <si>
+    <t>NNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">999  </t>
+  </si>
+  <si>
+    <t>mmHg</t>
+  </si>
+  <si>
+    <t>mm[Hg]</t>
+  </si>
+  <si>
+    <t xml:space="preserve">60   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">300  </t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>収縮期血圧(2回目)</t>
+  </si>
+  <si>
+    <t>9A752000000000001</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>収縮期血圧(1回目)</t>
+  </si>
+  <si>
+    <t>9A751000000000001</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>拡張期血圧</t>
+  </si>
+  <si>
+    <t>拡張期血圧(その他)</t>
+  </si>
+  <si>
+    <t>9A765000000000001</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">150  </t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>拡張期血圧(2回目)</t>
+  </si>
+  <si>
+    <t>9A762000000000001</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>拡張期血圧(1回目)</t>
+  </si>
+  <si>
+    <t>9A761000000000001</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>採血条件</t>
+  </si>
+  <si>
+    <t>採血時間(食後)</t>
+  </si>
+  <si>
+    <t>9N141000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2202</t>
+  </si>
+  <si>
+    <t>2:食後10時間以上、3:食後3.5時間以上10時間未満、4:食後3.5時間未満</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>血中脂質検査</t>
+  </si>
+  <si>
+    <t>空腹時中性脂肪(トリグリセリド)</t>
+  </si>
+  <si>
     <t>空腹時中性脂肪(トリグリセリド)(可視吸光光度法(酵素比色法･グリセロール消去))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015000002327101</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>NNNNN</t>
+  </si>
+  <si>
+    <t>99999</t>
+  </si>
+  <si>
+    <t>mg/dl</t>
+  </si>
+  <si>
+    <t>mg/dL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2000 </t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
     <t>空腹時中性脂肪(トリグリセリド)(紫外吸光光度法(酵素比色法･グリセロール消去))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015000002327201</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
     <t>空腹時中性脂肪(トリグリセリド)(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015000002399901</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>随時中性脂肪(トリグリセリド)</t>
+  </si>
+  <si>
     <t>随時中性脂肪(トリグリセリド)(可視吸光光度法(酵素比色法･グリセロール消去))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015129902327101</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
     <t>随時中性脂肪(トリグリセリド)(紫外吸光光度法(酵素比色法･グリセロール消去))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015129902327201</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
     <t>随時中性脂肪(トリグリセリド)(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F015129902399901</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>HDLコレステロール</t>
+  </si>
+  <si>
     <t>HDLコレステロール(可視吸光光度法(直接法(非沈殿法)))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F070000002327101</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500  </t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
     <t>HDLコレステロール(紫外吸光光度法(直接法(非沈殿法)))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F070000002327201</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
     <t>HDLコレステロール(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F070000002399901</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>LDLコレステロール</t>
+  </si>
+  <si>
     <t>LDLコレステロール(可視吸光光度法(直接法(非沈殿法)))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F077000002327101</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000 </t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
     <t>LDLコレステロール(紫外吸光光度法(直接法(非沈殿法)))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F077000002327201</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
     <t>LDLコレステロール(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F077000002399901</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
     <t>LDLコレステロール(計算法)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3F077000002391901</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>Non-HDLコレステロール</t>
+  </si>
+  <si>
+    <t>3F069000002391901</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>肝機能検査</t>
+  </si>
+  <si>
+    <t>AST(GOT)</t>
+  </si>
+  <si>
     <t>AST(GOT)(紫外吸光光度法(JSCC標準化対応法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B035000002327201</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>U/l</t>
+  </si>
+  <si>
+    <t>U/L</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
     <t>AST(GOT)(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B035000002399901</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>ALT(GPT)</t>
+  </si>
+  <si>
     <t>ALT(GPT)(紫外吸光光度法(JSCC標準化対応法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B045000002327201</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
     <t>ALT(GPT)(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B045000002399901</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>γ-GT(γ-GTP)</t>
+  </si>
+  <si>
     <t>γ-GT(γ-GTP)(可視吸光光度法(JSCC標準化対応法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B090000002327101</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
     <t>γ-GT(γ-GTP)(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3B090000002399901</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>血糖検査</t>
+  </si>
+  <si>
+    <t>空腹時血糖</t>
+  </si>
+  <si>
     <t>空腹時血糖(電位差法(ブドウ糖酸化酵素電極法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010000001926101</t>
+  </si>
+  <si>
+    <t>NNNN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9999 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">600  </t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
     <t>空腹時血糖(可視吸光光度法(ブドウ糖酸化酵素法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010000002227101</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
     <t>空腹時血糖(紫外吸光光度法(ヘキソキナーゼ法、グルコキナーゼ法、ブドウ糖脱水素酵素法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010000001927201</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
     <t>空腹時血糖(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010000001999901</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>HbA1c(NGSP値)</t>
+  </si>
+  <si>
     <t>HbA1c(免疫学的方法(ラテックス凝集比濁法等))(NGSP値)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D046000001906202</t>
+  </si>
+  <si>
+    <t>%</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3.0  </t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
     <t>HbA1c(HPLC(不安定分画除去HPLC法))(NGSP値)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D046000001920402</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
     <t>HbA1c(酵素法)(NGSP値)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D046000001927102</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
     <t>HbA1c(その他)(NGSP値)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D046000001999902</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>随時血糖</t>
+  </si>
+  <si>
     <t>随時血糖(電位差法(ブドウ糖酸化酵素電極法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010129901926101</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
     <t>随時血糖(可視吸光光度法(ブドウ糖酸化酵素法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010129902227101</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
     <t>随時血糖(紫外吸光光度法(ヘキソキナーゼ法、グルコキナーゼ法、ブドウ糖脱水素酵素法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010129901927201</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
     <t>随時血糖(その他)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>3D010129901999901</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>尿検査</t>
+  </si>
+  <si>
+    <t>尿糖</t>
+  </si>
+  <si>
     <t>尿糖(試験紙法(機械読み取り))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1A020000000191111</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2102</t>
+  </si>
+  <si>
+    <t>1:－、2:±、3:＋、4:＋＋、5:＋＋＋</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
     <t>尿糖(試験紙法(目視法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1A020000000190111</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>尿蛋白</t>
+  </si>
+  <si>
     <t>尿蛋白(試験紙法(機械読み取り))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1A010000000191111</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
     <t>尿蛋白(試験紙法(目視法))</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1A010000000190111</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>血液学検査(貧血検査)</t>
+  </si>
+  <si>
+    <t>赤血球数</t>
+  </si>
+  <si>
+    <t>2A020000001930101</t>
+  </si>
+  <si>
+    <t>2A020</t>
+  </si>
+  <si>
+    <t>COMP</t>
+  </si>
+  <si>
+    <t>万/mm3</t>
+  </si>
+  <si>
+    <t>10*4/mm3</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>血色素量(ヘモグロビン値)</t>
+  </si>
+  <si>
     <t>血色素量[ヘモグロビン値]</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>眼底検査(シェイエ分類:H)</t>
-[...28 lines deleted...]
-    <phoneticPr fontId="1"/>
+    <t>2A030000001930101</t>
+  </si>
+  <si>
+    <t>g/dl</t>
+  </si>
+  <si>
+    <t>g/dL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30.0 </t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>ヘマトクリット値</t>
+  </si>
+  <si>
+    <t>2A040000001930102</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>貧血検査(実施理由)</t>
+  </si>
+  <si>
+    <t>2A020161001930149</t>
+  </si>
+  <si>
+    <t>RSON</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>生化学検査</t>
+  </si>
+  <si>
+    <t>血清クレアチニン</t>
+  </si>
+  <si>
+    <t>血清クレアチニン(可視吸光光度法(酵素法))</t>
+  </si>
+  <si>
+    <t>3C015000002327101</t>
+  </si>
+  <si>
+    <t>3C015</t>
+  </si>
+  <si>
+    <t>NN.NN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.00 </t>
+  </si>
+  <si>
+    <t>99.99</t>
+  </si>
+  <si>
+    <t xml:space="preserve">0.10 </t>
+  </si>
+  <si>
+    <t>20.00</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>血清クレアチニン(その他)</t>
+  </si>
+  <si>
+    <t>3C015000002399901</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>血清クレアチニン(対象者)</t>
+  </si>
+  <si>
+    <t>3C015161602399911</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18110</t>
+  </si>
+  <si>
+    <t>1:検査結果による血清クレアチニン検査対象者
+※詳細な健診の項目として実施しない場合で、値を出現させるときは0(ゼロ)を入力する</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>血清クレアチニン(実施理由)</t>
+  </si>
+  <si>
+    <t>3C015161002399949</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>eGFR</t>
+  </si>
+  <si>
+    <t>8A065000002391901</t>
+  </si>
+  <si>
+    <t>ml/min/1.73m2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.0  </t>
+  </si>
+  <si>
+    <t>500.0</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>がん検診･生体検査等</t>
+  </si>
+  <si>
+    <t>心電図</t>
+  </si>
+  <si>
+    <t>心電図(所見の有無)</t>
+  </si>
+  <si>
+    <t>9A110160700000011</t>
+  </si>
+  <si>
+    <t>9A110</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2002</t>
   </si>
   <si>
     <t>1:所見あり、2:所見なし</t>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>心電図(所見)</t>
+  </si>
+  <si>
+    <t>9A110160800000049</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>心電図(対象者)</t>
+  </si>
+  <si>
+    <t>9A110161600000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18120</t>
   </si>
   <si>
     <t>1:検査結果による心電図検査対象者、2:不整脈による心電図検査対象者
 ※詳細健診以外で実施し値を出現させるときは0(ゼロ)を入力する</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>心電図(実施理由)</t>
+  </si>
+  <si>
+    <t>9A110161000000049</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>1680</t>
+  </si>
+  <si>
+    <t>眼底検査</t>
+  </si>
+  <si>
+    <t>眼底検査(キースワグナー分類)</t>
+  </si>
+  <si>
+    <t>9E100166000000011</t>
+  </si>
+  <si>
+    <t>9E100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6    </t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2110</t>
+  </si>
+  <si>
     <t>1:0、2:Ⅰ、3:Ⅱa、4:Ⅱb、5:Ⅲ、6:Ⅳ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>1690</t>
+  </si>
+  <si>
+    <t>眼底検査(シェイエ分類:H)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>9E100166100000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2111</t>
+  </si>
+  <si>
     <t>1:0、2:1、3:2、4:3、5:4</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>1700</t>
+  </si>
+  <si>
+    <t>眼底検査(シェイエ分類:S)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>9E100166200000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2112</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>1710</t>
+  </si>
+  <si>
+    <t>眼底検査(SCOTT分類)</t>
+  </si>
+  <si>
+    <t>9E100166300000011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9    </t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2113</t>
+  </si>
+  <si>
     <t>1:Ⅰ(a)、2:Ⅰ(b)、3:Ⅱ、4:Ⅲ(a)、5:Ⅲ(b)、6:Ⅳ、7:Ⅴ(a)、8:Ⅴ(b)、9:Ⅵ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>1711</t>
+  </si>
+  <si>
+    <t>眼底検査(Wong-Mitchell分類)</t>
+  </si>
+  <si>
+    <t>9E100166600000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18080</t>
+  </si>
+  <si>
     <t>1:所見なし、2:軽度、3:中等度、4:重度</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>1712</t>
+  </si>
+  <si>
+    <t>眼底検査(改変Davis分類)</t>
+  </si>
+  <si>
+    <t>9E100166500000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18090</t>
+  </si>
+  <si>
     <t>1:網膜症なし、2:単純網膜症、3:増殖前網膜症、4:増殖網膜症</t>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>1720</t>
+  </si>
+  <si>
+    <t>眼底検査(その他の所見)</t>
+  </si>
+  <si>
+    <t>9E100160900000049</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>1725</t>
+  </si>
+  <si>
+    <t>眼底検査(対象者)</t>
+  </si>
+  <si>
+    <t>9E100161600000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18130</t>
   </si>
   <si>
     <t>1:検査結果による眼底検査対象者
 ※詳細な健診の項目として実施しない場合で、値を出現させるときは0(ゼロ)を入力する</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>1730</t>
+  </si>
+  <si>
+    <t>眼底検査(実施理由)</t>
+  </si>
+  <si>
+    <t>9E100161000000049</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>970</t>
+  </si>
+  <si>
+    <t>胸部X線検査(直接撮影)</t>
+  </si>
+  <si>
+    <t>胸部X線検査(一般:直接撮影)(所見の有無)</t>
+  </si>
+  <si>
+    <t>9N206160700000011</t>
+  </si>
+  <si>
+    <t>9N206</t>
+  </si>
+  <si>
     <t>1:所見あり、2:所見なし、3:要再撮影</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>980</t>
+  </si>
+  <si>
+    <t>胸部X線検査(一般:直接撮影)(所見)</t>
+  </si>
+  <si>
+    <t>9N206160800000049</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>胸部X線検査(直接撮影)(撮影年月日)</t>
+  </si>
+  <si>
+    <t>9N211161100000049</t>
+  </si>
+  <si>
+    <t>valueDateTime</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>胸部X線検査(直接撮影)(フィルム番号)</t>
+  </si>
+  <si>
+    <t>9N211161200000049</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>1020</t>
+  </si>
+  <si>
+    <t>胸部X線検査(間接撮影)</t>
+  </si>
+  <si>
+    <t>胸部X線検査(一般:間接撮影)(所見の有無)</t>
+  </si>
+  <si>
+    <t>9N221160700000011</t>
+  </si>
+  <si>
+    <t>9N221</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>1030</t>
+  </si>
+  <si>
+    <t>胸部X線検査(一般:間接撮影)(所見)</t>
+  </si>
+  <si>
+    <t>9N221160800000049</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>1040</t>
+  </si>
+  <si>
+    <t>胸部X線検査(間接撮影)(撮影年月日)</t>
+  </si>
+  <si>
+    <t>9N226161100000049</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>1050</t>
+  </si>
+  <si>
+    <t>胸部X線検査(間接撮影)(フィルム番号)</t>
+  </si>
+  <si>
+    <t>9N226161200000049</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>1060</t>
+  </si>
+  <si>
+    <t>喀痰検査</t>
+  </si>
+  <si>
+    <t>喀痰検査(塗抹鏡検 一般細菌)(所見の有無)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>6A010160706170411</t>
+  </si>
+  <si>
+    <t>6A010</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>1070</t>
+  </si>
+  <si>
+    <t>喀痰検査(塗抹鏡検 一般細菌)(所見)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>6A010160806170449</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>喀痰検査(塗抹鏡検 抗酸菌)</t>
+  </si>
+  <si>
+    <t>6A205000006171711</t>
+  </si>
+  <si>
     <t>1:－、2:±、3:＋、4:2＋、5:3＋</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>1090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">喀痰検査(ガフキー号数)   </t>
+  </si>
+  <si>
+    <t>6A205165606171711</t>
+  </si>
+  <si>
+    <t>NN</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2131</t>
+  </si>
+  <si>
     <t>1:0号、2:1号、3:2号、4:3号、5:4号、6:5号、7:6号、8:7号、9:8号、10:9号、11:10号</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>1100</t>
+  </si>
+  <si>
+    <t>喀痰細胞診検査</t>
+  </si>
+  <si>
+    <t>7A010000006143311</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2130</t>
+  </si>
+  <si>
     <t>1:A、2:B、3:C、4:D、5:E</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>視力</t>
+  </si>
+  <si>
+    <t>視力(右)</t>
+  </si>
+  <si>
+    <t>9E160162100000001</t>
+  </si>
+  <si>
+    <t>N.NN</t>
+  </si>
+  <si>
+    <t>9.99</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>視力(右:矯正)</t>
+  </si>
+  <si>
+    <t>9E160162500000001</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>視力(左)</t>
+  </si>
+  <si>
+    <t>9E160162200000001</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>視力(左:矯正)</t>
+  </si>
+  <si>
+    <t>9E160162600000001</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>聴力</t>
+  </si>
+  <si>
+    <t>聴力(右:1000Hz)</t>
+  </si>
+  <si>
+    <t>9D100163100000011</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>聴力(右:4000Hz)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>9D100163200000011</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>聴力(左:1000Hz)</t>
+  </si>
+  <si>
+    <t>9D100163500000011</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>聴力(左:4000Hz)</t>
+  </si>
+  <si>
+    <t>9D100163600000011</t>
+  </si>
+  <si>
+    <t>1660</t>
+  </si>
+  <si>
+    <t>聴力(検査方法)</t>
+  </si>
+  <si>
+    <t>9D100164000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2301</t>
+  </si>
+  <si>
     <t>1:オージオメトリー、2:その他</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1670</t>
+  </si>
+  <si>
+    <t>聴力(その他の所見)</t>
+  </si>
+  <si>
+    <t>9D100160900000049</t>
+  </si>
+  <si>
+    <t>1930</t>
+  </si>
+  <si>
+    <t>医師の判断</t>
+  </si>
+  <si>
+    <t>メタボリックシンドローム判定</t>
+  </si>
+  <si>
+    <t>9N501000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.1008</t>
+  </si>
+  <si>
     <t>1:基準該当、2:予備群該当、3:非該当、4:判定不能</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>1940</t>
+  </si>
+  <si>
+    <t>保健指導レベル</t>
+  </si>
+  <si>
+    <t>9N506000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.3001</t>
+  </si>
+  <si>
     <t>1:積極的支援、2:動機付け支援、3:なし(情報提供)、4:判定不能</t>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>1950</t>
+  </si>
+  <si>
+    <t>医師の診断(判定)</t>
+  </si>
+  <si>
+    <t>9N511000000000049</t>
+  </si>
+  <si>
+    <t>1955</t>
+  </si>
+  <si>
+    <t>検査未実施の理由</t>
+  </si>
+  <si>
+    <t>測定不可能･検査未実施の理由</t>
+  </si>
+  <si>
+    <t>9N512000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.24080</t>
   </si>
   <si>
     <t>1:生理中、2:腎疾患等の基礎疾患があるため排尿障害を有する、3:その他
 受診者の事情(生理中等)により検査を実施できなかった場合の理由の記録</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>質問票</t>
+  </si>
+  <si>
+    <t>服薬1(血圧)</t>
+  </si>
+  <si>
+    <t>9N701000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2003</t>
+  </si>
+  <si>
     <t>1:はい、2:いいえ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>01012</t>
+  </si>
+  <si>
+    <t>01022</t>
+  </si>
+  <si>
+    <t>01032</t>
+  </si>
+  <si>
+    <t>01042</t>
+  </si>
+  <si>
+    <t>01082</t>
+  </si>
+  <si>
+    <t>01072</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>服薬1(血圧)(薬剤名)</t>
+  </si>
+  <si>
+    <t>9N701167000000049</t>
+  </si>
+  <si>
+    <t>2310</t>
+  </si>
+  <si>
+    <t>服薬1(血圧)(服薬理由)</t>
+  </si>
+  <si>
+    <t>9N701167100000049</t>
+  </si>
+  <si>
+    <t>2320</t>
+  </si>
+  <si>
+    <t>服薬2(血糖)</t>
+  </si>
+  <si>
+    <t>9N706000000000011</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>服薬2(血糖)(薬剤名)</t>
+  </si>
+  <si>
+    <t>9N706167000000049</t>
+  </si>
+  <si>
+    <t>2340</t>
+  </si>
+  <si>
+    <t>服薬2(血糖)(服薬理由)</t>
+  </si>
+  <si>
+    <t>9N706167100000049</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>2350</t>
+  </si>
+  <si>
+    <t>服薬3(脂質)</t>
+  </si>
+  <si>
+    <t>9N711000000000011</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>2360</t>
+  </si>
+  <si>
+    <t>服薬3(脂質)(薬剤名)</t>
+  </si>
+  <si>
+    <t>9N711167000000049</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>2370</t>
+  </si>
+  <si>
+    <t>服薬3(脂質)(服薬理由)</t>
+  </si>
+  <si>
+    <t>9N711167100000049</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>2380</t>
+  </si>
+  <si>
+    <t>標準的な質問票1</t>
+  </si>
+  <si>
+    <t>既往歴1(脳血管)</t>
+  </si>
+  <si>
+    <t>9N716000000000011</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>2390</t>
+  </si>
+  <si>
+    <t>標準的な質問票2</t>
+  </si>
+  <si>
+    <t>既往歴2(心血管)</t>
+  </si>
+  <si>
+    <t>9N721000000000011</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>2400</t>
+  </si>
+  <si>
+    <t>標準的な質問票3</t>
+  </si>
+  <si>
+    <t>既往歴3(腎不全･人工透析)</t>
+  </si>
+  <si>
+    <t>9N726000000000011</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>2410</t>
+  </si>
+  <si>
+    <t>標準的な質問票4</t>
+  </si>
+  <si>
+    <t>貧血</t>
+  </si>
+  <si>
+    <t>9N731000000000011</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>標準的な質問票5</t>
+  </si>
+  <si>
+    <t>喫煙</t>
+  </si>
+  <si>
+    <t>9N736000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.24060</t>
+  </si>
+  <si>
     <t>1:はい、2:以前は吸っていたが、最近1ヶ月間は吸っていない、3：いいえ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>2430</t>
+  </si>
+  <si>
+    <t>標準的な質問票6</t>
+  </si>
+  <si>
+    <t>20歳からの体重変化</t>
+  </si>
+  <si>
+    <t>9N741000000000011</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>2440</t>
+  </si>
+  <si>
+    <t>標準的な質問票7</t>
+  </si>
+  <si>
+    <t>30分以上の運動習慣</t>
+  </si>
+  <si>
+    <t>9N746000000000011</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>2450</t>
+  </si>
+  <si>
+    <t>標準的な質問票8</t>
+  </si>
+  <si>
+    <t>歩行又は身体活動</t>
+  </si>
+  <si>
+    <t>9N751000000000011</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>2460</t>
+  </si>
+  <si>
+    <t>標準的な質問票9</t>
+  </si>
+  <si>
+    <t>歩行速度</t>
+  </si>
+  <si>
+    <t>9N756000000000011</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>2471</t>
+  </si>
+  <si>
+    <t>標準的な質問票10</t>
+  </si>
+  <si>
+    <t>咀嚼</t>
+  </si>
+  <si>
+    <t>9N872000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18030</t>
+  </si>
+  <si>
     <t>1:何でも、2:かみにくい、3:ほとんどかめない</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>2480</t>
+  </si>
+  <si>
+    <t>標準的な質問票11</t>
+  </si>
+  <si>
+    <t>食べ方1(早食い等)</t>
+  </si>
+  <si>
+    <t>9N766000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2004</t>
+  </si>
+  <si>
     <t>1:速い、2:ふつう、3:遅い</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>2490</t>
+  </si>
+  <si>
+    <t>標準的な質問票12</t>
+  </si>
+  <si>
+    <t>食べ方2(就寝前)</t>
+  </si>
+  <si>
+    <t>9N771000000000011</t>
+  </si>
+  <si>
+    <t>2501</t>
+  </si>
+  <si>
+    <t>標準的な質問票13</t>
+  </si>
+  <si>
+    <t>食べ方3(間食)</t>
+  </si>
+  <si>
+    <t>9N782000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18040</t>
+  </si>
+  <si>
     <t>1:毎日、2:時々、3:ほとんど摂取しない</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>2510</t>
+  </si>
+  <si>
+    <t>標準的な質問票14</t>
+  </si>
+  <si>
+    <t>食習慣</t>
+  </si>
+  <si>
+    <t>9N781000000000011</t>
+  </si>
+  <si>
+    <t>2520</t>
+  </si>
+  <si>
+    <t>標準的な質問票15</t>
+  </si>
+  <si>
+    <t>飲酒</t>
+  </si>
+  <si>
+    <t>9N786000000000011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8    </t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.24040</t>
+  </si>
+  <si>
     <t>1:毎日、2:週5～6日、3:週3～4日、4:週1～2日、5:月に1～3日、6:月に1日未満、7:やめた、8:飲まない(飲めない)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>2530</t>
+  </si>
+  <si>
+    <t>標準的な質問票16</t>
+  </si>
+  <si>
+    <t>飲酒量</t>
+  </si>
+  <si>
+    <t>9N791000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.24050</t>
+  </si>
+  <si>
     <t>1:1合未満、2:1～2合未満、3:2～3合未満、4:3～5合未満、5:5合以上</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>2540</t>
+  </si>
+  <si>
+    <t>標準的な質問票17</t>
+  </si>
+  <si>
+    <t>睡眠</t>
+  </si>
+  <si>
+    <t>9N796000000000011</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>2550</t>
+  </si>
+  <si>
+    <t>標準的な質問票18</t>
+  </si>
+  <si>
+    <t>生活習慣の改善</t>
+  </si>
+  <si>
+    <t>9N801000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.2007</t>
+  </si>
+  <si>
     <t>1:意志なし、2:意志あり(6か月以内)、3:意志あり(近いうち)、4:取組済み(6ヶ月未満)、5:取組済み(6ヶ月以上)</t>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>2560</t>
+  </si>
+  <si>
+    <t>標準的な質問票19</t>
+  </si>
+  <si>
+    <t>特定保健指導の受診歴</t>
+  </si>
+  <si>
+    <t>9N808000000000011</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>2820</t>
+  </si>
+  <si>
+    <t>情報提供</t>
+  </si>
+  <si>
+    <t>情報提供の方法</t>
+  </si>
+  <si>
+    <t>9N950000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18050</t>
   </si>
   <si>
     <t>1:付加価値の高い情報提供、2:専門職による対面説明、3:1と2両方実施
 1～3に当てはまらない場合は出現させない</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>2830</t>
+  </si>
+  <si>
+    <t>初回面接</t>
+  </si>
+  <si>
+    <t>初回面接実施</t>
+  </si>
+  <si>
+    <t>9N807000000000011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1  </t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.18060</t>
+  </si>
+  <si>
     <t>1:健診1週間以内に初回面接実施
 1に当てはまらない場合は出現させない</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>2840</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票1</t>
+  </si>
+  <si>
+    <t>あなたの現在の健康状態はいかがですか(後期)</t>
+  </si>
+  <si>
+    <t>9N932000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19010</t>
+  </si>
+  <si>
     <t>1:よい、2:まあよい、3:ふつう、4:あまりよくない、5:よくない</t>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>2850</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票2</t>
+  </si>
+  <si>
+    <t>毎日の生活に満足していますか(後期)</t>
+  </si>
+  <si>
+    <t>9N933000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19020</t>
   </si>
   <si>
     <t>1:満足、2:やや満足
 3:やや不満、4:不満</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>2860</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票3</t>
+  </si>
+  <si>
+    <t>1日3食きちんと食べていますか(後期)</t>
+  </si>
+  <si>
+    <t>9N934000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19030</t>
+  </si>
+  <si>
     <t>1:はい 、2:いいえ</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>2870</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票4</t>
+  </si>
+  <si>
+    <t>半年前に比べて固いものが食べにくくなりましたか(後期)</t>
+  </si>
+  <si>
+    <t>9N935000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19040</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>2880</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票5</t>
+  </si>
+  <si>
+    <t>お茶や汁物等でむせることがありますか(後期)</t>
+  </si>
+  <si>
+    <t>9N936000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19050</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>2890</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票6</t>
+  </si>
+  <si>
+    <t>6カ月間で2～3kg以上の体重減少がありましたか(後期)</t>
+  </si>
+  <si>
+    <t>9N937000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19060</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>2900</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票7</t>
+  </si>
+  <si>
+    <t>以前に比べて歩く速度が遅くなってきたと思いますか(後期)</t>
+  </si>
+  <si>
+    <t>9N938000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19070</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>2910</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票8</t>
+  </si>
+  <si>
+    <t>この1年間に転んだことがありますか(後期)</t>
+  </si>
+  <si>
+    <t>9N939000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19080</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>2920</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票9</t>
+  </si>
+  <si>
+    <t>ウォーキング等の運動を週に1回以上していますか(後期)</t>
+  </si>
+  <si>
+    <t>9N940000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19090</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>2930</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票10</t>
+  </si>
+  <si>
+    <t>周りの人から｢いつも同じことを聞く｣などの物忘れがあると言われていますか(後期)</t>
+  </si>
+  <si>
+    <t>9N941000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19100</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>2940</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票11</t>
+  </si>
+  <si>
+    <t>今日が何月何日かわからない時がありますか(後期)</t>
+  </si>
+  <si>
+    <t>9N942000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19110</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>2950</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票12</t>
+  </si>
+  <si>
+    <t>あなたはたばこを吸いますか(後期)</t>
+  </si>
+  <si>
+    <t>9N943000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19120</t>
+  </si>
+  <si>
     <t>1:吸っている、2:吸っていない、3:やめた</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>血色素量[ヘモグロビン値]</t>
+    <t>149</t>
+  </si>
+  <si>
+    <t>2960</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票13</t>
+  </si>
+  <si>
+    <t>週に1回以上は外出していますか(後期)</t>
+  </si>
+  <si>
+    <t>9N944000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19130</t>
+  </si>
+  <si>
+    <t>2970</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票14</t>
+  </si>
+  <si>
+    <t>ふだんから家族や友人と付き合いがありますか(後期)</t>
+  </si>
+  <si>
+    <t>9N945000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19140</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>2980</t>
+  </si>
+  <si>
+    <t>後期高齢者の質問票15</t>
+  </si>
+  <si>
+    <t>体調が悪いときに、身近に相談できる人がいますか(後期)</t>
+  </si>
+  <si>
+    <t>9N946000000000011</t>
+  </si>
+  <si>
+    <t>1.2.392.200119.6.19150</t>
+  </si>
+  <si>
+    <t>電子カルテ情報共有サービス向け健診マスタ_一連検査グループ一覧</t>
+    <rPh sb="21" eb="23">
+      <t>イチレン</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ケンサ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>イチラン</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>1:検査結果による血清クレアチニン検査対象者
-[...13 lines deleted...]
-・「【補足2】一連検査グループ以外の関連する項目一覧」シートの追加</t>
+    <t>一連検査グループコード
+(FHIR)</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>■最終更新日：2025年9月25日</t>
+    <t>2A020</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>血清クレアチニン検査</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>3C015</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve">心電図検査 </t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>9A110</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>喀痰検査</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>電子カルテ情報共有サービス向け健診マスタ_一連検査グループ以外の関連する項目一覧</t>
+    <rPh sb="21" eb="23">
+      <t>イチレン</t>
+    </rPh>
+    <rPh sb="23" eb="25">
+      <t>ケンサ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>イガイ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>カンレン</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="38" eb="40">
+      <t>イチラン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>データ型(FHIR)</t>
+    <rPh sb="3" eb="4">
+      <t>ガタ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>診察</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>valueCodeableConcept</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>左記を１つのObservationリソースにまとめて記述する。
+データ型(FHIR)が「valueCodeableConcept」型の項目をvalue[x]:valueCodeableConcept要素に記述し、
+データ型(FHIR)が「valueString」型の項目をcomponent.value[x]要素に記述。</t>
+    <rPh sb="0" eb="2">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="35" eb="36">
+      <t>ガタ</t>
+    </rPh>
+    <rPh sb="65" eb="66">
+      <t>ガタ</t>
+    </rPh>
+    <rPh sb="67" eb="69">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="99" eb="101">
+      <t>ヨウソ</t>
+    </rPh>
+    <rPh sb="102" eb="104">
+      <t>キジュツ</t>
+    </rPh>
+    <rPh sb="155" eb="157">
+      <t>ヨウソ</t>
+    </rPh>
+    <rPh sb="158" eb="160">
+      <t>キジュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>具体的な既往歴</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>valueString</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>左記を１つのObservationリソースにまとめて記述する。
+データ型(FHIR)が「valueCodeableConcept」型の項目をvalue[x]:valueCodeableConcept要素に記述し、
+データ型(FHIR)が「valueString」型の項目をcomponent.value[x]要素に記述。</t>
+    <rPh sb="0" eb="2">
+      <t>サキ</t>
+    </rPh>
+    <rPh sb="35" eb="36">
+      <t>ガタ</t>
+    </rPh>
+    <rPh sb="65" eb="66">
+      <t>ガタ</t>
+    </rPh>
+    <rPh sb="67" eb="69">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="99" eb="101">
+      <t>ヨウソ</t>
+    </rPh>
+    <rPh sb="102" eb="104">
+      <t>キジュツ</t>
+    </rPh>
+    <rPh sb="154" eb="156">
+      <t>ヨウソ</t>
+    </rPh>
+    <rPh sb="157" eb="159">
+      <t>キジュツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>自覚症状(所見)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>他覚症状(所見)</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>がん検診・生体検査等</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>第 1.3.2 版</t>
+    <phoneticPr fontId="12"/>
+  </si>
+  <si>
+    <t>1.3.2</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>貧血検査</t>
+    <rPh sb="0" eb="2">
+      <t>ヒンケツ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>心電図検査</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>胸部X線直接・一般健診</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>胸部X線間接・一般健診</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>9月25日 1.3.1版からの変更箇所は以下のとおり。
+・「【補足1】一連検査グループ一覧」シート
+　-以下の「グループ名称」を修正
+　　・「貧血検査項目」から「貧血検査」に修正
+　　・「胸部X線検査(直接撮影)」から「胸部X線直接・一般健診」に修正
+　　・「胸部X線検査(間接撮影)」から「胸部X線間接・一般健診」に修正</t>
+    <rPh sb="1" eb="2">
+      <t>ガツ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ニチ</t>
+    </rPh>
+    <rPh sb="11" eb="12">
+      <t>ハン</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ヘンコウ</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>カショ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="60" eb="62">
+      <t>メイショウ</t>
+    </rPh>
+    <rPh sb="64" eb="66">
+      <t>シュウセイ</t>
+    </rPh>
+    <rPh sb="71" eb="73">
+      <t>ヒンケツ</t>
+    </rPh>
+    <rPh sb="73" eb="75">
+      <t>ケンサ</t>
+    </rPh>
+    <rPh sb="75" eb="77">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="81" eb="85">
+      <t>ヒンケツケンサ</t>
+    </rPh>
+    <rPh sb="87" eb="89">
+      <t>シュウセイ</t>
+    </rPh>
+    <rPh sb="123" eb="125">
+      <t>シュウセイ</t>
+    </rPh>
+    <rPh sb="159" eb="161">
+      <t>シュウセイ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>■最終更新日：2026年1月5日</t>
     <rPh sb="1" eb="3">
       <t>サイシュウ</t>
     </rPh>
     <rPh sb="3" eb="6">
       <t>コウシンビ</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ネン</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ガツ</t>
     </rPh>
-    <rPh sb="16" eb="17">
+    <rPh sb="15" eb="16">
       <t>ニチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="0_);[Red]\(0\)"/>
     <numFmt numFmtId="177" formatCode="0_ "/>
     <numFmt numFmtId="178" formatCode="0.0"/>
   </numFmts>
   <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
@@ -5168,102 +5232,102 @@
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="15" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="22" fillId="4" borderId="14" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="1" xfId="8" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="13" fillId="2" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="2" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="176" fontId="7" fillId="2" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="4" borderId="14" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="4" borderId="13" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="22" fillId="4" borderId="12" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="14" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="13" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="12" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="31" fontId="26" fillId="3" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="8" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="31" fontId="27" fillId="3" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="8" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="31" fontId="26" fillId="0" borderId="0" xfId="8" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="5" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="4" xfId="11" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -6035,137 +6099,137 @@
       <c r="P26" s="40"/>
       <c r="Q26" s="40"/>
       <c r="R26" s="40"/>
       <c r="S26" s="40"/>
       <c r="T26" s="40"/>
       <c r="U26" s="40"/>
       <c r="V26" s="40"/>
       <c r="W26" s="40"/>
       <c r="X26" s="40"/>
       <c r="Y26" s="40"/>
     </row>
     <row r="28" spans="9:25" x14ac:dyDescent="0.4">
       <c r="I28" s="39"/>
       <c r="J28" s="39"/>
       <c r="K28" s="39"/>
       <c r="L28" s="39"/>
       <c r="M28" s="39"/>
       <c r="N28" s="39"/>
     </row>
     <row r="29" spans="9:25" x14ac:dyDescent="0.4">
       <c r="I29" s="39"/>
     </row>
     <row r="30" spans="9:25" ht="16.5" x14ac:dyDescent="0.4">
       <c r="I30" s="39"/>
       <c r="J30" s="74" t="s">
-        <v>432</v>
+        <v>1011</v>
       </c>
       <c r="K30" s="75"/>
       <c r="L30" s="75"/>
       <c r="M30" s="75"/>
       <c r="N30" s="75"/>
     </row>
     <row r="31" spans="9:25" ht="14.25" x14ac:dyDescent="0.4">
       <c r="I31" s="39"/>
       <c r="J31" s="76"/>
       <c r="K31" s="77"/>
       <c r="L31" s="77"/>
       <c r="M31" s="77"/>
       <c r="N31" s="77"/>
     </row>
     <row r="32" spans="9:25" ht="16.5" x14ac:dyDescent="0.4">
       <c r="I32" s="39"/>
       <c r="J32" s="78">
-        <v>45925</v>
+        <v>46027</v>
       </c>
       <c r="K32" s="75"/>
       <c r="L32" s="75"/>
       <c r="M32" s="75"/>
       <c r="N32" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="J30:N30"/>
     <mergeCell ref="J31:N31"/>
     <mergeCell ref="J32:N32"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CAA23332-2D40-4E41-AEBF-3361D4631E3B}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:BV33"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="115" zoomScaleNormal="85" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="1.875" defaultRowHeight="15" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="71" width="1.875" style="42" customWidth="1"/>
     <col min="72" max="74" width="1.875" style="42"/>
     <col min="75" max="16384" width="1.875" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:70" ht="15.75" thickTop="1" x14ac:dyDescent="0.4">
       <c r="A1" s="43"/>
       <c r="C1" s="42" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="2" spans="1:70" x14ac:dyDescent="0.4">
       <c r="C2" s="79" t="s">
-        <v>324</v>
+        <v>0</v>
       </c>
       <c r="D2" s="79"/>
       <c r="E2" s="79"/>
       <c r="F2" s="80" t="s">
-        <v>325</v>
+        <v>1</v>
       </c>
       <c r="G2" s="80"/>
       <c r="H2" s="80"/>
       <c r="I2" s="80"/>
       <c r="J2" s="80"/>
       <c r="K2" s="80"/>
       <c r="L2" s="80" t="s">
-        <v>326</v>
+        <v>2</v>
       </c>
       <c r="M2" s="80"/>
       <c r="N2" s="80"/>
       <c r="O2" s="80"/>
       <c r="P2" s="80"/>
       <c r="Q2" s="80"/>
       <c r="R2" s="80"/>
       <c r="S2" s="80"/>
       <c r="T2" s="80"/>
       <c r="U2" s="80"/>
       <c r="V2" s="80"/>
       <c r="W2" s="81" t="s">
-        <v>327</v>
+        <v>3</v>
       </c>
       <c r="X2" s="82"/>
       <c r="Y2" s="82"/>
       <c r="Z2" s="82"/>
       <c r="AA2" s="82"/>
       <c r="AB2" s="82"/>
       <c r="AC2" s="82"/>
       <c r="AD2" s="82"/>
       <c r="AE2" s="82"/>
       <c r="AF2" s="82"/>
       <c r="AG2" s="82"/>
       <c r="AH2" s="82"/>
       <c r="AI2" s="82"/>
       <c r="AJ2" s="82"/>
       <c r="AK2" s="82"/>
       <c r="AL2" s="82"/>
       <c r="AM2" s="82"/>
       <c r="AN2" s="82"/>
       <c r="AO2" s="82"/>
       <c r="AP2" s="82"/>
       <c r="AQ2" s="82"/>
       <c r="AR2" s="82"/>
       <c r="AS2" s="82"/>
       <c r="AT2" s="82"/>
       <c r="AU2" s="82"/>
@@ -6173,77 +6237,77 @@
       <c r="AW2" s="82"/>
       <c r="AX2" s="82"/>
       <c r="AY2" s="82"/>
       <c r="AZ2" s="82"/>
       <c r="BA2" s="82"/>
       <c r="BB2" s="82"/>
       <c r="BC2" s="82"/>
       <c r="BD2" s="82"/>
       <c r="BE2" s="82"/>
       <c r="BF2" s="82"/>
       <c r="BG2" s="82"/>
       <c r="BH2" s="82"/>
       <c r="BI2" s="82"/>
       <c r="BJ2" s="82"/>
       <c r="BK2" s="82"/>
       <c r="BL2" s="82"/>
       <c r="BM2" s="82"/>
       <c r="BN2" s="82"/>
       <c r="BO2" s="82"/>
       <c r="BP2" s="82"/>
       <c r="BQ2" s="82"/>
       <c r="BR2" s="83"/>
     </row>
     <row r="3" spans="1:70" x14ac:dyDescent="0.4">
       <c r="C3" s="84" t="s">
-        <v>328</v>
+        <v>4</v>
       </c>
       <c r="D3" s="85"/>
       <c r="E3" s="86"/>
       <c r="F3" s="87">
         <v>45576</v>
       </c>
       <c r="G3" s="88"/>
       <c r="H3" s="88"/>
       <c r="I3" s="88"/>
       <c r="J3" s="88"/>
       <c r="K3" s="89"/>
       <c r="L3" s="90" t="s">
-        <v>329</v>
+        <v>5</v>
       </c>
       <c r="M3" s="91"/>
       <c r="N3" s="91"/>
       <c r="O3" s="91"/>
       <c r="P3" s="91"/>
       <c r="Q3" s="91"/>
       <c r="R3" s="91"/>
       <c r="S3" s="91"/>
       <c r="T3" s="91"/>
       <c r="U3" s="91"/>
       <c r="V3" s="92"/>
       <c r="W3" s="93" t="s">
-        <v>330</v>
+        <v>6</v>
       </c>
       <c r="X3" s="94"/>
       <c r="Y3" s="94"/>
       <c r="Z3" s="94"/>
       <c r="AA3" s="94"/>
       <c r="AB3" s="94"/>
       <c r="AC3" s="94"/>
       <c r="AD3" s="94"/>
       <c r="AE3" s="94"/>
       <c r="AF3" s="94"/>
       <c r="AG3" s="94"/>
       <c r="AH3" s="94"/>
       <c r="AI3" s="94"/>
       <c r="AJ3" s="94"/>
       <c r="AK3" s="94"/>
       <c r="AL3" s="94"/>
       <c r="AM3" s="94"/>
       <c r="AN3" s="94"/>
       <c r="AO3" s="94"/>
       <c r="AP3" s="94"/>
       <c r="AQ3" s="94"/>
       <c r="AR3" s="94"/>
       <c r="AS3" s="94"/>
       <c r="AT3" s="94"/>
       <c r="AU3" s="94"/>
@@ -6251,77 +6315,77 @@
       <c r="AW3" s="94"/>
       <c r="AX3" s="94"/>
       <c r="AY3" s="94"/>
       <c r="AZ3" s="94"/>
       <c r="BA3" s="94"/>
       <c r="BB3" s="94"/>
       <c r="BC3" s="94"/>
       <c r="BD3" s="94"/>
       <c r="BE3" s="94"/>
       <c r="BF3" s="94"/>
       <c r="BG3" s="94"/>
       <c r="BH3" s="94"/>
       <c r="BI3" s="94"/>
       <c r="BJ3" s="94"/>
       <c r="BK3" s="94"/>
       <c r="BL3" s="94"/>
       <c r="BM3" s="94"/>
       <c r="BN3" s="94"/>
       <c r="BO3" s="94"/>
       <c r="BP3" s="94"/>
       <c r="BQ3" s="94"/>
       <c r="BR3" s="95"/>
     </row>
     <row r="4" spans="1:70" ht="157.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C4" s="96" t="s">
-        <v>331</v>
+        <v>7</v>
       </c>
       <c r="D4" s="97"/>
       <c r="E4" s="98"/>
       <c r="F4" s="99">
         <v>45649</v>
       </c>
       <c r="G4" s="100"/>
       <c r="H4" s="100"/>
       <c r="I4" s="100"/>
       <c r="J4" s="100"/>
       <c r="K4" s="101"/>
       <c r="L4" s="102" t="s">
-        <v>329</v>
+        <v>5</v>
       </c>
       <c r="M4" s="103"/>
       <c r="N4" s="103"/>
       <c r="O4" s="103"/>
       <c r="P4" s="103"/>
       <c r="Q4" s="103"/>
       <c r="R4" s="103"/>
       <c r="S4" s="103"/>
       <c r="T4" s="103"/>
       <c r="U4" s="103"/>
       <c r="V4" s="104"/>
       <c r="W4" s="105" t="s">
-        <v>332</v>
+        <v>8</v>
       </c>
       <c r="X4" s="106"/>
       <c r="Y4" s="106"/>
       <c r="Z4" s="106"/>
       <c r="AA4" s="106"/>
       <c r="AB4" s="106"/>
       <c r="AC4" s="106"/>
       <c r="AD4" s="106"/>
       <c r="AE4" s="106"/>
       <c r="AF4" s="106"/>
       <c r="AG4" s="106"/>
       <c r="AH4" s="106"/>
       <c r="AI4" s="106"/>
       <c r="AJ4" s="106"/>
       <c r="AK4" s="106"/>
       <c r="AL4" s="106"/>
       <c r="AM4" s="106"/>
       <c r="AN4" s="106"/>
       <c r="AO4" s="106"/>
       <c r="AP4" s="106"/>
       <c r="AQ4" s="106"/>
       <c r="AR4" s="106"/>
       <c r="AS4" s="106"/>
       <c r="AT4" s="106"/>
       <c r="AU4" s="106"/>
@@ -6329,77 +6393,77 @@
       <c r="AW4" s="106"/>
       <c r="AX4" s="106"/>
       <c r="AY4" s="106"/>
       <c r="AZ4" s="106"/>
       <c r="BA4" s="106"/>
       <c r="BB4" s="106"/>
       <c r="BC4" s="106"/>
       <c r="BD4" s="106"/>
       <c r="BE4" s="106"/>
       <c r="BF4" s="106"/>
       <c r="BG4" s="106"/>
       <c r="BH4" s="106"/>
       <c r="BI4" s="106"/>
       <c r="BJ4" s="106"/>
       <c r="BK4" s="106"/>
       <c r="BL4" s="106"/>
       <c r="BM4" s="106"/>
       <c r="BN4" s="106"/>
       <c r="BO4" s="106"/>
       <c r="BP4" s="106"/>
       <c r="BQ4" s="106"/>
       <c r="BR4" s="107"/>
     </row>
     <row r="5" spans="1:70" ht="114.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C5" s="108" t="s">
-        <v>333</v>
+        <v>9</v>
       </c>
       <c r="D5" s="108"/>
       <c r="E5" s="108"/>
       <c r="F5" s="109">
         <v>45797</v>
       </c>
       <c r="G5" s="110"/>
       <c r="H5" s="110"/>
       <c r="I5" s="110"/>
       <c r="J5" s="110"/>
       <c r="K5" s="111"/>
       <c r="L5" s="112" t="s">
-        <v>329</v>
+        <v>5</v>
       </c>
       <c r="M5" s="112"/>
       <c r="N5" s="112"/>
       <c r="O5" s="112"/>
       <c r="P5" s="112"/>
       <c r="Q5" s="112"/>
       <c r="R5" s="112"/>
       <c r="S5" s="112"/>
       <c r="T5" s="112"/>
       <c r="U5" s="112"/>
       <c r="V5" s="112"/>
       <c r="W5" s="113" t="s">
-        <v>334</v>
+        <v>10</v>
       </c>
       <c r="X5" s="114"/>
       <c r="Y5" s="114"/>
       <c r="Z5" s="114"/>
       <c r="AA5" s="114"/>
       <c r="AB5" s="114"/>
       <c r="AC5" s="114"/>
       <c r="AD5" s="114"/>
       <c r="AE5" s="114"/>
       <c r="AF5" s="114"/>
       <c r="AG5" s="114"/>
       <c r="AH5" s="114"/>
       <c r="AI5" s="114"/>
       <c r="AJ5" s="114"/>
       <c r="AK5" s="114"/>
       <c r="AL5" s="114"/>
       <c r="AM5" s="114"/>
       <c r="AN5" s="114"/>
       <c r="AO5" s="114"/>
       <c r="AP5" s="114"/>
       <c r="AQ5" s="114"/>
       <c r="AR5" s="114"/>
       <c r="AS5" s="114"/>
       <c r="AT5" s="114"/>
       <c r="AU5" s="114"/>
@@ -6407,77 +6471,77 @@
       <c r="AW5" s="114"/>
       <c r="AX5" s="114"/>
       <c r="AY5" s="114"/>
       <c r="AZ5" s="114"/>
       <c r="BA5" s="114"/>
       <c r="BB5" s="114"/>
       <c r="BC5" s="114"/>
       <c r="BD5" s="114"/>
       <c r="BE5" s="114"/>
       <c r="BF5" s="114"/>
       <c r="BG5" s="114"/>
       <c r="BH5" s="114"/>
       <c r="BI5" s="114"/>
       <c r="BJ5" s="114"/>
       <c r="BK5" s="114"/>
       <c r="BL5" s="114"/>
       <c r="BM5" s="114"/>
       <c r="BN5" s="114"/>
       <c r="BO5" s="114"/>
       <c r="BP5" s="114"/>
       <c r="BQ5" s="114"/>
       <c r="BR5" s="115"/>
     </row>
     <row r="6" spans="1:70" ht="99.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C6" s="116" t="s">
-        <v>335</v>
+        <v>11</v>
       </c>
       <c r="D6" s="117"/>
       <c r="E6" s="118"/>
       <c r="F6" s="119">
         <v>45866</v>
       </c>
       <c r="G6" s="120"/>
       <c r="H6" s="120"/>
       <c r="I6" s="120"/>
       <c r="J6" s="120"/>
       <c r="K6" s="121"/>
       <c r="L6" s="116" t="s">
-        <v>329</v>
+        <v>5</v>
       </c>
       <c r="M6" s="117"/>
       <c r="N6" s="117"/>
       <c r="O6" s="117"/>
       <c r="P6" s="117"/>
       <c r="Q6" s="117"/>
       <c r="R6" s="117"/>
       <c r="S6" s="117"/>
       <c r="T6" s="117"/>
       <c r="U6" s="117"/>
       <c r="V6" s="118"/>
       <c r="W6" s="122" t="s">
-        <v>336</v>
+        <v>12</v>
       </c>
       <c r="X6" s="123"/>
       <c r="Y6" s="123"/>
       <c r="Z6" s="123"/>
       <c r="AA6" s="123"/>
       <c r="AB6" s="123"/>
       <c r="AC6" s="123"/>
       <c r="AD6" s="123"/>
       <c r="AE6" s="123"/>
       <c r="AF6" s="123"/>
       <c r="AG6" s="123"/>
       <c r="AH6" s="123"/>
       <c r="AI6" s="123"/>
       <c r="AJ6" s="123"/>
       <c r="AK6" s="123"/>
       <c r="AL6" s="123"/>
       <c r="AM6" s="123"/>
       <c r="AN6" s="123"/>
       <c r="AO6" s="123"/>
       <c r="AP6" s="123"/>
       <c r="AQ6" s="123"/>
       <c r="AR6" s="123"/>
       <c r="AS6" s="123"/>
       <c r="AT6" s="123"/>
       <c r="AU6" s="123"/>
@@ -6485,148 +6549,156 @@
       <c r="AW6" s="123"/>
       <c r="AX6" s="123"/>
       <c r="AY6" s="123"/>
       <c r="AZ6" s="123"/>
       <c r="BA6" s="123"/>
       <c r="BB6" s="123"/>
       <c r="BC6" s="123"/>
       <c r="BD6" s="123"/>
       <c r="BE6" s="123"/>
       <c r="BF6" s="123"/>
       <c r="BG6" s="123"/>
       <c r="BH6" s="123"/>
       <c r="BI6" s="123"/>
       <c r="BJ6" s="123"/>
       <c r="BK6" s="123"/>
       <c r="BL6" s="123"/>
       <c r="BM6" s="123"/>
       <c r="BN6" s="123"/>
       <c r="BO6" s="123"/>
       <c r="BP6" s="123"/>
       <c r="BQ6" s="123"/>
       <c r="BR6" s="124"/>
     </row>
     <row r="7" spans="1:70" ht="136.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C7" s="125" t="s">
-        <v>430</v>
+        <v>13</v>
       </c>
       <c r="D7" s="125"/>
       <c r="E7" s="125"/>
       <c r="F7" s="126">
         <v>45925</v>
       </c>
       <c r="G7" s="126"/>
       <c r="H7" s="126"/>
       <c r="I7" s="126"/>
       <c r="J7" s="126"/>
       <c r="K7" s="126"/>
       <c r="L7" s="127" t="s">
-        <v>431</v>
+        <v>14</v>
       </c>
       <c r="M7" s="127"/>
       <c r="N7" s="127"/>
       <c r="O7" s="127"/>
       <c r="P7" s="127"/>
       <c r="Q7" s="127"/>
       <c r="R7" s="127"/>
       <c r="S7" s="127"/>
       <c r="T7" s="127"/>
       <c r="U7" s="127"/>
       <c r="V7" s="127"/>
       <c r="W7" s="128" t="s">
-        <v>1015</v>
+        <v>15</v>
       </c>
       <c r="X7" s="129"/>
       <c r="Y7" s="129"/>
       <c r="Z7" s="129"/>
       <c r="AA7" s="129"/>
       <c r="AB7" s="129"/>
       <c r="AC7" s="129"/>
       <c r="AD7" s="129"/>
       <c r="AE7" s="129"/>
       <c r="AF7" s="129"/>
       <c r="AG7" s="129"/>
       <c r="AH7" s="129"/>
       <c r="AI7" s="129"/>
       <c r="AJ7" s="129"/>
       <c r="AK7" s="129"/>
       <c r="AL7" s="129"/>
       <c r="AM7" s="129"/>
       <c r="AN7" s="129"/>
       <c r="AO7" s="129"/>
       <c r="AP7" s="129"/>
       <c r="AQ7" s="129"/>
       <c r="AR7" s="129"/>
       <c r="AS7" s="129"/>
       <c r="AT7" s="129"/>
       <c r="AU7" s="129"/>
       <c r="AV7" s="129"/>
       <c r="AW7" s="129"/>
       <c r="AX7" s="129"/>
       <c r="AY7" s="129"/>
       <c r="AZ7" s="129"/>
       <c r="BA7" s="129"/>
       <c r="BB7" s="129"/>
       <c r="BC7" s="129"/>
       <c r="BD7" s="129"/>
       <c r="BE7" s="129"/>
       <c r="BF7" s="129"/>
       <c r="BG7" s="129"/>
       <c r="BH7" s="129"/>
       <c r="BI7" s="129"/>
       <c r="BJ7" s="129"/>
       <c r="BK7" s="129"/>
       <c r="BL7" s="129"/>
       <c r="BM7" s="129"/>
       <c r="BN7" s="129"/>
       <c r="BO7" s="129"/>
       <c r="BP7" s="129"/>
       <c r="BQ7" s="129"/>
       <c r="BR7" s="130"/>
     </row>
-    <row r="8" spans="1:70" x14ac:dyDescent="0.4">
-      <c r="C8" s="116"/>
+    <row r="8" spans="1:70" ht="75.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C8" s="116" t="s">
+        <v>1012</v>
+      </c>
       <c r="D8" s="117"/>
       <c r="E8" s="118"/>
-      <c r="F8" s="131"/>
+      <c r="F8" s="131">
+        <v>46027</v>
+      </c>
       <c r="G8" s="131"/>
       <c r="H8" s="131"/>
       <c r="I8" s="131"/>
       <c r="J8" s="131"/>
       <c r="K8" s="131"/>
-      <c r="L8" s="116"/>
+      <c r="L8" s="116" t="s">
+        <v>5</v>
+      </c>
       <c r="M8" s="117"/>
       <c r="N8" s="117"/>
       <c r="O8" s="117"/>
       <c r="P8" s="117"/>
       <c r="Q8" s="117"/>
       <c r="R8" s="117"/>
       <c r="S8" s="117"/>
       <c r="T8" s="117"/>
       <c r="U8" s="117"/>
       <c r="V8" s="118"/>
-      <c r="W8" s="132"/>
+      <c r="W8" s="132" t="s">
+        <v>1017</v>
+      </c>
       <c r="X8" s="123"/>
       <c r="Y8" s="123"/>
       <c r="Z8" s="123"/>
       <c r="AA8" s="123"/>
       <c r="AB8" s="123"/>
       <c r="AC8" s="123"/>
       <c r="AD8" s="123"/>
       <c r="AE8" s="123"/>
       <c r="AF8" s="123"/>
       <c r="AG8" s="123"/>
       <c r="AH8" s="123"/>
       <c r="AI8" s="123"/>
       <c r="AJ8" s="123"/>
       <c r="AK8" s="123"/>
       <c r="AL8" s="123"/>
       <c r="AM8" s="123"/>
       <c r="AN8" s="123"/>
       <c r="AO8" s="123"/>
       <c r="AP8" s="123"/>
       <c r="AQ8" s="123"/>
       <c r="AR8" s="123"/>
       <c r="AS8" s="123"/>
       <c r="AT8" s="123"/>
       <c r="AU8" s="123"/>
       <c r="AV8" s="123"/>
@@ -7545,67 +7617,67 @@
       <c r="AY21" s="153"/>
       <c r="AZ21" s="153"/>
       <c r="BA21" s="153"/>
       <c r="BB21" s="153"/>
       <c r="BC21" s="153"/>
       <c r="BD21" s="153"/>
       <c r="BE21" s="153"/>
       <c r="BF21" s="153"/>
       <c r="BG21" s="153"/>
       <c r="BH21" s="153"/>
       <c r="BI21" s="153"/>
       <c r="BJ21" s="153"/>
       <c r="BK21" s="153"/>
       <c r="BL21" s="153"/>
       <c r="BM21" s="153"/>
       <c r="BN21" s="153"/>
       <c r="BO21" s="153"/>
       <c r="BP21" s="153"/>
       <c r="BQ21" s="153"/>
       <c r="BR21" s="154"/>
     </row>
     <row r="22" spans="3:70" s="42" customFormat="1" x14ac:dyDescent="0.4">
       <c r="C22" s="149"/>
       <c r="D22" s="149"/>
       <c r="E22" s="149"/>
-      <c r="F22" s="57"/>
-[...15 lines deleted...]
-      <c r="V22" s="62"/>
+      <c r="F22" s="68"/>
+      <c r="G22" s="69"/>
+      <c r="H22" s="69"/>
+      <c r="I22" s="69"/>
+      <c r="J22" s="69"/>
+      <c r="K22" s="70"/>
+      <c r="L22" s="71"/>
+      <c r="M22" s="72"/>
+      <c r="N22" s="72"/>
+      <c r="O22" s="72"/>
+      <c r="P22" s="72"/>
+      <c r="Q22" s="72"/>
+      <c r="R22" s="72"/>
+      <c r="S22" s="72"/>
+      <c r="T22" s="72"/>
+      <c r="U22" s="72"/>
+      <c r="V22" s="73"/>
       <c r="W22" s="152"/>
       <c r="X22" s="153"/>
       <c r="Y22" s="153"/>
       <c r="Z22" s="153"/>
       <c r="AA22" s="153"/>
       <c r="AB22" s="153"/>
       <c r="AC22" s="153"/>
       <c r="AD22" s="153"/>
       <c r="AE22" s="153"/>
       <c r="AF22" s="153"/>
       <c r="AG22" s="153"/>
       <c r="AH22" s="153"/>
       <c r="AI22" s="153"/>
       <c r="AJ22" s="153"/>
       <c r="AK22" s="153"/>
       <c r="AL22" s="153"/>
       <c r="AM22" s="153"/>
       <c r="AN22" s="153"/>
       <c r="AO22" s="153"/>
       <c r="AP22" s="153"/>
       <c r="AQ22" s="153"/>
       <c r="AR22" s="153"/>
       <c r="AS22" s="153"/>
       <c r="AT22" s="153"/>
       <c r="AU22" s="153"/>
@@ -7615,67 +7687,67 @@
       <c r="AY22" s="153"/>
       <c r="AZ22" s="153"/>
       <c r="BA22" s="153"/>
       <c r="BB22" s="153"/>
       <c r="BC22" s="153"/>
       <c r="BD22" s="153"/>
       <c r="BE22" s="153"/>
       <c r="BF22" s="153"/>
       <c r="BG22" s="153"/>
       <c r="BH22" s="153"/>
       <c r="BI22" s="153"/>
       <c r="BJ22" s="153"/>
       <c r="BK22" s="153"/>
       <c r="BL22" s="153"/>
       <c r="BM22" s="153"/>
       <c r="BN22" s="153"/>
       <c r="BO22" s="153"/>
       <c r="BP22" s="153"/>
       <c r="BQ22" s="153"/>
       <c r="BR22" s="154"/>
     </row>
     <row r="23" spans="3:70" s="42" customFormat="1" x14ac:dyDescent="0.4">
       <c r="C23" s="149"/>
       <c r="D23" s="149"/>
       <c r="E23" s="149"/>
-      <c r="F23" s="57"/>
-[...15 lines deleted...]
-      <c r="V23" s="62"/>
+      <c r="F23" s="68"/>
+      <c r="G23" s="69"/>
+      <c r="H23" s="69"/>
+      <c r="I23" s="69"/>
+      <c r="J23" s="69"/>
+      <c r="K23" s="70"/>
+      <c r="L23" s="71"/>
+      <c r="M23" s="72"/>
+      <c r="N23" s="72"/>
+      <c r="O23" s="72"/>
+      <c r="P23" s="72"/>
+      <c r="Q23" s="72"/>
+      <c r="R23" s="72"/>
+      <c r="S23" s="72"/>
+      <c r="T23" s="72"/>
+      <c r="U23" s="72"/>
+      <c r="V23" s="73"/>
       <c r="W23" s="152"/>
       <c r="X23" s="153"/>
       <c r="Y23" s="153"/>
       <c r="Z23" s="153"/>
       <c r="AA23" s="153"/>
       <c r="AB23" s="153"/>
       <c r="AC23" s="153"/>
       <c r="AD23" s="153"/>
       <c r="AE23" s="153"/>
       <c r="AF23" s="153"/>
       <c r="AG23" s="153"/>
       <c r="AH23" s="153"/>
       <c r="AI23" s="153"/>
       <c r="AJ23" s="153"/>
       <c r="AK23" s="153"/>
       <c r="AL23" s="153"/>
       <c r="AM23" s="153"/>
       <c r="AN23" s="153"/>
       <c r="AO23" s="153"/>
       <c r="AP23" s="153"/>
       <c r="AQ23" s="153"/>
       <c r="AR23" s="153"/>
       <c r="AS23" s="153"/>
       <c r="AT23" s="153"/>
       <c r="AU23" s="153"/>
@@ -8437,26763 +8509,26752 @@
     <mergeCell ref="L5:V5"/>
     <mergeCell ref="W5:BR5"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="F6:K6"/>
     <mergeCell ref="L6:V6"/>
     <mergeCell ref="W6:BR6"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="F7:K7"/>
     <mergeCell ref="L7:V7"/>
     <mergeCell ref="W7:BR7"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="F2:K2"/>
     <mergeCell ref="L2:V2"/>
     <mergeCell ref="W2:BR2"/>
     <mergeCell ref="C3:E3"/>
     <mergeCell ref="F3:K3"/>
     <mergeCell ref="L3:V3"/>
     <mergeCell ref="W3:BR3"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="F4:K4"/>
     <mergeCell ref="L4:V4"/>
     <mergeCell ref="W4:BR4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.47244094488188981" header="0.47244094488188981" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="68" fitToHeight="0" pageOrder="overThenDown" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="67" fitToHeight="0" pageOrder="overThenDown" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P-1 / &amp;N-1 ページ</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{775A0CF9-923F-43C5-8175-C9F472EBAF68}">
   <sheetPr codeName="Sheet4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F48"/>
   <sheetViews>
-    <sheetView zoomScale="99" zoomScaleNormal="55" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0"/>
+    <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.625" defaultRowHeight="15" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="2.625" style="1"/>
     <col min="2" max="2" width="27.875" style="1" customWidth="1"/>
     <col min="3" max="3" width="15.875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="46.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="90.75" style="2" customWidth="1"/>
     <col min="6" max="6" width="5.25" style="2" customWidth="1"/>
     <col min="7" max="16384" width="2.625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="s">
-        <v>433</v>
+        <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:6" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A2" s="23"/>
     </row>
     <row r="3" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="3" t="s">
-        <v>337</v>
+        <v>17</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>339</v>
+        <v>19</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>340</v>
+        <v>20</v>
       </c>
       <c r="F3" s="1"/>
     </row>
     <row r="4" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B4" s="12" t="s">
-        <v>341</v>
+        <v>21</v>
       </c>
       <c r="C4" s="13" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D4" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E4" s="15" t="s">
-        <v>344</v>
+        <v>24</v>
       </c>
       <c r="F4" s="1"/>
     </row>
     <row r="5" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B5" s="12" t="s">
-        <v>345</v>
+        <v>25</v>
       </c>
       <c r="C5" s="13" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D5" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E5" s="15" t="s">
-        <v>346</v>
+        <v>26</v>
       </c>
       <c r="F5" s="1"/>
     </row>
     <row r="6" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B6" s="12" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="C6" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D6" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E6" s="15" t="s">
-        <v>349</v>
+        <v>29</v>
       </c>
       <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B7" s="12" t="s">
-        <v>350</v>
+        <v>30</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D7" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B8" s="16" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="C8" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D8" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E8" s="15" t="s">
-        <v>353</v>
+        <v>33</v>
       </c>
       <c r="F8" s="1"/>
     </row>
     <row r="9" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B9" s="16" t="s">
-        <v>354</v>
+        <v>34</v>
       </c>
       <c r="C9" s="13" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D9" s="17" t="s">
-        <v>355</v>
+        <v>35</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>356</v>
+        <v>36</v>
       </c>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6" ht="15.75" x14ac:dyDescent="0.4">
       <c r="B10" s="16" t="s">
-        <v>357</v>
+        <v>37</v>
       </c>
       <c r="C10" s="13" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D10" s="17" t="s">
-        <v>359</v>
+        <v>39</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>360</v>
+        <v>40</v>
       </c>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6" ht="94.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B11" s="16" t="s">
-        <v>361</v>
+        <v>41</v>
       </c>
       <c r="C11" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D11" s="14" t="s">
-        <v>362</v>
+        <v>42</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>363</v>
+        <v>43</v>
       </c>
       <c r="F11" s="1"/>
     </row>
     <row r="12" spans="1:6" ht="172.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B12" s="16" t="s">
-        <v>364</v>
+        <v>44</v>
       </c>
       <c r="C12" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D12" s="14" t="s">
-        <v>365</v>
+        <v>45</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>366</v>
+        <v>46</v>
       </c>
       <c r="F12" s="1"/>
     </row>
     <row r="13" spans="1:6" ht="140.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B13" s="16" t="s">
-        <v>367</v>
+        <v>47</v>
       </c>
       <c r="C13" s="13" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D13" s="14" t="s">
-        <v>369</v>
+        <v>49</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>370</v>
+        <v>50</v>
       </c>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6" ht="54" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B14" s="16" t="s">
-        <v>371</v>
+        <v>51</v>
       </c>
       <c r="C14" s="13" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D14" s="14" t="s">
-        <v>372</v>
+        <v>52</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>373</v>
+        <v>53</v>
       </c>
       <c r="F14" s="1"/>
     </row>
     <row r="15" spans="1:6" ht="153.94999999999999" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B15" s="16" t="s">
-        <v>374</v>
+        <v>54</v>
       </c>
       <c r="C15" s="13" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D15" s="14" t="s">
-        <v>375</v>
+        <v>55</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>376</v>
+        <v>56</v>
       </c>
       <c r="F15" s="1"/>
     </row>
     <row r="16" spans="1:6" ht="105" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B16" s="16" t="s">
-        <v>377</v>
+        <v>57</v>
       </c>
       <c r="C16" s="13" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D16" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>934</v>
+        <v>58</v>
       </c>
       <c r="F16" s="1"/>
     </row>
     <row r="17" spans="2:6" ht="95.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B17" s="48" t="s">
-        <v>378</v>
+        <v>59</v>
       </c>
       <c r="C17" s="49" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D17" s="50" t="s">
-        <v>379</v>
+        <v>60</v>
       </c>
       <c r="E17" s="51" t="s">
-        <v>935</v>
+        <v>61</v>
       </c>
       <c r="F17" s="1"/>
     </row>
     <row r="18" spans="2:6" ht="83.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B18" s="48" t="s">
-        <v>380</v>
+        <v>62</v>
       </c>
       <c r="C18" s="49" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D18" s="50" t="s">
-        <v>381</v>
+        <v>63</v>
       </c>
       <c r="E18" s="50" t="s">
-        <v>382</v>
+        <v>64</v>
       </c>
       <c r="F18" s="1"/>
     </row>
     <row r="19" spans="2:6" ht="102" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B19" s="48" t="s">
-        <v>383</v>
+        <v>65</v>
       </c>
       <c r="C19" s="49" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D19" s="50" t="s">
-        <v>384</v>
+        <v>66</v>
       </c>
       <c r="E19" s="51" t="s">
-        <v>385</v>
+        <v>67</v>
       </c>
       <c r="F19" s="1"/>
     </row>
     <row r="20" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B20" s="48" t="s">
-        <v>386</v>
+        <v>68</v>
       </c>
       <c r="C20" s="49" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D20" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E20" s="51" t="s">
-        <v>387</v>
+        <v>69</v>
       </c>
       <c r="F20" s="1"/>
     </row>
     <row r="21" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B21" s="48" t="s">
-        <v>388</v>
+        <v>70</v>
       </c>
       <c r="C21" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D21" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E21" s="51" t="s">
-        <v>389</v>
+        <v>71</v>
       </c>
       <c r="F21" s="1"/>
     </row>
     <row r="22" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="48" t="s">
-        <v>390</v>
+        <v>72</v>
       </c>
       <c r="C22" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D22" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E22" s="51" t="s">
-        <v>391</v>
+        <v>73</v>
       </c>
       <c r="F22" s="1"/>
     </row>
     <row r="23" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B23" s="48" t="s">
-        <v>392</v>
+        <v>74</v>
       </c>
       <c r="C23" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D23" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E23" s="51" t="s">
-        <v>393</v>
+        <v>75</v>
       </c>
       <c r="F23" s="1"/>
     </row>
     <row r="24" spans="2:6" ht="33.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B24" s="48" t="s">
-        <v>394</v>
+        <v>76</v>
       </c>
       <c r="C24" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D24" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E24" s="51" t="s">
-        <v>395</v>
+        <v>77</v>
       </c>
       <c r="F24" s="1"/>
     </row>
     <row r="25" spans="2:6" ht="36.6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B25" s="48" t="s">
-        <v>396</v>
+        <v>78</v>
       </c>
       <c r="C25" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D25" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E25" s="51" t="s">
-        <v>397</v>
+        <v>79</v>
       </c>
       <c r="F25" s="1"/>
     </row>
     <row r="26" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B26" s="53" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="C26" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D26" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E26" s="51" t="s">
-        <v>398</v>
+        <v>81</v>
       </c>
     </row>
     <row r="27" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B27" s="53" t="s">
-        <v>399</v>
+        <v>82</v>
       </c>
       <c r="C27" s="49" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D27" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E27" s="51" t="s">
-        <v>400</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="48" t="s">
-        <v>401</v>
+        <v>84</v>
       </c>
       <c r="C28" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D28" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E28" s="51" t="s">
-        <v>402</v>
+        <v>85</v>
       </c>
       <c r="F28" s="1"/>
     </row>
     <row r="29" spans="2:6" ht="21.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="48" t="s">
-        <v>403</v>
+        <v>86</v>
       </c>
       <c r="C29" s="49" t="s">
-        <v>358</v>
+        <v>38</v>
       </c>
       <c r="D29" s="52" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E29" s="51" t="s">
-        <v>404</v>
+        <v>87</v>
       </c>
       <c r="F29" s="1"/>
     </row>
     <row r="30" spans="2:6" ht="409.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B30" s="52" t="s">
-        <v>405</v>
+        <v>88</v>
       </c>
       <c r="C30" s="49" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D30" s="50" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>89</v>
+      </c>
+      <c r="E30" s="57" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="2:6" ht="360" x14ac:dyDescent="0.4">
       <c r="B31" s="52" t="s">
-        <v>408</v>
+        <v>91</v>
       </c>
       <c r="C31" s="49" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="D31" s="50" t="s">
-        <v>406</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>89</v>
+      </c>
+      <c r="E31" s="57" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="34" spans="1:6" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A34" s="23" t="s">
-        <v>437</v>
+        <v>93</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.4">
       <c r="B35" s="3" t="s">
-        <v>337</v>
+        <v>17</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>339</v>
+        <v>19</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:6" ht="123" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B36" s="12" t="s">
-        <v>421</v>
+        <v>94</v>
       </c>
       <c r="C36" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D36" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>434</v>
+        <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:6" ht="105" x14ac:dyDescent="0.4">
       <c r="B37" s="16" t="s">
-        <v>377</v>
+        <v>57</v>
       </c>
       <c r="C37" s="13" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D37" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>932</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38" spans="1:6" ht="95.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B38" s="48" t="s">
-        <v>378</v>
+        <v>59</v>
       </c>
       <c r="C38" s="49" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D38" s="50" t="s">
-        <v>379</v>
+        <v>60</v>
       </c>
       <c r="E38" s="51" t="s">
-        <v>936</v>
+        <v>97</v>
       </c>
       <c r="F38" s="1"/>
     </row>
     <row r="39" spans="1:6" ht="30" x14ac:dyDescent="0.4">
       <c r="B39" s="16" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="C39" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D39" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>436</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:6" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A42" s="23" t="s">
-        <v>438</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.4">
       <c r="B43" s="3" t="s">
-        <v>337</v>
+        <v>17</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>338</v>
+        <v>18</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>339</v>
+        <v>19</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>340</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:6" ht="30" x14ac:dyDescent="0.4">
       <c r="B44" s="12" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="C44" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D44" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>439</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:6" ht="30" x14ac:dyDescent="0.4">
       <c r="B45" s="12" t="s">
-        <v>350</v>
+        <v>30</v>
       </c>
       <c r="C45" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D45" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>440</v>
+        <v>101</v>
       </c>
     </row>
     <row r="46" spans="1:6" ht="30" x14ac:dyDescent="0.4">
       <c r="B46" s="16" t="s">
-        <v>352</v>
+        <v>32</v>
       </c>
       <c r="C46" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D46" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>436</v>
+        <v>98</v>
       </c>
     </row>
     <row r="47" spans="1:6" ht="90" x14ac:dyDescent="0.4">
       <c r="B47" s="16" t="s">
-        <v>933</v>
+        <v>102</v>
       </c>
       <c r="C47" s="49" t="s">
-        <v>342</v>
+        <v>22</v>
       </c>
       <c r="D47" s="50" t="s">
-        <v>381</v>
+        <v>63</v>
       </c>
       <c r="E47" s="50" t="s">
-        <v>937</v>
+        <v>103</v>
       </c>
     </row>
     <row r="48" spans="1:6" ht="45" x14ac:dyDescent="0.4">
       <c r="B48" s="15" t="s">
-        <v>931</v>
+        <v>104</v>
       </c>
       <c r="C48" s="13" t="s">
-        <v>348</v>
+        <v>28</v>
       </c>
       <c r="D48" s="14" t="s">
-        <v>343</v>
+        <v>23</v>
       </c>
       <c r="E48" s="14" t="s">
-        <v>938</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B3:F3" xr:uid="{00000000-0009-0000-0000-000002000000}"/>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.59055118110236227" bottom="0.59055118110236227" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" scale="47" fitToHeight="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BC156"/>
   <sheetViews>
-    <sheetView zoomScale="92" zoomScaleNormal="55" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="D14" sqref="C14:E14"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="8.125" style="5" customWidth="1"/>
     <col min="2" max="2" width="10" style="7" customWidth="1"/>
     <col min="3" max="3" width="10" style="5" customWidth="1"/>
     <col min="4" max="4" width="22.25" style="7" customWidth="1"/>
     <col min="5" max="5" width="32.75" style="7" customWidth="1"/>
     <col min="6" max="6" width="77.625" style="6" customWidth="1"/>
     <col min="7" max="7" width="26.125" style="6" customWidth="1"/>
     <col min="8" max="8" width="28" style="6" customWidth="1"/>
     <col min="9" max="9" width="8.625" style="6" customWidth="1"/>
     <col min="10" max="10" width="8.625" style="5" customWidth="1"/>
     <col min="11" max="12" width="5.625" style="5" customWidth="1"/>
     <col min="13" max="16" width="5.625" style="6" customWidth="1"/>
     <col min="17" max="17" width="5.5" style="5" customWidth="1"/>
     <col min="18" max="22" width="5.5" style="6" customWidth="1"/>
     <col min="23" max="23" width="12" style="6" customWidth="1"/>
     <col min="24" max="25" width="5.625" style="5" customWidth="1"/>
     <col min="26" max="29" width="5.625" style="6" customWidth="1"/>
     <col min="30" max="30" width="12.5" style="5" customWidth="1"/>
     <col min="31" max="31" width="15.875" style="5" customWidth="1"/>
     <col min="32" max="32" width="26.125" style="5" customWidth="1"/>
     <col min="33" max="33" width="10" style="5" customWidth="1"/>
     <col min="34" max="36" width="13.25" style="10" customWidth="1"/>
     <col min="37" max="37" width="13.375" style="11" customWidth="1"/>
     <col min="38" max="38" width="18.375" style="5" customWidth="1"/>
     <col min="39" max="39" width="18.875" style="5" customWidth="1"/>
     <col min="40" max="40" width="29.5" style="5" customWidth="1"/>
     <col min="41" max="41" width="89" style="5" customWidth="1"/>
     <col min="42" max="42" width="17.75" style="6" customWidth="1"/>
     <col min="43" max="43" width="12.5" style="5" customWidth="1"/>
     <col min="44" max="44" width="17.625" style="44" customWidth="1"/>
     <col min="45" max="46" width="17.625" style="45" customWidth="1"/>
     <col min="47" max="47" width="17.625" style="44" customWidth="1"/>
     <col min="48" max="49" width="17.625" style="5" customWidth="1"/>
     <col min="50" max="50" width="17.625" style="44" customWidth="1"/>
     <col min="51" max="52" width="17.625" style="45" customWidth="1"/>
     <col min="53" max="53" width="17.625" style="44" customWidth="1"/>
     <col min="54" max="55" width="17.625" style="5" customWidth="1"/>
     <col min="56" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:55" ht="35.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="s">
-        <v>410</v>
+        <v>106</v>
       </c>
     </row>
     <row r="2" spans="1:55" ht="15" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="3" spans="1:55" ht="29.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="34" t="s">
-        <v>0</v>
+        <v>107</v>
       </c>
       <c r="C3" s="34" t="s">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="D3" s="18" t="s">
-        <v>2</v>
+        <v>109</v>
       </c>
       <c r="E3" s="19" t="s">
-        <v>3</v>
+        <v>110</v>
       </c>
       <c r="F3" s="20" t="s">
-        <v>4</v>
+        <v>111</v>
       </c>
       <c r="G3" s="19" t="s">
-        <v>5</v>
+        <v>112</v>
       </c>
       <c r="H3" s="19" t="s">
-        <v>6</v>
+        <v>113</v>
       </c>
       <c r="I3" s="8" t="s">
-        <v>7</v>
+        <v>114</v>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="168" t="s">
-        <v>411</v>
+        <v>115</v>
       </c>
       <c r="L3" s="169"/>
       <c r="M3" s="169"/>
       <c r="N3" s="169"/>
       <c r="O3" s="169"/>
       <c r="P3" s="169"/>
       <c r="Q3" s="168" t="s">
-        <v>8</v>
+        <v>116</v>
       </c>
       <c r="R3" s="169"/>
       <c r="S3" s="169"/>
       <c r="T3" s="169"/>
       <c r="U3" s="169"/>
       <c r="V3" s="169"/>
       <c r="W3" s="174"/>
       <c r="X3" s="168" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="Y3" s="169"/>
       <c r="Z3" s="169"/>
       <c r="AA3" s="169"/>
       <c r="AB3" s="169"/>
       <c r="AC3" s="169"/>
       <c r="AD3" s="170" t="s">
-        <v>10</v>
+        <v>118</v>
       </c>
       <c r="AE3" s="170"/>
       <c r="AF3" s="171" t="s">
-        <v>11</v>
+        <v>119</v>
       </c>
       <c r="AG3" s="172"/>
       <c r="AH3" s="172"/>
       <c r="AI3" s="172"/>
       <c r="AJ3" s="172"/>
       <c r="AK3" s="172"/>
       <c r="AL3" s="172"/>
       <c r="AM3" s="172"/>
       <c r="AN3" s="172"/>
       <c r="AO3" s="173"/>
       <c r="AP3" s="171" t="s">
-        <v>12</v>
+        <v>120</v>
       </c>
       <c r="AQ3" s="173"/>
       <c r="AR3" s="167" t="s">
-        <v>405</v>
+        <v>88</v>
       </c>
       <c r="AS3" s="167"/>
       <c r="AT3" s="167"/>
       <c r="AU3" s="167"/>
       <c r="AV3" s="167"/>
       <c r="AW3" s="167"/>
       <c r="AX3" s="167" t="s">
-        <v>408</v>
+        <v>91</v>
       </c>
       <c r="AY3" s="167"/>
       <c r="AZ3" s="167"/>
       <c r="BA3" s="167"/>
       <c r="BB3" s="167"/>
       <c r="BC3" s="167"/>
     </row>
     <row r="4" spans="1:55" ht="50.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
       <c r="E4" s="21"/>
       <c r="F4" s="36"/>
       <c r="G4" s="37" t="s">
-        <v>13</v>
+        <v>121</v>
       </c>
       <c r="H4" s="21"/>
       <c r="I4" s="24" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="J4" s="24" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="K4" s="25" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="L4" s="25" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="M4" s="25" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="N4" s="25" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="O4" s="25" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="P4" s="25" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="Q4" s="25" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="R4" s="25" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="S4" s="25" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="T4" s="25" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="U4" s="25" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="V4" s="25" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="W4" s="26" t="s">
-        <v>22</v>
+        <v>130</v>
       </c>
       <c r="X4" s="25" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="Y4" s="25" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="Z4" s="25" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="AA4" s="25" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="AB4" s="25" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="AC4" s="25" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="AD4" s="32" t="s">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="AE4" s="33" t="s">
-        <v>24</v>
+        <v>132</v>
       </c>
       <c r="AF4" s="24" t="s">
-        <v>25</v>
+        <v>133</v>
       </c>
       <c r="AG4" s="24" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="AH4" s="27" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="AI4" s="24" t="s">
-        <v>28</v>
+        <v>136</v>
       </c>
       <c r="AJ4" s="28" t="s">
-        <v>29</v>
+        <v>137</v>
       </c>
       <c r="AK4" s="28" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="AL4" s="24" t="s">
-        <v>31</v>
+        <v>139</v>
       </c>
       <c r="AM4" s="24" t="s">
-        <v>32</v>
+        <v>140</v>
       </c>
       <c r="AN4" s="29" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="AO4" s="28" t="s">
-        <v>34</v>
+        <v>141</v>
       </c>
       <c r="AP4" s="24" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="AQ4" s="28" t="s">
-        <v>36</v>
+        <v>143</v>
       </c>
       <c r="AR4" s="46" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="AS4" s="46" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="AT4" s="46" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="AU4" s="46" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="AV4" s="47" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="AW4" s="47" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
       <c r="AX4" s="46" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="AY4" s="46" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="AZ4" s="46" t="s">
-        <v>18</v>
+        <v>126</v>
       </c>
       <c r="BA4" s="46" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="BB4" s="47" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="BC4" s="47" t="s">
-        <v>21</v>
+        <v>129</v>
       </c>
     </row>
     <row r="5" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A5" s="10"/>
       <c r="B5" s="54" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="C5" s="54" t="s">
-        <v>441</v>
+        <v>145</v>
       </c>
       <c r="D5" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E5" s="30" t="s">
-        <v>38</v>
+        <v>147</v>
       </c>
       <c r="F5" s="30" t="s">
-        <v>38</v>
+        <v>147</v>
       </c>
       <c r="G5" s="31" t="s">
-        <v>39</v>
+        <v>148</v>
       </c>
       <c r="H5" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I5" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J5" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K5" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L5" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M5" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N5" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O5" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P5" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V5" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W5" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X5" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y5" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z5" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA5" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB5" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC5" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF5" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG5" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH5" s="31" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="AI5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL5" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM5" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP5" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ5" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR5" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS5" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT5" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU5" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV5" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW5" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX5" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY5" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ5" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA5" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB5" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC5" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="6" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A6" s="10"/>
       <c r="B6" s="54" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="C6" s="54" t="s">
-        <v>453</v>
+        <v>165</v>
       </c>
       <c r="D6" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E6" s="30" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="F6" s="30" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="G6" s="31" t="s">
-        <v>454</v>
+        <v>167</v>
       </c>
       <c r="H6" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I6" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J6" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P6" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q6" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R6" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S6" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T6" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U6" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V6" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W6" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y6" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z6" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA6" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB6" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC6" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD6" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE6" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF6" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG6" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH6" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI6" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ6" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK6" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL6" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM6" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN6" s="31" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>173</v>
+      </c>
+      <c r="AO6" s="66" t="s">
+        <v>174</v>
       </c>
       <c r="AP6" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ6" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR6" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS6" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT6" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU6" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV6" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW6" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX6" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY6" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ6" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA6" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB6" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC6" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="7" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A7" s="10"/>
       <c r="B7" s="54" t="s">
-        <v>460</v>
+        <v>179</v>
       </c>
       <c r="C7" s="54" t="s">
-        <v>461</v>
+        <v>180</v>
       </c>
       <c r="D7" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E7" s="30" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="F7" s="30" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="G7" s="31" t="s">
-        <v>55</v>
+        <v>182</v>
       </c>
       <c r="H7" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I7" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J7" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K7" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L7" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M7" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N7" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O7" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P7" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V7" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W7" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X7" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y7" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z7" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA7" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB7" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC7" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF7" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG7" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH7" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL7" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM7" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO7" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP7" s="31" t="s">
-        <v>51</v>
-[...38 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AQ7" s="67" t="s">
+        <v>151</v>
+      </c>
+      <c r="AR7" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS7" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT7" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU7" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV7" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW7" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX7" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY7" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ7" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA7" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB7" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC7" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="8" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A8" s="10"/>
       <c r="B8" s="54" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="C8" s="54" t="s">
-        <v>463</v>
+        <v>185</v>
       </c>
       <c r="D8" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E8" s="30" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="F8" s="30" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="G8" s="31" t="s">
-        <v>464</v>
+        <v>187</v>
       </c>
       <c r="H8" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I8" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J8" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P8" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q8" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R8" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S8" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T8" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U8" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V8" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W8" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y8" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z8" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA8" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB8" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC8" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD8" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE8" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF8" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG8" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH8" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI8" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ8" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK8" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL8" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM8" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN8" s="31" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>173</v>
+      </c>
+      <c r="AO8" s="66" t="s">
+        <v>188</v>
       </c>
       <c r="AP8" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ8" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR8" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS8" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT8" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU8" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV8" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW8" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX8" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY8" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ8" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA8" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB8" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC8" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="9" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A9" s="10"/>
       <c r="B9" s="54" t="s">
-        <v>465</v>
+        <v>189</v>
       </c>
       <c r="C9" s="54" t="s">
-        <v>466</v>
+        <v>190</v>
       </c>
       <c r="D9" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E9" s="30" t="s">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="F9" s="30" t="s">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="G9" s="31" t="s">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="H9" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I9" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J9" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K9" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L9" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M9" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N9" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O9" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P9" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V9" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W9" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X9" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y9" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z9" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA9" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB9" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC9" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF9" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG9" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH9" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL9" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM9" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP9" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ9" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR9" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS9" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT9" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU9" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV9" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW9" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX9" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY9" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ9" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA9" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB9" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC9" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="10" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A10" s="10"/>
       <c r="B10" s="54" t="s">
-        <v>468</v>
+        <v>193</v>
       </c>
       <c r="C10" s="54" t="s">
-        <v>469</v>
+        <v>194</v>
       </c>
       <c r="D10" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E10" s="30" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="F10" s="30" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="G10" s="31" t="s">
-        <v>470</v>
+        <v>196</v>
       </c>
       <c r="H10" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I10" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J10" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P10" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q10" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R10" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S10" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T10" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U10" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V10" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W10" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y10" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z10" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA10" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB10" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC10" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD10" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE10" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF10" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG10" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH10" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI10" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ10" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK10" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL10" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM10" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN10" s="31" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>173</v>
+      </c>
+      <c r="AO10" s="66" t="s">
+        <v>188</v>
       </c>
       <c r="AP10" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ10" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR10" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS10" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT10" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU10" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV10" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW10" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX10" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY10" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ10" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA10" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB10" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC10" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="11" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A11" s="10"/>
       <c r="B11" s="54" t="s">
-        <v>471</v>
+        <v>197</v>
       </c>
       <c r="C11" s="54" t="s">
-        <v>472</v>
+        <v>198</v>
       </c>
       <c r="D11" s="54" t="s">
-        <v>442</v>
+        <v>146</v>
       </c>
       <c r="E11" s="30" t="s">
-        <v>473</v>
+        <v>199</v>
       </c>
       <c r="F11" s="30" t="s">
-        <v>473</v>
+        <v>199</v>
       </c>
       <c r="G11" s="31" t="s">
-        <v>63</v>
+        <v>200</v>
       </c>
       <c r="H11" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I11" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J11" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K11" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L11" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M11" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N11" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O11" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P11" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V11" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W11" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X11" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y11" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z11" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA11" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB11" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC11" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF11" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG11" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH11" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL11" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM11" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP11" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ11" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR11" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS11" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT11" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU11" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV11" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW11" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX11" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY11" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ11" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA11" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB11" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC11" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="12" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A12" s="10"/>
       <c r="B12" s="54" t="s">
-        <v>474</v>
+        <v>201</v>
       </c>
       <c r="C12" s="54" t="s">
-        <v>475</v>
+        <v>202</v>
       </c>
       <c r="D12" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E12" s="30" t="s">
-        <v>64</v>
+        <v>204</v>
       </c>
       <c r="F12" s="30" t="s">
-        <v>64</v>
+        <v>204</v>
       </c>
       <c r="G12" s="31" t="s">
-        <v>65</v>
+        <v>205</v>
       </c>
       <c r="H12" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I12" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J12" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P12" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q12" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R12" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S12" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T12" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U12" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V12" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W12" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y12" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z12" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA12" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB12" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC12" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD12" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE12" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF12" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG12" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH12" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI12" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ12" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK12" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL12" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AM12" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AN12" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO12" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP12" s="31" t="s">
-        <v>73</v>
+        <v>213</v>
       </c>
       <c r="AQ12" s="31" t="s">
-        <v>74</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>214</v>
+      </c>
+      <c r="AR12" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS12" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT12" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU12" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV12" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW12" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX12" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY12" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ12" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA12" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB12" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC12" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="13" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A13" s="10"/>
       <c r="B13" s="54" t="s">
-        <v>477</v>
+        <v>215</v>
       </c>
       <c r="C13" s="54" t="s">
-        <v>478</v>
+        <v>216</v>
       </c>
       <c r="D13" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E13" s="30" t="s">
-        <v>75</v>
+        <v>217</v>
       </c>
       <c r="F13" s="30" t="s">
-        <v>75</v>
+        <v>217</v>
       </c>
       <c r="G13" s="31" t="s">
-        <v>76</v>
+        <v>218</v>
       </c>
       <c r="H13" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J13" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P13" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U13" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V13" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="W13" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AB13" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC13" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="AD13" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE13" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF13" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG13" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH13" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI13" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ13" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK13" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL13" s="30" t="s">
-        <v>77</v>
+        <v>219</v>
       </c>
       <c r="AM13" s="30" t="s">
-        <v>77</v>
+        <v>219</v>
       </c>
       <c r="AN13" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO13" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP13" s="31" t="s">
-        <v>78</v>
+        <v>220</v>
       </c>
       <c r="AQ13" s="31" t="s">
-        <v>74</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>214</v>
+      </c>
+      <c r="AR13" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS13" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT13" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU13" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV13" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW13" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX13" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY13" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ13" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA13" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB13" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC13" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="14" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A14" s="10"/>
       <c r="B14" s="54" t="s">
-        <v>475</v>
+        <v>202</v>
       </c>
       <c r="C14" s="54" t="s">
-        <v>479</v>
+        <v>221</v>
       </c>
       <c r="D14" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E14" s="30" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="F14" s="30" t="s">
-        <v>480</v>
+        <v>223</v>
       </c>
       <c r="G14" s="31" t="s">
-        <v>80</v>
+        <v>224</v>
       </c>
       <c r="H14" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I14" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J14" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K14" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L14" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M14" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N14" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O14" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P14" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q14" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R14" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S14" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T14" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U14" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V14" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W14" s="65" t="s">
+        <v>225</v>
+      </c>
+      <c r="X14" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y14" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z14" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA14" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB14" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC14" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD14" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE14" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF14" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG14" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH14" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI14" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ14" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK14" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL14" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AM14" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AN14" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO14" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP14" s="31" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="AQ14" s="31" t="s">
-        <v>74</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>214</v>
+      </c>
+      <c r="AR14" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS14" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT14" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU14" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV14" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW14" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX14" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY14" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ14" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA14" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB14" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC14" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="15" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A15" s="10"/>
       <c r="B15" s="54" t="s">
-        <v>482</v>
+        <v>227</v>
       </c>
       <c r="C15" s="54" t="s">
-        <v>483</v>
+        <v>228</v>
       </c>
       <c r="D15" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E15" s="30" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="F15" s="30" t="s">
-        <v>484</v>
+        <v>229</v>
       </c>
       <c r="G15" s="31" t="s">
-        <v>82</v>
+        <v>230</v>
       </c>
       <c r="H15" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I15" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J15" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K15" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L15" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M15" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N15" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O15" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P15" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q15" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R15" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S15" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T15" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U15" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V15" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W15" s="65" t="s">
+        <v>225</v>
+      </c>
+      <c r="X15" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y15" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z15" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA15" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB15" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC15" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD15" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE15" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF15" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG15" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH15" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI15" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ15" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK15" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL15" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AM15" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AN15" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO15" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP15" s="31" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="AQ15" s="31" t="s">
-        <v>74</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>214</v>
+      </c>
+      <c r="AR15" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS15" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT15" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU15" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV15" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW15" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX15" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY15" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ15" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA15" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB15" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC15" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="16" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A16" s="10"/>
       <c r="B16" s="54" t="s">
-        <v>485</v>
+        <v>231</v>
       </c>
       <c r="C16" s="54" t="s">
-        <v>486</v>
+        <v>232</v>
       </c>
       <c r="D16" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E16" s="30" t="s">
-        <v>79</v>
+        <v>222</v>
       </c>
       <c r="F16" s="30" t="s">
-        <v>487</v>
+        <v>233</v>
       </c>
       <c r="G16" s="31" t="s">
-        <v>83</v>
+        <v>234</v>
       </c>
       <c r="H16" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I16" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J16" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K16" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L16" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M16" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N16" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O16" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P16" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q16" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R16" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S16" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T16" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U16" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V16" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W16" s="65" t="s">
+        <v>225</v>
+      </c>
+      <c r="X16" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y16" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z16" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA16" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB16" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC16" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD16" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE16" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF16" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG16" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH16" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI16" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ16" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK16" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL16" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AM16" s="30" t="s">
-        <v>72</v>
+        <v>212</v>
       </c>
       <c r="AN16" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO16" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP16" s="31" t="s">
-        <v>81</v>
+        <v>226</v>
       </c>
       <c r="AQ16" s="31" t="s">
-        <v>74</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>214</v>
+      </c>
+      <c r="AR16" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS16" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT16" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU16" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV16" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW16" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX16" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY16" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ16" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA16" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB16" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC16" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="17" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A17" s="10"/>
       <c r="B17" s="54" t="s">
-        <v>488</v>
+        <v>235</v>
       </c>
       <c r="C17" s="54" t="s">
-        <v>489</v>
+        <v>236</v>
       </c>
       <c r="D17" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E17" s="30" t="s">
-        <v>84</v>
+        <v>237</v>
       </c>
       <c r="F17" s="30" t="s">
-        <v>84</v>
+        <v>237</v>
       </c>
       <c r="G17" s="31" t="s">
-        <v>490</v>
+        <v>238</v>
       </c>
       <c r="H17" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I17" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J17" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K17" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L17" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M17" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N17" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O17" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q17" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R17" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S17" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T17" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U17" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V17" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W17" s="65" t="s">
+        <v>225</v>
+      </c>
+      <c r="X17" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y17" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z17" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA17" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB17" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC17" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD17" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE17" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF17" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG17" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH17" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI17" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ17" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK17" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL17" s="30" t="s">
-        <v>85</v>
+        <v>239</v>
       </c>
       <c r="AM17" s="30" t="s">
-        <v>85</v>
+        <v>239</v>
       </c>
       <c r="AN17" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO17" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP17" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ17" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR17" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS17" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT17" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU17" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV17" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW17" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX17" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY17" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ17" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA17" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB17" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC17" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A18" s="10"/>
       <c r="B18" s="54" t="s">
-        <v>491</v>
+        <v>240</v>
       </c>
       <c r="C18" s="54" t="s">
-        <v>492</v>
+        <v>241</v>
       </c>
       <c r="D18" s="30" t="s">
-        <v>476</v>
+        <v>203</v>
       </c>
       <c r="E18" s="30" t="s">
-        <v>86</v>
+        <v>242</v>
       </c>
       <c r="F18" s="30" t="s">
-        <v>86</v>
+        <v>242</v>
       </c>
       <c r="G18" s="31" t="s">
-        <v>493</v>
+        <v>243</v>
       </c>
       <c r="H18" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I18" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J18" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q18" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R18" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S18" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T18" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U18" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V18" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W18" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y18" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z18" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA18" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB18" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC18" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD18" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE18" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF18" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG18" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH18" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI18" s="31" t="s">
-        <v>88</v>
+        <v>245</v>
       </c>
       <c r="AJ18" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK18" s="31" t="s">
-        <v>89</v>
+        <v>246</v>
       </c>
       <c r="AL18" s="30" t="s">
-        <v>90</v>
+        <v>247</v>
       </c>
       <c r="AM18" s="30" t="s">
-        <v>90</v>
+        <v>247</v>
       </c>
       <c r="AN18" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO18" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP18" s="31" t="s">
-        <v>91</v>
+        <v>248</v>
       </c>
       <c r="AQ18" s="31" t="s">
-        <v>89</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>246</v>
+      </c>
+      <c r="AR18" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS18" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT18" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU18" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV18" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW18" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX18" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY18" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ18" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA18" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB18" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC18" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="19" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A19" s="10"/>
       <c r="B19" s="54" t="s">
-        <v>494</v>
+        <v>249</v>
       </c>
       <c r="C19" s="54" t="s">
-        <v>495</v>
+        <v>250</v>
       </c>
       <c r="D19" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E19" s="30" t="s">
-        <v>92</v>
+        <v>252</v>
       </c>
       <c r="F19" s="30" t="s">
-        <v>497</v>
+        <v>253</v>
       </c>
       <c r="G19" s="31" t="s">
-        <v>93</v>
+        <v>254</v>
       </c>
       <c r="H19" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J19" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K19" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L19" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O19" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U19" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V19" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>144</v>
+      </c>
+      <c r="W19" s="65" t="s">
+        <v>255</v>
+      </c>
+      <c r="X19" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y19" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z19" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA19" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB19" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC19" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD19" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE19" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF19" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG19" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH19" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI19" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ19" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK19" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL19" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM19" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN19" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO19" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP19" s="31" t="s">
-        <v>100</v>
+        <v>262</v>
       </c>
       <c r="AQ19" s="31" t="s">
-        <v>101</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>263</v>
+      </c>
+      <c r="AR19" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS19" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT19" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU19" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV19" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW19" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX19" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY19" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ19" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA19" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB19" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC19" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="20" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A20" s="10"/>
       <c r="B20" s="54" t="s">
-        <v>499</v>
+        <v>264</v>
       </c>
       <c r="C20" s="54" t="s">
-        <v>500</v>
+        <v>265</v>
       </c>
       <c r="D20" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E20" s="30" t="s">
-        <v>92</v>
+        <v>252</v>
       </c>
       <c r="F20" s="30" t="s">
-        <v>501</v>
+        <v>266</v>
       </c>
       <c r="G20" s="31" t="s">
-        <v>102</v>
+        <v>267</v>
       </c>
       <c r="H20" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J20" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K20" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L20" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N20" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O20" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P20" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U20" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V20" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>144</v>
+      </c>
+      <c r="W20" s="65" t="s">
+        <v>255</v>
+      </c>
+      <c r="X20" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y20" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z20" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA20" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB20" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC20" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD20" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE20" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF20" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG20" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH20" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI20" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ20" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK20" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL20" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM20" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN20" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO20" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP20" s="31" t="s">
-        <v>100</v>
+        <v>262</v>
       </c>
       <c r="AQ20" s="31" t="s">
-        <v>101</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>263</v>
+      </c>
+      <c r="AR20" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS20" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT20" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU20" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV20" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW20" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX20" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY20" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ20" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA20" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB20" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC20" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="21" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A21" s="10"/>
       <c r="B21" s="54" t="s">
-        <v>502</v>
+        <v>268</v>
       </c>
       <c r="C21" s="54" t="s">
-        <v>503</v>
+        <v>269</v>
       </c>
       <c r="D21" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E21" s="30" t="s">
-        <v>92</v>
+        <v>252</v>
       </c>
       <c r="F21" s="30" t="s">
-        <v>504</v>
+        <v>270</v>
       </c>
       <c r="G21" s="31" t="s">
-        <v>103</v>
+        <v>271</v>
       </c>
       <c r="H21" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J21" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K21" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L21" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N21" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O21" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U21" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V21" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>144</v>
+      </c>
+      <c r="W21" s="65" t="s">
+        <v>255</v>
+      </c>
+      <c r="X21" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y21" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z21" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA21" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB21" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC21" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD21" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE21" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF21" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG21" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH21" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI21" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ21" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK21" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL21" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM21" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN21" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO21" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP21" s="31" t="s">
-        <v>100</v>
+        <v>262</v>
       </c>
       <c r="AQ21" s="31" t="s">
-        <v>101</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>263</v>
+      </c>
+      <c r="AR21" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS21" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT21" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU21" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV21" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW21" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX21" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY21" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ21" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA21" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB21" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC21" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A22" s="10"/>
       <c r="B22" s="54" t="s">
-        <v>505</v>
+        <v>272</v>
       </c>
       <c r="C22" s="54" t="s">
-        <v>506</v>
+        <v>273</v>
       </c>
       <c r="D22" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E22" s="30" t="s">
-        <v>104</v>
+        <v>274</v>
       </c>
       <c r="F22" s="30" t="s">
-        <v>507</v>
+        <v>275</v>
       </c>
       <c r="G22" s="31" t="s">
-        <v>105</v>
+        <v>276</v>
       </c>
       <c r="H22" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J22" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K22" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L22" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O22" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U22" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V22" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>144</v>
+      </c>
+      <c r="W22" s="65" t="s">
+        <v>277</v>
+      </c>
+      <c r="X22" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y22" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z22" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA22" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB22" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC22" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD22" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE22" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF22" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG22" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH22" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI22" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ22" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK22" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL22" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM22" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN22" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO22" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP22" s="31" t="s">
-        <v>106</v>
+        <v>278</v>
       </c>
       <c r="AQ22" s="31" t="s">
-        <v>107</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>279</v>
+      </c>
+      <c r="AR22" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS22" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT22" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU22" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV22" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW22" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX22" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY22" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ22" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA22" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB22" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC22" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A23" s="10"/>
       <c r="B23" s="54" t="s">
-        <v>509</v>
+        <v>280</v>
       </c>
       <c r="C23" s="54" t="s">
-        <v>510</v>
+        <v>281</v>
       </c>
       <c r="D23" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E23" s="30" t="s">
-        <v>104</v>
+        <v>274</v>
       </c>
       <c r="F23" s="30" t="s">
-        <v>511</v>
+        <v>282</v>
       </c>
       <c r="G23" s="31" t="s">
-        <v>108</v>
+        <v>283</v>
       </c>
       <c r="H23" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J23" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K23" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L23" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N23" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O23" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V23" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="W23" s="31" t="s">
-        <v>508</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>277</v>
+      </c>
+      <c r="X23" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y23" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z23" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA23" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB23" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC23" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD23" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE23" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF23" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG23" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH23" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI23" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ23" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK23" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL23" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM23" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN23" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO23" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP23" s="31" t="s">
-        <v>106</v>
+        <v>278</v>
       </c>
       <c r="AQ23" s="31" t="s">
-        <v>107</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>279</v>
+      </c>
+      <c r="AR23" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS23" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT23" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU23" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV23" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW23" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX23" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY23" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ23" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA23" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB23" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC23" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="24" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A24" s="10"/>
       <c r="B24" s="54" t="s">
-        <v>478</v>
+        <v>216</v>
       </c>
       <c r="C24" s="54" t="s">
-        <v>512</v>
+        <v>284</v>
       </c>
       <c r="D24" s="54" t="s">
-        <v>496</v>
+        <v>251</v>
       </c>
       <c r="E24" s="30" t="s">
-        <v>104</v>
+        <v>274</v>
       </c>
       <c r="F24" s="30" t="s">
-        <v>513</v>
+        <v>285</v>
       </c>
       <c r="G24" s="31" t="s">
-        <v>109</v>
+        <v>286</v>
       </c>
       <c r="H24" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J24" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K24" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L24" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M24" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N24" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O24" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P24" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U24" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V24" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>144</v>
+      </c>
+      <c r="W24" s="65" t="s">
+        <v>277</v>
+      </c>
+      <c r="X24" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y24" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z24" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA24" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB24" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC24" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD24" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE24" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF24" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG24" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH24" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AI24" s="31" t="s">
-        <v>95</v>
+        <v>257</v>
       </c>
       <c r="AJ24" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK24" s="31" t="s">
-        <v>97</v>
+        <v>259</v>
       </c>
       <c r="AL24" s="30" t="s">
-        <v>98</v>
+        <v>260</v>
       </c>
       <c r="AM24" s="30" t="s">
-        <v>99</v>
+        <v>261</v>
       </c>
       <c r="AN24" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO24" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP24" s="31" t="s">
-        <v>106</v>
+        <v>278</v>
       </c>
       <c r="AQ24" s="31" t="s">
-        <v>107</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>279</v>
+      </c>
+      <c r="AR24" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS24" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT24" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU24" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV24" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW24" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX24" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY24" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ24" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA24" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB24" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC24" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A25" s="10"/>
       <c r="B25" s="54" t="s">
-        <v>514</v>
+        <v>287</v>
       </c>
       <c r="C25" s="54" t="s">
-        <v>515</v>
+        <v>288</v>
       </c>
       <c r="D25" s="54" t="s">
-        <v>516</v>
+        <v>289</v>
       </c>
       <c r="E25" s="30" t="s">
-        <v>110</v>
+        <v>290</v>
       </c>
       <c r="F25" s="30" t="s">
-        <v>110</v>
+        <v>290</v>
       </c>
       <c r="G25" s="31" t="s">
-        <v>517</v>
+        <v>291</v>
       </c>
       <c r="H25" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I25" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J25" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P25" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q25" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R25" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S25" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T25" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U25" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V25" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W25" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y25" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z25" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA25" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB25" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC25" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD25" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE25" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF25" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG25" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH25" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI25" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ25" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AK25" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AL25" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM25" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN25" s="31" t="s">
-        <v>111</v>
+        <v>292</v>
       </c>
       <c r="AO25" s="31" t="s">
-        <v>981</v>
+        <v>293</v>
       </c>
       <c r="AP25" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ25" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR25" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS25" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT25" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU25" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV25" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW25" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX25" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY25" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ25" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA25" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB25" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC25" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="26" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A26" s="10"/>
       <c r="B26" s="54" t="s">
-        <v>518</v>
+        <v>294</v>
       </c>
       <c r="C26" s="54" t="s">
-        <v>519</v>
+        <v>295</v>
       </c>
       <c r="D26" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E26" s="30" t="s">
-        <v>112</v>
+        <v>297</v>
       </c>
       <c r="F26" s="30" t="s">
-        <v>939</v>
+        <v>298</v>
       </c>
       <c r="G26" s="31" t="s">
-        <v>113</v>
+        <v>299</v>
       </c>
       <c r="H26" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I26" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J26" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K26" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L26" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M26" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N26" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O26" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P26" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q26" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R26" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S26" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T26" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U26" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V26" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W26" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X26" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y26" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z26" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA26" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB26" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC26" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD26" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE26" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF26" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG26" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH26" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI26" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ26" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK26" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL26" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM26" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN26" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO26" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP26" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ26" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR26" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS26" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT26" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU26" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV26" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW26" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX26" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY26" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ26" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA26" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB26" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC26" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A27" s="10"/>
       <c r="B27" s="54" t="s">
-        <v>522</v>
+        <v>307</v>
       </c>
       <c r="C27" s="54" t="s">
-        <v>523</v>
+        <v>308</v>
       </c>
       <c r="D27" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E27" s="30" t="s">
-        <v>112</v>
+        <v>297</v>
       </c>
       <c r="F27" s="30" t="s">
-        <v>940</v>
+        <v>309</v>
       </c>
       <c r="G27" s="31" t="s">
-        <v>120</v>
+        <v>310</v>
       </c>
       <c r="H27" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I27" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J27" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K27" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L27" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M27" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N27" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O27" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P27" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q27" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R27" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S27" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T27" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U27" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V27" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W27" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X27" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y27" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z27" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA27" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB27" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC27" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD27" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE27" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF27" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG27" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH27" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI27" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ27" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK27" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL27" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM27" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN27" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO27" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP27" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ27" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR27" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS27" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT27" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU27" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV27" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW27" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX27" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY27" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ27" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA27" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB27" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC27" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="28" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A28" s="10"/>
       <c r="B28" s="54" t="s">
-        <v>524</v>
+        <v>311</v>
       </c>
       <c r="C28" s="54" t="s">
-        <v>525</v>
+        <v>312</v>
       </c>
       <c r="D28" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E28" s="30" t="s">
-        <v>112</v>
+        <v>297</v>
       </c>
       <c r="F28" s="30" t="s">
-        <v>941</v>
+        <v>313</v>
       </c>
       <c r="G28" s="31" t="s">
-        <v>121</v>
+        <v>314</v>
       </c>
       <c r="H28" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I28" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J28" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K28" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L28" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M28" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N28" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O28" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P28" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q28" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R28" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S28" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T28" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U28" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V28" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W28" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X28" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y28" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z28" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA28" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB28" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC28" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD28" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE28" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF28" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG28" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH28" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI28" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ28" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK28" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL28" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM28" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN28" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO28" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP28" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ28" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR28" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS28" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT28" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU28" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV28" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW28" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX28" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY28" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ28" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA28" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB28" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC28" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="29" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A29" s="10"/>
       <c r="B29" s="54" t="s">
-        <v>526</v>
+        <v>315</v>
       </c>
       <c r="C29" s="54" t="s">
-        <v>527</v>
+        <v>316</v>
       </c>
       <c r="D29" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E29" s="30" t="s">
-        <v>122</v>
+        <v>317</v>
       </c>
       <c r="F29" s="30" t="s">
-        <v>942</v>
+        <v>318</v>
       </c>
       <c r="G29" s="31" t="s">
-        <v>123</v>
+        <v>319</v>
       </c>
       <c r="H29" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I29" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J29" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K29" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L29" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M29" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N29" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O29" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P29" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q29" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R29" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S29" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T29" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U29" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V29" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W29" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X29" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y29" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z29" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA29" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB29" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC29" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD29" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE29" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF29" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG29" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH29" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI29" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ29" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK29" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL29" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM29" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN29" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO29" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP29" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ29" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR29" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS29" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT29" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU29" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV29" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW29" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX29" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY29" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ29" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA29" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB29" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC29" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="30" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A30" s="10"/>
       <c r="B30" s="54" t="s">
-        <v>528</v>
+        <v>320</v>
       </c>
       <c r="C30" s="54" t="s">
-        <v>529</v>
+        <v>321</v>
       </c>
       <c r="D30" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E30" s="30" t="s">
-        <v>122</v>
+        <v>317</v>
       </c>
       <c r="F30" s="30" t="s">
-        <v>943</v>
+        <v>322</v>
       </c>
       <c r="G30" s="31" t="s">
-        <v>124</v>
+        <v>323</v>
       </c>
       <c r="H30" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I30" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J30" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K30" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L30" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M30" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N30" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O30" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P30" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q30" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R30" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S30" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T30" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U30" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V30" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W30" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X30" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y30" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z30" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA30" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB30" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC30" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD30" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE30" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF30" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG30" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH30" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI30" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ30" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK30" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL30" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM30" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN30" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO30" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP30" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ30" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR30" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS30" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT30" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU30" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV30" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW30" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX30" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY30" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ30" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA30" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB30" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC30" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A31" s="10"/>
       <c r="B31" s="54" t="s">
-        <v>530</v>
+        <v>324</v>
       </c>
       <c r="C31" s="54" t="s">
-        <v>531</v>
+        <v>325</v>
       </c>
       <c r="D31" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E31" s="30" t="s">
-        <v>122</v>
+        <v>317</v>
       </c>
       <c r="F31" s="30" t="s">
-        <v>944</v>
+        <v>326</v>
       </c>
       <c r="G31" s="31" t="s">
-        <v>125</v>
+        <v>327</v>
       </c>
       <c r="H31" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I31" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J31" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K31" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L31" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M31" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N31" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O31" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P31" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q31" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R31" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S31" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T31" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U31" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V31" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W31" s="65" t="s">
+        <v>300</v>
+      </c>
+      <c r="X31" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y31" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z31" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA31" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB31" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC31" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD31" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE31" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF31" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG31" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH31" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI31" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ31" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK31" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL31" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM31" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN31" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO31" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP31" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ31" s="31" t="s">
-        <v>119</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>306</v>
+      </c>
+      <c r="AR31" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS31" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT31" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU31" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV31" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW31" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX31" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY31" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ31" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA31" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB31" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC31" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A32" s="10"/>
       <c r="B32" s="54" t="s">
-        <v>532</v>
+        <v>328</v>
       </c>
       <c r="C32" s="54" t="s">
-        <v>533</v>
+        <v>329</v>
       </c>
       <c r="D32" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E32" s="30" t="s">
-        <v>126</v>
+        <v>330</v>
       </c>
       <c r="F32" s="30" t="s">
-        <v>945</v>
+        <v>331</v>
       </c>
       <c r="G32" s="31" t="s">
-        <v>127</v>
+        <v>332</v>
       </c>
       <c r="H32" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I32" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J32" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K32" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L32" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M32" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N32" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O32" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P32" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q32" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R32" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S32" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T32" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U32" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V32" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W32" s="65" t="s">
+        <v>333</v>
+      </c>
+      <c r="X32" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y32" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z32" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA32" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB32" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC32" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD32" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE32" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF32" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG32" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH32" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI32" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ32" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK32" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL32" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM32" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN32" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO32" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP32" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ32" s="31" t="s">
-        <v>128</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>334</v>
+      </c>
+      <c r="AR32" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS32" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT32" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU32" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV32" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW32" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX32" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY32" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ32" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA32" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB32" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC32" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="33" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A33" s="10"/>
       <c r="B33" s="54" t="s">
-        <v>535</v>
+        <v>335</v>
       </c>
       <c r="C33" s="54" t="s">
-        <v>536</v>
+        <v>336</v>
       </c>
       <c r="D33" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E33" s="30" t="s">
-        <v>126</v>
+        <v>330</v>
       </c>
       <c r="F33" s="30" t="s">
-        <v>946</v>
+        <v>337</v>
       </c>
       <c r="G33" s="31" t="s">
-        <v>129</v>
+        <v>338</v>
       </c>
       <c r="H33" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I33" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J33" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K33" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L33" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M33" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N33" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O33" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P33" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q33" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R33" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S33" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T33" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U33" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V33" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W33" s="65" t="s">
+        <v>333</v>
+      </c>
+      <c r="X33" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y33" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z33" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA33" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB33" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC33" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD33" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE33" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF33" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG33" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH33" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI33" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ33" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK33" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL33" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM33" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN33" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO33" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP33" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ33" s="31" t="s">
-        <v>128</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>334</v>
+      </c>
+      <c r="AR33" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS33" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT33" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU33" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV33" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW33" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX33" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY33" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ33" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA33" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB33" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC33" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="34" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A34" s="10"/>
       <c r="B34" s="54" t="s">
-        <v>492</v>
+        <v>241</v>
       </c>
       <c r="C34" s="54" t="s">
-        <v>537</v>
+        <v>339</v>
       </c>
       <c r="D34" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E34" s="30" t="s">
-        <v>126</v>
+        <v>330</v>
       </c>
       <c r="F34" s="30" t="s">
-        <v>947</v>
+        <v>340</v>
       </c>
       <c r="G34" s="31" t="s">
-        <v>538</v>
+        <v>341</v>
       </c>
       <c r="H34" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I34" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J34" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K34" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L34" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M34" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N34" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O34" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P34" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q34" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R34" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S34" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T34" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U34" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V34" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W34" s="65" t="s">
+        <v>333</v>
+      </c>
+      <c r="X34" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y34" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z34" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA34" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB34" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC34" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD34" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE34" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF34" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG34" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH34" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI34" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ34" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK34" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL34" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM34" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN34" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO34" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP34" s="31" t="s">
-        <v>118</v>
+        <v>305</v>
       </c>
       <c r="AQ34" s="31" t="s">
-        <v>128</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>334</v>
+      </c>
+      <c r="AR34" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS34" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT34" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU34" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV34" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW34" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX34" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY34" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ34" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA34" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB34" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC34" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="35" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A35" s="10"/>
       <c r="B35" s="54" t="s">
-        <v>539</v>
+        <v>342</v>
       </c>
       <c r="C35" s="54" t="s">
-        <v>540</v>
+        <v>343</v>
       </c>
       <c r="D35" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E35" s="30" t="s">
-        <v>130</v>
+        <v>344</v>
       </c>
       <c r="F35" s="30" t="s">
-        <v>948</v>
+        <v>345</v>
       </c>
       <c r="G35" s="31" t="s">
-        <v>131</v>
+        <v>346</v>
       </c>
       <c r="H35" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I35" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J35" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K35" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L35" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M35" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N35" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O35" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P35" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q35" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R35" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S35" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T35" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U35" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V35" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W35" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="X35" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y35" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z35" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA35" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB35" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC35" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD35" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE35" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF35" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG35" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH35" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI35" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ35" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK35" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL35" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM35" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN35" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO35" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP35" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ35" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR35" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS35" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT35" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU35" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV35" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW35" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX35" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY35" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ35" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA35" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB35" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC35" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="36" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A36" s="10"/>
       <c r="B36" s="54" t="s">
-        <v>542</v>
+        <v>350</v>
       </c>
       <c r="C36" s="54" t="s">
-        <v>543</v>
+        <v>351</v>
       </c>
       <c r="D36" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E36" s="30" t="s">
-        <v>130</v>
+        <v>344</v>
       </c>
       <c r="F36" s="30" t="s">
-        <v>949</v>
+        <v>352</v>
       </c>
       <c r="G36" s="31" t="s">
-        <v>134</v>
+        <v>353</v>
       </c>
       <c r="H36" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I36" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J36" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K36" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L36" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M36" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N36" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O36" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P36" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q36" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R36" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S36" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T36" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U36" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V36" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W36" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="X36" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y36" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z36" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA36" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB36" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC36" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD36" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE36" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF36" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG36" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH36" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI36" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ36" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK36" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL36" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM36" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN36" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO36" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP36" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ36" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR36" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS36" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT36" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU36" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV36" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW36" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX36" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY36" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ36" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA36" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB36" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC36" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="37" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A37" s="10"/>
       <c r="B37" s="54" t="s">
-        <v>544</v>
+        <v>354</v>
       </c>
       <c r="C37" s="54" t="s">
-        <v>545</v>
+        <v>355</v>
       </c>
       <c r="D37" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E37" s="30" t="s">
-        <v>130</v>
+        <v>344</v>
       </c>
       <c r="F37" s="30" t="s">
-        <v>950</v>
+        <v>356</v>
       </c>
       <c r="G37" s="31" t="s">
-        <v>135</v>
+        <v>357</v>
       </c>
       <c r="H37" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I37" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J37" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K37" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L37" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M37" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N37" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O37" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P37" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q37" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R37" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S37" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T37" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U37" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V37" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W37" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="X37" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y37" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z37" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA37" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB37" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC37" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD37" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE37" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF37" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG37" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH37" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI37" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ37" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK37" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL37" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM37" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN37" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO37" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP37" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ37" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR37" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS37" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT37" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU37" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV37" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW37" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX37" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY37" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ37" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA37" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB37" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC37" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="38" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A38" s="10"/>
       <c r="B38" s="54" t="s">
-        <v>546</v>
+        <v>358</v>
       </c>
       <c r="C38" s="54" t="s">
-        <v>547</v>
+        <v>359</v>
       </c>
       <c r="D38" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E38" s="30" t="s">
-        <v>130</v>
+        <v>344</v>
       </c>
       <c r="F38" s="30" t="s">
-        <v>951</v>
+        <v>360</v>
       </c>
       <c r="G38" s="31" t="s">
-        <v>136</v>
+        <v>361</v>
       </c>
       <c r="H38" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I38" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J38" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K38" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L38" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M38" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N38" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O38" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P38" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q38" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R38" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S38" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T38" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U38" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V38" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W38" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="X38" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y38" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z38" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA38" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB38" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC38" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD38" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE38" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF38" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG38" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH38" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI38" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ38" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK38" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL38" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM38" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN38" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO38" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP38" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ38" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR38" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS38" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT38" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU38" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV38" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW38" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX38" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY38" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ38" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA38" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB38" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC38" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="39" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A39" s="10"/>
       <c r="B39" s="54" t="s">
-        <v>548</v>
+        <v>362</v>
       </c>
       <c r="C39" s="54" t="s">
-        <v>549</v>
+        <v>363</v>
       </c>
       <c r="D39" s="54" t="s">
-        <v>520</v>
+        <v>296</v>
       </c>
       <c r="E39" s="30" t="s">
-        <v>137</v>
+        <v>364</v>
       </c>
       <c r="F39" s="30" t="s">
-        <v>137</v>
+        <v>364</v>
       </c>
       <c r="G39" s="31" t="s">
-        <v>550</v>
+        <v>365</v>
       </c>
       <c r="H39" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I39" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J39" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K39" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L39" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M39" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N39" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O39" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P39" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q39" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R39" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S39" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T39" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U39" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V39" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W39" s="65" t="s">
+        <v>347</v>
+      </c>
+      <c r="X39" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y39" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z39" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA39" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB39" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC39" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD39" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE39" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF39" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG39" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH39" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI39" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ39" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK39" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL39" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM39" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN39" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO39" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP39" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ39" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR39" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS39" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT39" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU39" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV39" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW39" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX39" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY39" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ39" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA39" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB39" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC39" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A40" s="10"/>
       <c r="B40" s="54" t="s">
-        <v>551</v>
+        <v>366</v>
       </c>
       <c r="C40" s="54" t="s">
-        <v>552</v>
+        <v>367</v>
       </c>
       <c r="D40" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E40" s="30" t="s">
-        <v>138</v>
+        <v>369</v>
       </c>
       <c r="F40" s="30" t="s">
-        <v>952</v>
+        <v>370</v>
       </c>
       <c r="G40" s="31" t="s">
-        <v>139</v>
+        <v>371</v>
       </c>
       <c r="H40" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I40" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J40" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K40" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L40" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M40" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N40" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O40" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P40" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q40" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R40" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S40" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T40" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U40" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V40" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W40" s="65" t="s">
+        <v>372</v>
+      </c>
+      <c r="X40" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y40" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z40" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA40" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB40" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC40" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD40" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE40" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF40" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG40" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH40" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI40" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ40" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK40" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL40" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM40" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN40" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO40" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP40" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ40" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR40" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS40" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT40" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU40" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV40" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW40" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX40" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY40" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ40" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA40" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB40" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC40" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A41" s="10"/>
       <c r="B41" s="54" t="s">
-        <v>555</v>
+        <v>375</v>
       </c>
       <c r="C41" s="54" t="s">
-        <v>556</v>
+        <v>376</v>
       </c>
       <c r="D41" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E41" s="30" t="s">
-        <v>138</v>
+        <v>369</v>
       </c>
       <c r="F41" s="30" t="s">
-        <v>953</v>
+        <v>377</v>
       </c>
       <c r="G41" s="31" t="s">
-        <v>142</v>
+        <v>378</v>
       </c>
       <c r="H41" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I41" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J41" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K41" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L41" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M41" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N41" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O41" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P41" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q41" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R41" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S41" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T41" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U41" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V41" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W41" s="65" t="s">
+        <v>372</v>
+      </c>
+      <c r="X41" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y41" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z41" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA41" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB41" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC41" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD41" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE41" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF41" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG41" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH41" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI41" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ41" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK41" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL41" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM41" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN41" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO41" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP41" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ41" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR41" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS41" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT41" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU41" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV41" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW41" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX41" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY41" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ41" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA41" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB41" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC41" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A42" s="10"/>
       <c r="B42" s="54" t="s">
-        <v>557</v>
+        <v>379</v>
       </c>
       <c r="C42" s="54" t="s">
-        <v>558</v>
+        <v>380</v>
       </c>
       <c r="D42" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E42" s="30" t="s">
-        <v>143</v>
+        <v>381</v>
       </c>
       <c r="F42" s="30" t="s">
-        <v>954</v>
+        <v>382</v>
       </c>
       <c r="G42" s="31" t="s">
-        <v>144</v>
+        <v>383</v>
       </c>
       <c r="H42" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I42" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J42" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K42" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L42" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M42" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N42" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O42" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P42" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q42" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R42" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S42" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T42" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U42" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V42" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W42" s="65" t="s">
+        <v>384</v>
+      </c>
+      <c r="X42" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y42" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z42" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA42" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB42" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC42" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD42" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE42" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF42" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG42" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH42" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI42" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ42" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK42" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL42" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM42" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN42" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO42" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP42" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ42" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR42" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS42" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT42" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU42" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV42" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW42" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX42" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY42" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ42" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA42" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB42" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC42" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A43" s="10"/>
       <c r="B43" s="54" t="s">
-        <v>560</v>
+        <v>385</v>
       </c>
       <c r="C43" s="54" t="s">
-        <v>561</v>
+        <v>386</v>
       </c>
       <c r="D43" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E43" s="30" t="s">
-        <v>143</v>
+        <v>381</v>
       </c>
       <c r="F43" s="30" t="s">
-        <v>955</v>
+        <v>387</v>
       </c>
       <c r="G43" s="31" t="s">
-        <v>562</v>
+        <v>388</v>
       </c>
       <c r="H43" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I43" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J43" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K43" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L43" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M43" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N43" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O43" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P43" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q43" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R43" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S43" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T43" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U43" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V43" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W43" s="65" t="s">
+        <v>384</v>
+      </c>
+      <c r="X43" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y43" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z43" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA43" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB43" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC43" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD43" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE43" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF43" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG43" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH43" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI43" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ43" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK43" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL43" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM43" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN43" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO43" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP43" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ43" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR43" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS43" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT43" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU43" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV43" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW43" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX43" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY43" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ43" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA43" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB43" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC43" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="44" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A44" s="10"/>
       <c r="B44" s="54" t="s">
-        <v>489</v>
+        <v>236</v>
       </c>
       <c r="C44" s="54" t="s">
-        <v>563</v>
+        <v>389</v>
       </c>
       <c r="D44" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E44" s="30" t="s">
-        <v>145</v>
+        <v>390</v>
       </c>
       <c r="F44" s="30" t="s">
-        <v>956</v>
+        <v>391</v>
       </c>
       <c r="G44" s="31" t="s">
-        <v>146</v>
+        <v>392</v>
       </c>
       <c r="H44" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I44" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J44" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K44" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L44" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M44" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N44" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O44" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P44" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q44" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R44" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S44" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T44" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U44" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V44" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W44" s="65" t="s">
+        <v>393</v>
+      </c>
+      <c r="X44" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y44" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z44" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA44" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB44" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC44" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD44" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE44" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF44" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG44" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH44" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI44" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ44" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK44" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL44" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM44" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN44" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO44" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP44" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ44" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR44" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS44" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT44" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU44" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV44" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW44" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX44" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY44" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ44" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA44" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB44" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC44" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="45" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A45" s="10"/>
       <c r="B45" s="54" t="s">
-        <v>565</v>
+        <v>394</v>
       </c>
       <c r="C45" s="54" t="s">
-        <v>566</v>
+        <v>395</v>
       </c>
       <c r="D45" s="54" t="s">
-        <v>553</v>
+        <v>368</v>
       </c>
       <c r="E45" s="30" t="s">
-        <v>145</v>
+        <v>390</v>
       </c>
       <c r="F45" s="30" t="s">
-        <v>957</v>
+        <v>396</v>
       </c>
       <c r="G45" s="31" t="s">
-        <v>567</v>
+        <v>397</v>
       </c>
       <c r="H45" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I45" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J45" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K45" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L45" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M45" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N45" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O45" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P45" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q45" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R45" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S45" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T45" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U45" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V45" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W45" s="65" t="s">
+        <v>393</v>
+      </c>
+      <c r="X45" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y45" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z45" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA45" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB45" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC45" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD45" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE45" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF45" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG45" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH45" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI45" s="31" t="s">
-        <v>114</v>
+        <v>301</v>
       </c>
       <c r="AJ45" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK45" s="31" t="s">
-        <v>115</v>
+        <v>302</v>
       </c>
       <c r="AL45" s="30" t="s">
-        <v>140</v>
+        <v>373</v>
       </c>
       <c r="AM45" s="30" t="s">
-        <v>141</v>
+        <v>374</v>
       </c>
       <c r="AN45" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO45" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP45" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ45" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR45" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS45" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT45" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU45" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV45" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW45" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX45" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY45" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ45" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA45" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB45" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC45" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A46" s="10"/>
       <c r="B46" s="54" t="s">
-        <v>585</v>
+        <v>398</v>
       </c>
       <c r="C46" s="54" t="s">
-        <v>586</v>
+        <v>399</v>
       </c>
       <c r="D46" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E46" s="30" t="s">
-        <v>147</v>
+        <v>401</v>
       </c>
       <c r="F46" s="30" t="s">
-        <v>958</v>
+        <v>402</v>
       </c>
       <c r="G46" s="31" t="s">
-        <v>148</v>
+        <v>403</v>
       </c>
       <c r="H46" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I46" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J46" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K46" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L46" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M46" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N46" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O46" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P46" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q46" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R46" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S46" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T46" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U46" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V46" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W46" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X46" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y46" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z46" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA46" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB46" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC46" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD46" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE46" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF46" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG46" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH46" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI46" s="31" t="s">
-        <v>149</v>
+        <v>404</v>
       </c>
       <c r="AJ46" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK46" s="31" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="AL46" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM46" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN46" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO46" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP46" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ46" s="31" t="s">
-        <v>151</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>406</v>
+      </c>
+      <c r="AR46" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS46" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT46" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU46" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV46" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW46" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX46" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY46" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ46" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA46" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB46" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC46" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A47" s="10"/>
       <c r="B47" s="54" t="s">
-        <v>588</v>
+        <v>407</v>
       </c>
       <c r="C47" s="54" t="s">
-        <v>589</v>
+        <v>408</v>
       </c>
       <c r="D47" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E47" s="30" t="s">
-        <v>147</v>
+        <v>401</v>
       </c>
       <c r="F47" s="30" t="s">
-        <v>959</v>
+        <v>409</v>
       </c>
       <c r="G47" s="31" t="s">
-        <v>590</v>
+        <v>410</v>
       </c>
       <c r="H47" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I47" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J47" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K47" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L47" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M47" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N47" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O47" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P47" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q47" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R47" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S47" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T47" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U47" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V47" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W47" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X47" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y47" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z47" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA47" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB47" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC47" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD47" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE47" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF47" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG47" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH47" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI47" s="31" t="s">
-        <v>149</v>
+        <v>404</v>
       </c>
       <c r="AJ47" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK47" s="31" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="AL47" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM47" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN47" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO47" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP47" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ47" s="31" t="s">
-        <v>151</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>406</v>
+      </c>
+      <c r="AR47" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS47" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT47" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU47" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV47" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW47" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX47" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY47" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ47" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA47" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB47" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC47" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A48" s="10"/>
       <c r="B48" s="54" t="s">
-        <v>591</v>
+        <v>411</v>
       </c>
       <c r="C48" s="54" t="s">
-        <v>592</v>
+        <v>412</v>
       </c>
       <c r="D48" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E48" s="30" t="s">
-        <v>147</v>
+        <v>401</v>
       </c>
       <c r="F48" s="30" t="s">
-        <v>960</v>
+        <v>413</v>
       </c>
       <c r="G48" s="31" t="s">
-        <v>152</v>
+        <v>414</v>
       </c>
       <c r="H48" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I48" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J48" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K48" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L48" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M48" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N48" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O48" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P48" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q48" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R48" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S48" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T48" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U48" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V48" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W48" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X48" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y48" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z48" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA48" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB48" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC48" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD48" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE48" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF48" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG48" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH48" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI48" s="31" t="s">
-        <v>149</v>
+        <v>404</v>
       </c>
       <c r="AJ48" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK48" s="31" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="AL48" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM48" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN48" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO48" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP48" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ48" s="31" t="s">
-        <v>151</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>406</v>
+      </c>
+      <c r="AR48" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS48" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT48" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU48" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV48" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW48" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX48" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY48" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ48" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA48" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB48" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC48" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="49" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A49" s="10"/>
       <c r="B49" s="54" t="s">
-        <v>593</v>
+        <v>415</v>
       </c>
       <c r="C49" s="54" t="s">
-        <v>594</v>
+        <v>416</v>
       </c>
       <c r="D49" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E49" s="30" t="s">
-        <v>147</v>
+        <v>401</v>
       </c>
       <c r="F49" s="30" t="s">
-        <v>961</v>
+        <v>417</v>
       </c>
       <c r="G49" s="31" t="s">
-        <v>153</v>
+        <v>418</v>
       </c>
       <c r="H49" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I49" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J49" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K49" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L49" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M49" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N49" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O49" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P49" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q49" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R49" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S49" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T49" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U49" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V49" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W49" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X49" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y49" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z49" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA49" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB49" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC49" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD49" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE49" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF49" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG49" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH49" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI49" s="31" t="s">
-        <v>149</v>
+        <v>404</v>
       </c>
       <c r="AJ49" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK49" s="31" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="AL49" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM49" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN49" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO49" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP49" s="31" t="s">
-        <v>132</v>
+        <v>348</v>
       </c>
       <c r="AQ49" s="31" t="s">
-        <v>151</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>406</v>
+      </c>
+      <c r="AR49" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS49" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT49" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU49" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV49" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW49" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX49" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY49" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ49" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA49" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB49" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC49" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A50" s="10"/>
       <c r="B50" s="54" t="s">
-        <v>595</v>
+        <v>419</v>
       </c>
       <c r="C50" s="54" t="s">
-        <v>596</v>
+        <v>420</v>
       </c>
       <c r="D50" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E50" s="30" t="s">
-        <v>154</v>
+        <v>421</v>
       </c>
       <c r="F50" s="30" t="s">
-        <v>962</v>
+        <v>422</v>
       </c>
       <c r="G50" s="31" t="s">
-        <v>597</v>
+        <v>423</v>
       </c>
       <c r="H50" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I50" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J50" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K50" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L50" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M50" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N50" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O50" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P50" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q50" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R50" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S50" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T50" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U50" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V50" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W50" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X50" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y50" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z50" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA50" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB50" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC50" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD50" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE50" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF50" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG50" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH50" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI50" s="31" t="s">
-        <v>88</v>
+        <v>245</v>
       </c>
       <c r="AJ50" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK50" s="31" t="s">
-        <v>89</v>
+        <v>246</v>
       </c>
       <c r="AL50" s="30" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
       <c r="AM50" s="30" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
       <c r="AN50" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO50" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP50" s="31" t="s">
+        <v>425</v>
+      </c>
+      <c r="AQ50" s="31" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR50" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS50" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT50" s="64" t="s">
         <v>156</v>
       </c>
-      <c r="AQ50" s="31" t="s">
-[...36 lines deleted...]
-        <v>452</v>
+      <c r="AU50" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV50" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW50" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX50" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY50" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ50" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA50" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB50" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC50" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="51" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A51" s="10"/>
       <c r="B51" s="54" t="s">
-        <v>598</v>
+        <v>426</v>
       </c>
       <c r="C51" s="54" t="s">
-        <v>599</v>
+        <v>427</v>
       </c>
       <c r="D51" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E51" s="30" t="s">
-        <v>154</v>
+        <v>421</v>
       </c>
       <c r="F51" s="30" t="s">
-        <v>963</v>
+        <v>428</v>
       </c>
       <c r="G51" s="31" t="s">
+        <v>429</v>
+      </c>
+      <c r="H51" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I51" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J51" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P51" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q51" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R51" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S51" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T51" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U51" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V51" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W51" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC51" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD51" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE51" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF51" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG51" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH51" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI51" s="31" t="s">
+        <v>245</v>
+      </c>
+      <c r="AJ51" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="AK51" s="31" t="s">
+        <v>246</v>
+      </c>
+      <c r="AL51" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AM51" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AN51" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO51" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP51" s="31" t="s">
+        <v>425</v>
+      </c>
+      <c r="AQ51" s="31" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR51" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS51" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT51" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU51" s="64" t="s">
         <v>157</v>
       </c>
-      <c r="H51" s="31" t="s">
-[...141 lines deleted...]
-        <v>452</v>
+      <c r="AV51" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW51" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX51" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY51" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ51" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA51" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB51" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC51" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="52" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A52" s="10"/>
       <c r="B52" s="54" t="s">
-        <v>600</v>
+        <v>430</v>
       </c>
       <c r="C52" s="54" t="s">
-        <v>601</v>
+        <v>431</v>
       </c>
       <c r="D52" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E52" s="30" t="s">
-        <v>154</v>
+        <v>421</v>
       </c>
       <c r="F52" s="30" t="s">
-        <v>964</v>
+        <v>432</v>
       </c>
       <c r="G52" s="31" t="s">
+        <v>433</v>
+      </c>
+      <c r="H52" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I52" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J52" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P52" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q52" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R52" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S52" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T52" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U52" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V52" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W52" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC52" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD52" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE52" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF52" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG52" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH52" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI52" s="31" t="s">
+        <v>245</v>
+      </c>
+      <c r="AJ52" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="AK52" s="31" t="s">
+        <v>246</v>
+      </c>
+      <c r="AL52" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AM52" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AN52" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO52" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP52" s="31" t="s">
+        <v>425</v>
+      </c>
+      <c r="AQ52" s="31" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR52" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS52" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT52" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU52" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV52" s="64" t="s">
         <v>158</v>
       </c>
-      <c r="H52" s="31" t="s">
-[...141 lines deleted...]
-        <v>452</v>
+      <c r="AW52" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX52" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY52" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ52" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA52" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB52" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC52" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="53" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A53" s="10"/>
       <c r="B53" s="54" t="s">
-        <v>602</v>
+        <v>434</v>
       </c>
       <c r="C53" s="54" t="s">
-        <v>603</v>
+        <v>435</v>
       </c>
       <c r="D53" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E53" s="30" t="s">
-        <v>154</v>
+        <v>421</v>
       </c>
       <c r="F53" s="30" t="s">
-        <v>965</v>
+        <v>436</v>
       </c>
       <c r="G53" s="31" t="s">
-        <v>604</v>
+        <v>437</v>
       </c>
       <c r="H53" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I53" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J53" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K53" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L53" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M53" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N53" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O53" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P53" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q53" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R53" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S53" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T53" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U53" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V53" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W53" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X53" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y53" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z53" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA53" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB53" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC53" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD53" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE53" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF53" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG53" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH53" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI53" s="31" t="s">
-        <v>88</v>
+        <v>245</v>
       </c>
       <c r="AJ53" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK53" s="31" t="s">
-        <v>89</v>
+        <v>246</v>
       </c>
       <c r="AL53" s="30" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
       <c r="AM53" s="30" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
       <c r="AN53" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO53" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP53" s="31" t="s">
+        <v>425</v>
+      </c>
+      <c r="AQ53" s="31" t="s">
+        <v>220</v>
+      </c>
+      <c r="AR53" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS53" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT53" s="64" t="s">
         <v>156</v>
       </c>
-      <c r="AQ53" s="31" t="s">
-[...36 lines deleted...]
-        <v>452</v>
+      <c r="AU53" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV53" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW53" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX53" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY53" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ53" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA53" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB53" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC53" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="54" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A54" s="10"/>
       <c r="B54" s="54" t="s">
-        <v>479</v>
+        <v>221</v>
       </c>
       <c r="C54" s="54" t="s">
-        <v>605</v>
+        <v>438</v>
       </c>
       <c r="D54" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E54" s="30" t="s">
+        <v>439</v>
+      </c>
+      <c r="F54" s="30" t="s">
+        <v>440</v>
+      </c>
+      <c r="G54" s="31" t="s">
+        <v>441</v>
+      </c>
+      <c r="H54" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I54" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J54" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P54" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q54" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R54" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S54" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T54" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U54" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V54" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W54" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC54" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD54" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE54" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF54" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG54" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH54" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI54" s="31" t="s">
+        <v>404</v>
+      </c>
+      <c r="AJ54" s="31" t="s">
+        <v>258</v>
+      </c>
+      <c r="AK54" s="31" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL54" s="30" t="s">
+        <v>303</v>
+      </c>
+      <c r="AM54" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="AN54" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO54" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP54" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="AQ54" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="AR54" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS54" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT54" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU54" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV54" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW54" s="64" t="s">
         <v>159</v>
       </c>
-      <c r="F54" s="30" t="s">
-[...147 lines deleted...]
-        <v>452</v>
+      <c r="AX54" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY54" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ54" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA54" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB54" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC54" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="55" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A55" s="10"/>
       <c r="B55" s="54" t="s">
-        <v>607</v>
+        <v>442</v>
       </c>
       <c r="C55" s="54" t="s">
-        <v>608</v>
+        <v>443</v>
       </c>
       <c r="D55" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E55" s="30" t="s">
+        <v>439</v>
+      </c>
+      <c r="F55" s="30" t="s">
+        <v>444</v>
+      </c>
+      <c r="G55" s="31" t="s">
+        <v>445</v>
+      </c>
+      <c r="H55" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I55" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J55" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P55" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q55" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R55" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S55" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T55" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U55" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V55" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W55" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC55" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD55" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE55" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF55" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG55" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH55" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI55" s="31" t="s">
+        <v>404</v>
+      </c>
+      <c r="AJ55" s="31" t="s">
+        <v>258</v>
+      </c>
+      <c r="AK55" s="31" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL55" s="30" t="s">
+        <v>303</v>
+      </c>
+      <c r="AM55" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="AN55" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO55" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP55" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="AQ55" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="AR55" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS55" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT55" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU55" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV55" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW55" s="64" t="s">
         <v>159</v>
       </c>
-      <c r="F55" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="31" t="s">
+      <c r="AX55" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY55" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ55" s="64" t="s">
         <v>160</v>
       </c>
-      <c r="H55" s="31" t="s">
-[...141 lines deleted...]
-        <v>452</v>
+      <c r="BA55" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB55" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC55" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A56" s="10"/>
       <c r="B56" s="54" t="s">
-        <v>609</v>
+        <v>446</v>
       </c>
       <c r="C56" s="54" t="s">
-        <v>610</v>
+        <v>447</v>
       </c>
       <c r="D56" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E56" s="30" t="s">
+        <v>439</v>
+      </c>
+      <c r="F56" s="30" t="s">
+        <v>448</v>
+      </c>
+      <c r="G56" s="31" t="s">
+        <v>449</v>
+      </c>
+      <c r="H56" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I56" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J56" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P56" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q56" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R56" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S56" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T56" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U56" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V56" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W56" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC56" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD56" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE56" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF56" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG56" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH56" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI56" s="31" t="s">
+        <v>404</v>
+      </c>
+      <c r="AJ56" s="31" t="s">
+        <v>258</v>
+      </c>
+      <c r="AK56" s="31" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL56" s="30" t="s">
+        <v>303</v>
+      </c>
+      <c r="AM56" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="AN56" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO56" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP56" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="AQ56" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="AR56" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS56" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT56" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU56" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV56" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW56" s="64" t="s">
         <v>159</v>
       </c>
-      <c r="F56" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G56" s="31" t="s">
+      <c r="AX56" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY56" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ56" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA56" s="64" t="s">
         <v>161</v>
       </c>
-      <c r="H56" s="31" t="s">
-[...141 lines deleted...]
-        <v>452</v>
+      <c r="BB56" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC56" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="57" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A57" s="10"/>
       <c r="B57" s="54" t="s">
-        <v>611</v>
+        <v>450</v>
       </c>
       <c r="C57" s="54" t="s">
-        <v>612</v>
+        <v>451</v>
       </c>
       <c r="D57" s="54" t="s">
-        <v>587</v>
+        <v>400</v>
       </c>
       <c r="E57" s="30" t="s">
+        <v>439</v>
+      </c>
+      <c r="F57" s="30" t="s">
+        <v>452</v>
+      </c>
+      <c r="G57" s="31" t="s">
+        <v>453</v>
+      </c>
+      <c r="H57" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I57" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J57" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P57" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q57" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R57" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S57" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T57" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U57" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V57" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W57" s="65" t="s">
+        <v>180</v>
+      </c>
+      <c r="X57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC57" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD57" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE57" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF57" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG57" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH57" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI57" s="31" t="s">
+        <v>404</v>
+      </c>
+      <c r="AJ57" s="31" t="s">
+        <v>258</v>
+      </c>
+      <c r="AK57" s="31" t="s">
+        <v>405</v>
+      </c>
+      <c r="AL57" s="30" t="s">
+        <v>303</v>
+      </c>
+      <c r="AM57" s="30" t="s">
+        <v>304</v>
+      </c>
+      <c r="AN57" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO57" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP57" s="31" t="s">
+        <v>348</v>
+      </c>
+      <c r="AQ57" s="31" t="s">
+        <v>349</v>
+      </c>
+      <c r="AR57" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS57" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT57" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU57" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV57" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW57" s="64" t="s">
         <v>159</v>
       </c>
-      <c r="F57" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="31" t="s">
+      <c r="AX57" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY57" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ57" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA57" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB57" s="64" t="s">
         <v>162</v>
       </c>
-      <c r="H57" s="31" t="s">
-[...141 lines deleted...]
-        <v>452</v>
+      <c r="BC57" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="58" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A58" s="10"/>
       <c r="B58" s="54" t="s">
-        <v>613</v>
+        <v>454</v>
       </c>
       <c r="C58" s="54" t="s">
-        <v>614</v>
+        <v>455</v>
       </c>
       <c r="D58" s="54" t="s">
+        <v>456</v>
+      </c>
+      <c r="E58" s="30" t="s">
+        <v>457</v>
+      </c>
+      <c r="F58" s="30" t="s">
+        <v>458</v>
+      </c>
+      <c r="G58" s="31" t="s">
+        <v>459</v>
+      </c>
+      <c r="H58" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P58" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="T58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="U58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="V58" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="W58" s="65" t="s">
+        <v>460</v>
+      </c>
+      <c r="X58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC58" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD58" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE58" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF58" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG58" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH58" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI58" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ58" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK58" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL58" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM58" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN58" s="31" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO58" s="31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AP58" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AQ58" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AR58" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS58" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT58" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU58" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV58" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW58" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX58" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY58" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ58" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA58" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB58" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC58" s="64" t="s">
         <v>163</v>
-      </c>
-[...151 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="59" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A59" s="10"/>
       <c r="B59" s="54" t="s">
-        <v>617</v>
+        <v>464</v>
       </c>
       <c r="C59" s="54" t="s">
-        <v>618</v>
+        <v>465</v>
       </c>
       <c r="D59" s="54" t="s">
+        <v>456</v>
+      </c>
+      <c r="E59" s="30" t="s">
+        <v>457</v>
+      </c>
+      <c r="F59" s="30" t="s">
+        <v>466</v>
+      </c>
+      <c r="G59" s="31" t="s">
+        <v>467</v>
+      </c>
+      <c r="H59" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P59" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="T59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="U59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="V59" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="W59" s="65" t="s">
+        <v>460</v>
+      </c>
+      <c r="X59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC59" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD59" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE59" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF59" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG59" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH59" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI59" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ59" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK59" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL59" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM59" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN59" s="31" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO59" s="31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AP59" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AQ59" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AR59" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS59" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT59" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU59" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV59" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW59" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX59" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY59" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ59" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA59" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB59" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC59" s="64" t="s">
         <v>163</v>
-      </c>
-[...151 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="60" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A60" s="10"/>
       <c r="B60" s="54" t="s">
-        <v>620</v>
+        <v>468</v>
       </c>
       <c r="C60" s="54" t="s">
-        <v>621</v>
+        <v>469</v>
       </c>
       <c r="D60" s="54" t="s">
+        <v>456</v>
+      </c>
+      <c r="E60" s="30" t="s">
+        <v>470</v>
+      </c>
+      <c r="F60" s="30" t="s">
+        <v>471</v>
+      </c>
+      <c r="G60" s="31" t="s">
+        <v>472</v>
+      </c>
+      <c r="H60" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P60" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="T60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="U60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="V60" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="W60" s="65" t="s">
+        <v>473</v>
+      </c>
+      <c r="X60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC60" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD60" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE60" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF60" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG60" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH60" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI60" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ60" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK60" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL60" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM60" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN60" s="31" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO60" s="31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AP60" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AQ60" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AR60" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS60" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT60" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU60" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV60" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW60" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX60" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY60" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ60" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA60" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB60" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC60" s="64" t="s">
         <v>163</v>
-      </c>
-[...151 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="61" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A61" s="10"/>
       <c r="B61" s="54" t="s">
-        <v>624</v>
+        <v>474</v>
       </c>
       <c r="C61" s="54" t="s">
-        <v>625</v>
+        <v>475</v>
       </c>
       <c r="D61" s="54" t="s">
+        <v>456</v>
+      </c>
+      <c r="E61" s="30" t="s">
+        <v>470</v>
+      </c>
+      <c r="F61" s="30" t="s">
+        <v>476</v>
+      </c>
+      <c r="G61" s="31" t="s">
+        <v>477</v>
+      </c>
+      <c r="H61" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P61" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="R61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="S61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="T61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="U61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="V61" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="W61" s="65" t="s">
+        <v>473</v>
+      </c>
+      <c r="X61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC61" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD61" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE61" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF61" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG61" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH61" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AI61" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ61" s="31" t="s">
+        <v>170</v>
+      </c>
+      <c r="AK61" s="31" t="s">
+        <v>208</v>
+      </c>
+      <c r="AL61" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM61" s="30" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN61" s="31" t="s">
+        <v>462</v>
+      </c>
+      <c r="AO61" s="31" t="s">
+        <v>463</v>
+      </c>
+      <c r="AP61" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AQ61" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AR61" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS61" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT61" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU61" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV61" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW61" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX61" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY61" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ61" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA61" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB61" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC61" s="64" t="s">
         <v>163</v>
-      </c>
-[...151 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="62" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A62" s="10"/>
       <c r="B62" s="54" t="s">
-        <v>627</v>
+        <v>478</v>
       </c>
       <c r="C62" s="54" t="s">
-        <v>628</v>
+        <v>479</v>
       </c>
       <c r="D62" s="54" t="s">
-        <v>629</v>
+        <v>480</v>
       </c>
       <c r="E62" s="30" t="s">
-        <v>168</v>
+        <v>481</v>
       </c>
       <c r="F62" s="30" t="s">
-        <v>168</v>
+        <v>481</v>
       </c>
       <c r="G62" s="31" t="s">
-        <v>169</v>
+        <v>482</v>
       </c>
       <c r="H62" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I62" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J62" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K62" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L62" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M62" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N62" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O62" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P62" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V62" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W62" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X62" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y62" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z62" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA62" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB62" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC62" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD62" s="31" t="s">
-        <v>630</v>
+        <v>483</v>
       </c>
       <c r="AE62" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF62" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG62" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH62" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI62" s="31" t="s">
-        <v>149</v>
+        <v>404</v>
       </c>
       <c r="AJ62" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK62" s="31" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="AL62" s="30" t="s">
-        <v>171</v>
+        <v>485</v>
       </c>
       <c r="AM62" s="30" t="s">
-        <v>631</v>
+        <v>486</v>
       </c>
       <c r="AN62" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO62" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP62" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AQ62" s="31" t="s">
-        <v>133</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>349</v>
+      </c>
+      <c r="AR62" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS62" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT62" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU62" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV62" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW62" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX62" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY62" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ62" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA62" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB62" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC62" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="63" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A63" s="10"/>
       <c r="B63" s="54" t="s">
-        <v>632</v>
+        <v>487</v>
       </c>
       <c r="C63" s="54" t="s">
-        <v>633</v>
+        <v>488</v>
       </c>
       <c r="D63" s="54" t="s">
-        <v>629</v>
+        <v>480</v>
       </c>
       <c r="E63" s="30" t="s">
-        <v>172</v>
+        <v>489</v>
       </c>
       <c r="F63" s="30" t="s">
-        <v>974</v>
+        <v>490</v>
       </c>
       <c r="G63" s="31" t="s">
-        <v>173</v>
+        <v>491</v>
       </c>
       <c r="H63" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I63" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J63" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K63" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L63" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M63" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N63" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O63" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P63" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V63" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W63" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X63" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y63" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z63" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA63" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB63" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC63" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD63" s="31" t="s">
-        <v>630</v>
+        <v>483</v>
       </c>
       <c r="AE63" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF63" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG63" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH63" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AI63" s="31" t="s">
-        <v>88</v>
+        <v>245</v>
       </c>
       <c r="AJ63" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK63" s="31" t="s">
-        <v>89</v>
+        <v>246</v>
       </c>
       <c r="AL63" s="30" t="s">
-        <v>174</v>
+        <v>492</v>
       </c>
       <c r="AM63" s="30" t="s">
+        <v>493</v>
+      </c>
+      <c r="AN63" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO63" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP63" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="AQ63" s="31" t="s">
+        <v>494</v>
+      </c>
+      <c r="AR63" s="64" t="s">
         <v>175</v>
       </c>
-      <c r="AN63" s="31" t="s">
-[...8 lines deleted...]
-      <c r="AQ63" s="31" t="s">
+      <c r="AS63" s="64" t="s">
         <v>176</v>
       </c>
-      <c r="AR63" s="70" t="s">
-[...33 lines deleted...]
-        <v>452</v>
+      <c r="AT63" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU63" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV63" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW63" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX63" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY63" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ63" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA63" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB63" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC63" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="64" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A64" s="10"/>
       <c r="B64" s="54" t="s">
+        <v>228</v>
+      </c>
+      <c r="C64" s="54" t="s">
+        <v>495</v>
+      </c>
+      <c r="D64" s="54" t="s">
+        <v>480</v>
+      </c>
+      <c r="E64" s="30" t="s">
+        <v>496</v>
+      </c>
+      <c r="F64" s="30" t="s">
+        <v>496</v>
+      </c>
+      <c r="G64" s="31" t="s">
+        <v>497</v>
+      </c>
+      <c r="H64" s="31" t="s">
+        <v>149</v>
+      </c>
+      <c r="I64" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J64" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P64" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="R64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="S64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V64" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W64" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="X64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC64" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD64" s="31" t="s">
         <v>483</v>
       </c>
-      <c r="C64" s="54" t="s">
-[...5 lines deleted...]
-      <c r="E64" s="30" t="s">
+      <c r="AE64" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF64" s="31" t="s">
+        <v>206</v>
+      </c>
+      <c r="AG64" s="31" t="s">
+        <v>207</v>
+      </c>
+      <c r="AH64" s="31" t="s">
+        <v>244</v>
+      </c>
+      <c r="AI64" s="31" t="s">
+        <v>245</v>
+      </c>
+      <c r="AJ64" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="AK64" s="31" t="s">
+        <v>246</v>
+      </c>
+      <c r="AL64" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AM64" s="30" t="s">
+        <v>424</v>
+      </c>
+      <c r="AN64" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO64" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP64" s="31" t="s">
+        <v>210</v>
+      </c>
+      <c r="AQ64" s="31" t="s">
+        <v>246</v>
+      </c>
+      <c r="AR64" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS64" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT64" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU64" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV64" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW64" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX64" s="64" t="s">
         <v>177</v>
       </c>
-      <c r="F64" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G64" s="31" t="s">
+      <c r="AY64" s="64" t="s">
         <v>178</v>
       </c>
-      <c r="H64" s="31" t="s">
-[...89 lines deleted...]
-      <c r="AL64" s="30" t="s">
+      <c r="AZ64" s="64" t="s">
         <v>155</v>
       </c>
-      <c r="AM64" s="30" t="s">
+      <c r="BA64" s="64" t="s">
         <v>155</v>
       </c>
-      <c r="AN64" s="31" t="s">
-[...45 lines deleted...]
-        <v>452</v>
+      <c r="BB64" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC64" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="65" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A65" s="10"/>
       <c r="B65" s="54" t="s">
-        <v>635</v>
+        <v>498</v>
       </c>
       <c r="C65" s="54" t="s">
-        <v>636</v>
+        <v>499</v>
       </c>
       <c r="D65" s="54" t="s">
-        <v>629</v>
+        <v>480</v>
       </c>
       <c r="E65" s="30" t="s">
-        <v>179</v>
+        <v>500</v>
       </c>
       <c r="F65" s="30" t="s">
-        <v>179</v>
+        <v>500</v>
       </c>
       <c r="G65" s="31" t="s">
-        <v>180</v>
+        <v>501</v>
       </c>
       <c r="H65" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J65" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K65" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L65" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M65" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N65" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O65" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P65" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V65" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W65" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X65" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y65" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z65" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA65" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB65" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC65" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD65" s="31" t="s">
-        <v>630</v>
+        <v>483</v>
       </c>
       <c r="AE65" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF65" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG65" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH65" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL65" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM65" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP65" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ65" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR65" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS65" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT65" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU65" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV65" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW65" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX65" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY65" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ65" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA65" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB65" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC65" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="66" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A66" s="10"/>
       <c r="B66" s="54" t="s">
-        <v>568</v>
+        <v>503</v>
       </c>
       <c r="C66" s="54" t="s">
-        <v>569</v>
+        <v>504</v>
       </c>
       <c r="D66" s="54" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="E66" s="30" t="s">
-        <v>182</v>
+        <v>506</v>
       </c>
       <c r="F66" s="30" t="s">
-        <v>571</v>
+        <v>507</v>
       </c>
       <c r="G66" s="31" t="s">
-        <v>183</v>
+        <v>508</v>
       </c>
       <c r="H66" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I66" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J66" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K66" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L66" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M66" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N66" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O66" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P66" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V66" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W66" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X66" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y66" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z66" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA66" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB66" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC66" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD66" s="31" t="s">
-        <v>572</v>
+        <v>509</v>
       </c>
       <c r="AE66" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF66" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG66" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH66" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI66" s="31" t="s">
-        <v>185</v>
+        <v>510</v>
       </c>
       <c r="AJ66" s="31" t="s">
-        <v>186</v>
+        <v>511</v>
       </c>
       <c r="AK66" s="31" t="s">
-        <v>187</v>
+        <v>512</v>
       </c>
       <c r="AL66" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM66" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN66" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO66" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP66" s="31" t="s">
-        <v>188</v>
+        <v>513</v>
       </c>
       <c r="AQ66" s="31" t="s">
-        <v>189</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>514</v>
+      </c>
+      <c r="AR66" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS66" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT66" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU66" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV66" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW66" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX66" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY66" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ66" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA66" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB66" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC66" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="67" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A67" s="10"/>
       <c r="B67" s="54" t="s">
-        <v>573</v>
+        <v>515</v>
       </c>
       <c r="C67" s="54" t="s">
-        <v>574</v>
+        <v>516</v>
       </c>
       <c r="D67" s="54" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="E67" s="30" t="s">
-        <v>182</v>
+        <v>506</v>
       </c>
       <c r="F67" s="30" t="s">
-        <v>575</v>
+        <v>517</v>
       </c>
       <c r="G67" s="31" t="s">
-        <v>190</v>
+        <v>518</v>
       </c>
       <c r="H67" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I67" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J67" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K67" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L67" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M67" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N67" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O67" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P67" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V67" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W67" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X67" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y67" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z67" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA67" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB67" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC67" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD67" s="31" t="s">
-        <v>572</v>
+        <v>509</v>
       </c>
       <c r="AE67" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF67" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG67" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH67" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI67" s="31" t="s">
-        <v>185</v>
+        <v>510</v>
       </c>
       <c r="AJ67" s="31" t="s">
-        <v>186</v>
+        <v>511</v>
       </c>
       <c r="AK67" s="31" t="s">
-        <v>187</v>
+        <v>512</v>
       </c>
       <c r="AL67" s="30" t="s">
-        <v>116</v>
+        <v>303</v>
       </c>
       <c r="AM67" s="30" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="AN67" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO67" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP67" s="31" t="s">
-        <v>188</v>
+        <v>513</v>
       </c>
       <c r="AQ67" s="31" t="s">
-        <v>189</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>514</v>
+      </c>
+      <c r="AR67" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS67" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT67" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU67" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV67" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW67" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX67" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY67" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ67" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA67" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB67" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC67" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A68" s="10"/>
       <c r="B68" s="54" t="s">
-        <v>576</v>
+        <v>519</v>
       </c>
       <c r="C68" s="54" t="s">
-        <v>577</v>
+        <v>520</v>
       </c>
       <c r="D68" s="54" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="E68" s="30" t="s">
-        <v>578</v>
+        <v>521</v>
       </c>
       <c r="F68" s="30" t="s">
-        <v>578</v>
+        <v>521</v>
       </c>
       <c r="G68" s="31" t="s">
-        <v>579</v>
+        <v>522</v>
       </c>
       <c r="H68" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J68" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K68" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L68" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M68" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N68" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O68" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P68" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V68" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W68" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X68" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y68" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z68" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA68" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB68" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC68" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD68" s="31" t="s">
-        <v>572</v>
+        <v>509</v>
       </c>
       <c r="AE68" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF68" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG68" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH68" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI68" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ68" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK68" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AL68" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM68" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN68" s="31" t="s">
-        <v>191</v>
+        <v>523</v>
       </c>
       <c r="AO68" s="31" t="s">
-        <v>1014</v>
+        <v>524</v>
       </c>
       <c r="AP68" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ68" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR68" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS68" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT68" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU68" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV68" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW68" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX68" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY68" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ68" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA68" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB68" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC68" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="69" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A69" s="10"/>
       <c r="B69" s="54" t="s">
-        <v>580</v>
+        <v>525</v>
       </c>
       <c r="C69" s="54" t="s">
-        <v>581</v>
+        <v>526</v>
       </c>
       <c r="D69" s="54" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="E69" s="30" t="s">
-        <v>582</v>
+        <v>527</v>
       </c>
       <c r="F69" s="30" t="s">
-        <v>582</v>
+        <v>527</v>
       </c>
       <c r="G69" s="31" t="s">
-        <v>192</v>
+        <v>528</v>
       </c>
       <c r="H69" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J69" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K69" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L69" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M69" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N69" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O69" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P69" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V69" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W69" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X69" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y69" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z69" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA69" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB69" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC69" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD69" s="31" t="s">
-        <v>572</v>
+        <v>509</v>
       </c>
       <c r="AE69" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF69" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG69" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH69" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL69" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM69" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP69" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ69" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR69" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS69" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT69" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU69" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV69" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW69" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX69" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY69" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ69" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA69" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB69" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC69" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="70" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A70" s="10"/>
       <c r="B70" s="54" t="s">
-        <v>583</v>
+        <v>529</v>
       </c>
       <c r="C70" s="54" t="s">
-        <v>584</v>
+        <v>530</v>
       </c>
       <c r="D70" s="54" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="E70" s="30" t="s">
-        <v>425</v>
+        <v>531</v>
       </c>
       <c r="F70" s="30" t="s">
-        <v>425</v>
+        <v>531</v>
       </c>
       <c r="G70" s="31" t="s">
-        <v>193</v>
+        <v>532</v>
       </c>
       <c r="H70" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I70" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J70" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K70" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L70" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M70" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N70" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O70" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P70" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V70" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W70" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X70" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y70" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z70" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA70" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB70" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC70" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD70" s="31" t="s">
-        <v>572</v>
+        <v>509</v>
       </c>
       <c r="AE70" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF70" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG70" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH70" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AI70" s="31" t="s">
-        <v>69</v>
+        <v>209</v>
       </c>
       <c r="AJ70" s="31" t="s">
-        <v>70</v>
+        <v>210</v>
       </c>
       <c r="AK70" s="31" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="AL70" s="30" t="s">
-        <v>194</v>
+        <v>533</v>
       </c>
       <c r="AM70" s="30" t="s">
-        <v>194</v>
+        <v>533</v>
       </c>
       <c r="AN70" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO70" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP70" s="31" t="s">
-        <v>195</v>
+        <v>534</v>
       </c>
       <c r="AQ70" s="31" t="s">
-        <v>196</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>535</v>
+      </c>
+      <c r="AR70" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS70" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT70" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU70" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV70" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW70" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX70" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY70" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ70" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA70" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB70" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC70" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="71" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A71" s="10"/>
       <c r="B71" s="54" t="s">
-        <v>637</v>
+        <v>536</v>
       </c>
       <c r="C71" s="54" t="s">
-        <v>638</v>
+        <v>537</v>
       </c>
       <c r="D71" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E71" s="30" t="s">
-        <v>197</v>
+        <v>539</v>
       </c>
       <c r="F71" s="30" t="s">
-        <v>640</v>
+        <v>540</v>
       </c>
       <c r="G71" s="31" t="s">
-        <v>641</v>
+        <v>541</v>
       </c>
       <c r="H71" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I71" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J71" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K71" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L71" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M71" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N71" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O71" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P71" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V71" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W71" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X71" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y71" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z71" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA71" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB71" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC71" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD71" s="31" t="s">
-        <v>642</v>
+        <v>542</v>
       </c>
       <c r="AE71" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF71" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG71" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="AH71" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF71" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI71" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ71" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK71" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL71" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM71" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN71" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO71" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP71" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ71" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR71" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS71" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT71" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU71" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV71" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW71" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX71" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY71" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ71" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA71" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB71" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC71" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="72" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A72" s="10"/>
       <c r="B72" s="54" t="s">
-        <v>643</v>
+        <v>545</v>
       </c>
       <c r="C72" s="54" t="s">
-        <v>644</v>
+        <v>546</v>
       </c>
       <c r="D72" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E72" s="30" t="s">
-        <v>197</v>
+        <v>539</v>
       </c>
       <c r="F72" s="30" t="s">
-        <v>645</v>
+        <v>547</v>
       </c>
       <c r="G72" s="31" t="s">
-        <v>200</v>
+        <v>548</v>
       </c>
       <c r="H72" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I72" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J72" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K72" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L72" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M72" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N72" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O72" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P72" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V72" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W72" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X72" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y72" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z72" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA72" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB72" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC72" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD72" s="31" t="s">
-        <v>642</v>
+        <v>542</v>
       </c>
       <c r="AE72" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF72" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG72" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH72" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL72" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM72" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP72" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ72" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR72" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS72" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT72" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU72" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV72" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW72" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX72" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY72" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ72" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA72" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB72" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC72" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="73" spans="1:55" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A73" s="10"/>
       <c r="B73" s="54" t="s">
-        <v>646</v>
+        <v>549</v>
       </c>
       <c r="C73" s="54" t="s">
-        <v>647</v>
+        <v>550</v>
       </c>
       <c r="D73" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E73" s="30" t="s">
-        <v>197</v>
+        <v>539</v>
       </c>
       <c r="F73" s="30" t="s">
-        <v>648</v>
+        <v>551</v>
       </c>
       <c r="G73" s="31" t="s">
-        <v>649</v>
+        <v>552</v>
       </c>
       <c r="H73" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J73" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K73" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L73" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M73" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N73" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O73" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P73" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V73" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W73" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X73" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y73" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z73" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA73" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB73" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC73" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD73" s="31" t="s">
-        <v>642</v>
+        <v>542</v>
       </c>
       <c r="AE73" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF73" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG73" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH73" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI73" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ73" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK73" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL73" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM73" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN73" s="31" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>553</v>
+      </c>
+      <c r="AO73" s="66" t="s">
+        <v>554</v>
       </c>
       <c r="AP73" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ73" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR73" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS73" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT73" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU73" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV73" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW73" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX73" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY73" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ73" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA73" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB73" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC73" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="74" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A74" s="10"/>
       <c r="B74" s="54" t="s">
-        <v>486</v>
+        <v>232</v>
       </c>
       <c r="C74" s="54" t="s">
-        <v>650</v>
+        <v>555</v>
       </c>
       <c r="D74" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E74" s="30" t="s">
-        <v>197</v>
+        <v>539</v>
       </c>
       <c r="F74" s="30" t="s">
-        <v>651</v>
+        <v>556</v>
       </c>
       <c r="G74" s="31" t="s">
-        <v>202</v>
+        <v>557</v>
       </c>
       <c r="H74" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J74" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K74" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L74" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M74" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N74" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O74" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P74" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V74" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W74" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X74" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y74" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z74" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA74" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB74" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC74" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD74" s="31" t="s">
-        <v>642</v>
+        <v>542</v>
       </c>
       <c r="AE74" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF74" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG74" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH74" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL74" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM74" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP74" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ74" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR74" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS74" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT74" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU74" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV74" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW74" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX74" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY74" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ74" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA74" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB74" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC74" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="75" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A75" s="10"/>
       <c r="B75" s="54" t="s">
-        <v>652</v>
+        <v>558</v>
       </c>
       <c r="C75" s="54" t="s">
-        <v>653</v>
+        <v>559</v>
       </c>
       <c r="D75" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E75" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F75" s="30" t="s">
-        <v>654</v>
+        <v>561</v>
       </c>
       <c r="G75" s="31" t="s">
-        <v>655</v>
+        <v>562</v>
       </c>
       <c r="H75" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I75" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J75" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K75" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L75" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M75" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N75" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O75" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P75" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V75" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W75" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X75" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y75" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z75" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA75" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB75" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC75" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD75" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE75" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF75" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG75" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH75" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF75" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI75" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ75" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK75" s="31" t="s">
-        <v>204</v>
+        <v>564</v>
       </c>
       <c r="AL75" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM75" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN75" s="31" t="s">
-        <v>205</v>
+        <v>565</v>
       </c>
       <c r="AO75" s="31" t="s">
-        <v>985</v>
+        <v>566</v>
       </c>
       <c r="AP75" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ75" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR75" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS75" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT75" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU75" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV75" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW75" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX75" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY75" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ75" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA75" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB75" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC75" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="76" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A76" s="10"/>
       <c r="B76" s="54" t="s">
-        <v>656</v>
+        <v>567</v>
       </c>
       <c r="C76" s="54" t="s">
-        <v>657</v>
+        <v>568</v>
       </c>
       <c r="D76" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E76" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F76" s="30" t="s">
-        <v>975</v>
+        <v>569</v>
       </c>
       <c r="G76" s="31" t="s">
-        <v>658</v>
+        <v>570</v>
       </c>
       <c r="H76" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I76" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J76" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K76" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L76" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M76" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N76" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O76" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P76" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V76" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W76" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB76" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC76" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD76" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE76" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF76" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG76" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH76" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF76" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI76" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ76" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK76" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AL76" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM76" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN76" s="31" t="s">
-        <v>206</v>
+        <v>571</v>
       </c>
       <c r="AO76" s="31" t="s">
-        <v>986</v>
+        <v>572</v>
       </c>
       <c r="AP76" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ76" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR76" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS76" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT76" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU76" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV76" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW76" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX76" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY76" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ76" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA76" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB76" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC76" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="77" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A77" s="10"/>
       <c r="B77" s="54" t="s">
-        <v>659</v>
+        <v>573</v>
       </c>
       <c r="C77" s="54" t="s">
-        <v>660</v>
+        <v>574</v>
       </c>
       <c r="D77" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E77" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F77" s="30" t="s">
-        <v>976</v>
+        <v>575</v>
       </c>
       <c r="G77" s="31" t="s">
-        <v>661</v>
+        <v>576</v>
       </c>
       <c r="H77" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I77" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J77" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K77" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L77" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M77" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N77" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O77" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P77" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V77" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W77" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X77" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y77" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z77" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA77" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB77" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC77" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD77" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE77" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF77" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG77" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH77" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF77" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI77" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ77" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK77" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AL77" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM77" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN77" s="31" t="s">
-        <v>207</v>
+        <v>577</v>
       </c>
       <c r="AO77" s="31" t="s">
-        <v>986</v>
+        <v>572</v>
       </c>
       <c r="AP77" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ77" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR77" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS77" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT77" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU77" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV77" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW77" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX77" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY77" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ77" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA77" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB77" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC77" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="78" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A78" s="10"/>
       <c r="B78" s="54" t="s">
-        <v>662</v>
+        <v>578</v>
       </c>
       <c r="C78" s="54" t="s">
-        <v>663</v>
+        <v>579</v>
       </c>
       <c r="D78" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E78" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F78" s="30" t="s">
-        <v>664</v>
+        <v>580</v>
       </c>
       <c r="G78" s="31" t="s">
-        <v>665</v>
+        <v>581</v>
       </c>
       <c r="H78" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I78" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J78" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K78" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L78" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M78" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N78" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O78" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P78" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V78" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W78" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X78" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y78" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z78" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA78" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB78" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC78" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD78" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE78" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF78" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG78" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH78" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF78" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI78" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ78" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK78" s="31" t="s">
-        <v>208</v>
+        <v>582</v>
       </c>
       <c r="AL78" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM78" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN78" s="31" t="s">
-        <v>209</v>
+        <v>583</v>
       </c>
       <c r="AO78" s="31" t="s">
-        <v>987</v>
+        <v>584</v>
       </c>
       <c r="AP78" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ78" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR78" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS78" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT78" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU78" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV78" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW78" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX78" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY78" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ78" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA78" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB78" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC78" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="79" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A79" s="10"/>
       <c r="B79" s="54" t="s">
-        <v>666</v>
+        <v>585</v>
       </c>
       <c r="C79" s="54" t="s">
-        <v>667</v>
+        <v>586</v>
       </c>
       <c r="D79" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E79" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F79" s="30" t="s">
-        <v>668</v>
+        <v>587</v>
       </c>
       <c r="G79" s="31" t="s">
-        <v>669</v>
+        <v>588</v>
       </c>
       <c r="H79" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I79" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J79" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K79" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L79" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M79" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N79" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O79" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P79" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V79" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W79" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X79" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y79" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z79" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA79" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB79" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC79" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD79" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE79" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF79" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG79" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH79" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF79" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI79" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ79" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK79" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AL79" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM79" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN79" s="31" t="s">
-        <v>210</v>
+        <v>589</v>
       </c>
       <c r="AO79" s="31" t="s">
-        <v>988</v>
+        <v>590</v>
       </c>
       <c r="AP79" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ79" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR79" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS79" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT79" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU79" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV79" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW79" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX79" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY79" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ79" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA79" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB79" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC79" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="80" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A80" s="10"/>
       <c r="B80" s="54" t="s">
-        <v>670</v>
+        <v>591</v>
       </c>
       <c r="C80" s="54" t="s">
-        <v>671</v>
+        <v>592</v>
       </c>
       <c r="D80" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E80" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F80" s="30" t="s">
-        <v>672</v>
+        <v>593</v>
       </c>
       <c r="G80" s="31" t="s">
-        <v>673</v>
+        <v>594</v>
       </c>
       <c r="H80" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I80" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J80" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K80" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L80" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M80" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N80" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O80" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P80" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V80" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W80" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X80" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y80" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z80" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA80" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB80" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC80" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD80" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE80" s="31" t="s">
+        <v>484</v>
+      </c>
+      <c r="AF80" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG80" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="AH80" s="31" t="s">
         <v>170</v>
       </c>
-      <c r="AF80" s="31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AI80" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ80" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK80" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AL80" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM80" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN80" s="31" t="s">
-        <v>211</v>
+        <v>595</v>
       </c>
       <c r="AO80" s="31" t="s">
-        <v>989</v>
+        <v>596</v>
       </c>
       <c r="AP80" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ80" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR80" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS80" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT80" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU80" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV80" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW80" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX80" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY80" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ80" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA80" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB80" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC80" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="81" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A81" s="10"/>
       <c r="B81" s="54" t="s">
-        <v>674</v>
+        <v>597</v>
       </c>
       <c r="C81" s="54" t="s">
-        <v>675</v>
+        <v>598</v>
       </c>
       <c r="D81" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E81" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F81" s="30" t="s">
-        <v>676</v>
+        <v>599</v>
       </c>
       <c r="G81" s="31" t="s">
-        <v>212</v>
+        <v>600</v>
       </c>
       <c r="H81" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I81" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J81" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K81" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L81" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M81" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N81" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O81" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P81" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V81" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W81" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X81" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y81" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z81" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA81" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB81" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC81" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD81" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE81" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF81" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG81" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH81" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL81" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM81" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP81" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ81" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR81" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS81" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT81" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU81" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV81" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW81" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX81" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY81" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ81" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA81" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB81" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC81" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:55" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A82" s="10"/>
       <c r="B82" s="54" t="s">
-        <v>677</v>
+        <v>601</v>
       </c>
       <c r="C82" s="54" t="s">
-        <v>678</v>
+        <v>602</v>
       </c>
       <c r="D82" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E82" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F82" s="30" t="s">
-        <v>679</v>
+        <v>603</v>
       </c>
       <c r="G82" s="31" t="s">
-        <v>680</v>
+        <v>604</v>
       </c>
       <c r="H82" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J82" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K82" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L82" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M82" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N82" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O82" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P82" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V82" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W82" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X82" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y82" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z82" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA82" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB82" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC82" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD82" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE82" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF82" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG82" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH82" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI82" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ82" s="31" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="AK82" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AL82" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM82" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN82" s="31" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>605</v>
+      </c>
+      <c r="AO82" s="66" t="s">
+        <v>606</v>
       </c>
       <c r="AP82" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ82" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR82" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS82" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT82" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU82" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV82" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW82" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX82" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY82" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ82" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA82" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB82" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC82" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="83" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A83" s="10"/>
       <c r="B83" s="54" t="s">
-        <v>681</v>
+        <v>607</v>
       </c>
       <c r="C83" s="54" t="s">
-        <v>682</v>
+        <v>608</v>
       </c>
       <c r="D83" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E83" s="30" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="F83" s="30" t="s">
-        <v>683</v>
+        <v>609</v>
       </c>
       <c r="G83" s="31" t="s">
-        <v>214</v>
+        <v>610</v>
       </c>
       <c r="H83" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J83" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K83" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L83" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M83" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N83" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O83" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P83" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V83" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W83" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X83" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y83" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z83" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA83" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB83" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC83" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD83" s="31" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="AE83" s="31" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="AF83" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG83" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH83" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL83" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM83" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP83" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ83" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR83" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS83" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT83" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU83" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV83" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW83" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX83" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY83" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ83" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA83" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB83" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC83" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A84" s="10"/>
       <c r="B84" s="54" t="s">
-        <v>684</v>
+        <v>611</v>
       </c>
       <c r="C84" s="54" t="s">
-        <v>685</v>
+        <v>612</v>
       </c>
       <c r="D84" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E84" s="30" t="s">
-        <v>686</v>
+        <v>613</v>
       </c>
       <c r="F84" s="30" t="s">
-        <v>687</v>
+        <v>614</v>
       </c>
       <c r="G84" s="31" t="s">
-        <v>688</v>
+        <v>615</v>
       </c>
       <c r="H84" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I84" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J84" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K84" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L84" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M84" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N84" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O84" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P84" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V84" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W84" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X84" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y84" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z84" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA84" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB84" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC84" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD84" s="31" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="AE84" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF84" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG84" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH84" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI84" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ84" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK84" s="31" t="s">
-        <v>460</v>
+        <v>179</v>
       </c>
       <c r="AL84" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM84" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN84" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO84" s="31" t="s">
-        <v>991</v>
+        <v>617</v>
       </c>
       <c r="AP84" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ84" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR84" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS84" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT84" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU84" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV84" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW84" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX84" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY84" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ84" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA84" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB84" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC84" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="85" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A85" s="10"/>
       <c r="B85" s="54" t="s">
-        <v>689</v>
+        <v>618</v>
       </c>
       <c r="C85" s="54" t="s">
-        <v>690</v>
+        <v>619</v>
       </c>
       <c r="D85" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E85" s="30" t="s">
-        <v>686</v>
+        <v>613</v>
       </c>
       <c r="F85" s="30" t="s">
-        <v>691</v>
+        <v>620</v>
       </c>
       <c r="G85" s="31" t="s">
-        <v>215</v>
+        <v>621</v>
       </c>
       <c r="H85" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I85" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J85" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K85" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L85" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M85" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N85" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O85" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P85" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V85" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W85" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X85" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y85" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z85" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA85" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB85" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC85" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD85" s="31" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="AE85" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF85" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG85" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH85" s="31" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="AI85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL85" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP85" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ85" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR85" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS85" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT85" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU85" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV85" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW85" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX85" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY85" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ85" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA85" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB85" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC85" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A86" s="10"/>
       <c r="B86" s="54" t="s">
-        <v>692</v>
+        <v>622</v>
       </c>
       <c r="C86" s="54" t="s">
-        <v>693</v>
+        <v>623</v>
       </c>
       <c r="D86" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E86" s="30" t="s">
-        <v>686</v>
+        <v>613</v>
       </c>
       <c r="F86" s="30" t="s">
-        <v>694</v>
+        <v>624</v>
       </c>
       <c r="G86" s="31" t="s">
-        <v>216</v>
+        <v>625</v>
       </c>
       <c r="H86" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I86" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J86" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K86" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L86" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M86" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N86" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O86" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P86" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V86" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W86" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X86" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y86" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z86" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA86" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB86" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC86" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD86" s="31" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="AE86" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF86" s="31" t="s">
-        <v>220</v>
+        <v>626</v>
       </c>
       <c r="AG86" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH86" s="31" t="s">
-        <v>474</v>
+        <v>201</v>
       </c>
       <c r="AI86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL86" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP86" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ86" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR86" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS86" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT86" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU86" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV86" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW86" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX86" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY86" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ86" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA86" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB86" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC86" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="87" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A87" s="10"/>
       <c r="B87" s="54" t="s">
-        <v>695</v>
+        <v>627</v>
       </c>
       <c r="C87" s="54" t="s">
-        <v>696</v>
+        <v>628</v>
       </c>
       <c r="D87" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E87" s="30" t="s">
-        <v>686</v>
+        <v>613</v>
       </c>
       <c r="F87" s="30" t="s">
-        <v>697</v>
+        <v>629</v>
       </c>
       <c r="G87" s="31" t="s">
-        <v>217</v>
+        <v>630</v>
       </c>
       <c r="H87" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I87" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J87" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K87" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L87" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M87" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N87" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O87" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P87" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V87" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W87" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X87" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y87" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z87" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA87" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB87" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC87" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD87" s="31" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="AE87" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF87" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG87" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH87" s="31" t="s">
-        <v>542</v>
+        <v>350</v>
       </c>
       <c r="AI87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL87" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP87" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ87" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR87" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS87" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT87" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU87" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV87" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW87" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX87" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY87" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ87" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA87" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB87" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC87" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="88" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A88" s="10"/>
       <c r="B88" s="54" t="s">
-        <v>698</v>
+        <v>631</v>
       </c>
       <c r="C88" s="54" t="s">
-        <v>699</v>
+        <v>632</v>
       </c>
       <c r="D88" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E88" s="30" t="s">
-        <v>700</v>
+        <v>633</v>
       </c>
       <c r="F88" s="30" t="s">
-        <v>701</v>
+        <v>634</v>
       </c>
       <c r="G88" s="31" t="s">
-        <v>702</v>
+        <v>635</v>
       </c>
       <c r="H88" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I88" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J88" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K88" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L88" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M88" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N88" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O88" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P88" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V88" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W88" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X88" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y88" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z88" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA88" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB88" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC88" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD88" s="31" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="AE88" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF88" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG88" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH88" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI88" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ88" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK88" s="31" t="s">
-        <v>460</v>
+        <v>179</v>
       </c>
       <c r="AL88" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM88" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN88" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO88" s="31" t="s">
-        <v>991</v>
+        <v>617</v>
       </c>
       <c r="AP88" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ88" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR88" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS88" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT88" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU88" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV88" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW88" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX88" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY88" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ88" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA88" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB88" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC88" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="89" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A89" s="10"/>
       <c r="B89" s="54" t="s">
-        <v>703</v>
+        <v>637</v>
       </c>
       <c r="C89" s="54" t="s">
-        <v>704</v>
+        <v>638</v>
       </c>
       <c r="D89" s="54" t="s">
+        <v>538</v>
+      </c>
+      <c r="E89" s="30" t="s">
+        <v>633</v>
+      </c>
+      <c r="F89" s="30" t="s">
         <v>639</v>
       </c>
-      <c r="E89" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G89" s="31" t="s">
-        <v>218</v>
+        <v>640</v>
       </c>
       <c r="H89" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I89" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J89" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K89" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L89" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M89" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N89" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O89" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P89" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V89" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W89" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X89" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y89" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z89" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA89" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB89" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC89" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD89" s="31" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="AE89" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF89" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG89" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH89" s="31" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="AI89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL89" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP89" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ89" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR89" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS89" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT89" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU89" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV89" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW89" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX89" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY89" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ89" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA89" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB89" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC89" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="90" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A90" s="10"/>
       <c r="B90" s="54" t="s">
-        <v>706</v>
+        <v>641</v>
       </c>
       <c r="C90" s="54" t="s">
-        <v>707</v>
+        <v>642</v>
       </c>
       <c r="D90" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E90" s="30" t="s">
-        <v>700</v>
+        <v>633</v>
       </c>
       <c r="F90" s="30" t="s">
-        <v>708</v>
+        <v>643</v>
       </c>
       <c r="G90" s="31" t="s">
-        <v>219</v>
+        <v>644</v>
       </c>
       <c r="H90" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I90" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J90" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K90" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L90" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M90" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N90" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O90" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P90" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V90" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W90" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X90" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y90" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z90" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA90" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB90" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC90" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD90" s="31" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="AE90" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF90" s="31" t="s">
-        <v>220</v>
+        <v>626</v>
       </c>
       <c r="AG90" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH90" s="31" t="s">
-        <v>474</v>
+        <v>201</v>
       </c>
       <c r="AI90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL90" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP90" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ90" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR90" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS90" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT90" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU90" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV90" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW90" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX90" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY90" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ90" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA90" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB90" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC90" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="91" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A91" s="10"/>
       <c r="B91" s="54" t="s">
-        <v>709</v>
+        <v>645</v>
       </c>
       <c r="C91" s="54" t="s">
-        <v>710</v>
+        <v>646</v>
       </c>
       <c r="D91" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E91" s="30" t="s">
-        <v>700</v>
+        <v>633</v>
       </c>
       <c r="F91" s="30" t="s">
-        <v>711</v>
+        <v>647</v>
       </c>
       <c r="G91" s="31" t="s">
-        <v>221</v>
+        <v>648</v>
       </c>
       <c r="H91" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I91" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J91" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K91" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L91" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M91" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N91" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O91" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P91" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V91" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W91" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X91" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y91" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z91" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA91" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB91" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC91" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD91" s="31" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="AE91" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF91" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG91" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH91" s="31" t="s">
-        <v>542</v>
+        <v>350</v>
       </c>
       <c r="AI91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL91" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP91" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ91" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR91" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS91" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT91" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU91" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV91" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW91" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX91" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY91" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ91" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA91" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB91" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC91" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="92" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A92" s="10"/>
       <c r="B92" s="54" t="s">
-        <v>712</v>
+        <v>649</v>
       </c>
       <c r="C92" s="54" t="s">
-        <v>713</v>
+        <v>650</v>
       </c>
       <c r="D92" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E92" s="30" t="s">
-        <v>222</v>
+        <v>651</v>
       </c>
       <c r="F92" s="30" t="s">
-        <v>977</v>
+        <v>652</v>
       </c>
       <c r="G92" s="31" t="s">
-        <v>714</v>
+        <v>653</v>
       </c>
       <c r="H92" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I92" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J92" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K92" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L92" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M92" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N92" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O92" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P92" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V92" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W92" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X92" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y92" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z92" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA92" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB92" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC92" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD92" s="31" t="s">
-        <v>223</v>
+        <v>654</v>
       </c>
       <c r="AE92" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF92" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG92" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH92" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI92" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ92" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK92" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL92" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM92" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN92" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO92" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP92" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ92" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR92" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS92" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT92" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU92" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV92" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW92" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX92" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY92" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ92" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA92" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB92" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC92" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="93" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A93" s="10"/>
       <c r="B93" s="54" t="s">
-        <v>715</v>
+        <v>655</v>
       </c>
       <c r="C93" s="54" t="s">
-        <v>716</v>
+        <v>656</v>
       </c>
       <c r="D93" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E93" s="30" t="s">
-        <v>222</v>
+        <v>651</v>
       </c>
       <c r="F93" s="30" t="s">
-        <v>978</v>
+        <v>657</v>
       </c>
       <c r="G93" s="31" t="s">
-        <v>224</v>
+        <v>658</v>
       </c>
       <c r="H93" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I93" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J93" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K93" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L93" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M93" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N93" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O93" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P93" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V93" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W93" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X93" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y93" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z93" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA93" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB93" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC93" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD93" s="31" t="s">
-        <v>223</v>
+        <v>654</v>
       </c>
       <c r="AE93" s="31" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="AF93" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG93" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH93" s="31" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="AI93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL93" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP93" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ93" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR93" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS93" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT93" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU93" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV93" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW93" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX93" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY93" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ93" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA93" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB93" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC93" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="94" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A94" s="10"/>
       <c r="B94" s="54" t="s">
-        <v>441</v>
+        <v>145</v>
       </c>
       <c r="C94" s="54" t="s">
-        <v>717</v>
+        <v>659</v>
       </c>
       <c r="D94" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E94" s="30" t="s">
-        <v>222</v>
+        <v>651</v>
       </c>
       <c r="F94" s="30" t="s">
-        <v>225</v>
+        <v>660</v>
       </c>
       <c r="G94" s="31" t="s">
-        <v>718</v>
+        <v>661</v>
       </c>
       <c r="H94" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I94" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J94" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K94" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L94" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M94" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N94" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O94" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P94" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V94" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W94" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X94" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y94" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z94" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA94" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB94" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC94" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD94" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE94" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF94" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG94" s="31" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="AH94" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI94" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ94" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK94" s="31" t="s">
-        <v>465</v>
+        <v>189</v>
       </c>
       <c r="AL94" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM94" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN94" s="31" t="s">
-        <v>166</v>
+        <v>462</v>
       </c>
       <c r="AO94" s="31" t="s">
-        <v>992</v>
+        <v>662</v>
       </c>
       <c r="AP94" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ94" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR94" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS94" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT94" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU94" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV94" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW94" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX94" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY94" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ94" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA94" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB94" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC94" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="95" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A95" s="10"/>
       <c r="B95" s="54" t="s">
-        <v>719</v>
+        <v>663</v>
       </c>
       <c r="C95" s="54" t="s">
-        <v>720</v>
+        <v>664</v>
       </c>
       <c r="D95" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E95" s="30" t="s">
-        <v>222</v>
+        <v>651</v>
       </c>
       <c r="F95" s="30" t="s">
-        <v>226</v>
+        <v>665</v>
       </c>
       <c r="G95" s="31" t="s">
-        <v>721</v>
+        <v>666</v>
       </c>
       <c r="H95" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I95" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J95" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K95" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L95" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M95" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N95" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O95" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P95" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V95" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W95" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X95" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y95" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z95" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA95" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB95" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC95" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD95" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE95" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF95" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG95" s="31" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="AH95" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AI95" s="31" t="s">
+        <v>667</v>
+      </c>
+      <c r="AJ95" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK95" s="31" t="s">
         <v>227</v>
       </c>
-      <c r="AJ95" s="31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AL95" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM95" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN95" s="31" t="s">
-        <v>228</v>
+        <v>668</v>
       </c>
       <c r="AO95" s="31" t="s">
-        <v>993</v>
+        <v>669</v>
       </c>
       <c r="AP95" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ95" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR95" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS95" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT95" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU95" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV95" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW95" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX95" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY95" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ95" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA95" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB95" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC95" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="96" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A96" s="10"/>
       <c r="B96" s="54" t="s">
-        <v>722</v>
+        <v>670</v>
       </c>
       <c r="C96" s="54" t="s">
-        <v>723</v>
+        <v>671</v>
       </c>
       <c r="D96" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E96" s="30" t="s">
-        <v>229</v>
+        <v>672</v>
       </c>
       <c r="F96" s="30" t="s">
-        <v>229</v>
+        <v>672</v>
       </c>
       <c r="G96" s="31" t="s">
-        <v>724</v>
+        <v>673</v>
       </c>
       <c r="H96" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I96" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J96" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K96" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L96" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M96" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N96" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O96" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P96" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V96" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W96" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X96" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y96" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z96" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA96" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB96" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC96" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD96" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE96" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF96" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG96" s="31" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="AH96" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI96" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ96" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK96" s="31" t="s">
-        <v>465</v>
+        <v>189</v>
       </c>
       <c r="AL96" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM96" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN96" s="31" t="s">
-        <v>230</v>
+        <v>674</v>
       </c>
       <c r="AO96" s="31" t="s">
-        <v>994</v>
+        <v>675</v>
       </c>
       <c r="AP96" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ96" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR96" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS96" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT96" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU96" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV96" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW96" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX96" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY96" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ96" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA96" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB96" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC96" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="97" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A97" s="10"/>
       <c r="B97" s="54" t="s">
-        <v>725</v>
+        <v>676</v>
       </c>
       <c r="C97" s="54" t="s">
-        <v>726</v>
+        <v>677</v>
       </c>
       <c r="D97" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E97" s="30" t="s">
-        <v>231</v>
+        <v>678</v>
       </c>
       <c r="F97" s="30" t="s">
-        <v>232</v>
+        <v>679</v>
       </c>
       <c r="G97" s="31" t="s">
-        <v>233</v>
+        <v>680</v>
       </c>
       <c r="H97" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I97" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J97" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K97" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L97" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M97" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N97" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O97" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P97" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V97" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W97" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X97" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y97" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z97" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA97" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB97" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC97" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD97" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE97" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF97" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG97" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH97" s="31" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="AI97" s="31" t="s">
-        <v>234</v>
+        <v>681</v>
       </c>
       <c r="AJ97" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AK97" s="31" t="s">
-        <v>727</v>
+        <v>682</v>
       </c>
       <c r="AL97" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM97" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN97" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO97" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP97" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AQ97" s="31" t="s">
-        <v>727</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>682</v>
+      </c>
+      <c r="AR97" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS97" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT97" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU97" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV97" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW97" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX97" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY97" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ97" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA97" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB97" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC97" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="98" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A98" s="10"/>
       <c r="B98" s="54" t="s">
-        <v>728</v>
+        <v>683</v>
       </c>
       <c r="C98" s="54" t="s">
-        <v>729</v>
+        <v>684</v>
       </c>
       <c r="D98" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E98" s="30" t="s">
-        <v>231</v>
+        <v>678</v>
       </c>
       <c r="F98" s="30" t="s">
-        <v>235</v>
+        <v>685</v>
       </c>
       <c r="G98" s="31" t="s">
-        <v>236</v>
+        <v>686</v>
       </c>
       <c r="H98" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I98" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J98" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K98" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L98" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M98" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N98" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O98" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P98" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V98" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W98" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X98" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y98" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z98" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA98" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB98" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC98" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD98" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE98" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF98" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG98" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH98" s="31" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="AI98" s="31" t="s">
-        <v>234</v>
+        <v>681</v>
       </c>
       <c r="AJ98" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AK98" s="31" t="s">
-        <v>727</v>
+        <v>682</v>
       </c>
       <c r="AL98" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM98" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN98" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO98" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP98" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AQ98" s="31" t="s">
-        <v>727</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>682</v>
+      </c>
+      <c r="AR98" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS98" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT98" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU98" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV98" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW98" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX98" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY98" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ98" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA98" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB98" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC98" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="99" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A99" s="10"/>
       <c r="B99" s="54" t="s">
-        <v>730</v>
+        <v>687</v>
       </c>
       <c r="C99" s="54" t="s">
-        <v>731</v>
+        <v>688</v>
       </c>
       <c r="D99" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E99" s="30" t="s">
-        <v>231</v>
+        <v>678</v>
       </c>
       <c r="F99" s="30" t="s">
-        <v>237</v>
+        <v>689</v>
       </c>
       <c r="G99" s="31" t="s">
-        <v>238</v>
+        <v>690</v>
       </c>
       <c r="H99" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I99" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J99" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K99" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L99" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M99" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N99" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O99" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P99" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V99" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W99" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X99" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y99" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z99" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA99" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB99" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC99" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD99" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE99" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF99" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG99" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH99" s="31" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="AI99" s="31" t="s">
-        <v>234</v>
+        <v>681</v>
       </c>
       <c r="AJ99" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AK99" s="31" t="s">
-        <v>727</v>
+        <v>682</v>
       </c>
       <c r="AL99" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM99" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN99" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO99" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP99" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AQ99" s="31" t="s">
-        <v>727</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>682</v>
+      </c>
+      <c r="AR99" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS99" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT99" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU99" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV99" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW99" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX99" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY99" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ99" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA99" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB99" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC99" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="100" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A100" s="10"/>
       <c r="B100" s="54" t="s">
-        <v>732</v>
+        <v>691</v>
       </c>
       <c r="C100" s="54" t="s">
-        <v>733</v>
+        <v>692</v>
       </c>
       <c r="D100" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E100" s="30" t="s">
-        <v>231</v>
+        <v>678</v>
       </c>
       <c r="F100" s="30" t="s">
-        <v>239</v>
+        <v>693</v>
       </c>
       <c r="G100" s="31" t="s">
-        <v>240</v>
+        <v>694</v>
       </c>
       <c r="H100" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I100" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J100" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K100" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L100" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M100" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N100" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O100" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P100" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V100" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W100" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X100" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y100" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z100" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA100" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB100" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC100" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD100" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE100" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF100" s="31" t="s">
-        <v>66</v>
+        <v>206</v>
       </c>
       <c r="AG100" s="31" t="s">
-        <v>67</v>
+        <v>207</v>
       </c>
       <c r="AH100" s="31" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="AI100" s="31" t="s">
-        <v>234</v>
+        <v>681</v>
       </c>
       <c r="AJ100" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AK100" s="31" t="s">
-        <v>727</v>
+        <v>682</v>
       </c>
       <c r="AL100" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM100" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN100" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO100" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP100" s="31" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="AQ100" s="31" t="s">
-        <v>727</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>682</v>
+      </c>
+      <c r="AR100" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS100" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT100" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU100" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV100" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW100" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX100" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY100" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ100" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA100" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB100" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC100" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="101" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A101" s="10"/>
       <c r="B101" s="54" t="s">
-        <v>734</v>
+        <v>695</v>
       </c>
       <c r="C101" s="54" t="s">
-        <v>735</v>
+        <v>696</v>
       </c>
       <c r="D101" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E101" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F101" s="30" t="s">
-        <v>242</v>
+        <v>698</v>
       </c>
       <c r="G101" s="31" t="s">
-        <v>736</v>
+        <v>699</v>
       </c>
       <c r="H101" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I101" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J101" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K101" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L101" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M101" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N101" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O101" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P101" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V101" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W101" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X101" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y101" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z101" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA101" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB101" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC101" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD101" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE101" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF101" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG101" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH101" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI101" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ101" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK101" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL101" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM101" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN101" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO101" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP101" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ101" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR101" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS101" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT101" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU101" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV101" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW101" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX101" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY101" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ101" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA101" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB101" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC101" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="102" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A102" s="10"/>
       <c r="B102" s="54" t="s">
-        <v>737</v>
+        <v>700</v>
       </c>
       <c r="C102" s="54" t="s">
-        <v>738</v>
+        <v>701</v>
       </c>
       <c r="D102" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E102" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F102" s="30" t="s">
-        <v>979</v>
+        <v>702</v>
       </c>
       <c r="G102" s="31" t="s">
-        <v>243</v>
+        <v>703</v>
       </c>
       <c r="H102" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I102" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J102" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K102" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L102" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M102" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N102" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O102" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P102" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V102" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W102" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X102" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y102" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z102" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA102" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB102" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC102" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD102" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE102" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF102" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG102" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH102" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI102" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ102" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK102" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL102" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM102" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN102" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO102" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP102" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ102" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR102" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS102" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT102" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU102" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV102" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW102" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX102" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY102" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ102" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA102" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB102" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC102" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="103" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A103" s="10"/>
       <c r="B103" s="54" t="s">
-        <v>739</v>
+        <v>704</v>
       </c>
       <c r="C103" s="54" t="s">
-        <v>740</v>
+        <v>705</v>
       </c>
       <c r="D103" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E103" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F103" s="30" t="s">
-        <v>244</v>
+        <v>706</v>
       </c>
       <c r="G103" s="31" t="s">
-        <v>245</v>
+        <v>707</v>
       </c>
       <c r="H103" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I103" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J103" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K103" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L103" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M103" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N103" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O103" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P103" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V103" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W103" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X103" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y103" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z103" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA103" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB103" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC103" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD103" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE103" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF103" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG103" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH103" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI103" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ103" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK103" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL103" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM103" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN103" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO103" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP103" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ103" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR103" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS103" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT103" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU103" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV103" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW103" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX103" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY103" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ103" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA103" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB103" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC103" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="104" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A104" s="10"/>
       <c r="B104" s="54" t="s">
-        <v>453</v>
+        <v>165</v>
       </c>
       <c r="C104" s="54" t="s">
-        <v>741</v>
+        <v>708</v>
       </c>
       <c r="D104" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E104" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F104" s="30" t="s">
-        <v>246</v>
+        <v>709</v>
       </c>
       <c r="G104" s="31" t="s">
-        <v>247</v>
+        <v>710</v>
       </c>
       <c r="H104" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I104" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J104" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K104" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L104" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M104" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N104" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O104" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P104" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V104" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W104" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X104" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y104" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z104" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA104" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB104" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC104" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD104" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE104" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF104" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG104" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH104" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI104" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ104" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK104" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL104" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM104" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN104" s="31" t="s">
-        <v>199</v>
+        <v>543</v>
       </c>
       <c r="AO104" s="31" t="s">
-        <v>983</v>
+        <v>544</v>
       </c>
       <c r="AP104" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ104" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR104" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS104" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT104" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU104" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV104" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW104" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX104" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY104" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ104" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA104" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB104" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC104" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="105" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A105" s="10"/>
       <c r="B105" s="54" t="s">
-        <v>481</v>
+        <v>225</v>
       </c>
       <c r="C105" s="54" t="s">
-        <v>742</v>
+        <v>711</v>
       </c>
       <c r="D105" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E105" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F105" s="30" t="s">
-        <v>743</v>
+        <v>712</v>
       </c>
       <c r="G105" s="31" t="s">
-        <v>744</v>
+        <v>713</v>
       </c>
       <c r="H105" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I105" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J105" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K105" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L105" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M105" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N105" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O105" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P105" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V105" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W105" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X105" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y105" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z105" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA105" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB105" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC105" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD105" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE105" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF105" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG105" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH105" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI105" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ105" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK105" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL105" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM105" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN105" s="31" t="s">
-        <v>248</v>
+        <v>714</v>
       </c>
       <c r="AO105" s="31" t="s">
-        <v>995</v>
+        <v>715</v>
       </c>
       <c r="AP105" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ105" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR105" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS105" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT105" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU105" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV105" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW105" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX105" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY105" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ105" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA105" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB105" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC105" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="106" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A106" s="10"/>
       <c r="B106" s="54" t="s">
-        <v>498</v>
+        <v>255</v>
       </c>
       <c r="C106" s="54" t="s">
-        <v>745</v>
+        <v>716</v>
       </c>
       <c r="D106" s="54" t="s">
-        <v>639</v>
+        <v>538</v>
       </c>
       <c r="E106" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="F106" s="30" t="s">
-        <v>249</v>
+        <v>717</v>
       </c>
       <c r="G106" s="31" t="s">
-        <v>250</v>
+        <v>718</v>
       </c>
       <c r="H106" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I106" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J106" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K106" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L106" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M106" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N106" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O106" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P106" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V106" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W106" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X106" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y106" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z106" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA106" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB106" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC106" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF106" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG106" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH106" s="31" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="AI106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL106" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP106" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ106" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR106" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AS106" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT106" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU106" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV106" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW106" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX106" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AY106" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ106" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA106" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB106" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC106" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="107" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A107" s="10"/>
       <c r="B107" s="54" t="s">
-        <v>508</v>
+        <v>277</v>
       </c>
       <c r="C107" s="54" t="s">
-        <v>746</v>
+        <v>719</v>
       </c>
       <c r="D107" s="54" t="s">
-        <v>251</v>
+        <v>720</v>
       </c>
       <c r="E107" s="30" t="s">
-        <v>252</v>
+        <v>721</v>
       </c>
       <c r="F107" s="30" t="s">
-        <v>252</v>
+        <v>721</v>
       </c>
       <c r="G107" s="31" t="s">
-        <v>747</v>
+        <v>722</v>
       </c>
       <c r="H107" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I107" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J107" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P107" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q107" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R107" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S107" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T107" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U107" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V107" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W107" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X107" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y107" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z107" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA107" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB107" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC107" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD107" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE107" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF107" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG107" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH107" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI107" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ107" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK107" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AL107" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM107" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN107" s="31" t="s">
-        <v>253</v>
+        <v>723</v>
       </c>
       <c r="AO107" s="31" t="s">
-        <v>996</v>
+        <v>724</v>
       </c>
       <c r="AP107" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ107" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR107" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV107" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW107" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX107" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA107" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB107" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC107" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="108" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A108" s="10"/>
       <c r="B108" s="54" t="s">
-        <v>521</v>
+        <v>300</v>
       </c>
       <c r="C108" s="54" t="s">
-        <v>748</v>
+        <v>725</v>
       </c>
       <c r="D108" s="54" t="s">
-        <v>251</v>
+        <v>720</v>
       </c>
       <c r="E108" s="30" t="s">
-        <v>254</v>
+        <v>726</v>
       </c>
       <c r="F108" s="30" t="s">
-        <v>254</v>
+        <v>726</v>
       </c>
       <c r="G108" s="31" t="s">
-        <v>749</v>
+        <v>727</v>
       </c>
       <c r="H108" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I108" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J108" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P108" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q108" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R108" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S108" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T108" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U108" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V108" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W108" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X108" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y108" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z108" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA108" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB108" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC108" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD108" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE108" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF108" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG108" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH108" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI108" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ108" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK108" s="31" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="AL108" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM108" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN108" s="31" t="s">
-        <v>255</v>
+        <v>728</v>
       </c>
       <c r="AO108" s="31" t="s">
-        <v>997</v>
+        <v>729</v>
       </c>
       <c r="AP108" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ108" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR108" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV108" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW108" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX108" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA108" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB108" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC108" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="109" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A109" s="10"/>
       <c r="B109" s="54" t="s">
-        <v>534</v>
+        <v>333</v>
       </c>
       <c r="C109" s="54" t="s">
-        <v>750</v>
+        <v>730</v>
       </c>
       <c r="D109" s="54" t="s">
-        <v>251</v>
+        <v>720</v>
       </c>
       <c r="E109" s="30" t="s">
-        <v>256</v>
+        <v>731</v>
       </c>
       <c r="F109" s="30" t="s">
-        <v>256</v>
+        <v>731</v>
       </c>
       <c r="G109" s="31" t="s">
-        <v>257</v>
+        <v>732</v>
       </c>
       <c r="H109" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J109" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P109" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="S109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="T109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="U109" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="V109" s="30" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="W109" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AA109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AB109" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="AC109" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="AD109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF109" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG109" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH109" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL109" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM109" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP109" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ109" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR109" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS109" s="64" t="s">
+        <v>176</v>
+      </c>
+      <c r="AT109" s="64" t="s">
+        <v>156</v>
+      </c>
+      <c r="AU109" s="64" t="s">
+        <v>157</v>
+      </c>
+      <c r="AV109" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW109" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX109" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY109" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ109" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA109" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB109" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC109" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="110" spans="1:55" ht="31.5" x14ac:dyDescent="0.4">
       <c r="A110" s="10"/>
       <c r="B110" s="54" t="s">
-        <v>541</v>
+        <v>347</v>
       </c>
       <c r="C110" s="54" t="s">
-        <v>751</v>
+        <v>733</v>
       </c>
       <c r="D110" s="54" t="s">
-        <v>251</v>
+        <v>720</v>
       </c>
       <c r="E110" s="30" t="s">
-        <v>258</v>
+        <v>734</v>
       </c>
       <c r="F110" s="30" t="s">
-        <v>752</v>
+        <v>735</v>
       </c>
       <c r="G110" s="31" t="s">
-        <v>753</v>
+        <v>736</v>
       </c>
       <c r="H110" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I110" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J110" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K110" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L110" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M110" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N110" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O110" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P110" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V110" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W110" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X110" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y110" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z110" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA110" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB110" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC110" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD110" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE110" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF110" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG110" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH110" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI110" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ110" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK110" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AL110" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM110" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN110" s="31" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>737</v>
+      </c>
+      <c r="AO110" s="66" t="s">
+        <v>738</v>
       </c>
       <c r="AP110" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ110" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR110" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV110" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW110" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX110" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA110" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB110" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC110" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="111" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A111" s="10"/>
       <c r="B111" s="54" t="s">
-        <v>554</v>
+        <v>372</v>
       </c>
       <c r="C111" s="54" t="s">
-        <v>754</v>
+        <v>739</v>
       </c>
       <c r="D111" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E111" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="F111" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="G111" s="31" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
       <c r="H111" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I111" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J111" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P111" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q111" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R111" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S111" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T111" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U111" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V111" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W111" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X111" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y111" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z111" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA111" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB111" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC111" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD111" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE111" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF111" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG111" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH111" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI111" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ111" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK111" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL111" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM111" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN111" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO111" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP111" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ111" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR111" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS111" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT111" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU111" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV111" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW111" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX111" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY111" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ111" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA111" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB111" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC111" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="112" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A112" s="10"/>
       <c r="B112" s="54" t="s">
-        <v>559</v>
+        <v>384</v>
       </c>
       <c r="C112" s="54" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="D112" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E112" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="F112" s="30" t="s">
-        <v>762</v>
+        <v>752</v>
       </c>
       <c r="G112" s="31" t="s">
-        <v>263</v>
+        <v>753</v>
       </c>
       <c r="H112" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J112" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K112" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L112" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M112" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N112" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O112" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P112" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V112" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W112" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X112" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y112" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z112" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA112" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB112" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC112" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF112" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG112" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH112" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL112" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM112" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP112" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ112" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR112" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS112" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT112" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU112" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV112" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW112" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX112" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY112" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ112" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA112" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB112" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC112" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="113" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A113" s="10"/>
       <c r="B113" s="54" t="s">
-        <v>564</v>
+        <v>393</v>
       </c>
       <c r="C113" s="54" t="s">
-        <v>763</v>
+        <v>754</v>
       </c>
       <c r="D113" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E113" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="F113" s="30" t="s">
-        <v>764</v>
+        <v>755</v>
       </c>
       <c r="G113" s="31" t="s">
-        <v>264</v>
+        <v>756</v>
       </c>
       <c r="H113" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J113" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K113" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L113" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M113" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N113" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O113" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P113" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V113" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W113" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X113" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y113" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z113" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA113" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB113" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC113" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF113" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG113" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH113" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL113" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM113" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP113" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ113" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR113" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS113" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT113" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU113" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV113" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW113" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX113" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY113" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ113" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA113" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB113" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC113" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="114" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A114" s="10"/>
       <c r="B114" s="54" t="s">
-        <v>461</v>
+        <v>180</v>
       </c>
       <c r="C114" s="54" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="D114" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E114" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="F114" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="G114" s="31" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="H114" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I114" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J114" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P114" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q114" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R114" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S114" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T114" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U114" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V114" s="30" t="s">
-        <v>41</v>
-[...20 lines deleted...]
-        <v>41</v>
+        <v>150</v>
+      </c>
+      <c r="W114" s="65" t="s">
+        <v>151</v>
+      </c>
+      <c r="X114" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y114" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z114" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA114" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB114" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC114" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD114" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE114" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF114" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG114" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH114" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI114" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ114" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK114" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL114" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM114" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN114" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO114" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP114" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ114" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR114" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS114" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT114" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU114" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV114" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW114" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX114" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY114" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ114" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA114" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB114" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC114" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="115" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A115" s="10"/>
       <c r="B115" s="54" t="s">
-        <v>616</v>
+        <v>460</v>
       </c>
       <c r="C115" s="54" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="D115" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E115" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="F115" s="30" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="G115" s="31" t="s">
-        <v>266</v>
+        <v>762</v>
       </c>
       <c r="H115" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J115" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K115" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L115" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M115" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N115" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O115" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P115" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V115" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W115" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X115" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y115" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z115" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA115" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB115" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC115" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF115" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG115" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH115" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL115" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM115" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP115" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ115" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR115" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS115" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT115" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU115" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV115" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW115" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX115" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY115" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ115" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA115" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB115" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC115" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="116" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A116" s="10"/>
       <c r="B116" s="54" t="s">
-        <v>623</v>
+        <v>473</v>
       </c>
       <c r="C116" s="54" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
       <c r="D116" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E116" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="F116" s="30" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="G116" s="31" t="s">
-        <v>267</v>
+        <v>765</v>
       </c>
       <c r="H116" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J116" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K116" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L116" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M116" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N116" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O116" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P116" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V116" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W116" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X116" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y116" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z116" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA116" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB116" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC116" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF116" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG116" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH116" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL116" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM116" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP116" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ116" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR116" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS116" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT116" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU116" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV116" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW116" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX116" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY116" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ116" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA116" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB116" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC116" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="117" spans="1:55" s="10" customFormat="1" x14ac:dyDescent="0.4">
       <c r="B117" s="54" t="s">
-        <v>771</v>
+        <v>766</v>
       </c>
       <c r="C117" s="54" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="D117" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E117" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="F117" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="G117" s="31" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="H117" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I117" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J117" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P117" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q117" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R117" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S117" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T117" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U117" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V117" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W117" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X117" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y117" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z117" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA117" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB117" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC117" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD117" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE117" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF117" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG117" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH117" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI117" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ117" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK117" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL117" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM117" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN117" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO117" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP117" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ117" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR117" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS117" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT117" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU117" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV117" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW117" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX117" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY117" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ117" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA117" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB117" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC117" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="118" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A118" s="10"/>
       <c r="B118" s="54" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="C118" s="54" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="D118" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E118" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="F118" s="30" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="G118" s="31" t="s">
-        <v>269</v>
+        <v>773</v>
       </c>
       <c r="H118" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J118" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K118" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L118" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M118" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N118" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O118" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P118" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V118" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W118" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X118" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y118" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z118" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA118" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB118" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC118" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF118" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG118" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH118" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL118" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM118" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP118" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ118" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR118" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS118" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT118" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU118" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV118" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW118" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX118" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY118" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ118" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA118" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB118" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC118" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="119" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A119" s="10"/>
       <c r="B119" s="54" t="s">
+        <v>774</v>
+      </c>
+      <c r="C119" s="54" t="s">
+        <v>775</v>
+      </c>
+      <c r="D119" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E119" s="30" t="s">
+        <v>768</v>
+      </c>
+      <c r="F119" s="30" t="s">
+        <v>776</v>
+      </c>
+      <c r="G119" s="31" t="s">
         <v>777</v>
       </c>
-      <c r="C119" s="54" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H119" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J119" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K119" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L119" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M119" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N119" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O119" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P119" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V119" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W119" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X119" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y119" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z119" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA119" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB119" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC119" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF119" s="31" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="AG119" s="31" t="s">
-        <v>43</v>
+        <v>153</v>
       </c>
       <c r="AH119" s="31" t="s">
-        <v>57</v>
+        <v>183</v>
       </c>
       <c r="AI119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AJ119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AK119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AL119" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM119" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AO119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AP119" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ119" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR119" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS119" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT119" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU119" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV119" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW119" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX119" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY119" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ119" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA119" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB119" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC119" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="120" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A120" s="10"/>
       <c r="B120" s="54" t="s">
+        <v>778</v>
+      </c>
+      <c r="C120" s="54" t="s">
+        <v>779</v>
+      </c>
+      <c r="D120" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E120" s="30" t="s">
         <v>780</v>
       </c>
-      <c r="C120" s="54" t="s">
+      <c r="F120" s="30" t="s">
         <v>781</v>
       </c>
-      <c r="D120" s="54" t="s">
-[...2 lines deleted...]
-      <c r="E120" s="30" t="s">
+      <c r="G120" s="31" t="s">
         <v>782</v>
       </c>
-      <c r="F120" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H120" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I120" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J120" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K120" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L120" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M120" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N120" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O120" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P120" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V120" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W120" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X120" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y120" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z120" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA120" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB120" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC120" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD120" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE120" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF120" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG120" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH120" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI120" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ120" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK120" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL120" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM120" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN120" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO120" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP120" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ120" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR120" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS120" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT120" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU120" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV120" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW120" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX120" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY120" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ120" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA120" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB120" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC120" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="121" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A121" s="10"/>
       <c r="B121" s="54" t="s">
+        <v>783</v>
+      </c>
+      <c r="C121" s="54" t="s">
+        <v>784</v>
+      </c>
+      <c r="D121" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E121" s="30" t="s">
         <v>785</v>
       </c>
-      <c r="C121" s="54" t="s">
+      <c r="F121" s="30" t="s">
         <v>786</v>
       </c>
-      <c r="D121" s="54" t="s">
-[...2 lines deleted...]
-      <c r="E121" s="30" t="s">
+      <c r="G121" s="31" t="s">
         <v>787</v>
       </c>
-      <c r="F121" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H121" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I121" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J121" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K121" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L121" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M121" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N121" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O121" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P121" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V121" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W121" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X121" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y121" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z121" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA121" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB121" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC121" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD121" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE121" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF121" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG121" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH121" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI121" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ121" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK121" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL121" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM121" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN121" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO121" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP121" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ121" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR121" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS121" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT121" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU121" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV121" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW121" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX121" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY121" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ121" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA121" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB121" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC121" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="122" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A122" s="10"/>
       <c r="B122" s="54" t="s">
+        <v>788</v>
+      </c>
+      <c r="C122" s="54" t="s">
+        <v>789</v>
+      </c>
+      <c r="D122" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E122" s="30" t="s">
         <v>790</v>
       </c>
-      <c r="C122" s="54" t="s">
+      <c r="F122" s="30" t="s">
         <v>791</v>
       </c>
-      <c r="D122" s="54" t="s">
-[...2 lines deleted...]
-      <c r="E122" s="30" t="s">
+      <c r="G122" s="31" t="s">
         <v>792</v>
       </c>
-      <c r="F122" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H122" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I122" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J122" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K122" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L122" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M122" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N122" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O122" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P122" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V122" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W122" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X122" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y122" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z122" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA122" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB122" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC122" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD122" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE122" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF122" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG122" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH122" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI122" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ122" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK122" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL122" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM122" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN122" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO122" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP122" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ122" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR122" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS122" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT122" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU122" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV122" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW122" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX122" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY122" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ122" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA122" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB122" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC122" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="123" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A123" s="10"/>
       <c r="B123" s="54" t="s">
+        <v>793</v>
+      </c>
+      <c r="C123" s="54" t="s">
+        <v>794</v>
+      </c>
+      <c r="D123" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E123" s="30" t="s">
         <v>795</v>
       </c>
-      <c r="C123" s="54" t="s">
+      <c r="F123" s="30" t="s">
         <v>796</v>
       </c>
-      <c r="D123" s="54" t="s">
-[...2 lines deleted...]
-      <c r="E123" s="30" t="s">
+      <c r="G123" s="31" t="s">
         <v>797</v>
       </c>
-      <c r="F123" s="30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H123" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I123" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J123" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K123" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L123" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M123" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N123" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O123" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P123" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V123" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W123" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X123" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y123" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z123" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA123" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB123" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC123" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD123" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE123" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF123" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG123" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH123" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI123" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ123" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK123" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL123" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM123" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN123" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO123" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP123" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ123" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR123" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS123" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT123" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU123" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV123" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW123" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX123" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY123" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ123" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA123" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB123" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC123" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="124" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A124" s="10"/>
       <c r="B124" s="54" t="s">
-        <v>463</v>
+        <v>185</v>
       </c>
       <c r="C124" s="54" t="s">
+        <v>798</v>
+      </c>
+      <c r="D124" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E124" s="30" t="s">
         <v>799</v>
       </c>
-      <c r="D124" s="54" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="30" t="s">
+      <c r="F124" s="30" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G124" s="31" t="s">
         <v>801</v>
       </c>
       <c r="H124" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I124" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J124" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P124" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q124" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="R124" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S124" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T124" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U124" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V124" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W124" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X124" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Y124" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z124" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA124" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB124" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC124" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD124" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE124" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF124" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG124" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH124" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI124" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ124" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK124" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AL124" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM124" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN124" s="31" t="s">
-        <v>273</v>
+        <v>802</v>
       </c>
       <c r="AO124" s="31" t="s">
-        <v>1000</v>
+        <v>803</v>
       </c>
       <c r="AP124" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ124" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR124" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS124" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT124" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU124" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV124" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW124" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX124" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY124" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ124" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA124" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB124" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC124" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="125" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A125" s="10"/>
       <c r="B125" s="54" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C125" s="54" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D125" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E125" s="30" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="F125" s="30" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="G125" s="31" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="H125" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I125" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J125" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K125" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L125" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M125" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N125" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O125" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P125" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V125" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W125" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X125" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y125" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z125" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA125" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB125" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC125" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD125" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE125" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF125" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG125" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH125" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI125" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ125" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK125" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL125" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM125" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN125" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO125" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP125" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ125" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR125" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS125" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT125" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU125" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV125" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW125" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX125" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY125" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ125" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA125" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB125" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC125" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="126" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A126" s="10"/>
       <c r="B126" s="54" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C126" s="54" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D126" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E126" s="30" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="F126" s="30" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="G126" s="31" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="H126" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I126" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J126" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K126" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L126" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M126" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N126" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O126" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P126" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V126" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W126" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X126" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y126" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z126" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA126" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB126" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC126" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD126" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE126" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF126" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG126" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH126" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI126" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ126" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK126" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL126" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM126" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN126" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO126" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP126" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ126" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR126" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS126" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT126" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU126" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV126" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW126" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX126" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY126" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ126" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA126" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB126" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC126" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="127" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A127" s="10"/>
       <c r="B127" s="54" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="C127" s="54" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D127" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E127" s="30" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="F127" s="30" t="s">
-        <v>274</v>
+        <v>817</v>
       </c>
       <c r="G127" s="31" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="H127" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I127" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J127" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K127" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L127" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M127" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N127" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O127" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P127" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V127" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W127" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X127" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y127" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z127" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA127" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB127" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC127" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD127" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE127" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF127" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG127" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH127" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI127" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ127" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK127" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL127" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM127" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN127" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO127" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP127" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ127" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR127" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS127" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT127" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU127" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV127" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW127" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX127" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY127" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ127" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA127" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB127" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC127" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="128" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A128" s="10"/>
       <c r="B128" s="54" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C128" s="54" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D128" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E128" s="30" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="F128" s="30" t="s">
-        <v>275</v>
+        <v>822</v>
       </c>
       <c r="G128" s="31" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="H128" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I128" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J128" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K128" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L128" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M128" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N128" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O128" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P128" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V128" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W128" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X128" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y128" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z128" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA128" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB128" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC128" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD128" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE128" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF128" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG128" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH128" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI128" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ128" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK128" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL128" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM128" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN128" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO128" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP128" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ128" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR128" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS128" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT128" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU128" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV128" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW128" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX128" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY128" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ128" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA128" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB128" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC128" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="129" spans="1:55" s="10" customFormat="1" x14ac:dyDescent="0.4">
       <c r="B129" s="54" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C129" s="54" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D129" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E129" s="30" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="F129" s="30" t="s">
-        <v>276</v>
+        <v>827</v>
       </c>
       <c r="G129" s="31" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="H129" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I129" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J129" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K129" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L129" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M129" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N129" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O129" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P129" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V129" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W129" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X129" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y129" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z129" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA129" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB129" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC129" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD129" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE129" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF129" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG129" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH129" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI129" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ129" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK129" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AL129" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM129" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN129" s="31" t="s">
-        <v>277</v>
+        <v>829</v>
       </c>
       <c r="AO129" s="31" t="s">
-        <v>1001</v>
+        <v>830</v>
       </c>
       <c r="AP129" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ129" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR129" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS129" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT129" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU129" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV129" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW129" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX129" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY129" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ129" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA129" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB129" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC129" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="130" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A130" s="10"/>
       <c r="B130" s="54" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="C130" s="54" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="D130" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E130" s="30" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="F130" s="30" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="G130" s="31" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="H130" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I130" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J130" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K130" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L130" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M130" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N130" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O130" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P130" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V130" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W130" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X130" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y130" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z130" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA130" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB130" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC130" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD130" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE130" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF130" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG130" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH130" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI130" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ130" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK130" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AL130" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM130" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN130" s="31" t="s">
-        <v>278</v>
+        <v>836</v>
       </c>
       <c r="AO130" s="31" t="s">
-        <v>1002</v>
+        <v>837</v>
       </c>
       <c r="AP130" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ130" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR130" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS130" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT130" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU130" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV130" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW130" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX130" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY130" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ130" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA130" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB130" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC130" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="131" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A131" s="10"/>
       <c r="B131" s="54" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="C131" s="54" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="D131" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E131" s="30" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="F131" s="30" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="G131" s="31" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="H131" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I131" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J131" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K131" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L131" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M131" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N131" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O131" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P131" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V131" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W131" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X131" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y131" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z131" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA131" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB131" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC131" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD131" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE131" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF131" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG131" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH131" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI131" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ131" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK131" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL131" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM131" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN131" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO131" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP131" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ131" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR131" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS131" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT131" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU131" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV131" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW131" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX131" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY131" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ131" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA131" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB131" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC131" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="132" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A132" s="10"/>
       <c r="B132" s="54" t="s">
-        <v>443</v>
+        <v>154</v>
       </c>
       <c r="C132" s="54" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="D132" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E132" s="30" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="F132" s="30" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="G132" s="31" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="H132" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I132" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J132" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K132" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L132" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M132" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N132" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O132" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P132" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V132" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W132" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X132" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y132" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z132" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA132" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB132" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC132" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD132" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE132" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF132" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG132" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH132" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI132" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ132" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK132" s="31" t="s">
-        <v>94</v>
+        <v>256</v>
       </c>
       <c r="AL132" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM132" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN132" s="31" t="s">
-        <v>279</v>
+        <v>847</v>
       </c>
       <c r="AO132" s="31" t="s">
-        <v>1003</v>
+        <v>848</v>
       </c>
       <c r="AP132" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ132" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR132" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS132" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT132" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU132" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV132" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW132" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX132" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY132" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ132" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA132" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB132" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC132" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="133" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A133" s="10"/>
       <c r="B133" s="54" t="s">
-        <v>838</v>
+        <v>849</v>
       </c>
       <c r="C133" s="54" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="D133" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E133" s="30" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="F133" s="30" t="s">
-        <v>280</v>
+        <v>852</v>
       </c>
       <c r="G133" s="31" t="s">
-        <v>841</v>
+        <v>853</v>
       </c>
       <c r="H133" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I133" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J133" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K133" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L133" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M133" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N133" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O133" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P133" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V133" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W133" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X133" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y133" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z133" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA133" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB133" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC133" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD133" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE133" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF133" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG133" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH133" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI133" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ133" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK133" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL133" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM133" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN133" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO133" s="31" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP133" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ133" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR133" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS133" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT133" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU133" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV133" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW133" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX133" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY133" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ133" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA133" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB133" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC133" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="134" spans="1:55" s="10" customFormat="1" ht="37.5" x14ac:dyDescent="0.4">
       <c r="B134" s="54" t="s">
-        <v>466</v>
+        <v>190</v>
       </c>
       <c r="C134" s="54" t="s">
-        <v>842</v>
+        <v>854</v>
       </c>
       <c r="D134" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E134" s="30" t="s">
-        <v>843</v>
+        <v>855</v>
       </c>
       <c r="F134" s="30" t="s">
-        <v>281</v>
+        <v>856</v>
       </c>
       <c r="G134" s="31" t="s">
-        <v>282</v>
+        <v>857</v>
       </c>
       <c r="H134" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I134" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J134" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K134" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L134" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M134" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N134" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O134" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P134" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V134" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W134" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X134" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y134" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z134" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA134" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB134" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC134" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD134" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE134" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF134" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG134" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH134" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI134" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ134" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK134" s="31" t="s">
-        <v>283</v>
+        <v>858</v>
       </c>
       <c r="AL134" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM134" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN134" s="31" t="s">
-        <v>284</v>
+        <v>859</v>
       </c>
       <c r="AO134" s="56" t="s">
-        <v>1004</v>
+        <v>860</v>
       </c>
       <c r="AP134" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ134" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR134" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS134" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT134" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU134" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV134" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW134" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX134" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY134" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ134" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA134" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB134" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC134" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="135" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A135" s="10"/>
       <c r="B135" s="54" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="C135" s="54" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="D135" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E135" s="30" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
       <c r="F135" s="30" t="s">
-        <v>285</v>
+        <v>864</v>
       </c>
       <c r="G135" s="31" t="s">
-        <v>286</v>
+        <v>865</v>
       </c>
       <c r="H135" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I135" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J135" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K135" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L135" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M135" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N135" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O135" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P135" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V135" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W135" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X135" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y135" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z135" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA135" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB135" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC135" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD135" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE135" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF135" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG135" s="31" t="s">
-        <v>165</v>
+        <v>461</v>
       </c>
       <c r="AH135" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI135" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ135" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK135" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AL135" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM135" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN135" s="31" t="s">
-        <v>287</v>
+        <v>866</v>
       </c>
       <c r="AO135" s="56" t="s">
-        <v>1005</v>
+        <v>867</v>
       </c>
       <c r="AP135" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ135" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR135" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS135" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT135" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU135" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV135" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW135" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX135" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY135" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ135" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA135" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB135" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC135" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="136" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A136" s="10"/>
       <c r="B136" s="54" t="s">
-        <v>847</v>
+        <v>868</v>
       </c>
       <c r="C136" s="54" t="s">
-        <v>848</v>
+        <v>869</v>
       </c>
       <c r="D136" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E136" s="30" t="s">
-        <v>849</v>
+        <v>870</v>
       </c>
       <c r="F136" s="30" t="s">
-        <v>288</v>
+        <v>871</v>
       </c>
       <c r="G136" s="31" t="s">
-        <v>289</v>
+        <v>872</v>
       </c>
       <c r="H136" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I136" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J136" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K136" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L136" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M136" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N136" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O136" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P136" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V136" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W136" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X136" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y136" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z136" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA136" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB136" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC136" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD136" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE136" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF136" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG136" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH136" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI136" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ136" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK136" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL136" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM136" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN136" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO136" s="56" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP136" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ136" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR136" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS136" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT136" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU136" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV136" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW136" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX136" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY136" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ136" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA136" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB136" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC136" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="137" spans="1:55" ht="37.5" x14ac:dyDescent="0.4">
       <c r="A137" s="10"/>
       <c r="B137" s="54" t="s">
-        <v>850</v>
+        <v>873</v>
       </c>
       <c r="C137" s="54" t="s">
-        <v>851</v>
+        <v>874</v>
       </c>
       <c r="D137" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E137" s="30" t="s">
-        <v>852</v>
+        <v>875</v>
       </c>
       <c r="F137" s="30" t="s">
-        <v>290</v>
+        <v>876</v>
       </c>
       <c r="G137" s="31" t="s">
-        <v>291</v>
+        <v>877</v>
       </c>
       <c r="H137" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I137" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J137" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K137" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L137" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M137" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N137" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O137" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P137" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V137" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W137" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X137" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y137" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z137" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA137" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB137" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC137" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD137" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE137" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF137" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG137" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH137" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI137" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ137" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK137" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AL137" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM137" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN137" s="31" t="s">
-        <v>292</v>
+        <v>878</v>
       </c>
       <c r="AO137" s="56" t="s">
-        <v>1006</v>
+        <v>879</v>
       </c>
       <c r="AP137" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ137" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR137" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS137" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT137" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU137" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV137" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW137" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX137" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY137" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ137" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA137" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB137" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC137" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="138" spans="1:55" ht="19.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A138" s="10"/>
       <c r="B138" s="54" t="s">
-        <v>853</v>
+        <v>880</v>
       </c>
       <c r="C138" s="54" t="s">
-        <v>854</v>
+        <v>881</v>
       </c>
       <c r="D138" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E138" s="30" t="s">
-        <v>855</v>
+        <v>882</v>
       </c>
       <c r="F138" s="30" t="s">
-        <v>293</v>
+        <v>883</v>
       </c>
       <c r="G138" s="31" t="s">
-        <v>856</v>
+        <v>884</v>
       </c>
       <c r="H138" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I138" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J138" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K138" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L138" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M138" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N138" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O138" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P138" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V138" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W138" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X138" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y138" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z138" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA138" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB138" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC138" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD138" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE138" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF138" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG138" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH138" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI138" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ138" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AK138" s="31" t="s">
-        <v>50</v>
+        <v>172</v>
       </c>
       <c r="AL138" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM138" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN138" s="31" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="AO138" s="56" t="s">
-        <v>999</v>
+        <v>744</v>
       </c>
       <c r="AP138" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ138" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR138" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS138" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT138" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU138" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV138" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW138" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX138" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY138" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ138" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA138" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB138" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC138" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="139" spans="1:55" ht="37.5" x14ac:dyDescent="0.4">
       <c r="A139" s="10"/>
       <c r="B139" s="54" t="s">
-        <v>857</v>
+        <v>885</v>
       </c>
       <c r="C139" s="54" t="s">
-        <v>858</v>
+        <v>886</v>
       </c>
       <c r="D139" s="54" t="s">
-        <v>859</v>
+        <v>887</v>
       </c>
       <c r="E139" s="30" t="s">
-        <v>860</v>
+        <v>888</v>
       </c>
       <c r="F139" s="30" t="s">
-        <v>860</v>
+        <v>888</v>
       </c>
       <c r="G139" s="31" t="s">
-        <v>416</v>
+        <v>889</v>
       </c>
       <c r="H139" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J139" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K139" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L139" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M139" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N139" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O139" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P139" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V139" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W139" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X139" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y139" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z139" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA139" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB139" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC139" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD139" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE139" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF139" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG139" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH139" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI139" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ139" s="31" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>170</v>
+      </c>
+      <c r="AK139" s="66" t="s">
+        <v>179</v>
       </c>
       <c r="AL139" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM139" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN139" s="31" t="s">
-        <v>417</v>
+        <v>890</v>
       </c>
       <c r="AO139" s="56" t="s">
-        <v>1007</v>
+        <v>891</v>
       </c>
       <c r="AP139" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ139" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR139" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV139" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW139" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX139" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA139" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB139" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC139" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="140" spans="1:55" ht="37.5" x14ac:dyDescent="0.4">
       <c r="A140" s="10"/>
       <c r="B140" s="54" t="s">
-        <v>861</v>
+        <v>892</v>
       </c>
       <c r="C140" s="54" t="s">
-        <v>862</v>
+        <v>893</v>
       </c>
       <c r="D140" s="54" t="s">
-        <v>863</v>
+        <v>894</v>
       </c>
       <c r="E140" s="30" t="s">
-        <v>864</v>
+        <v>895</v>
       </c>
       <c r="F140" s="30" t="s">
-        <v>864</v>
+        <v>895</v>
       </c>
       <c r="G140" s="31" t="s">
-        <v>418</v>
+        <v>896</v>
       </c>
       <c r="H140" s="31" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="J140" s="30" t="s">
-        <v>41</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>150</v>
+      </c>
+      <c r="K140" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L140" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M140" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N140" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O140" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P140" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V140" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W140" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X140" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y140" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z140" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA140" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB140" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC140" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD140" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE140" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF140" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG140" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH140" s="31" t="s">
-        <v>48</v>
+        <v>170</v>
       </c>
       <c r="AI140" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ140" s="31" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>170</v>
+      </c>
+      <c r="AK140" s="66" t="s">
+        <v>897</v>
       </c>
       <c r="AL140" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM140" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN140" s="31" t="s">
-        <v>419</v>
+        <v>898</v>
       </c>
       <c r="AO140" s="56" t="s">
-        <v>1008</v>
+        <v>899</v>
       </c>
       <c r="AP140" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ140" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR140" s="64" t="s">
+        <v>175</v>
+      </c>
+      <c r="AS140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AT140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AU140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AV140" s="64" t="s">
+        <v>158</v>
+      </c>
+      <c r="AW140" s="64" t="s">
+        <v>159</v>
+      </c>
+      <c r="AX140" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="AZ140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BA140" s="64" t="s">
+        <v>155</v>
+      </c>
+      <c r="BB140" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC140" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="141" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A141" s="10"/>
       <c r="B141" s="54" t="s">
-        <v>866</v>
+        <v>900</v>
       </c>
       <c r="C141" s="54" t="s">
-        <v>867</v>
+        <v>901</v>
       </c>
       <c r="D141" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E141" s="54" t="s">
-        <v>868</v>
+        <v>902</v>
       </c>
       <c r="F141" s="56" t="s">
-        <v>869</v>
+        <v>903</v>
       </c>
       <c r="G141" s="56" t="s">
-        <v>294</v>
+        <v>904</v>
       </c>
       <c r="H141" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I141" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J141" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K141" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L141" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M141" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N141" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O141" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P141" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V141" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W141" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X141" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y141" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z141" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA141" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB141" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC141" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD141" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE141" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF141" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG141" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH141" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI141" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ141" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK141" s="31" t="s">
-        <v>68</v>
+        <v>208</v>
       </c>
       <c r="AL141" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM141" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN141" s="56" t="s">
-        <v>295</v>
+        <v>905</v>
       </c>
       <c r="AO141" s="56" t="s">
-        <v>1009</v>
+        <v>906</v>
       </c>
       <c r="AP141" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ141" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR141" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS141" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT141" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU141" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV141" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW141" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX141" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY141" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ141" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA141" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB141" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC141" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="142" spans="1:55" ht="37.5" x14ac:dyDescent="0.4">
       <c r="A142" s="10"/>
       <c r="B142" s="54" t="s">
-        <v>870</v>
+        <v>907</v>
       </c>
       <c r="C142" s="54" t="s">
-        <v>871</v>
+        <v>908</v>
       </c>
       <c r="D142" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E142" s="54" t="s">
-        <v>872</v>
+        <v>909</v>
       </c>
       <c r="F142" s="56" t="s">
-        <v>873</v>
+        <v>910</v>
       </c>
       <c r="G142" s="56" t="s">
-        <v>296</v>
+        <v>911</v>
       </c>
       <c r="H142" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I142" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J142" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K142" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L142" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M142" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N142" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O142" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P142" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V142" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W142" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X142" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y142" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z142" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA142" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB142" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC142" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD142" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE142" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF142" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG142" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH142" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI142" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ142" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK142" s="31" t="s">
-        <v>462</v>
+        <v>184</v>
       </c>
       <c r="AL142" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM142" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN142" s="56" t="s">
-        <v>297</v>
+        <v>912</v>
       </c>
       <c r="AO142" s="56" t="s">
-        <v>1010</v>
+        <v>913</v>
       </c>
       <c r="AP142" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ142" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR142" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS142" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT142" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU142" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV142" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW142" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX142" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY142" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ142" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA142" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB142" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC142" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="143" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A143" s="10"/>
       <c r="B143" s="54" t="s">
-        <v>874</v>
+        <v>914</v>
       </c>
       <c r="C143" s="54" t="s">
-        <v>875</v>
+        <v>915</v>
       </c>
       <c r="D143" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E143" s="54" t="s">
-        <v>876</v>
+        <v>916</v>
       </c>
       <c r="F143" s="56" t="s">
-        <v>877</v>
+        <v>917</v>
       </c>
       <c r="G143" s="56" t="s">
-        <v>298</v>
+        <v>918</v>
       </c>
       <c r="H143" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I143" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J143" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K143" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L143" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M143" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N143" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O143" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P143" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V143" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W143" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X143" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y143" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z143" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA143" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB143" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC143" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD143" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE143" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF143" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG143" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH143" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI143" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ143" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK143" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL143" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM143" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN143" s="56" t="s">
-        <v>299</v>
+        <v>919</v>
       </c>
       <c r="AO143" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP143" s="30"/>
       <c r="AQ143" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR143" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS143" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT143" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU143" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV143" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW143" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX143" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY143" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ143" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA143" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB143" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC143" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="144" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A144" s="10"/>
       <c r="B144" s="54" t="s">
-        <v>469</v>
+        <v>194</v>
       </c>
       <c r="C144" s="54" t="s">
-        <v>878</v>
+        <v>921</v>
       </c>
       <c r="D144" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E144" s="54" t="s">
-        <v>879</v>
+        <v>922</v>
       </c>
       <c r="F144" s="56" t="s">
-        <v>880</v>
+        <v>923</v>
       </c>
       <c r="G144" s="56" t="s">
-        <v>300</v>
+        <v>924</v>
       </c>
       <c r="H144" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I144" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J144" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K144" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L144" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M144" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N144" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O144" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P144" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V144" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W144" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X144" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y144" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z144" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA144" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB144" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC144" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD144" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE144" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF144" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG144" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH144" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI144" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ144" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK144" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL144" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM144" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN144" s="56" t="s">
-        <v>301</v>
+        <v>925</v>
       </c>
       <c r="AO144" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP144" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ144" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR144" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS144" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT144" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU144" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV144" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW144" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX144" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY144" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ144" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA144" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB144" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC144" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="145" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A145" s="10"/>
       <c r="B145" s="54" t="s">
-        <v>881</v>
+        <v>926</v>
       </c>
       <c r="C145" s="54" t="s">
-        <v>882</v>
+        <v>927</v>
       </c>
       <c r="D145" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E145" s="54" t="s">
-        <v>883</v>
+        <v>928</v>
       </c>
       <c r="F145" s="56" t="s">
-        <v>884</v>
+        <v>929</v>
       </c>
       <c r="G145" s="56" t="s">
-        <v>302</v>
+        <v>930</v>
       </c>
       <c r="H145" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I145" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J145" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K145" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L145" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M145" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N145" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O145" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P145" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V145" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W145" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X145" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y145" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z145" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA145" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB145" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC145" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD145" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE145" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF145" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG145" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH145" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI145" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ145" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK145" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL145" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM145" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN145" s="56" t="s">
-        <v>303</v>
+        <v>931</v>
       </c>
       <c r="AO145" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP145" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ145" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR145" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS145" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT145" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU145" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV145" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW145" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX145" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY145" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ145" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA145" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB145" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC145" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="146" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A146" s="10"/>
       <c r="B146" s="54" t="s">
-        <v>885</v>
+        <v>932</v>
       </c>
       <c r="C146" s="54" t="s">
-        <v>886</v>
+        <v>933</v>
       </c>
       <c r="D146" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E146" s="54" t="s">
-        <v>887</v>
+        <v>934</v>
       </c>
       <c r="F146" s="56" t="s">
-        <v>888</v>
+        <v>935</v>
       </c>
       <c r="G146" s="56" t="s">
-        <v>304</v>
+        <v>936</v>
       </c>
       <c r="H146" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I146" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J146" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K146" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L146" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M146" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N146" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O146" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P146" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V146" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W146" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X146" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y146" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z146" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA146" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB146" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC146" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD146" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE146" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF146" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG146" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH146" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI146" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ146" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK146" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL146" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM146" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN146" s="56" t="s">
-        <v>305</v>
+        <v>937</v>
       </c>
       <c r="AO146" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP146" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ146" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR146" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS146" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT146" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU146" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV146" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW146" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX146" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY146" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ146" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA146" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB146" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC146" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="147" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A147" s="10"/>
       <c r="B147" s="54" t="s">
-        <v>889</v>
+        <v>938</v>
       </c>
       <c r="C147" s="54" t="s">
-        <v>890</v>
+        <v>939</v>
       </c>
       <c r="D147" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E147" s="54" t="s">
-        <v>891</v>
+        <v>940</v>
       </c>
       <c r="F147" s="56" t="s">
-        <v>892</v>
+        <v>941</v>
       </c>
       <c r="G147" s="56" t="s">
-        <v>306</v>
+        <v>942</v>
       </c>
       <c r="H147" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I147" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J147" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K147" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L147" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M147" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N147" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O147" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P147" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V147" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W147" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X147" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y147" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z147" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA147" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB147" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC147" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD147" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE147" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF147" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG147" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH147" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI147" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ147" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK147" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL147" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM147" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN147" s="56" t="s">
-        <v>307</v>
+        <v>943</v>
       </c>
       <c r="AO147" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP147" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ147" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR147" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS147" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT147" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU147" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV147" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW147" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX147" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY147" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ147" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA147" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB147" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC147" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="148" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A148" s="10"/>
       <c r="B148" s="54" t="s">
-        <v>893</v>
+        <v>944</v>
       </c>
       <c r="C148" s="54" t="s">
-        <v>894</v>
+        <v>945</v>
       </c>
       <c r="D148" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E148" s="54" t="s">
-        <v>895</v>
+        <v>946</v>
       </c>
       <c r="F148" s="56" t="s">
-        <v>896</v>
+        <v>947</v>
       </c>
       <c r="G148" s="56" t="s">
-        <v>308</v>
+        <v>948</v>
       </c>
       <c r="H148" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I148" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J148" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K148" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L148" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M148" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N148" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O148" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P148" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V148" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W148" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X148" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y148" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z148" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA148" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB148" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC148" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD148" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE148" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF148" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG148" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH148" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI148" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ148" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK148" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL148" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM148" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN148" s="56" t="s">
-        <v>309</v>
+        <v>949</v>
       </c>
       <c r="AO148" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP148" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ148" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR148" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS148" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT148" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU148" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV148" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW148" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX148" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY148" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ148" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA148" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB148" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC148" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="149" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A149" s="10"/>
       <c r="B149" s="54" t="s">
-        <v>897</v>
+        <v>950</v>
       </c>
       <c r="C149" s="54" t="s">
-        <v>898</v>
+        <v>951</v>
       </c>
       <c r="D149" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E149" s="54" t="s">
-        <v>899</v>
+        <v>952</v>
       </c>
       <c r="F149" s="56" t="s">
-        <v>900</v>
+        <v>953</v>
       </c>
       <c r="G149" s="56" t="s">
-        <v>310</v>
+        <v>954</v>
       </c>
       <c r="H149" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I149" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J149" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K149" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L149" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M149" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N149" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O149" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P149" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V149" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W149" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X149" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y149" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z149" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA149" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB149" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC149" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD149" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE149" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF149" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG149" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH149" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI149" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ149" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK149" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL149" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM149" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN149" s="56" t="s">
-        <v>311</v>
+        <v>955</v>
       </c>
       <c r="AO149" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP149" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ149" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR149" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS149" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT149" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU149" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV149" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW149" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX149" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY149" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ149" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA149" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB149" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC149" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="150" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A150" s="10"/>
       <c r="B150" s="54" t="s">
-        <v>901</v>
+        <v>956</v>
       </c>
       <c r="C150" s="54" t="s">
-        <v>902</v>
+        <v>957</v>
       </c>
       <c r="D150" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E150" s="54" t="s">
-        <v>903</v>
+        <v>958</v>
       </c>
       <c r="F150" s="56" t="s">
-        <v>904</v>
+        <v>959</v>
       </c>
       <c r="G150" s="56" t="s">
-        <v>312</v>
+        <v>960</v>
       </c>
       <c r="H150" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I150" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J150" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K150" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L150" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M150" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N150" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O150" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P150" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V150" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W150" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X150" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y150" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z150" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA150" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB150" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC150" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD150" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE150" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF150" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG150" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH150" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI150" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ150" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK150" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL150" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM150" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN150" s="56" t="s">
-        <v>313</v>
+        <v>961</v>
       </c>
       <c r="AO150" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP150" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ150" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR150" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS150" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT150" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU150" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV150" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW150" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX150" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY150" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ150" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA150" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB150" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC150" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="151" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A151" s="10"/>
       <c r="B151" s="54" t="s">
-        <v>905</v>
+        <v>962</v>
       </c>
       <c r="C151" s="54" t="s">
-        <v>906</v>
+        <v>963</v>
       </c>
       <c r="D151" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E151" s="54" t="s">
-        <v>907</v>
+        <v>964</v>
       </c>
       <c r="F151" s="56" t="s">
-        <v>908</v>
+        <v>965</v>
       </c>
       <c r="G151" s="56" t="s">
-        <v>314</v>
+        <v>966</v>
       </c>
       <c r="H151" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I151" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J151" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K151" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L151" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M151" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N151" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O151" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P151" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V151" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W151" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X151" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y151" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z151" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA151" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB151" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC151" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD151" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE151" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF151" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG151" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH151" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI151" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ151" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK151" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL151" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM151" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN151" s="56" t="s">
-        <v>315</v>
+        <v>967</v>
       </c>
       <c r="AO151" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP151" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ151" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR151" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS151" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT151" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU151" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV151" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW151" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX151" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY151" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ151" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA151" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB151" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC151" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="152" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A152" s="10"/>
       <c r="B152" s="54" t="s">
-        <v>909</v>
+        <v>968</v>
       </c>
       <c r="C152" s="54" t="s">
-        <v>910</v>
+        <v>969</v>
       </c>
       <c r="D152" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E152" s="54" t="s">
-        <v>911</v>
+        <v>970</v>
       </c>
       <c r="F152" s="56" t="s">
-        <v>912</v>
+        <v>971</v>
       </c>
       <c r="G152" s="56" t="s">
-        <v>316</v>
+        <v>972</v>
       </c>
       <c r="H152" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I152" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J152" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K152" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L152" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M152" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N152" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O152" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P152" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V152" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W152" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X152" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y152" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z152" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA152" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB152" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC152" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD152" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE152" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF152" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG152" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH152" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI152" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ152" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK152" s="31" t="s">
-        <v>460</v>
+        <v>179</v>
       </c>
       <c r="AL152" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM152" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN152" s="56" t="s">
-        <v>317</v>
+        <v>973</v>
       </c>
       <c r="AO152" s="56" t="s">
-        <v>1012</v>
+        <v>974</v>
       </c>
       <c r="AP152" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ152" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR152" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS152" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT152" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU152" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV152" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW152" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX152" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY152" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ152" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA152" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB152" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC152" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="153" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A153" s="10"/>
       <c r="B153" s="54" t="s">
-        <v>913</v>
+        <v>975</v>
       </c>
       <c r="C153" s="54" t="s">
-        <v>914</v>
+        <v>976</v>
       </c>
       <c r="D153" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E153" s="54" t="s">
-        <v>915</v>
+        <v>977</v>
       </c>
       <c r="F153" s="56" t="s">
-        <v>916</v>
+        <v>978</v>
       </c>
       <c r="G153" s="56" t="s">
-        <v>318</v>
+        <v>979</v>
       </c>
       <c r="H153" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I153" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J153" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K153" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L153" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M153" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N153" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O153" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P153" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V153" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W153" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X153" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y153" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z153" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA153" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB153" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC153" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD153" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE153" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF153" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG153" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH153" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI153" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ153" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK153" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL153" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM153" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN153" s="56" t="s">
-        <v>319</v>
+        <v>980</v>
       </c>
       <c r="AO153" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP153" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ153" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR153" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS153" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT153" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU153" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV153" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW153" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX153" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY153" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ153" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA153" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB153" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC153" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="154" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A154" s="10"/>
       <c r="B154" s="54" t="s">
-        <v>472</v>
+        <v>198</v>
       </c>
       <c r="C154" s="54" t="s">
-        <v>917</v>
+        <v>981</v>
       </c>
       <c r="D154" s="54" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="E154" s="54" t="s">
-        <v>918</v>
+        <v>982</v>
       </c>
       <c r="F154" s="56" t="s">
-        <v>919</v>
+        <v>983</v>
       </c>
       <c r="G154" s="56" t="s">
-        <v>320</v>
+        <v>984</v>
       </c>
       <c r="H154" s="56" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="I154" s="30" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="J154" s="30" t="s">
-        <v>45</v>
-[...17 lines deleted...]
-        <v>45</v>
+        <v>144</v>
+      </c>
+      <c r="K154" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L154" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M154" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N154" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O154" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P154" s="63" t="s">
+        <v>144</v>
       </c>
       <c r="Q154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="R154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="S154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="T154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="U154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="V154" s="30" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="W154" s="31" t="s">
-        <v>51</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>151</v>
+      </c>
+      <c r="X154" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y154" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z154" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA154" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB154" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC154" s="63" t="s">
+        <v>150</v>
       </c>
       <c r="AD154" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AE154" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AF154" s="31" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="AG154" s="31" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="AH154" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AI154" s="31" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="AJ154" s="31" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="AK154" s="31" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="AL154" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AM154" s="31" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AN154" s="56" t="s">
-        <v>321</v>
+        <v>985</v>
       </c>
       <c r="AO154" s="56" t="s">
-        <v>1011</v>
+        <v>920</v>
       </c>
       <c r="AP154" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ154" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR154" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS154" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT154" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU154" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV154" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW154" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX154" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY154" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ154" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA154" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB154" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC154" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="155" spans="1:55" ht="18.75" x14ac:dyDescent="0.4">
       <c r="A155" s="10"/>
       <c r="B155" s="54" t="s">
+        <v>986</v>
+      </c>
+      <c r="C155" s="54" t="s">
+        <v>987</v>
+      </c>
+      <c r="D155" s="54" t="s">
+        <v>740</v>
+      </c>
+      <c r="E155" s="54" t="s">
+        <v>988</v>
+      </c>
+      <c r="F155" s="56" t="s">
+        <v>989</v>
+      </c>
+      <c r="G155" s="56" t="s">
+        <v>990</v>
+      </c>
+      <c r="H155" s="56" t="s">
+        <v>149</v>
+      </c>
+      <c r="I155" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="J155" s="30" t="s">
+        <v>144</v>
+      </c>
+      <c r="K155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="L155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="M155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="N155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="O155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="P155" s="63" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="R155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="S155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="T155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="U155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="V155" s="30" t="s">
+        <v>150</v>
+      </c>
+      <c r="W155" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="X155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC155" s="63" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD155" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE155" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF155" s="31" t="s">
+        <v>168</v>
+      </c>
+      <c r="AG155" s="31" t="s">
+        <v>169</v>
+      </c>
+      <c r="AH155" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="AI155" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="AJ155" s="31" t="s">
+        <v>144</v>
+      </c>
+      <c r="AK155" s="31" t="s">
+        <v>164</v>
+      </c>
+      <c r="AL155" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM155" s="31" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN155" s="56" t="s">
+        <v>991</v>
+      </c>
+      <c r="AO155" s="56" t="s">
         <v>920</v>
       </c>
-      <c r="C155" s="54" t="s">
-[...115 lines deleted...]
-      </c>
       <c r="AP155" s="30" t="s">
-        <v>51</v>
+        <v>151</v>
       </c>
       <c r="AQ155" s="31" t="s">
-        <v>51</v>
-[...35 lines deleted...]
-        <v>452</v>
+        <v>151</v>
+      </c>
+      <c r="AR155" s="64" t="s">
+        <v>745</v>
+      </c>
+      <c r="AS155" s="64" t="s">
+        <v>746</v>
+      </c>
+      <c r="AT155" s="64" t="s">
+        <v>747</v>
+      </c>
+      <c r="AU155" s="64" t="s">
+        <v>748</v>
+      </c>
+      <c r="AV155" s="64" t="s">
+        <v>749</v>
+      </c>
+      <c r="AW155" s="64" t="s">
+        <v>750</v>
+      </c>
+      <c r="AX155" s="64" t="s">
+        <v>177</v>
+      </c>
+      <c r="AY155" s="64" t="s">
+        <v>178</v>
+      </c>
+      <c r="AZ155" s="64" t="s">
+        <v>160</v>
+      </c>
+      <c r="BA155" s="64" t="s">
+        <v>161</v>
+      </c>
+      <c r="BB155" s="64" t="s">
+        <v>162</v>
+      </c>
+      <c r="BC155" s="64" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="156" spans="1:55" x14ac:dyDescent="0.4">
       <c r="A156" s="10"/>
     </row>
   </sheetData>
   <autoFilter ref="A4:BD155" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <mergeCells count="8">
     <mergeCell ref="AX3:BC3"/>
     <mergeCell ref="AR3:AW3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="AD3:AE3"/>
     <mergeCell ref="AF3:AO3"/>
     <mergeCell ref="AP3:AQ3"/>
     <mergeCell ref="Q3:W3"/>
     <mergeCell ref="X3:AC3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="26" fitToWidth="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE66D35D-4C8D-4EBE-8CBF-B7DA29BE0100}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="3" topLeftCell="C11" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="3" topLeftCell="C4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="2" max="2" width="24.625" bestFit="1" customWidth="1"/>
     <col min="3" max="4" width="18.875" customWidth="1"/>
     <col min="5" max="5" width="41.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="s">
-        <v>420</v>
+        <v>992</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="45" x14ac:dyDescent="0.4">
-      <c r="B3" s="64" t="s">
-[...3 lines deleted...]
-        <v>422</v>
+      <c r="B3" s="58" t="s">
+        <v>94</v>
+      </c>
+      <c r="C3" s="58" t="s">
+        <v>993</v>
       </c>
       <c r="D3" s="33" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>132</v>
+      </c>
+      <c r="E3" s="59" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B4" s="66" t="s">
-        <v>423</v>
+      <c r="B4" s="60" t="s">
+        <v>1013</v>
       </c>
       <c r="C4" s="22" t="s">
-        <v>412</v>
+        <v>994</v>
       </c>
       <c r="D4" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E4" s="22" t="s">
-        <v>168</v>
+        <v>481</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B5" s="66" t="s">
-        <v>423</v>
+      <c r="B5" s="60" t="s">
+        <v>1013</v>
       </c>
       <c r="C5" s="22" t="s">
-        <v>412</v>
+        <v>994</v>
       </c>
       <c r="D5" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E5" s="22" t="s">
-        <v>1013</v>
+        <v>490</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B6" s="66" t="s">
-        <v>423</v>
+      <c r="B6" s="60" t="s">
+        <v>1013</v>
       </c>
       <c r="C6" s="22" t="s">
-        <v>412</v>
+        <v>994</v>
       </c>
       <c r="D6" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E6" s="22" t="s">
-        <v>177</v>
+        <v>496</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B7" s="66" t="s">
-        <v>423</v>
+      <c r="B7" s="60" t="s">
+        <v>1013</v>
       </c>
       <c r="C7" s="22" t="s">
-        <v>412</v>
+        <v>994</v>
       </c>
       <c r="D7" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E7" s="22" t="s">
-        <v>179</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B8" s="66" t="s">
-        <v>424</v>
+      <c r="B8" s="60" t="s">
+        <v>995</v>
       </c>
       <c r="C8" s="22" t="s">
-        <v>184</v>
+        <v>996</v>
       </c>
       <c r="D8" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E8" s="22" t="s">
-        <v>571</v>
+        <v>507</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B9" s="66" t="s">
-        <v>424</v>
+      <c r="B9" s="60" t="s">
+        <v>995</v>
       </c>
       <c r="C9" s="22" t="s">
-        <v>184</v>
+        <v>996</v>
       </c>
       <c r="D9" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E9" s="22" t="s">
-        <v>575</v>
+        <v>517</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B10" s="66" t="s">
-        <v>424</v>
+      <c r="B10" s="60" t="s">
+        <v>995</v>
       </c>
       <c r="C10" s="22" t="s">
-        <v>184</v>
+        <v>996</v>
       </c>
       <c r="D10" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E10" s="22" t="s">
-        <v>578</v>
+        <v>521</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B11" s="66" t="s">
-        <v>424</v>
+      <c r="B11" s="60" t="s">
+        <v>995</v>
       </c>
       <c r="C11" s="22" t="s">
-        <v>184</v>
+        <v>996</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E11" s="22" t="s">
-        <v>582</v>
+        <v>527</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B12" s="66" t="s">
-        <v>424</v>
+      <c r="B12" s="60" t="s">
+        <v>995</v>
       </c>
       <c r="C12" s="22" t="s">
-        <v>184</v>
+        <v>996</v>
       </c>
       <c r="D12" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E12" s="22" t="s">
-        <v>425</v>
+        <v>531</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B13" s="66" t="s">
-        <v>426</v>
+      <c r="B13" s="60" t="s">
+        <v>1014</v>
       </c>
       <c r="C13" s="22" t="s">
-        <v>198</v>
+        <v>998</v>
       </c>
       <c r="D13" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E13" s="22" t="s">
-        <v>640</v>
+        <v>540</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B14" s="66" t="s">
-        <v>426</v>
+      <c r="B14" s="60" t="s">
+        <v>997</v>
       </c>
       <c r="C14" s="22" t="s">
-        <v>198</v>
+        <v>998</v>
       </c>
       <c r="D14" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E14" s="22" t="s">
-        <v>645</v>
+        <v>547</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B15" s="66" t="s">
-        <v>426</v>
+      <c r="B15" s="60" t="s">
+        <v>997</v>
       </c>
       <c r="C15" s="22" t="s">
-        <v>198</v>
+        <v>998</v>
       </c>
       <c r="D15" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E15" s="22" t="s">
-        <v>648</v>
+        <v>551</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.4">
-      <c r="B16" s="66" t="s">
-        <v>426</v>
+      <c r="B16" s="60" t="s">
+        <v>997</v>
       </c>
       <c r="C16" s="22" t="s">
-        <v>198</v>
+        <v>998</v>
       </c>
       <c r="D16" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E16" s="22" t="s">
-        <v>651</v>
+        <v>556</v>
       </c>
     </row>
     <row r="17" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B17" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C17" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D17" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E17" s="22" t="s">
-        <v>654</v>
+        <v>561</v>
       </c>
     </row>
     <row r="18" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B18" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C18" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D18" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E18" s="22" t="s">
-        <v>975</v>
+        <v>569</v>
       </c>
     </row>
     <row r="19" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B19" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C19" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D19" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E19" s="22" t="s">
-        <v>976</v>
+        <v>575</v>
       </c>
     </row>
     <row r="20" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B20" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C20" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D20" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E20" s="22" t="s">
-        <v>664</v>
+        <v>580</v>
       </c>
     </row>
     <row r="21" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B21" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C21" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D21" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E21" s="22" t="s">
-        <v>668</v>
+        <v>587</v>
       </c>
     </row>
     <row r="22" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B22" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C22" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D22" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E22" s="22" t="s">
-        <v>672</v>
+        <v>593</v>
       </c>
     </row>
     <row r="23" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B23" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C23" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D23" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E23" s="22" t="s">
-        <v>676</v>
+        <v>599</v>
       </c>
     </row>
     <row r="24" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B24" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C24" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D24" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E24" s="22" t="s">
-        <v>679</v>
+        <v>603</v>
       </c>
     </row>
     <row r="25" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B25" s="22" t="s">
-        <v>203</v>
+        <v>560</v>
       </c>
       <c r="C25" s="22" t="s">
-        <v>427</v>
+        <v>563</v>
       </c>
       <c r="D25" s="22" t="s">
-        <v>181</v>
+        <v>502</v>
       </c>
       <c r="E25" s="22" t="s">
-        <v>683</v>
+        <v>609</v>
       </c>
     </row>
     <row r="26" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B26" s="22" t="s">
-        <v>924</v>
+        <v>1015</v>
       </c>
       <c r="C26" s="22" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="D26" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E26" s="22" t="s">
-        <v>687</v>
+        <v>614</v>
       </c>
     </row>
     <row r="27" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B27" s="22" t="s">
-        <v>924</v>
+        <v>1015</v>
       </c>
       <c r="C27" s="22" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="D27" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E27" s="22" t="s">
-        <v>691</v>
+        <v>620</v>
       </c>
     </row>
     <row r="28" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B28" s="22" t="s">
-        <v>924</v>
+        <v>1015</v>
       </c>
       <c r="C28" s="22" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="D28" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E28" s="22" t="s">
-        <v>694</v>
+        <v>624</v>
       </c>
     </row>
     <row r="29" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B29" s="22" t="s">
-        <v>924</v>
+        <v>1015</v>
       </c>
       <c r="C29" s="22" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
       <c r="D29" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E29" s="22" t="s">
-        <v>697</v>
+        <v>629</v>
       </c>
     </row>
     <row r="30" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B30" s="22" t="s">
-        <v>925</v>
+        <v>1016</v>
       </c>
       <c r="C30" s="22" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="D30" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E30" s="22" t="s">
-        <v>701</v>
+        <v>634</v>
       </c>
     </row>
     <row r="31" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B31" s="22" t="s">
-        <v>925</v>
+        <v>1016</v>
       </c>
       <c r="C31" s="22" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="D31" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E31" s="22" t="s">
-        <v>705</v>
+        <v>639</v>
       </c>
     </row>
     <row r="32" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B32" s="22" t="s">
-        <v>925</v>
+        <v>1016</v>
       </c>
       <c r="C32" s="22" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="D32" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E32" s="22" t="s">
-        <v>708</v>
+        <v>643</v>
       </c>
     </row>
     <row r="33" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B33" s="22" t="s">
-        <v>925</v>
+        <v>1016</v>
       </c>
       <c r="C33" s="22" t="s">
-        <v>429</v>
+        <v>636</v>
       </c>
       <c r="D33" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E33" s="22" t="s">
-        <v>711</v>
+        <v>647</v>
       </c>
     </row>
     <row r="34" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B34" s="22" t="s">
-        <v>414</v>
+        <v>999</v>
       </c>
       <c r="C34" s="22" t="s">
-        <v>223</v>
+        <v>654</v>
       </c>
       <c r="D34" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E34" s="22" t="s">
-        <v>977</v>
+        <v>652</v>
       </c>
     </row>
     <row r="35" spans="2:5" x14ac:dyDescent="0.4">
       <c r="B35" s="22" t="s">
-        <v>414</v>
+        <v>999</v>
       </c>
       <c r="C35" s="22" t="s">
-        <v>223</v>
+        <v>654</v>
       </c>
       <c r="D35" s="22" t="s">
-        <v>170</v>
+        <v>484</v>
       </c>
       <c r="E35" s="22" t="s">
-        <v>978</v>
+        <v>657</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B3:E3" xr:uid="{EE66D35D-4C8D-4EBE-8CBF-B7DA29BE0100}"/>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C40864EB-523D-4391-9F4E-5EAEF440B545}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="2" max="2" width="18.625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.75" customWidth="1"/>
     <col min="6" max="6" width="93.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="28.5" x14ac:dyDescent="0.4">
       <c r="A1" s="23" t="s">
-        <v>435</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.4">
-      <c r="B3" s="67" t="s">
-[...12 lines deleted...]
-        <v>931</v>
+      <c r="B3" s="61" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" s="62" t="s">
+        <v>110</v>
+      </c>
+      <c r="D3" s="62" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" s="62" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F3" s="62" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C4" s="30" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="D4" s="30" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>927</v>
+        <v>1003</v>
       </c>
       <c r="F4" s="175" t="s">
-        <v>929</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B5" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C5" s="30" t="s">
-        <v>53</v>
+        <v>1005</v>
       </c>
       <c r="D5" s="30" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>928</v>
+        <v>1006</v>
       </c>
       <c r="F5" s="176"/>
     </row>
     <row r="6" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B6" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C6" s="30" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="D6" s="30" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F6" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C7" s="30" t="s">
-        <v>59</v>
+        <v>1008</v>
       </c>
       <c r="D7" s="30" t="s">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="E7" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F7" s="176"/>
     </row>
     <row r="8" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B8" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C8" s="30" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="D8" s="30" t="s">
-        <v>61</v>
+        <v>195</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F8" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="55" t="s">
-        <v>37</v>
+        <v>1002</v>
       </c>
       <c r="C9" s="30" t="s">
-        <v>62</v>
+        <v>1009</v>
       </c>
       <c r="D9" s="30" t="s">
-        <v>473</v>
+        <v>199</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F9" s="176"/>
     </row>
     <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B10" s="55" t="s">
-        <v>413</v>
+        <v>1010</v>
       </c>
       <c r="C10" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="D10" s="30" t="s">
-        <v>743</v>
+        <v>712</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F10" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B11" s="55" t="s">
-        <v>413</v>
+        <v>1010</v>
       </c>
       <c r="C11" s="30" t="s">
-        <v>241</v>
+        <v>697</v>
       </c>
       <c r="D11" s="30" t="s">
-        <v>249</v>
+        <v>717</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F11" s="176"/>
     </row>
     <row r="12" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B12" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C12" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="D12" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F12" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B13" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C13" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="D13" s="30" t="s">
-        <v>762</v>
+        <v>752</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F13" s="175"/>
     </row>
     <row r="14" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B14" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C14" s="30" t="s">
-        <v>261</v>
+        <v>741</v>
       </c>
       <c r="D14" s="30" t="s">
-        <v>764</v>
+        <v>755</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F14" s="175"/>
     </row>
     <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B15" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C15" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="D15" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F15" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B16" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C16" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="D16" s="30" t="s">
-        <v>768</v>
+        <v>761</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F16" s="175"/>
     </row>
     <row r="17" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B17" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C17" s="30" t="s">
-        <v>265</v>
+        <v>758</v>
       </c>
       <c r="D17" s="30" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F17" s="175"/>
     </row>
     <row r="18" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B18" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C18" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="D18" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>46</v>
+        <v>168</v>
       </c>
       <c r="F18" s="175" t="s">
-        <v>930</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="19" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B19" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C19" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="D19" s="30" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F19" s="175"/>
     </row>
     <row r="20" spans="2:6" ht="30" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B20" s="55" t="s">
-        <v>260</v>
+        <v>740</v>
       </c>
       <c r="C20" s="30" t="s">
-        <v>268</v>
+        <v>768</v>
       </c>
       <c r="D20" s="30" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>42</v>
+        <v>152</v>
       </c>
       <c r="F20" s="175"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="F18:F20"/>
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="F10:F11"/>
     <mergeCell ref="F12:F14"/>
     <mergeCell ref="F15:F17"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d0bfa53-f83c-450b-8475-421f485fc9ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="aeb9122b58c8c432f6e998e18de08421" ns2:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100077EA03A74E975419BEB40CF89A8979B" ma:contentTypeVersion="10" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a76997d8e49f9c63f8e8231c4209bcff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d0bfa53-f83c-450b-8475-421f485fc9ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="94f64ce78d7214e026931d66cef61f8b" ns2:_="">
     <xsd:import namespace="9d0bfa53-f83c-450b-8475-421f485fc9ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9d0bfa53-f83c-450b-8475-421f485fc9ca" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -35325,99 +35386,79 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9d0bfa53-f83c-450b-8475-421f485fc9ca">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FED4863-62D7-43F4-910F-C20ECB5B08EC}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4102765E-0754-4C7C-B597-9F58DA6BEB3C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5277813-C782-4306-AFD9-51B9F11B0836}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11214448-CB70-4B76-BEF3-88DBF7A0B380}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B5D7E0-0785-4D1F-839C-DF40846FE153}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B92AF0B-92DF-42CE-AF8C-2519C11EFF82}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{e0793d39-0939-496d-b129-198edd916feb}" enabled="0" method="" siteId="{e0793d39-0939-496d-b129-198edd916feb}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>表紙</vt:lpstr>