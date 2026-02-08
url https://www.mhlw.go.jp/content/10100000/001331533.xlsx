--- v0 (2025-10-07)
+++ v1 (2026-02-08)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml" PartName="/customXml/itemProps2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml" PartName="/xl/calcChain.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml" PartName="/xl/comments2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C42C7DA0-E49E-4435-8DEA-4A0020A7894C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C566C51D-D1DF-426C-8BB3-099E8CBDCB68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="身上申立書（様式１）" sheetId="1" r:id="rId1"/>
     <sheet name="職務経歴書（様式２）" sheetId="5" r:id="rId2"/>
     <sheet name="プルダウン" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'職務経歴書（様式２）'!$A$1:$AB$39</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'身上申立書（様式１）'!$A$1:$AJ$93</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -1539,52 +1539,58 @@
   <si>
     <t>職業安定</t>
     <rPh sb="0" eb="2">
       <t>ショクギョウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>アンテイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>チームス</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※厚生労働省本省を志望した理由を具体的（４００字以上程度）に書いてください。</t>
     <rPh sb="6" eb="8">
       <t>ホンショウ</t>
     </rPh>
     <rPh sb="30" eb="31">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>はい</t>
+  </si>
+  <si>
+    <t>いいえ</t>
+  </si>
+  <si>
     <r>
-      <t>（令和７年度第３期　厚生労働省本省係長級職員（一般職相当　</t>
+      <t>（令和７年度第４期　厚生労働省本省係長級職員（一般職相当　</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>情報セキュリティ・IT等関係事務区分</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>）採用選考）</t>
     </r>
     <rPh sb="1" eb="3">
       <t>レイワ</t>
     </rPh>
@@ -1621,87 +1627,81 @@
     <rPh sb="29" eb="31">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="40" eb="41">
       <t>トウ</t>
     </rPh>
     <rPh sb="41" eb="43">
       <t>カンケイ</t>
     </rPh>
     <rPh sb="43" eb="45">
       <t>ジム</t>
     </rPh>
     <rPh sb="45" eb="47">
       <t>クブン</t>
     </rPh>
     <rPh sb="48" eb="50">
       <t>サイヨウ</t>
     </rPh>
     <rPh sb="50" eb="52">
       <t>センコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">　　　　　　　　　　令和７年度第３期　厚生労働省本省係長級職員（一般職相当 </t>
+      <t xml:space="preserve">　　　　　　　　　　令和７年度第４期　厚生労働省本省係長級職員（一般職相当 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <color rgb="FFFF0000"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>情報セキュリティ・IT等関係事務区分</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="20"/>
         <rFont val="ＭＳ Ｐゴシック"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>）採用選考　　　　　　　　　　　　　　　　
 　　　　　　　　　　　　　　　　　　職務経歴書</t>
     </r>
     <rPh sb="38" eb="40">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="49" eb="56">
       <t>トウカンケイジムクブン</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...4 lines deleted...]
-    <t>いいえ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="[$-411]ge\.m"/>
     <numFmt numFmtId="177" formatCode="0_);[Red]\(0\)"/>
   </numFmts>
   <fonts count="26">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
@@ -3236,746 +3236,731 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="18" fillId="2" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="177" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="11" fontId="9" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="5" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="distributed" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="5" borderId="47" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="23" fillId="5" borderId="48" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="5" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="46" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...275 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" textRotation="255" shrinkToFit="1"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...254 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -4011,50 +3996,65 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="57" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="124">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFF00"/>
@@ -5737,151 +5737,151 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId3" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId4" Target="../comments1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/drawing2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing"/><Relationship Id="rId3" Target="../drawings/vmlDrawing2.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId4" Target="../comments2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="B1:AR110"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A12" zoomScale="115" zoomScaleNormal="90" zoomScaleSheetLayoutView="115" workbookViewId="0">
-      <selection activeCell="A12" sqref="A12"/>
+      <selection activeCell="B16" sqref="B16:AJ16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="1.875" style="12" customWidth="1"/>
     <col min="2" max="36" width="2.625" style="12" customWidth="1"/>
     <col min="37" max="37" width="1" style="12" customWidth="1"/>
     <col min="38" max="41" width="2.625" style="12" customWidth="1"/>
     <col min="42" max="42" width="6.125" style="12" customWidth="1"/>
     <col min="43" max="43" width="18.25" style="12" customWidth="1"/>
     <col min="44" max="44" width="30.125" style="12" customWidth="1"/>
     <col min="45" max="45" width="6.25" style="12" bestFit="1" customWidth="1"/>
     <col min="46" max="60" width="2.625" style="12" customWidth="1"/>
     <col min="61" max="16384" width="9" style="12"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:36" hidden="1"/>
     <row r="2" spans="2:36" hidden="1"/>
     <row r="3" spans="2:36" hidden="1"/>
     <row r="4" spans="2:36" hidden="1"/>
     <row r="5" spans="2:36" hidden="1"/>
     <row r="6" spans="2:36" hidden="1"/>
     <row r="7" spans="2:36" hidden="1"/>
     <row r="8" spans="2:36" hidden="1"/>
     <row r="9" spans="2:36" hidden="1"/>
     <row r="10" spans="2:36" hidden="1"/>
     <row r="11" spans="2:36" hidden="1"/>
     <row r="12" spans="2:36" ht="24.95" customHeight="1">
-      <c r="AG12" s="167" t="s">
+      <c r="AG12" s="205" t="s">
         <v>23</v>
       </c>
-      <c r="AH12" s="167"/>
-[...1 lines deleted...]
-      <c r="AJ12" s="167"/>
+      <c r="AH12" s="205"/>
+      <c r="AI12" s="205"/>
+      <c r="AJ12" s="205"/>
     </row>
     <row r="13" spans="2:36" ht="12" customHeight="1"/>
     <row r="14" spans="2:36" ht="15" customHeight="1">
-      <c r="AA14" s="169" t="s">
+      <c r="AA14" s="207" t="s">
         <v>11</v>
       </c>
-      <c r="AB14" s="169"/>
-[...7 lines deleted...]
-      <c r="AJ14" s="168"/>
+      <c r="AB14" s="207"/>
+      <c r="AC14" s="207"/>
+      <c r="AD14" s="207"/>
+      <c r="AE14" s="207"/>
+      <c r="AF14" s="207"/>
+      <c r="AG14" s="207"/>
+      <c r="AH14" s="206"/>
+      <c r="AI14" s="206"/>
+      <c r="AJ14" s="206"/>
     </row>
     <row r="15" spans="2:36" ht="15" customHeight="1">
       <c r="AA15" s="13"/>
       <c r="AB15" s="13"/>
       <c r="AC15" s="13"/>
       <c r="AD15" s="13"/>
       <c r="AE15" s="13"/>
       <c r="AF15" s="13"/>
       <c r="AG15" s="13"/>
       <c r="AH15" s="14"/>
       <c r="AI15" s="14"/>
       <c r="AJ15" s="14"/>
     </row>
     <row r="16" spans="2:36" ht="15" customHeight="1">
-      <c r="B16" s="187" t="s">
-[...35 lines deleted...]
-      <c r="AJ16" s="187"/>
+      <c r="B16" s="225" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" s="225"/>
+      <c r="D16" s="225"/>
+      <c r="E16" s="225"/>
+      <c r="F16" s="225"/>
+      <c r="G16" s="225"/>
+      <c r="H16" s="225"/>
+      <c r="I16" s="225"/>
+      <c r="J16" s="225"/>
+      <c r="K16" s="225"/>
+      <c r="L16" s="225"/>
+      <c r="M16" s="225"/>
+      <c r="N16" s="225"/>
+      <c r="O16" s="225"/>
+      <c r="P16" s="225"/>
+      <c r="Q16" s="225"/>
+      <c r="R16" s="225"/>
+      <c r="S16" s="225"/>
+      <c r="T16" s="225"/>
+      <c r="U16" s="225"/>
+      <c r="V16" s="225"/>
+      <c r="W16" s="225"/>
+      <c r="X16" s="225"/>
+      <c r="Y16" s="225"/>
+      <c r="Z16" s="225"/>
+      <c r="AA16" s="225"/>
+      <c r="AB16" s="225"/>
+      <c r="AC16" s="225"/>
+      <c r="AD16" s="225"/>
+      <c r="AE16" s="225"/>
+      <c r="AF16" s="225"/>
+      <c r="AG16" s="225"/>
+      <c r="AH16" s="225"/>
+      <c r="AI16" s="225"/>
+      <c r="AJ16" s="225"/>
     </row>
     <row r="17" spans="2:44" ht="15" customHeight="1">
       <c r="B17" s="15"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15"/>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="M17" s="15"/>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17" s="15"/>
       <c r="S17" s="15"/>
       <c r="T17" s="15"/>
       <c r="U17" s="15"/>
       <c r="V17" s="15"/>
       <c r="W17" s="15"/>
       <c r="X17" s="15"/>
@@ -5923,3238 +5923,3238 @@
       <c r="U18" s="16"/>
       <c r="V18" s="16"/>
       <c r="W18" s="16"/>
       <c r="X18" s="16"/>
       <c r="Y18" s="16"/>
       <c r="Z18" s="16"/>
       <c r="AA18" s="16"/>
       <c r="AB18" s="16"/>
       <c r="AC18" s="16"/>
       <c r="AD18" s="16"/>
       <c r="AE18" s="16"/>
       <c r="AF18" s="16"/>
       <c r="AG18" s="16"/>
       <c r="AH18" s="16"/>
       <c r="AI18" s="16"/>
       <c r="AJ18" s="16"/>
     </row>
     <row r="19" spans="2:44" ht="40.5" customHeight="1">
       <c r="B19" s="55" t="s">
         <v>83</v>
       </c>
       <c r="I19" s="18"/>
       <c r="J19" s="18"/>
       <c r="K19" s="18"/>
       <c r="Q19" s="18"/>
-      <c r="AD19" s="177" t="s">
+      <c r="AD19" s="214" t="s">
         <v>45</v>
       </c>
-      <c r="AE19" s="178"/>
-[...3 lines deleted...]
-      <c r="AI19" s="179"/>
+      <c r="AE19" s="215"/>
+      <c r="AF19" s="215"/>
+      <c r="AG19" s="215"/>
+      <c r="AH19" s="215"/>
+      <c r="AI19" s="216"/>
     </row>
     <row r="20" spans="2:44" ht="20.100000000000001" customHeight="1" thickBot="1">
-      <c r="B20" s="175" t="s">
+      <c r="B20" s="212" t="s">
         <v>25</v>
       </c>
-      <c r="C20" s="175"/>
+      <c r="C20" s="212"/>
       <c r="D20" s="2"/>
       <c r="E20" s="12" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="12" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="2"/>
       <c r="I20" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="J20" s="176" t="s">
+      <c r="J20" s="213" t="s">
         <v>35</v>
       </c>
-      <c r="K20" s="176"/>
+      <c r="K20" s="213"/>
       <c r="AB20" s="19"/>
       <c r="AC20" s="19"/>
-      <c r="AD20" s="180"/>
-[...4 lines deleted...]
-      <c r="AI20" s="182"/>
+      <c r="AD20" s="217"/>
+      <c r="AE20" s="218"/>
+      <c r="AF20" s="218"/>
+      <c r="AG20" s="218"/>
+      <c r="AH20" s="218"/>
+      <c r="AI20" s="219"/>
       <c r="AR20" s="20"/>
     </row>
     <row r="21" spans="2:44" ht="28.5" customHeight="1">
-      <c r="B21" s="170" t="s">
+      <c r="B21" s="208" t="s">
         <v>0</v>
       </c>
-      <c r="C21" s="171"/>
-[...23 lines deleted...]
-      <c r="AA21" s="190"/>
+      <c r="C21" s="209"/>
+      <c r="D21" s="209"/>
+      <c r="E21" s="209"/>
+      <c r="F21" s="210"/>
+      <c r="G21" s="226"/>
+      <c r="H21" s="227"/>
+      <c r="I21" s="227"/>
+      <c r="J21" s="227"/>
+      <c r="K21" s="227"/>
+      <c r="L21" s="227"/>
+      <c r="M21" s="227"/>
+      <c r="N21" s="227"/>
+      <c r="O21" s="227"/>
+      <c r="P21" s="227"/>
+      <c r="Q21" s="227"/>
+      <c r="R21" s="227"/>
+      <c r="S21" s="227"/>
+      <c r="T21" s="227"/>
+      <c r="U21" s="227"/>
+      <c r="V21" s="227"/>
+      <c r="W21" s="227"/>
+      <c r="X21" s="227"/>
+      <c r="Y21" s="227"/>
+      <c r="Z21" s="227"/>
+      <c r="AA21" s="228"/>
       <c r="AB21" s="21"/>
       <c r="AC21" s="21"/>
-      <c r="AD21" s="180"/>
-[...4 lines deleted...]
-      <c r="AI21" s="182"/>
+      <c r="AD21" s="217"/>
+      <c r="AE21" s="218"/>
+      <c r="AF21" s="218"/>
+      <c r="AG21" s="218"/>
+      <c r="AH21" s="218"/>
+      <c r="AI21" s="219"/>
       <c r="AJ21" s="22"/>
     </row>
     <row r="22" spans="2:44" ht="37.5" customHeight="1" thickBot="1">
-      <c r="B22" s="173" t="s">
+      <c r="B22" s="211" t="s">
         <v>1</v>
       </c>
-      <c r="C22" s="174"/>
-[...23 lines deleted...]
-      <c r="AA22" s="193"/>
+      <c r="C22" s="136"/>
+      <c r="D22" s="136"/>
+      <c r="E22" s="136"/>
+      <c r="F22" s="136"/>
+      <c r="G22" s="229"/>
+      <c r="H22" s="230"/>
+      <c r="I22" s="230"/>
+      <c r="J22" s="230"/>
+      <c r="K22" s="230"/>
+      <c r="L22" s="230"/>
+      <c r="M22" s="230"/>
+      <c r="N22" s="230"/>
+      <c r="O22" s="230"/>
+      <c r="P22" s="230"/>
+      <c r="Q22" s="230"/>
+      <c r="R22" s="230"/>
+      <c r="S22" s="230"/>
+      <c r="T22" s="230"/>
+      <c r="U22" s="230"/>
+      <c r="V22" s="230"/>
+      <c r="W22" s="230"/>
+      <c r="X22" s="230"/>
+      <c r="Y22" s="230"/>
+      <c r="Z22" s="230"/>
+      <c r="AA22" s="231"/>
       <c r="AB22" s="21"/>
       <c r="AC22" s="21"/>
-      <c r="AD22" s="183"/>
-[...4 lines deleted...]
-      <c r="AI22" s="185"/>
+      <c r="AD22" s="220"/>
+      <c r="AE22" s="221"/>
+      <c r="AF22" s="221"/>
+      <c r="AG22" s="221"/>
+      <c r="AH22" s="221"/>
+      <c r="AI22" s="222"/>
       <c r="AJ22" s="22"/>
     </row>
     <row r="23" spans="2:44" ht="27.75" customHeight="1" thickBot="1">
-      <c r="B23" s="126" t="s">
+      <c r="B23" s="238" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="127"/>
-[...3 lines deleted...]
-      <c r="G23" s="194" t="s">
+      <c r="C23" s="190"/>
+      <c r="D23" s="190"/>
+      <c r="E23" s="190"/>
+      <c r="F23" s="190"/>
+      <c r="G23" s="232" t="s">
         <v>12</v>
       </c>
-      <c r="H23" s="195"/>
-[...1 lines deleted...]
-      <c r="J23" s="196"/>
+      <c r="H23" s="233"/>
+      <c r="I23" s="234"/>
+      <c r="J23" s="234"/>
       <c r="K23" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="L23" s="196"/>
-      <c r="M23" s="196"/>
+      <c r="L23" s="234"/>
+      <c r="M23" s="234"/>
       <c r="N23" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="O23" s="196"/>
-      <c r="P23" s="196"/>
+      <c r="O23" s="234"/>
+      <c r="P23" s="234"/>
       <c r="Q23" s="23" t="s">
         <v>16</v>
       </c>
       <c r="R23" s="23" t="s">
         <v>17</v>
       </c>
       <c r="S23" s="23"/>
-      <c r="T23" s="197" t="s">
+      <c r="T23" s="235" t="s">
         <v>18</v>
       </c>
-      <c r="U23" s="197"/>
-[...2 lines deleted...]
-      <c r="X23" s="127" t="s">
+      <c r="U23" s="235"/>
+      <c r="V23" s="234"/>
+      <c r="W23" s="234"/>
+      <c r="X23" s="190" t="s">
         <v>19</v>
       </c>
-      <c r="Y23" s="127"/>
+      <c r="Y23" s="190"/>
       <c r="Z23" s="23"/>
       <c r="AA23" s="24"/>
       <c r="AB23" s="21"/>
       <c r="AC23" s="21"/>
       <c r="AD23" s="22"/>
       <c r="AE23" s="22"/>
       <c r="AF23" s="22"/>
       <c r="AG23" s="22"/>
       <c r="AH23" s="22"/>
       <c r="AI23" s="22"/>
       <c r="AJ23" s="22"/>
       <c r="AR23" s="20"/>
     </row>
     <row r="24" spans="2:44" ht="15" customHeight="1">
-      <c r="B24" s="137" t="s">
+      <c r="B24" s="245" t="s">
         <v>3</v>
       </c>
-      <c r="C24" s="138"/>
-[...2 lines deleted...]
-      <c r="F24" s="139"/>
+      <c r="C24" s="246"/>
+      <c r="D24" s="246"/>
+      <c r="E24" s="246"/>
+      <c r="F24" s="247"/>
       <c r="G24" s="25" t="s">
         <v>36</v>
       </c>
       <c r="H24" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="I24" s="148"/>
-[...1 lines deleted...]
-      <c r="K24" s="148"/>
+      <c r="I24" s="256"/>
+      <c r="J24" s="256"/>
+      <c r="K24" s="256"/>
       <c r="L24" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="M24" s="148"/>
-[...2 lines deleted...]
-      <c r="P24" s="148"/>
+      <c r="M24" s="256"/>
+      <c r="N24" s="256"/>
+      <c r="O24" s="256"/>
+      <c r="P24" s="256"/>
       <c r="Q24" s="26" t="s">
         <v>39</v>
       </c>
       <c r="R24" s="26"/>
       <c r="S24" s="26"/>
       <c r="T24" s="26"/>
       <c r="U24" s="26"/>
       <c r="V24" s="26"/>
       <c r="W24" s="26"/>
       <c r="X24" s="26"/>
       <c r="Y24" s="26"/>
       <c r="Z24" s="26"/>
       <c r="AA24" s="26"/>
       <c r="AB24" s="28"/>
       <c r="AC24" s="28"/>
       <c r="AD24" s="28"/>
       <c r="AE24" s="28"/>
       <c r="AF24" s="28"/>
       <c r="AG24" s="28"/>
       <c r="AH24" s="28"/>
       <c r="AI24" s="28"/>
       <c r="AJ24" s="29"/>
     </row>
     <row r="25" spans="2:44" ht="15" customHeight="1">
-      <c r="B25" s="137"/>
-[...3 lines deleted...]
-      <c r="F25" s="139"/>
+      <c r="B25" s="245"/>
+      <c r="C25" s="246"/>
+      <c r="D25" s="246"/>
+      <c r="E25" s="246"/>
+      <c r="F25" s="247"/>
       <c r="G25" s="30" t="s">
         <v>7</v>
       </c>
       <c r="H25" s="31"/>
-      <c r="I25" s="143"/>
-[...26 lines deleted...]
-      <c r="AJ25" s="144"/>
+      <c r="I25" s="251"/>
+      <c r="J25" s="251"/>
+      <c r="K25" s="251"/>
+      <c r="L25" s="251"/>
+      <c r="M25" s="251"/>
+      <c r="N25" s="251"/>
+      <c r="O25" s="251"/>
+      <c r="P25" s="251"/>
+      <c r="Q25" s="251"/>
+      <c r="R25" s="251"/>
+      <c r="S25" s="251"/>
+      <c r="T25" s="251"/>
+      <c r="U25" s="251"/>
+      <c r="V25" s="251"/>
+      <c r="W25" s="251"/>
+      <c r="X25" s="251"/>
+      <c r="Y25" s="251"/>
+      <c r="Z25" s="251"/>
+      <c r="AA25" s="251"/>
+      <c r="AB25" s="251"/>
+      <c r="AC25" s="251"/>
+      <c r="AD25" s="251"/>
+      <c r="AE25" s="251"/>
+      <c r="AF25" s="251"/>
+      <c r="AG25" s="251"/>
+      <c r="AH25" s="251"/>
+      <c r="AI25" s="251"/>
+      <c r="AJ25" s="252"/>
     </row>
     <row r="26" spans="2:44" ht="30" customHeight="1">
-      <c r="B26" s="140"/>
-[...33 lines deleted...]
-      <c r="AJ26" s="147"/>
+      <c r="B26" s="248"/>
+      <c r="C26" s="249"/>
+      <c r="D26" s="249"/>
+      <c r="E26" s="249"/>
+      <c r="F26" s="250"/>
+      <c r="G26" s="253"/>
+      <c r="H26" s="254"/>
+      <c r="I26" s="254"/>
+      <c r="J26" s="254"/>
+      <c r="K26" s="254"/>
+      <c r="L26" s="254"/>
+      <c r="M26" s="254"/>
+      <c r="N26" s="254"/>
+      <c r="O26" s="254"/>
+      <c r="P26" s="254"/>
+      <c r="Q26" s="254"/>
+      <c r="R26" s="254"/>
+      <c r="S26" s="254"/>
+      <c r="T26" s="254"/>
+      <c r="U26" s="254"/>
+      <c r="V26" s="254"/>
+      <c r="W26" s="254"/>
+      <c r="X26" s="254"/>
+      <c r="Y26" s="254"/>
+      <c r="Z26" s="254"/>
+      <c r="AA26" s="254"/>
+      <c r="AB26" s="254"/>
+      <c r="AC26" s="254"/>
+      <c r="AD26" s="254"/>
+      <c r="AE26" s="254"/>
+      <c r="AF26" s="254"/>
+      <c r="AG26" s="254"/>
+      <c r="AH26" s="254"/>
+      <c r="AI26" s="254"/>
+      <c r="AJ26" s="255"/>
     </row>
     <row r="27" spans="2:44" ht="30" customHeight="1">
-      <c r="B27" s="128" t="s">
+      <c r="B27" s="239" t="s">
         <v>6</v>
       </c>
-      <c r="C27" s="129"/>
-[...3 lines deleted...]
-      <c r="G27" s="149" t="s">
+      <c r="C27" s="240"/>
+      <c r="D27" s="240"/>
+      <c r="E27" s="240"/>
+      <c r="F27" s="241"/>
+      <c r="G27" s="257" t="s">
         <v>42</v>
       </c>
-      <c r="H27" s="150"/>
-[...6 lines deleted...]
-      <c r="O27" s="165"/>
+      <c r="H27" s="258"/>
+      <c r="I27" s="258"/>
+      <c r="J27" s="259"/>
+      <c r="K27" s="271"/>
+      <c r="L27" s="272"/>
+      <c r="M27" s="272"/>
+      <c r="N27" s="272"/>
+      <c r="O27" s="272"/>
       <c r="P27" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="Q27" s="165"/>
-[...8 lines deleted...]
-      <c r="Z27" s="165"/>
+      <c r="Q27" s="272"/>
+      <c r="R27" s="272"/>
+      <c r="S27" s="272"/>
+      <c r="T27" s="272"/>
+      <c r="U27" s="272"/>
+      <c r="V27" s="272"/>
+      <c r="W27" s="272"/>
+      <c r="X27" s="272"/>
+      <c r="Y27" s="272"/>
+      <c r="Z27" s="272"/>
       <c r="AA27" s="32" t="s">
         <v>46</v>
       </c>
-      <c r="AB27" s="165"/>
-[...7 lines deleted...]
-      <c r="AJ27" s="166"/>
+      <c r="AB27" s="272"/>
+      <c r="AC27" s="272"/>
+      <c r="AD27" s="272"/>
+      <c r="AE27" s="272"/>
+      <c r="AF27" s="272"/>
+      <c r="AG27" s="272"/>
+      <c r="AH27" s="272"/>
+      <c r="AI27" s="272"/>
+      <c r="AJ27" s="273"/>
     </row>
     <row r="28" spans="2:44" ht="30" customHeight="1">
-      <c r="B28" s="131"/>
-[...4 lines deleted...]
-      <c r="G28" s="152" t="s">
+      <c r="B28" s="242"/>
+      <c r="C28" s="198"/>
+      <c r="D28" s="198"/>
+      <c r="E28" s="198"/>
+      <c r="F28" s="199"/>
+      <c r="G28" s="260" t="s">
         <v>40</v>
       </c>
-      <c r="H28" s="153"/>
-[...6 lines deleted...]
-      <c r="O28" s="159"/>
+      <c r="H28" s="261"/>
+      <c r="I28" s="261"/>
+      <c r="J28" s="262"/>
+      <c r="K28" s="266"/>
+      <c r="L28" s="223"/>
+      <c r="M28" s="223"/>
+      <c r="N28" s="223"/>
+      <c r="O28" s="223"/>
       <c r="P28" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="Q28" s="159"/>
-[...8 lines deleted...]
-      <c r="Z28" s="159"/>
+      <c r="Q28" s="223"/>
+      <c r="R28" s="223"/>
+      <c r="S28" s="223"/>
+      <c r="T28" s="223"/>
+      <c r="U28" s="223"/>
+      <c r="V28" s="223"/>
+      <c r="W28" s="223"/>
+      <c r="X28" s="223"/>
+      <c r="Y28" s="223"/>
+      <c r="Z28" s="223"/>
       <c r="AA28" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="AB28" s="159"/>
-[...7 lines deleted...]
-      <c r="AJ28" s="186"/>
+      <c r="AB28" s="223"/>
+      <c r="AC28" s="223"/>
+      <c r="AD28" s="223"/>
+      <c r="AE28" s="223"/>
+      <c r="AF28" s="223"/>
+      <c r="AG28" s="223"/>
+      <c r="AH28" s="223"/>
+      <c r="AI28" s="223"/>
+      <c r="AJ28" s="224"/>
     </row>
     <row r="29" spans="2:44" ht="30" customHeight="1">
-      <c r="B29" s="134"/>
-[...4 lines deleted...]
-      <c r="G29" s="155" t="s">
+      <c r="B29" s="243"/>
+      <c r="C29" s="244"/>
+      <c r="D29" s="244"/>
+      <c r="E29" s="244"/>
+      <c r="F29" s="135"/>
+      <c r="G29" s="263" t="s">
         <v>41</v>
       </c>
-      <c r="H29" s="156"/>
-[...12 lines deleted...]
-      <c r="U29" s="161"/>
+      <c r="H29" s="264"/>
+      <c r="I29" s="264"/>
+      <c r="J29" s="265"/>
+      <c r="K29" s="267"/>
+      <c r="L29" s="268"/>
+      <c r="M29" s="268"/>
+      <c r="N29" s="268"/>
+      <c r="O29" s="268"/>
+      <c r="P29" s="268"/>
+      <c r="Q29" s="268"/>
+      <c r="R29" s="268"/>
+      <c r="S29" s="268"/>
+      <c r="T29" s="268"/>
+      <c r="U29" s="268"/>
       <c r="V29" s="34" t="s">
         <v>64</v>
       </c>
-      <c r="W29" s="162"/>
-[...12 lines deleted...]
-      <c r="AJ29" s="163"/>
+      <c r="W29" s="269"/>
+      <c r="X29" s="269"/>
+      <c r="Y29" s="269"/>
+      <c r="Z29" s="269"/>
+      <c r="AA29" s="269"/>
+      <c r="AB29" s="269"/>
+      <c r="AC29" s="269"/>
+      <c r="AD29" s="269"/>
+      <c r="AE29" s="269"/>
+      <c r="AF29" s="269"/>
+      <c r="AG29" s="269"/>
+      <c r="AH29" s="269"/>
+      <c r="AI29" s="269"/>
+      <c r="AJ29" s="270"/>
     </row>
     <row r="30" spans="2:44" ht="41.25" customHeight="1">
-      <c r="B30" s="198" t="s">
+      <c r="B30" s="183" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="199"/>
-      <c r="D30" s="204" t="s">
+      <c r="C30" s="184"/>
+      <c r="D30" s="189" t="s">
         <v>29</v>
       </c>
-      <c r="E30" s="127"/>
-[...30 lines deleted...]
-      <c r="AJ30" s="208"/>
+      <c r="E30" s="190"/>
+      <c r="F30" s="126"/>
+      <c r="G30" s="191"/>
+      <c r="H30" s="192"/>
+      <c r="I30" s="192"/>
+      <c r="J30" s="192"/>
+      <c r="K30" s="192"/>
+      <c r="L30" s="192"/>
+      <c r="M30" s="192"/>
+      <c r="N30" s="192"/>
+      <c r="O30" s="192"/>
+      <c r="P30" s="192"/>
+      <c r="Q30" s="192"/>
+      <c r="R30" s="192"/>
+      <c r="S30" s="192"/>
+      <c r="T30" s="192"/>
+      <c r="U30" s="192"/>
+      <c r="V30" s="192"/>
+      <c r="W30" s="192"/>
+      <c r="X30" s="192"/>
+      <c r="Y30" s="192"/>
+      <c r="Z30" s="192"/>
+      <c r="AA30" s="192"/>
+      <c r="AB30" s="192"/>
+      <c r="AC30" s="192"/>
+      <c r="AD30" s="192"/>
+      <c r="AE30" s="192"/>
+      <c r="AF30" s="192"/>
+      <c r="AG30" s="192"/>
+      <c r="AH30" s="192"/>
+      <c r="AI30" s="192"/>
+      <c r="AJ30" s="193"/>
     </row>
     <row r="31" spans="2:44" ht="15" customHeight="1">
-      <c r="B31" s="200"/>
-[...1 lines deleted...]
-      <c r="D31" s="212" t="s">
+      <c r="B31" s="185"/>
+      <c r="C31" s="186"/>
+      <c r="D31" s="197" t="s">
         <v>30</v>
       </c>
-      <c r="E31" s="132"/>
-      <c r="F31" s="133"/>
+      <c r="E31" s="198"/>
+      <c r="F31" s="199"/>
       <c r="G31" s="25" t="s">
         <v>36</v>
       </c>
       <c r="H31" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="I31" s="125"/>
-[...1 lines deleted...]
-      <c r="K31" s="125"/>
+      <c r="I31" s="237"/>
+      <c r="J31" s="237"/>
+      <c r="K31" s="237"/>
       <c r="L31" s="27" t="s">
         <v>38</v>
       </c>
-      <c r="M31" s="125"/>
-[...2 lines deleted...]
-      <c r="P31" s="125"/>
+      <c r="M31" s="237"/>
+      <c r="N31" s="237"/>
+      <c r="O31" s="237"/>
+      <c r="P31" s="237"/>
       <c r="Q31" s="26" t="s">
         <v>39</v>
       </c>
       <c r="R31" s="35"/>
       <c r="S31" s="35"/>
       <c r="T31" s="35"/>
       <c r="U31" s="35"/>
       <c r="V31" s="35"/>
       <c r="W31" s="35"/>
       <c r="X31" s="35"/>
       <c r="Y31" s="35"/>
       <c r="Z31" s="35"/>
       <c r="AA31" s="35"/>
       <c r="AB31" s="35"/>
       <c r="AC31" s="35"/>
       <c r="AD31" s="35"/>
       <c r="AE31" s="35"/>
       <c r="AF31" s="35"/>
       <c r="AG31" s="35"/>
       <c r="AH31" s="35"/>
       <c r="AI31" s="35"/>
       <c r="AJ31" s="36"/>
     </row>
     <row r="32" spans="2:44" ht="41.25" customHeight="1" thickBot="1">
-      <c r="B32" s="202"/>
-[...33 lines deleted...]
-      <c r="AJ32" s="211"/>
+      <c r="B32" s="187"/>
+      <c r="C32" s="188"/>
+      <c r="D32" s="200"/>
+      <c r="E32" s="201"/>
+      <c r="F32" s="202"/>
+      <c r="G32" s="194"/>
+      <c r="H32" s="195"/>
+      <c r="I32" s="195"/>
+      <c r="J32" s="195"/>
+      <c r="K32" s="195"/>
+      <c r="L32" s="195"/>
+      <c r="M32" s="195"/>
+      <c r="N32" s="195"/>
+      <c r="O32" s="195"/>
+      <c r="P32" s="195"/>
+      <c r="Q32" s="195"/>
+      <c r="R32" s="195"/>
+      <c r="S32" s="195"/>
+      <c r="T32" s="195"/>
+      <c r="U32" s="195"/>
+      <c r="V32" s="195"/>
+      <c r="W32" s="195"/>
+      <c r="X32" s="195"/>
+      <c r="Y32" s="195"/>
+      <c r="Z32" s="195"/>
+      <c r="AA32" s="195"/>
+      <c r="AB32" s="195"/>
+      <c r="AC32" s="195"/>
+      <c r="AD32" s="195"/>
+      <c r="AE32" s="195"/>
+      <c r="AF32" s="195"/>
+      <c r="AG32" s="195"/>
+      <c r="AH32" s="195"/>
+      <c r="AI32" s="195"/>
+      <c r="AJ32" s="196"/>
     </row>
     <row r="33" spans="2:36" ht="21.75" customHeight="1" thickBot="1"/>
     <row r="34" spans="2:36" ht="20.100000000000001" customHeight="1">
-      <c r="B34" s="216" t="s">
+      <c r="B34" s="165" t="s">
         <v>4</v>
       </c>
-      <c r="C34" s="107"/>
-[...4 lines deleted...]
-      <c r="H34" s="106" t="s">
+      <c r="C34" s="166"/>
+      <c r="D34" s="166"/>
+      <c r="E34" s="166"/>
+      <c r="F34" s="166"/>
+      <c r="G34" s="166"/>
+      <c r="H34" s="182" t="s">
         <v>5</v>
       </c>
-      <c r="I34" s="107"/>
-[...4 lines deleted...]
-      <c r="N34" s="108" t="s">
+      <c r="I34" s="166"/>
+      <c r="J34" s="166"/>
+      <c r="K34" s="166"/>
+      <c r="L34" s="166"/>
+      <c r="M34" s="166"/>
+      <c r="N34" s="163" t="s">
         <v>80</v>
       </c>
-      <c r="O34" s="108"/>
-[...20 lines deleted...]
-      <c r="AJ34" s="109"/>
+      <c r="O34" s="163"/>
+      <c r="P34" s="163"/>
+      <c r="Q34" s="163"/>
+      <c r="R34" s="163"/>
+      <c r="S34" s="163"/>
+      <c r="T34" s="163"/>
+      <c r="U34" s="163"/>
+      <c r="V34" s="163"/>
+      <c r="W34" s="163"/>
+      <c r="X34" s="163"/>
+      <c r="Y34" s="163"/>
+      <c r="Z34" s="163"/>
+      <c r="AA34" s="163"/>
+      <c r="AB34" s="163"/>
+      <c r="AC34" s="163"/>
+      <c r="AD34" s="163"/>
+      <c r="AE34" s="163"/>
+      <c r="AF34" s="163"/>
+      <c r="AG34" s="163"/>
+      <c r="AH34" s="163"/>
+      <c r="AI34" s="163"/>
+      <c r="AJ34" s="164"/>
     </row>
     <row r="35" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B35" s="116" t="s">
+      <c r="B35" s="161" t="s">
         <v>12</v>
       </c>
-      <c r="C35" s="110"/>
+      <c r="C35" s="162"/>
       <c r="D35" s="3"/>
       <c r="E35" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H35" s="110" t="s">
+      <c r="H35" s="162" t="s">
         <v>12</v>
       </c>
-      <c r="I35" s="110"/>
+      <c r="I35" s="162"/>
       <c r="J35" s="3"/>
       <c r="K35" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L35" s="3"/>
       <c r="M35" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N35" s="122"/>
-[...21 lines deleted...]
-      <c r="AJ35" s="123"/>
+      <c r="N35" s="203"/>
+      <c r="O35" s="203"/>
+      <c r="P35" s="203"/>
+      <c r="Q35" s="203"/>
+      <c r="R35" s="203"/>
+      <c r="S35" s="203"/>
+      <c r="T35" s="203"/>
+      <c r="U35" s="203"/>
+      <c r="V35" s="203"/>
+      <c r="W35" s="203"/>
+      <c r="X35" s="203"/>
+      <c r="Y35" s="203"/>
+      <c r="Z35" s="203"/>
+      <c r="AA35" s="203"/>
+      <c r="AB35" s="203"/>
+      <c r="AC35" s="203"/>
+      <c r="AD35" s="203"/>
+      <c r="AE35" s="203"/>
+      <c r="AF35" s="203"/>
+      <c r="AG35" s="203"/>
+      <c r="AH35" s="203"/>
+      <c r="AI35" s="203"/>
+      <c r="AJ35" s="204"/>
     </row>
     <row r="36" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B36" s="116" t="s">
+      <c r="B36" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C36" s="110"/>
+      <c r="C36" s="162"/>
       <c r="D36" s="94" t="s">
         <v>90</v>
       </c>
       <c r="E36" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="94"/>
       <c r="G36" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H36" s="110" t="s">
+      <c r="H36" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I36" s="110"/>
+      <c r="I36" s="162"/>
       <c r="J36" s="94"/>
       <c r="K36" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L36" s="94"/>
       <c r="M36" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N36" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ36" s="112"/>
+      <c r="N36" s="180"/>
+      <c r="O36" s="180"/>
+      <c r="P36" s="180"/>
+      <c r="Q36" s="180"/>
+      <c r="R36" s="180"/>
+      <c r="S36" s="180"/>
+      <c r="T36" s="180"/>
+      <c r="U36" s="180"/>
+      <c r="V36" s="180"/>
+      <c r="W36" s="180"/>
+      <c r="X36" s="180"/>
+      <c r="Y36" s="180"/>
+      <c r="Z36" s="180"/>
+      <c r="AA36" s="180"/>
+      <c r="AB36" s="180"/>
+      <c r="AC36" s="180"/>
+      <c r="AD36" s="180"/>
+      <c r="AE36" s="180"/>
+      <c r="AF36" s="180"/>
+      <c r="AG36" s="180"/>
+      <c r="AH36" s="180"/>
+      <c r="AI36" s="180"/>
+      <c r="AJ36" s="181"/>
     </row>
     <row r="37" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B37" s="116" t="s">
+      <c r="B37" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C37" s="110"/>
+      <c r="C37" s="162"/>
       <c r="D37" s="94"/>
       <c r="E37" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="94"/>
       <c r="G37" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H37" s="110" t="s">
+      <c r="H37" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I37" s="110"/>
+      <c r="I37" s="162"/>
       <c r="J37" s="94"/>
       <c r="K37" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L37" s="94"/>
       <c r="M37" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N37" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ37" s="112"/>
+      <c r="N37" s="180"/>
+      <c r="O37" s="180"/>
+      <c r="P37" s="180"/>
+      <c r="Q37" s="180"/>
+      <c r="R37" s="180"/>
+      <c r="S37" s="180"/>
+      <c r="T37" s="180"/>
+      <c r="U37" s="180"/>
+      <c r="V37" s="180"/>
+      <c r="W37" s="180"/>
+      <c r="X37" s="180"/>
+      <c r="Y37" s="180"/>
+      <c r="Z37" s="180"/>
+      <c r="AA37" s="180"/>
+      <c r="AB37" s="180"/>
+      <c r="AC37" s="180"/>
+      <c r="AD37" s="180"/>
+      <c r="AE37" s="180"/>
+      <c r="AF37" s="180"/>
+      <c r="AG37" s="180"/>
+      <c r="AH37" s="180"/>
+      <c r="AI37" s="180"/>
+      <c r="AJ37" s="181"/>
     </row>
     <row r="38" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B38" s="116" t="s">
+      <c r="B38" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C38" s="110"/>
+      <c r="C38" s="162"/>
       <c r="D38" s="94"/>
       <c r="E38" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="94"/>
       <c r="G38" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H38" s="110" t="s">
+      <c r="H38" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I38" s="110"/>
+      <c r="I38" s="162"/>
       <c r="J38" s="94"/>
       <c r="K38" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L38" s="94"/>
       <c r="M38" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N38" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ38" s="112"/>
+      <c r="N38" s="180"/>
+      <c r="O38" s="180"/>
+      <c r="P38" s="180"/>
+      <c r="Q38" s="180"/>
+      <c r="R38" s="180"/>
+      <c r="S38" s="180"/>
+      <c r="T38" s="180"/>
+      <c r="U38" s="180"/>
+      <c r="V38" s="180"/>
+      <c r="W38" s="180"/>
+      <c r="X38" s="180"/>
+      <c r="Y38" s="180"/>
+      <c r="Z38" s="180"/>
+      <c r="AA38" s="180"/>
+      <c r="AB38" s="180"/>
+      <c r="AC38" s="180"/>
+      <c r="AD38" s="180"/>
+      <c r="AE38" s="180"/>
+      <c r="AF38" s="180"/>
+      <c r="AG38" s="180"/>
+      <c r="AH38" s="180"/>
+      <c r="AI38" s="180"/>
+      <c r="AJ38" s="181"/>
     </row>
     <row r="39" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B39" s="116" t="s">
+      <c r="B39" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C39" s="110"/>
+      <c r="C39" s="162"/>
       <c r="D39" s="94"/>
       <c r="E39" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="94"/>
       <c r="G39" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H39" s="110" t="s">
+      <c r="H39" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I39" s="110"/>
+      <c r="I39" s="162"/>
       <c r="J39" s="94"/>
       <c r="K39" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="94"/>
       <c r="M39" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N39" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ39" s="112"/>
+      <c r="N39" s="180"/>
+      <c r="O39" s="180"/>
+      <c r="P39" s="180"/>
+      <c r="Q39" s="180"/>
+      <c r="R39" s="180"/>
+      <c r="S39" s="180"/>
+      <c r="T39" s="180"/>
+      <c r="U39" s="180"/>
+      <c r="V39" s="180"/>
+      <c r="W39" s="180"/>
+      <c r="X39" s="180"/>
+      <c r="Y39" s="180"/>
+      <c r="Z39" s="180"/>
+      <c r="AA39" s="180"/>
+      <c r="AB39" s="180"/>
+      <c r="AC39" s="180"/>
+      <c r="AD39" s="180"/>
+      <c r="AE39" s="180"/>
+      <c r="AF39" s="180"/>
+      <c r="AG39" s="180"/>
+      <c r="AH39" s="180"/>
+      <c r="AI39" s="180"/>
+      <c r="AJ39" s="181"/>
     </row>
     <row r="40" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B40" s="116" t="s">
+      <c r="B40" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C40" s="110"/>
+      <c r="C40" s="162"/>
       <c r="D40" s="94"/>
       <c r="E40" s="37" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="94"/>
       <c r="G40" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="H40" s="110" t="s">
+      <c r="H40" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I40" s="110"/>
+      <c r="I40" s="162"/>
       <c r="J40" s="94"/>
       <c r="K40" s="37" t="s">
         <v>26</v>
       </c>
       <c r="L40" s="94"/>
       <c r="M40" s="38" t="s">
         <v>27</v>
       </c>
-      <c r="N40" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ40" s="112"/>
+      <c r="N40" s="180"/>
+      <c r="O40" s="180"/>
+      <c r="P40" s="180"/>
+      <c r="Q40" s="180"/>
+      <c r="R40" s="180"/>
+      <c r="S40" s="180"/>
+      <c r="T40" s="180"/>
+      <c r="U40" s="180"/>
+      <c r="V40" s="180"/>
+      <c r="W40" s="180"/>
+      <c r="X40" s="180"/>
+      <c r="Y40" s="180"/>
+      <c r="Z40" s="180"/>
+      <c r="AA40" s="180"/>
+      <c r="AB40" s="180"/>
+      <c r="AC40" s="180"/>
+      <c r="AD40" s="180"/>
+      <c r="AE40" s="180"/>
+      <c r="AF40" s="180"/>
+      <c r="AG40" s="180"/>
+      <c r="AH40" s="180"/>
+      <c r="AI40" s="180"/>
+      <c r="AJ40" s="181"/>
     </row>
     <row r="41" spans="2:36" ht="24.95" customHeight="1" thickBot="1">
-      <c r="B41" s="117" t="s">
+      <c r="B41" s="276" t="s">
         <v>13</v>
       </c>
-      <c r="C41" s="113"/>
+      <c r="C41" s="277"/>
       <c r="D41" s="95"/>
       <c r="E41" s="39" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="95"/>
       <c r="G41" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="H41" s="113" t="s">
+      <c r="H41" s="277" t="s">
         <v>13</v>
       </c>
-      <c r="I41" s="113"/>
+      <c r="I41" s="277"/>
       <c r="J41" s="95"/>
       <c r="K41" s="39" t="s">
         <v>26</v>
       </c>
       <c r="L41" s="95"/>
       <c r="M41" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="N41" s="114"/>
-[...21 lines deleted...]
-      <c r="AJ41" s="115"/>
+      <c r="N41" s="274"/>
+      <c r="O41" s="274"/>
+      <c r="P41" s="274"/>
+      <c r="Q41" s="274"/>
+      <c r="R41" s="274"/>
+      <c r="S41" s="274"/>
+      <c r="T41" s="274"/>
+      <c r="U41" s="274"/>
+      <c r="V41" s="274"/>
+      <c r="W41" s="274"/>
+      <c r="X41" s="274"/>
+      <c r="Y41" s="274"/>
+      <c r="Z41" s="274"/>
+      <c r="AA41" s="274"/>
+      <c r="AB41" s="274"/>
+      <c r="AC41" s="274"/>
+      <c r="AD41" s="274"/>
+      <c r="AE41" s="274"/>
+      <c r="AF41" s="274"/>
+      <c r="AG41" s="274"/>
+      <c r="AH41" s="274"/>
+      <c r="AI41" s="274"/>
+      <c r="AJ41" s="275"/>
     </row>
     <row r="42" spans="2:36" ht="6.75" customHeight="1" thickBot="1"/>
     <row r="43" spans="2:36" ht="20.100000000000001" customHeight="1">
-      <c r="B43" s="216" t="s">
+      <c r="B43" s="165" t="s">
         <v>84</v>
       </c>
-      <c r="C43" s="107"/>
-[...4 lines deleted...]
-      <c r="H43" s="106" t="s">
+      <c r="C43" s="166"/>
+      <c r="D43" s="166"/>
+      <c r="E43" s="166"/>
+      <c r="F43" s="166"/>
+      <c r="G43" s="166"/>
+      <c r="H43" s="182" t="s">
         <v>85</v>
       </c>
-      <c r="I43" s="107"/>
-[...4 lines deleted...]
-      <c r="N43" s="108" t="s">
+      <c r="I43" s="166"/>
+      <c r="J43" s="166"/>
+      <c r="K43" s="166"/>
+      <c r="L43" s="166"/>
+      <c r="M43" s="166"/>
+      <c r="N43" s="163" t="s">
         <v>86</v>
       </c>
-      <c r="O43" s="108"/>
-[...20 lines deleted...]
-      <c r="AJ43" s="109"/>
+      <c r="O43" s="163"/>
+      <c r="P43" s="163"/>
+      <c r="Q43" s="163"/>
+      <c r="R43" s="163"/>
+      <c r="S43" s="163"/>
+      <c r="T43" s="163"/>
+      <c r="U43" s="163"/>
+      <c r="V43" s="163"/>
+      <c r="W43" s="163"/>
+      <c r="X43" s="163"/>
+      <c r="Y43" s="163"/>
+      <c r="Z43" s="163"/>
+      <c r="AA43" s="163"/>
+      <c r="AB43" s="163"/>
+      <c r="AC43" s="163"/>
+      <c r="AD43" s="163"/>
+      <c r="AE43" s="163"/>
+      <c r="AF43" s="163"/>
+      <c r="AG43" s="163"/>
+      <c r="AH43" s="163"/>
+      <c r="AI43" s="163"/>
+      <c r="AJ43" s="164"/>
     </row>
     <row r="44" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B44" s="116" t="s">
+      <c r="B44" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C44" s="110"/>
+      <c r="C44" s="162"/>
       <c r="D44" s="3"/>
       <c r="E44" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H44" s="110" t="s">
+      <c r="H44" s="162" t="s">
         <v>25</v>
       </c>
-      <c r="I44" s="110"/>
+      <c r="I44" s="162"/>
       <c r="J44" s="3"/>
       <c r="K44" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L44" s="3"/>
       <c r="M44" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N44" s="122"/>
-[...21 lines deleted...]
-      <c r="AJ44" s="123"/>
+      <c r="N44" s="203"/>
+      <c r="O44" s="203"/>
+      <c r="P44" s="203"/>
+      <c r="Q44" s="203"/>
+      <c r="R44" s="203"/>
+      <c r="S44" s="203"/>
+      <c r="T44" s="203"/>
+      <c r="U44" s="203"/>
+      <c r="V44" s="203"/>
+      <c r="W44" s="203"/>
+      <c r="X44" s="203"/>
+      <c r="Y44" s="203"/>
+      <c r="Z44" s="203"/>
+      <c r="AA44" s="203"/>
+      <c r="AB44" s="203"/>
+      <c r="AC44" s="203"/>
+      <c r="AD44" s="203"/>
+      <c r="AE44" s="203"/>
+      <c r="AF44" s="203"/>
+      <c r="AG44" s="203"/>
+      <c r="AH44" s="203"/>
+      <c r="AI44" s="203"/>
+      <c r="AJ44" s="204"/>
     </row>
     <row r="45" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B45" s="116" t="s">
+      <c r="B45" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C45" s="110"/>
+      <c r="C45" s="162"/>
       <c r="D45" s="9"/>
       <c r="E45" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="9"/>
       <c r="G45" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H45" s="110" t="s">
+      <c r="H45" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I45" s="110"/>
+      <c r="I45" s="162"/>
       <c r="J45" s="9"/>
       <c r="K45" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L45" s="9"/>
       <c r="M45" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N45" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ45" s="112"/>
+      <c r="N45" s="180"/>
+      <c r="O45" s="180"/>
+      <c r="P45" s="180"/>
+      <c r="Q45" s="180"/>
+      <c r="R45" s="180"/>
+      <c r="S45" s="180"/>
+      <c r="T45" s="180"/>
+      <c r="U45" s="180"/>
+      <c r="V45" s="180"/>
+      <c r="W45" s="180"/>
+      <c r="X45" s="180"/>
+      <c r="Y45" s="180"/>
+      <c r="Z45" s="180"/>
+      <c r="AA45" s="180"/>
+      <c r="AB45" s="180"/>
+      <c r="AC45" s="180"/>
+      <c r="AD45" s="180"/>
+      <c r="AE45" s="180"/>
+      <c r="AF45" s="180"/>
+      <c r="AG45" s="180"/>
+      <c r="AH45" s="180"/>
+      <c r="AI45" s="180"/>
+      <c r="AJ45" s="181"/>
     </row>
     <row r="46" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B46" s="116" t="s">
+      <c r="B46" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C46" s="110"/>
+      <c r="C46" s="162"/>
       <c r="D46" s="9"/>
       <c r="E46" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="9"/>
       <c r="G46" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H46" s="110" t="s">
+      <c r="H46" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I46" s="110"/>
+      <c r="I46" s="162"/>
       <c r="J46" s="9"/>
       <c r="K46" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L46" s="9"/>
       <c r="M46" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N46" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ46" s="112"/>
+      <c r="N46" s="180"/>
+      <c r="O46" s="180"/>
+      <c r="P46" s="180"/>
+      <c r="Q46" s="180"/>
+      <c r="R46" s="180"/>
+      <c r="S46" s="180"/>
+      <c r="T46" s="180"/>
+      <c r="U46" s="180"/>
+      <c r="V46" s="180"/>
+      <c r="W46" s="180"/>
+      <c r="X46" s="180"/>
+      <c r="Y46" s="180"/>
+      <c r="Z46" s="180"/>
+      <c r="AA46" s="180"/>
+      <c r="AB46" s="180"/>
+      <c r="AC46" s="180"/>
+      <c r="AD46" s="180"/>
+      <c r="AE46" s="180"/>
+      <c r="AF46" s="180"/>
+      <c r="AG46" s="180"/>
+      <c r="AH46" s="180"/>
+      <c r="AI46" s="180"/>
+      <c r="AJ46" s="181"/>
     </row>
     <row r="47" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B47" s="116" t="s">
+      <c r="B47" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C47" s="110"/>
+      <c r="C47" s="162"/>
       <c r="D47" s="9"/>
       <c r="E47" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="9"/>
       <c r="G47" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H47" s="110" t="s">
+      <c r="H47" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I47" s="110"/>
+      <c r="I47" s="162"/>
       <c r="J47" s="9"/>
       <c r="K47" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L47" s="9"/>
       <c r="M47" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N47" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ47" s="112"/>
+      <c r="N47" s="180"/>
+      <c r="O47" s="180"/>
+      <c r="P47" s="180"/>
+      <c r="Q47" s="180"/>
+      <c r="R47" s="180"/>
+      <c r="S47" s="180"/>
+      <c r="T47" s="180"/>
+      <c r="U47" s="180"/>
+      <c r="V47" s="180"/>
+      <c r="W47" s="180"/>
+      <c r="X47" s="180"/>
+      <c r="Y47" s="180"/>
+      <c r="Z47" s="180"/>
+      <c r="AA47" s="180"/>
+      <c r="AB47" s="180"/>
+      <c r="AC47" s="180"/>
+      <c r="AD47" s="180"/>
+      <c r="AE47" s="180"/>
+      <c r="AF47" s="180"/>
+      <c r="AG47" s="180"/>
+      <c r="AH47" s="180"/>
+      <c r="AI47" s="180"/>
+      <c r="AJ47" s="181"/>
     </row>
     <row r="48" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B48" s="116" t="s">
+      <c r="B48" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C48" s="110"/>
+      <c r="C48" s="162"/>
       <c r="D48" s="9"/>
       <c r="E48" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="9"/>
       <c r="G48" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H48" s="110" t="s">
+      <c r="H48" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I48" s="110"/>
+      <c r="I48" s="162"/>
       <c r="J48" s="9"/>
       <c r="K48" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L48" s="9"/>
       <c r="M48" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N48" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ48" s="112"/>
+      <c r="N48" s="180"/>
+      <c r="O48" s="180"/>
+      <c r="P48" s="180"/>
+      <c r="Q48" s="180"/>
+      <c r="R48" s="180"/>
+      <c r="S48" s="180"/>
+      <c r="T48" s="180"/>
+      <c r="U48" s="180"/>
+      <c r="V48" s="180"/>
+      <c r="W48" s="180"/>
+      <c r="X48" s="180"/>
+      <c r="Y48" s="180"/>
+      <c r="Z48" s="180"/>
+      <c r="AA48" s="180"/>
+      <c r="AB48" s="180"/>
+      <c r="AC48" s="180"/>
+      <c r="AD48" s="180"/>
+      <c r="AE48" s="180"/>
+      <c r="AF48" s="180"/>
+      <c r="AG48" s="180"/>
+      <c r="AH48" s="180"/>
+      <c r="AI48" s="180"/>
+      <c r="AJ48" s="181"/>
     </row>
     <row r="49" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B49" s="116" t="s">
+      <c r="B49" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C49" s="110"/>
+      <c r="C49" s="162"/>
       <c r="D49" s="9"/>
       <c r="E49" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="9"/>
       <c r="G49" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H49" s="110" t="s">
+      <c r="H49" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I49" s="110"/>
+      <c r="I49" s="162"/>
       <c r="J49" s="9"/>
       <c r="K49" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L49" s="9"/>
       <c r="M49" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N49" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ49" s="112"/>
+      <c r="N49" s="180"/>
+      <c r="O49" s="180"/>
+      <c r="P49" s="180"/>
+      <c r="Q49" s="180"/>
+      <c r="R49" s="180"/>
+      <c r="S49" s="180"/>
+      <c r="T49" s="180"/>
+      <c r="U49" s="180"/>
+      <c r="V49" s="180"/>
+      <c r="W49" s="180"/>
+      <c r="X49" s="180"/>
+      <c r="Y49" s="180"/>
+      <c r="Z49" s="180"/>
+      <c r="AA49" s="180"/>
+      <c r="AB49" s="180"/>
+      <c r="AC49" s="180"/>
+      <c r="AD49" s="180"/>
+      <c r="AE49" s="180"/>
+      <c r="AF49" s="180"/>
+      <c r="AG49" s="180"/>
+      <c r="AH49" s="180"/>
+      <c r="AI49" s="180"/>
+      <c r="AJ49" s="181"/>
     </row>
     <row r="50" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B50" s="116" t="s">
+      <c r="B50" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C50" s="110"/>
+      <c r="C50" s="162"/>
       <c r="D50" s="9"/>
       <c r="E50" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="9"/>
       <c r="G50" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H50" s="110" t="s">
+      <c r="H50" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I50" s="110"/>
+      <c r="I50" s="162"/>
       <c r="J50" s="9"/>
       <c r="K50" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L50" s="9"/>
       <c r="M50" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N50" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ50" s="112"/>
+      <c r="N50" s="180"/>
+      <c r="O50" s="180"/>
+      <c r="P50" s="180"/>
+      <c r="Q50" s="180"/>
+      <c r="R50" s="180"/>
+      <c r="S50" s="180"/>
+      <c r="T50" s="180"/>
+      <c r="U50" s="180"/>
+      <c r="V50" s="180"/>
+      <c r="W50" s="180"/>
+      <c r="X50" s="180"/>
+      <c r="Y50" s="180"/>
+      <c r="Z50" s="180"/>
+      <c r="AA50" s="180"/>
+      <c r="AB50" s="180"/>
+      <c r="AC50" s="180"/>
+      <c r="AD50" s="180"/>
+      <c r="AE50" s="180"/>
+      <c r="AF50" s="180"/>
+      <c r="AG50" s="180"/>
+      <c r="AH50" s="180"/>
+      <c r="AI50" s="180"/>
+      <c r="AJ50" s="181"/>
     </row>
     <row r="51" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B51" s="118" t="s">
+      <c r="B51" s="278" t="s">
         <v>13</v>
       </c>
-      <c r="C51" s="119"/>
+      <c r="C51" s="279"/>
       <c r="D51" s="9"/>
       <c r="E51" s="41" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="9"/>
       <c r="G51" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="H51" s="119" t="s">
+      <c r="H51" s="279" t="s">
         <v>13</v>
       </c>
-      <c r="I51" s="119"/>
+      <c r="I51" s="279"/>
       <c r="J51" s="9"/>
       <c r="K51" s="41" t="s">
         <v>14</v>
       </c>
       <c r="L51" s="9"/>
       <c r="M51" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="N51" s="120"/>
-[...21 lines deleted...]
-      <c r="AJ51" s="121"/>
+      <c r="N51" s="280"/>
+      <c r="O51" s="280"/>
+      <c r="P51" s="280"/>
+      <c r="Q51" s="280"/>
+      <c r="R51" s="280"/>
+      <c r="S51" s="280"/>
+      <c r="T51" s="280"/>
+      <c r="U51" s="280"/>
+      <c r="V51" s="280"/>
+      <c r="W51" s="280"/>
+      <c r="X51" s="280"/>
+      <c r="Y51" s="280"/>
+      <c r="Z51" s="280"/>
+      <c r="AA51" s="280"/>
+      <c r="AB51" s="280"/>
+      <c r="AC51" s="280"/>
+      <c r="AD51" s="280"/>
+      <c r="AE51" s="280"/>
+      <c r="AF51" s="280"/>
+      <c r="AG51" s="280"/>
+      <c r="AH51" s="280"/>
+      <c r="AI51" s="280"/>
+      <c r="AJ51" s="281"/>
     </row>
     <row r="52" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B52" s="116" t="s">
+      <c r="B52" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C52" s="110"/>
+      <c r="C52" s="162"/>
       <c r="D52" s="9"/>
       <c r="E52" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="9"/>
       <c r="G52" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H52" s="110" t="s">
+      <c r="H52" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I52" s="110"/>
+      <c r="I52" s="162"/>
       <c r="J52" s="9"/>
       <c r="K52" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L52" s="9"/>
       <c r="M52" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N52" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ52" s="112"/>
+      <c r="N52" s="180"/>
+      <c r="O52" s="180"/>
+      <c r="P52" s="180"/>
+      <c r="Q52" s="180"/>
+      <c r="R52" s="180"/>
+      <c r="S52" s="180"/>
+      <c r="T52" s="180"/>
+      <c r="U52" s="180"/>
+      <c r="V52" s="180"/>
+      <c r="W52" s="180"/>
+      <c r="X52" s="180"/>
+      <c r="Y52" s="180"/>
+      <c r="Z52" s="180"/>
+      <c r="AA52" s="180"/>
+      <c r="AB52" s="180"/>
+      <c r="AC52" s="180"/>
+      <c r="AD52" s="180"/>
+      <c r="AE52" s="180"/>
+      <c r="AF52" s="180"/>
+      <c r="AG52" s="180"/>
+      <c r="AH52" s="180"/>
+      <c r="AI52" s="180"/>
+      <c r="AJ52" s="181"/>
     </row>
     <row r="53" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B53" s="116" t="s">
+      <c r="B53" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C53" s="110"/>
+      <c r="C53" s="162"/>
       <c r="D53" s="9"/>
       <c r="E53" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="9"/>
       <c r="G53" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H53" s="110" t="s">
+      <c r="H53" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I53" s="110"/>
+      <c r="I53" s="162"/>
       <c r="J53" s="9"/>
       <c r="K53" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L53" s="9"/>
       <c r="M53" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N53" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ53" s="112"/>
+      <c r="N53" s="180"/>
+      <c r="O53" s="180"/>
+      <c r="P53" s="180"/>
+      <c r="Q53" s="180"/>
+      <c r="R53" s="180"/>
+      <c r="S53" s="180"/>
+      <c r="T53" s="180"/>
+      <c r="U53" s="180"/>
+      <c r="V53" s="180"/>
+      <c r="W53" s="180"/>
+      <c r="X53" s="180"/>
+      <c r="Y53" s="180"/>
+      <c r="Z53" s="180"/>
+      <c r="AA53" s="180"/>
+      <c r="AB53" s="180"/>
+      <c r="AC53" s="180"/>
+      <c r="AD53" s="180"/>
+      <c r="AE53" s="180"/>
+      <c r="AF53" s="180"/>
+      <c r="AG53" s="180"/>
+      <c r="AH53" s="180"/>
+      <c r="AI53" s="180"/>
+      <c r="AJ53" s="181"/>
     </row>
     <row r="54" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B54" s="116" t="s">
+      <c r="B54" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C54" s="110"/>
+      <c r="C54" s="162"/>
       <c r="D54" s="9"/>
       <c r="E54" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="9"/>
       <c r="G54" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H54" s="110" t="s">
+      <c r="H54" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I54" s="110"/>
+      <c r="I54" s="162"/>
       <c r="J54" s="9"/>
       <c r="K54" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L54" s="9"/>
       <c r="M54" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N54" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ54" s="112"/>
+      <c r="N54" s="180"/>
+      <c r="O54" s="180"/>
+      <c r="P54" s="180"/>
+      <c r="Q54" s="180"/>
+      <c r="R54" s="180"/>
+      <c r="S54" s="180"/>
+      <c r="T54" s="180"/>
+      <c r="U54" s="180"/>
+      <c r="V54" s="180"/>
+      <c r="W54" s="180"/>
+      <c r="X54" s="180"/>
+      <c r="Y54" s="180"/>
+      <c r="Z54" s="180"/>
+      <c r="AA54" s="180"/>
+      <c r="AB54" s="180"/>
+      <c r="AC54" s="180"/>
+      <c r="AD54" s="180"/>
+      <c r="AE54" s="180"/>
+      <c r="AF54" s="180"/>
+      <c r="AG54" s="180"/>
+      <c r="AH54" s="180"/>
+      <c r="AI54" s="180"/>
+      <c r="AJ54" s="181"/>
     </row>
     <row r="55" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B55" s="116" t="s">
+      <c r="B55" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C55" s="110"/>
+      <c r="C55" s="162"/>
       <c r="D55" s="9"/>
       <c r="E55" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="9"/>
       <c r="G55" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H55" s="110" t="s">
+      <c r="H55" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I55" s="110"/>
+      <c r="I55" s="162"/>
       <c r="J55" s="9"/>
       <c r="K55" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L55" s="9"/>
       <c r="M55" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N55" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ55" s="112"/>
+      <c r="N55" s="180"/>
+      <c r="O55" s="180"/>
+      <c r="P55" s="180"/>
+      <c r="Q55" s="180"/>
+      <c r="R55" s="180"/>
+      <c r="S55" s="180"/>
+      <c r="T55" s="180"/>
+      <c r="U55" s="180"/>
+      <c r="V55" s="180"/>
+      <c r="W55" s="180"/>
+      <c r="X55" s="180"/>
+      <c r="Y55" s="180"/>
+      <c r="Z55" s="180"/>
+      <c r="AA55" s="180"/>
+      <c r="AB55" s="180"/>
+      <c r="AC55" s="180"/>
+      <c r="AD55" s="180"/>
+      <c r="AE55" s="180"/>
+      <c r="AF55" s="180"/>
+      <c r="AG55" s="180"/>
+      <c r="AH55" s="180"/>
+      <c r="AI55" s="180"/>
+      <c r="AJ55" s="181"/>
     </row>
     <row r="56" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B56" s="116" t="s">
+      <c r="B56" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C56" s="110"/>
+      <c r="C56" s="162"/>
       <c r="D56" s="9"/>
       <c r="E56" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="9"/>
       <c r="G56" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H56" s="110" t="s">
+      <c r="H56" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I56" s="110"/>
+      <c r="I56" s="162"/>
       <c r="J56" s="9"/>
       <c r="K56" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L56" s="9"/>
       <c r="M56" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N56" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ56" s="112"/>
+      <c r="N56" s="180"/>
+      <c r="O56" s="180"/>
+      <c r="P56" s="180"/>
+      <c r="Q56" s="180"/>
+      <c r="R56" s="180"/>
+      <c r="S56" s="180"/>
+      <c r="T56" s="180"/>
+      <c r="U56" s="180"/>
+      <c r="V56" s="180"/>
+      <c r="W56" s="180"/>
+      <c r="X56" s="180"/>
+      <c r="Y56" s="180"/>
+      <c r="Z56" s="180"/>
+      <c r="AA56" s="180"/>
+      <c r="AB56" s="180"/>
+      <c r="AC56" s="180"/>
+      <c r="AD56" s="180"/>
+      <c r="AE56" s="180"/>
+      <c r="AF56" s="180"/>
+      <c r="AG56" s="180"/>
+      <c r="AH56" s="180"/>
+      <c r="AI56" s="180"/>
+      <c r="AJ56" s="181"/>
     </row>
     <row r="57" spans="2:36" ht="24.95" customHeight="1">
-      <c r="B57" s="116" t="s">
+      <c r="B57" s="161" t="s">
         <v>13</v>
       </c>
-      <c r="C57" s="110"/>
+      <c r="C57" s="162"/>
       <c r="D57" s="9"/>
       <c r="E57" s="37" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="9"/>
       <c r="G57" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="H57" s="110" t="s">
+      <c r="H57" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I57" s="110"/>
+      <c r="I57" s="162"/>
       <c r="J57" s="9"/>
       <c r="K57" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L57" s="9"/>
       <c r="M57" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N57" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ57" s="112"/>
+      <c r="N57" s="180"/>
+      <c r="O57" s="180"/>
+      <c r="P57" s="180"/>
+      <c r="Q57" s="180"/>
+      <c r="R57" s="180"/>
+      <c r="S57" s="180"/>
+      <c r="T57" s="180"/>
+      <c r="U57" s="180"/>
+      <c r="V57" s="180"/>
+      <c r="W57" s="180"/>
+      <c r="X57" s="180"/>
+      <c r="Y57" s="180"/>
+      <c r="Z57" s="180"/>
+      <c r="AA57" s="180"/>
+      <c r="AB57" s="180"/>
+      <c r="AC57" s="180"/>
+      <c r="AD57" s="180"/>
+      <c r="AE57" s="180"/>
+      <c r="AF57" s="180"/>
+      <c r="AG57" s="180"/>
+      <c r="AH57" s="180"/>
+      <c r="AI57" s="180"/>
+      <c r="AJ57" s="181"/>
     </row>
     <row r="58" spans="2:36" ht="24.95" customHeight="1" thickBot="1">
-      <c r="B58" s="117" t="s">
+      <c r="B58" s="276" t="s">
         <v>13</v>
       </c>
-      <c r="C58" s="113"/>
+      <c r="C58" s="277"/>
       <c r="D58" s="10"/>
       <c r="E58" s="39" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="10"/>
       <c r="G58" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="H58" s="113" t="s">
+      <c r="H58" s="277" t="s">
         <v>13</v>
       </c>
-      <c r="I58" s="113"/>
+      <c r="I58" s="277"/>
       <c r="J58" s="10"/>
       <c r="K58" s="39" t="s">
         <v>14</v>
       </c>
       <c r="L58" s="10"/>
       <c r="M58" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="N58" s="114"/>
-[...21 lines deleted...]
-      <c r="AJ58" s="115"/>
+      <c r="N58" s="274"/>
+      <c r="O58" s="274"/>
+      <c r="P58" s="274"/>
+      <c r="Q58" s="274"/>
+      <c r="R58" s="274"/>
+      <c r="S58" s="274"/>
+      <c r="T58" s="274"/>
+      <c r="U58" s="274"/>
+      <c r="V58" s="274"/>
+      <c r="W58" s="274"/>
+      <c r="X58" s="274"/>
+      <c r="Y58" s="274"/>
+      <c r="Z58" s="274"/>
+      <c r="AA58" s="274"/>
+      <c r="AB58" s="274"/>
+      <c r="AC58" s="274"/>
+      <c r="AD58" s="274"/>
+      <c r="AE58" s="274"/>
+      <c r="AF58" s="274"/>
+      <c r="AG58" s="274"/>
+      <c r="AH58" s="274"/>
+      <c r="AI58" s="274"/>
+      <c r="AJ58" s="275"/>
     </row>
     <row r="59" spans="2:36" ht="21" customHeight="1" thickBot="1"/>
     <row r="60" spans="2:36" ht="20.100000000000001" customHeight="1">
-      <c r="B60" s="97" t="s">
+      <c r="B60" s="282" t="s">
         <v>87</v>
       </c>
-      <c r="C60" s="98"/>
-[...4 lines deleted...]
-      <c r="H60" s="106" t="s">
+      <c r="C60" s="283"/>
+      <c r="D60" s="283"/>
+      <c r="E60" s="283"/>
+      <c r="F60" s="283"/>
+      <c r="G60" s="284"/>
+      <c r="H60" s="182" t="s">
         <v>88</v>
       </c>
-      <c r="I60" s="107"/>
-[...4 lines deleted...]
-      <c r="N60" s="108" t="s">
+      <c r="I60" s="166"/>
+      <c r="J60" s="166"/>
+      <c r="K60" s="166"/>
+      <c r="L60" s="166"/>
+      <c r="M60" s="166"/>
+      <c r="N60" s="163" t="s">
         <v>29</v>
       </c>
-      <c r="O60" s="108"/>
-[...20 lines deleted...]
-      <c r="AJ60" s="109"/>
+      <c r="O60" s="163"/>
+      <c r="P60" s="163"/>
+      <c r="Q60" s="163"/>
+      <c r="R60" s="163"/>
+      <c r="S60" s="163"/>
+      <c r="T60" s="163"/>
+      <c r="U60" s="163"/>
+      <c r="V60" s="163"/>
+      <c r="W60" s="163"/>
+      <c r="X60" s="163"/>
+      <c r="Y60" s="163"/>
+      <c r="Z60" s="163"/>
+      <c r="AA60" s="163"/>
+      <c r="AB60" s="163"/>
+      <c r="AC60" s="163"/>
+      <c r="AD60" s="163"/>
+      <c r="AE60" s="163"/>
+      <c r="AF60" s="163"/>
+      <c r="AG60" s="163"/>
+      <c r="AH60" s="163"/>
+      <c r="AI60" s="163"/>
+      <c r="AJ60" s="164"/>
     </row>
     <row r="61" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B61" s="100"/>
-[...5 lines deleted...]
-      <c r="H61" s="110" t="s">
+      <c r="B61" s="150"/>
+      <c r="C61" s="137"/>
+      <c r="D61" s="137"/>
+      <c r="E61" s="137"/>
+      <c r="F61" s="137"/>
+      <c r="G61" s="151"/>
+      <c r="H61" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I61" s="110"/>
+      <c r="I61" s="162"/>
       <c r="J61" s="9"/>
       <c r="K61" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L61" s="9"/>
       <c r="M61" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N61" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ61" s="112"/>
+      <c r="N61" s="180"/>
+      <c r="O61" s="180"/>
+      <c r="P61" s="180"/>
+      <c r="Q61" s="180"/>
+      <c r="R61" s="180"/>
+      <c r="S61" s="180"/>
+      <c r="T61" s="180"/>
+      <c r="U61" s="180"/>
+      <c r="V61" s="180"/>
+      <c r="W61" s="180"/>
+      <c r="X61" s="180"/>
+      <c r="Y61" s="180"/>
+      <c r="Z61" s="180"/>
+      <c r="AA61" s="180"/>
+      <c r="AB61" s="180"/>
+      <c r="AC61" s="180"/>
+      <c r="AD61" s="180"/>
+      <c r="AE61" s="180"/>
+      <c r="AF61" s="180"/>
+      <c r="AG61" s="180"/>
+      <c r="AH61" s="180"/>
+      <c r="AI61" s="180"/>
+      <c r="AJ61" s="181"/>
     </row>
     <row r="62" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B62" s="100"/>
-[...5 lines deleted...]
-      <c r="H62" s="110" t="s">
+      <c r="B62" s="150"/>
+      <c r="C62" s="137"/>
+      <c r="D62" s="137"/>
+      <c r="E62" s="137"/>
+      <c r="F62" s="137"/>
+      <c r="G62" s="151"/>
+      <c r="H62" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I62" s="110"/>
+      <c r="I62" s="162"/>
       <c r="J62" s="9"/>
       <c r="K62" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L62" s="9"/>
       <c r="M62" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N62" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ62" s="112"/>
+      <c r="N62" s="180"/>
+      <c r="O62" s="180"/>
+      <c r="P62" s="180"/>
+      <c r="Q62" s="180"/>
+      <c r="R62" s="180"/>
+      <c r="S62" s="180"/>
+      <c r="T62" s="180"/>
+      <c r="U62" s="180"/>
+      <c r="V62" s="180"/>
+      <c r="W62" s="180"/>
+      <c r="X62" s="180"/>
+      <c r="Y62" s="180"/>
+      <c r="Z62" s="180"/>
+      <c r="AA62" s="180"/>
+      <c r="AB62" s="180"/>
+      <c r="AC62" s="180"/>
+      <c r="AD62" s="180"/>
+      <c r="AE62" s="180"/>
+      <c r="AF62" s="180"/>
+      <c r="AG62" s="180"/>
+      <c r="AH62" s="180"/>
+      <c r="AI62" s="180"/>
+      <c r="AJ62" s="181"/>
     </row>
     <row r="63" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B63" s="100"/>
-[...5 lines deleted...]
-      <c r="H63" s="110" t="s">
+      <c r="B63" s="150"/>
+      <c r="C63" s="137"/>
+      <c r="D63" s="137"/>
+      <c r="E63" s="137"/>
+      <c r="F63" s="137"/>
+      <c r="G63" s="151"/>
+      <c r="H63" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I63" s="110"/>
+      <c r="I63" s="162"/>
       <c r="J63" s="9"/>
       <c r="K63" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L63" s="9"/>
       <c r="M63" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N63" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ63" s="112"/>
+      <c r="N63" s="180"/>
+      <c r="O63" s="180"/>
+      <c r="P63" s="180"/>
+      <c r="Q63" s="180"/>
+      <c r="R63" s="180"/>
+      <c r="S63" s="180"/>
+      <c r="T63" s="180"/>
+      <c r="U63" s="180"/>
+      <c r="V63" s="180"/>
+      <c r="W63" s="180"/>
+      <c r="X63" s="180"/>
+      <c r="Y63" s="180"/>
+      <c r="Z63" s="180"/>
+      <c r="AA63" s="180"/>
+      <c r="AB63" s="180"/>
+      <c r="AC63" s="180"/>
+      <c r="AD63" s="180"/>
+      <c r="AE63" s="180"/>
+      <c r="AF63" s="180"/>
+      <c r="AG63" s="180"/>
+      <c r="AH63" s="180"/>
+      <c r="AI63" s="180"/>
+      <c r="AJ63" s="181"/>
     </row>
     <row r="64" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B64" s="100"/>
-[...5 lines deleted...]
-      <c r="H64" s="110" t="s">
+      <c r="B64" s="150"/>
+      <c r="C64" s="137"/>
+      <c r="D64" s="137"/>
+      <c r="E64" s="137"/>
+      <c r="F64" s="137"/>
+      <c r="G64" s="151"/>
+      <c r="H64" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I64" s="110"/>
+      <c r="I64" s="162"/>
       <c r="J64" s="9"/>
       <c r="K64" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L64" s="9"/>
       <c r="M64" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N64" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ64" s="112"/>
+      <c r="N64" s="180"/>
+      <c r="O64" s="180"/>
+      <c r="P64" s="180"/>
+      <c r="Q64" s="180"/>
+      <c r="R64" s="180"/>
+      <c r="S64" s="180"/>
+      <c r="T64" s="180"/>
+      <c r="U64" s="180"/>
+      <c r="V64" s="180"/>
+      <c r="W64" s="180"/>
+      <c r="X64" s="180"/>
+      <c r="Y64" s="180"/>
+      <c r="Z64" s="180"/>
+      <c r="AA64" s="180"/>
+      <c r="AB64" s="180"/>
+      <c r="AC64" s="180"/>
+      <c r="AD64" s="180"/>
+      <c r="AE64" s="180"/>
+      <c r="AF64" s="180"/>
+      <c r="AG64" s="180"/>
+      <c r="AH64" s="180"/>
+      <c r="AI64" s="180"/>
+      <c r="AJ64" s="181"/>
     </row>
     <row r="65" spans="2:36" ht="39.950000000000003" customHeight="1" thickBot="1">
-      <c r="B65" s="103"/>
-[...5 lines deleted...]
-      <c r="H65" s="113" t="s">
+      <c r="B65" s="285"/>
+      <c r="C65" s="286"/>
+      <c r="D65" s="286"/>
+      <c r="E65" s="286"/>
+      <c r="F65" s="286"/>
+      <c r="G65" s="287"/>
+      <c r="H65" s="277" t="s">
         <v>13</v>
       </c>
-      <c r="I65" s="113"/>
+      <c r="I65" s="277"/>
       <c r="J65" s="10"/>
       <c r="K65" s="39" t="s">
         <v>14</v>
       </c>
       <c r="L65" s="10"/>
       <c r="M65" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="N65" s="114"/>
-[...21 lines deleted...]
-      <c r="AJ65" s="115"/>
+      <c r="N65" s="274"/>
+      <c r="O65" s="274"/>
+      <c r="P65" s="274"/>
+      <c r="Q65" s="274"/>
+      <c r="R65" s="274"/>
+      <c r="S65" s="274"/>
+      <c r="T65" s="274"/>
+      <c r="U65" s="274"/>
+      <c r="V65" s="274"/>
+      <c r="W65" s="274"/>
+      <c r="X65" s="274"/>
+      <c r="Y65" s="274"/>
+      <c r="Z65" s="274"/>
+      <c r="AA65" s="274"/>
+      <c r="AB65" s="274"/>
+      <c r="AC65" s="274"/>
+      <c r="AD65" s="274"/>
+      <c r="AE65" s="274"/>
+      <c r="AF65" s="274"/>
+      <c r="AG65" s="274"/>
+      <c r="AH65" s="274"/>
+      <c r="AI65" s="274"/>
+      <c r="AJ65" s="275"/>
     </row>
     <row r="66" spans="2:36" ht="21" customHeight="1" thickBot="1"/>
     <row r="67" spans="2:36" ht="20.100000000000001" customHeight="1">
-      <c r="B67" s="97" t="s">
+      <c r="B67" s="282" t="s">
         <v>89</v>
       </c>
-      <c r="C67" s="98"/>
-[...4 lines deleted...]
-      <c r="H67" s="106" t="s">
+      <c r="C67" s="283"/>
+      <c r="D67" s="283"/>
+      <c r="E67" s="283"/>
+      <c r="F67" s="283"/>
+      <c r="G67" s="284"/>
+      <c r="H67" s="182" t="s">
         <v>88</v>
       </c>
-      <c r="I67" s="107"/>
-[...4 lines deleted...]
-      <c r="N67" s="108" t="s">
+      <c r="I67" s="166"/>
+      <c r="J67" s="166"/>
+      <c r="K67" s="166"/>
+      <c r="L67" s="166"/>
+      <c r="M67" s="166"/>
+      <c r="N67" s="163" t="s">
         <v>29</v>
       </c>
-      <c r="O67" s="108"/>
-[...20 lines deleted...]
-      <c r="AJ67" s="109"/>
+      <c r="O67" s="163"/>
+      <c r="P67" s="163"/>
+      <c r="Q67" s="163"/>
+      <c r="R67" s="163"/>
+      <c r="S67" s="163"/>
+      <c r="T67" s="163"/>
+      <c r="U67" s="163"/>
+      <c r="V67" s="163"/>
+      <c r="W67" s="163"/>
+      <c r="X67" s="163"/>
+      <c r="Y67" s="163"/>
+      <c r="Z67" s="163"/>
+      <c r="AA67" s="163"/>
+      <c r="AB67" s="163"/>
+      <c r="AC67" s="163"/>
+      <c r="AD67" s="163"/>
+      <c r="AE67" s="163"/>
+      <c r="AF67" s="163"/>
+      <c r="AG67" s="163"/>
+      <c r="AH67" s="163"/>
+      <c r="AI67" s="163"/>
+      <c r="AJ67" s="164"/>
     </row>
     <row r="68" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B68" s="100"/>
-[...5 lines deleted...]
-      <c r="H68" s="110" t="s">
+      <c r="B68" s="150"/>
+      <c r="C68" s="137"/>
+      <c r="D68" s="137"/>
+      <c r="E68" s="137"/>
+      <c r="F68" s="137"/>
+      <c r="G68" s="151"/>
+      <c r="H68" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I68" s="110"/>
+      <c r="I68" s="162"/>
       <c r="J68" s="9"/>
       <c r="K68" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L68" s="9"/>
       <c r="M68" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N68" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ68" s="112"/>
+      <c r="N68" s="180"/>
+      <c r="O68" s="180"/>
+      <c r="P68" s="180"/>
+      <c r="Q68" s="180"/>
+      <c r="R68" s="180"/>
+      <c r="S68" s="180"/>
+      <c r="T68" s="180"/>
+      <c r="U68" s="180"/>
+      <c r="V68" s="180"/>
+      <c r="W68" s="180"/>
+      <c r="X68" s="180"/>
+      <c r="Y68" s="180"/>
+      <c r="Z68" s="180"/>
+      <c r="AA68" s="180"/>
+      <c r="AB68" s="180"/>
+      <c r="AC68" s="180"/>
+      <c r="AD68" s="180"/>
+      <c r="AE68" s="180"/>
+      <c r="AF68" s="180"/>
+      <c r="AG68" s="180"/>
+      <c r="AH68" s="180"/>
+      <c r="AI68" s="180"/>
+      <c r="AJ68" s="181"/>
     </row>
     <row r="69" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B69" s="100"/>
-[...5 lines deleted...]
-      <c r="H69" s="110" t="s">
+      <c r="B69" s="150"/>
+      <c r="C69" s="137"/>
+      <c r="D69" s="137"/>
+      <c r="E69" s="137"/>
+      <c r="F69" s="137"/>
+      <c r="G69" s="151"/>
+      <c r="H69" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I69" s="110"/>
+      <c r="I69" s="162"/>
       <c r="J69" s="9"/>
       <c r="K69" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L69" s="9"/>
       <c r="M69" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N69" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ69" s="112"/>
+      <c r="N69" s="180"/>
+      <c r="O69" s="180"/>
+      <c r="P69" s="180"/>
+      <c r="Q69" s="180"/>
+      <c r="R69" s="180"/>
+      <c r="S69" s="180"/>
+      <c r="T69" s="180"/>
+      <c r="U69" s="180"/>
+      <c r="V69" s="180"/>
+      <c r="W69" s="180"/>
+      <c r="X69" s="180"/>
+      <c r="Y69" s="180"/>
+      <c r="Z69" s="180"/>
+      <c r="AA69" s="180"/>
+      <c r="AB69" s="180"/>
+      <c r="AC69" s="180"/>
+      <c r="AD69" s="180"/>
+      <c r="AE69" s="180"/>
+      <c r="AF69" s="180"/>
+      <c r="AG69" s="180"/>
+      <c r="AH69" s="180"/>
+      <c r="AI69" s="180"/>
+      <c r="AJ69" s="181"/>
     </row>
     <row r="70" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B70" s="100"/>
-[...5 lines deleted...]
-      <c r="H70" s="110" t="s">
+      <c r="B70" s="150"/>
+      <c r="C70" s="137"/>
+      <c r="D70" s="137"/>
+      <c r="E70" s="137"/>
+      <c r="F70" s="137"/>
+      <c r="G70" s="151"/>
+      <c r="H70" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I70" s="110"/>
+      <c r="I70" s="162"/>
       <c r="J70" s="9"/>
       <c r="K70" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L70" s="9"/>
       <c r="M70" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N70" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ70" s="112"/>
+      <c r="N70" s="180"/>
+      <c r="O70" s="180"/>
+      <c r="P70" s="180"/>
+      <c r="Q70" s="180"/>
+      <c r="R70" s="180"/>
+      <c r="S70" s="180"/>
+      <c r="T70" s="180"/>
+      <c r="U70" s="180"/>
+      <c r="V70" s="180"/>
+      <c r="W70" s="180"/>
+      <c r="X70" s="180"/>
+      <c r="Y70" s="180"/>
+      <c r="Z70" s="180"/>
+      <c r="AA70" s="180"/>
+      <c r="AB70" s="180"/>
+      <c r="AC70" s="180"/>
+      <c r="AD70" s="180"/>
+      <c r="AE70" s="180"/>
+      <c r="AF70" s="180"/>
+      <c r="AG70" s="180"/>
+      <c r="AH70" s="180"/>
+      <c r="AI70" s="180"/>
+      <c r="AJ70" s="181"/>
     </row>
     <row r="71" spans="2:36" ht="39.950000000000003" customHeight="1">
-      <c r="B71" s="100"/>
-[...5 lines deleted...]
-      <c r="H71" s="110" t="s">
+      <c r="B71" s="150"/>
+      <c r="C71" s="137"/>
+      <c r="D71" s="137"/>
+      <c r="E71" s="137"/>
+      <c r="F71" s="137"/>
+      <c r="G71" s="151"/>
+      <c r="H71" s="162" t="s">
         <v>13</v>
       </c>
-      <c r="I71" s="110"/>
+      <c r="I71" s="162"/>
       <c r="J71" s="9"/>
       <c r="K71" s="37" t="s">
         <v>14</v>
       </c>
       <c r="L71" s="9"/>
       <c r="M71" s="38" t="s">
         <v>15</v>
       </c>
-      <c r="N71" s="111"/>
-[...21 lines deleted...]
-      <c r="AJ71" s="112"/>
+      <c r="N71" s="180"/>
+      <c r="O71" s="180"/>
+      <c r="P71" s="180"/>
+      <c r="Q71" s="180"/>
+      <c r="R71" s="180"/>
+      <c r="S71" s="180"/>
+      <c r="T71" s="180"/>
+      <c r="U71" s="180"/>
+      <c r="V71" s="180"/>
+      <c r="W71" s="180"/>
+      <c r="X71" s="180"/>
+      <c r="Y71" s="180"/>
+      <c r="Z71" s="180"/>
+      <c r="AA71" s="180"/>
+      <c r="AB71" s="180"/>
+      <c r="AC71" s="180"/>
+      <c r="AD71" s="180"/>
+      <c r="AE71" s="180"/>
+      <c r="AF71" s="180"/>
+      <c r="AG71" s="180"/>
+      <c r="AH71" s="180"/>
+      <c r="AI71" s="180"/>
+      <c r="AJ71" s="181"/>
     </row>
     <row r="72" spans="2:36" ht="39.950000000000003" customHeight="1" thickBot="1">
-      <c r="B72" s="103"/>
-[...5 lines deleted...]
-      <c r="H72" s="113" t="s">
+      <c r="B72" s="285"/>
+      <c r="C72" s="286"/>
+      <c r="D72" s="286"/>
+      <c r="E72" s="286"/>
+      <c r="F72" s="286"/>
+      <c r="G72" s="287"/>
+      <c r="H72" s="277" t="s">
         <v>13</v>
       </c>
-      <c r="I72" s="113"/>
+      <c r="I72" s="277"/>
       <c r="J72" s="10"/>
       <c r="K72" s="39" t="s">
         <v>14</v>
       </c>
       <c r="L72" s="10"/>
       <c r="M72" s="40" t="s">
         <v>15</v>
       </c>
-      <c r="N72" s="114"/>
-[...21 lines deleted...]
-      <c r="AJ72" s="115"/>
+      <c r="N72" s="274"/>
+      <c r="O72" s="274"/>
+      <c r="P72" s="274"/>
+      <c r="Q72" s="274"/>
+      <c r="R72" s="274"/>
+      <c r="S72" s="274"/>
+      <c r="T72" s="274"/>
+      <c r="U72" s="274"/>
+      <c r="V72" s="274"/>
+      <c r="W72" s="274"/>
+      <c r="X72" s="274"/>
+      <c r="Y72" s="274"/>
+      <c r="Z72" s="274"/>
+      <c r="AA72" s="274"/>
+      <c r="AB72" s="274"/>
+      <c r="AC72" s="274"/>
+      <c r="AD72" s="274"/>
+      <c r="AE72" s="274"/>
+      <c r="AF72" s="274"/>
+      <c r="AG72" s="274"/>
+      <c r="AH72" s="274"/>
+      <c r="AI72" s="274"/>
+      <c r="AJ72" s="275"/>
     </row>
     <row r="73" spans="2:36" ht="6.75" customHeight="1" thickBot="1"/>
     <row r="74" spans="2:36" ht="200.1" customHeight="1">
-      <c r="B74" s="216" t="s">
+      <c r="B74" s="165" t="s">
         <v>8</v>
       </c>
-      <c r="C74" s="107"/>
-[...32 lines deleted...]
-      <c r="AJ74" s="230"/>
+      <c r="C74" s="166"/>
+      <c r="D74" s="166"/>
+      <c r="E74" s="166"/>
+      <c r="F74" s="175"/>
+      <c r="G74" s="175"/>
+      <c r="H74" s="175"/>
+      <c r="I74" s="175"/>
+      <c r="J74" s="175"/>
+      <c r="K74" s="175"/>
+      <c r="L74" s="175"/>
+      <c r="M74" s="175"/>
+      <c r="N74" s="175"/>
+      <c r="O74" s="175"/>
+      <c r="P74" s="175"/>
+      <c r="Q74" s="175"/>
+      <c r="R74" s="175"/>
+      <c r="S74" s="175"/>
+      <c r="T74" s="175"/>
+      <c r="U74" s="175"/>
+      <c r="V74" s="175"/>
+      <c r="W74" s="175"/>
+      <c r="X74" s="175"/>
+      <c r="Y74" s="175"/>
+      <c r="Z74" s="175"/>
+      <c r="AA74" s="175"/>
+      <c r="AB74" s="175"/>
+      <c r="AC74" s="175"/>
+      <c r="AD74" s="175"/>
+      <c r="AE74" s="175"/>
+      <c r="AF74" s="175"/>
+      <c r="AG74" s="175"/>
+      <c r="AH74" s="175"/>
+      <c r="AI74" s="175"/>
+      <c r="AJ74" s="176"/>
     </row>
     <row r="75" spans="2:36" ht="249.95" customHeight="1">
-      <c r="B75" s="219" t="s">
+      <c r="B75" s="168" t="s">
         <v>10</v>
       </c>
-      <c r="C75" s="220"/>
-[...32 lines deleted...]
-      <c r="AJ75" s="232"/>
+      <c r="C75" s="133"/>
+      <c r="D75" s="133"/>
+      <c r="E75" s="133"/>
+      <c r="F75" s="177"/>
+      <c r="G75" s="177"/>
+      <c r="H75" s="177"/>
+      <c r="I75" s="177"/>
+      <c r="J75" s="177"/>
+      <c r="K75" s="177"/>
+      <c r="L75" s="177"/>
+      <c r="M75" s="177"/>
+      <c r="N75" s="177"/>
+      <c r="O75" s="177"/>
+      <c r="P75" s="177"/>
+      <c r="Q75" s="177"/>
+      <c r="R75" s="177"/>
+      <c r="S75" s="177"/>
+      <c r="T75" s="177"/>
+      <c r="U75" s="177"/>
+      <c r="V75" s="177"/>
+      <c r="W75" s="177"/>
+      <c r="X75" s="177"/>
+      <c r="Y75" s="177"/>
+      <c r="Z75" s="177"/>
+      <c r="AA75" s="178"/>
+      <c r="AB75" s="179"/>
+      <c r="AC75" s="177"/>
+      <c r="AD75" s="177"/>
+      <c r="AE75" s="177"/>
+      <c r="AF75" s="177"/>
+      <c r="AG75" s="177"/>
+      <c r="AH75" s="177"/>
+      <c r="AI75" s="177"/>
+      <c r="AJ75" s="178"/>
     </row>
     <row r="76" spans="2:36" ht="15" customHeight="1">
-      <c r="B76" s="221" t="s">
+      <c r="B76" s="115" t="s">
         <v>9</v>
       </c>
-      <c r="C76" s="222"/>
-[...2 lines deleted...]
-      <c r="F76" s="223" t="s">
+      <c r="C76" s="116"/>
+      <c r="D76" s="116"/>
+      <c r="E76" s="116"/>
+      <c r="F76" s="169" t="s">
         <v>111</v>
       </c>
-      <c r="G76" s="224"/>
-[...28 lines deleted...]
-      <c r="AJ76" s="225"/>
+      <c r="G76" s="170"/>
+      <c r="H76" s="170"/>
+      <c r="I76" s="170"/>
+      <c r="J76" s="170"/>
+      <c r="K76" s="170"/>
+      <c r="L76" s="170"/>
+      <c r="M76" s="170"/>
+      <c r="N76" s="170"/>
+      <c r="O76" s="170"/>
+      <c r="P76" s="170"/>
+      <c r="Q76" s="170"/>
+      <c r="R76" s="170"/>
+      <c r="S76" s="170"/>
+      <c r="T76" s="170"/>
+      <c r="U76" s="170"/>
+      <c r="V76" s="170"/>
+      <c r="W76" s="170"/>
+      <c r="X76" s="170"/>
+      <c r="Y76" s="170"/>
+      <c r="Z76" s="170"/>
+      <c r="AA76" s="171"/>
+      <c r="AB76" s="170"/>
+      <c r="AC76" s="170"/>
+      <c r="AD76" s="170"/>
+      <c r="AE76" s="170"/>
+      <c r="AF76" s="170"/>
+      <c r="AG76" s="170"/>
+      <c r="AH76" s="170"/>
+      <c r="AI76" s="170"/>
+      <c r="AJ76" s="171"/>
     </row>
     <row r="77" spans="2:36" ht="409.5" customHeight="1">
-      <c r="B77" s="221"/>
-[...33 lines deleted...]
-      <c r="AJ77" s="228"/>
+      <c r="B77" s="115"/>
+      <c r="C77" s="116"/>
+      <c r="D77" s="116"/>
+      <c r="E77" s="116"/>
+      <c r="F77" s="172"/>
+      <c r="G77" s="173"/>
+      <c r="H77" s="173"/>
+      <c r="I77" s="173"/>
+      <c r="J77" s="173"/>
+      <c r="K77" s="173"/>
+      <c r="L77" s="173"/>
+      <c r="M77" s="173"/>
+      <c r="N77" s="173"/>
+      <c r="O77" s="173"/>
+      <c r="P77" s="173"/>
+      <c r="Q77" s="173"/>
+      <c r="R77" s="173"/>
+      <c r="S77" s="173"/>
+      <c r="T77" s="173"/>
+      <c r="U77" s="173"/>
+      <c r="V77" s="173"/>
+      <c r="W77" s="173"/>
+      <c r="X77" s="173"/>
+      <c r="Y77" s="173"/>
+      <c r="Z77" s="173"/>
+      <c r="AA77" s="174"/>
+      <c r="AB77" s="173"/>
+      <c r="AC77" s="173"/>
+      <c r="AD77" s="173"/>
+      <c r="AE77" s="173"/>
+      <c r="AF77" s="173"/>
+      <c r="AG77" s="173"/>
+      <c r="AH77" s="173"/>
+      <c r="AI77" s="173"/>
+      <c r="AJ77" s="174"/>
     </row>
     <row r="78" spans="2:36" ht="31.5" customHeight="1">
-      <c r="B78" s="259" t="s">
+      <c r="B78" s="147" t="s">
         <v>105</v>
       </c>
-      <c r="C78" s="217"/>
-[...2 lines deleted...]
-      <c r="F78" s="222" t="s">
+      <c r="C78" s="148"/>
+      <c r="D78" s="148"/>
+      <c r="E78" s="149"/>
+      <c r="F78" s="116" t="s">
         <v>21</v>
       </c>
-      <c r="G78" s="222"/>
-[...3 lines deleted...]
-      <c r="K78" s="205" t="s">
+      <c r="G78" s="116"/>
+      <c r="H78" s="125"/>
+      <c r="I78" s="125"/>
+      <c r="J78" s="125"/>
+      <c r="K78" s="126" t="s">
         <v>20</v>
       </c>
-      <c r="L78" s="243"/>
-      <c r="M78" s="217" t="s">
+      <c r="L78" s="127"/>
+      <c r="M78" s="148" t="s">
         <v>81</v>
       </c>
-      <c r="N78" s="217"/>
-[...21 lines deleted...]
-      <c r="AJ78" s="218"/>
+      <c r="N78" s="148"/>
+      <c r="O78" s="148"/>
+      <c r="P78" s="148"/>
+      <c r="Q78" s="148"/>
+      <c r="R78" s="148"/>
+      <c r="S78" s="148"/>
+      <c r="T78" s="148"/>
+      <c r="U78" s="148"/>
+      <c r="V78" s="148"/>
+      <c r="W78" s="148"/>
+      <c r="X78" s="148"/>
+      <c r="Y78" s="148"/>
+      <c r="Z78" s="148"/>
+      <c r="AA78" s="148"/>
+      <c r="AB78" s="148"/>
+      <c r="AC78" s="148"/>
+      <c r="AD78" s="148"/>
+      <c r="AE78" s="148"/>
+      <c r="AF78" s="148"/>
+      <c r="AG78" s="148"/>
+      <c r="AH78" s="148"/>
+      <c r="AI78" s="148"/>
+      <c r="AJ78" s="167"/>
     </row>
     <row r="79" spans="2:36" ht="200.1" customHeight="1">
-      <c r="B79" s="100"/>
-[...33 lines deleted...]
-      <c r="AJ79" s="246"/>
+      <c r="B79" s="150"/>
+      <c r="C79" s="137"/>
+      <c r="D79" s="137"/>
+      <c r="E79" s="151"/>
+      <c r="F79" s="116"/>
+      <c r="G79" s="116"/>
+      <c r="H79" s="125"/>
+      <c r="I79" s="125"/>
+      <c r="J79" s="125"/>
+      <c r="K79" s="126"/>
+      <c r="L79" s="127"/>
+      <c r="M79" s="128"/>
+      <c r="N79" s="129"/>
+      <c r="O79" s="129"/>
+      <c r="P79" s="129"/>
+      <c r="Q79" s="129"/>
+      <c r="R79" s="129"/>
+      <c r="S79" s="129"/>
+      <c r="T79" s="129"/>
+      <c r="U79" s="129"/>
+      <c r="V79" s="129"/>
+      <c r="W79" s="129"/>
+      <c r="X79" s="129"/>
+      <c r="Y79" s="129"/>
+      <c r="Z79" s="129"/>
+      <c r="AA79" s="129"/>
+      <c r="AB79" s="129"/>
+      <c r="AC79" s="129"/>
+      <c r="AD79" s="129"/>
+      <c r="AE79" s="129"/>
+      <c r="AF79" s="129"/>
+      <c r="AG79" s="129"/>
+      <c r="AH79" s="129"/>
+      <c r="AI79" s="129"/>
+      <c r="AJ79" s="130"/>
     </row>
     <row r="80" spans="2:36" ht="200.1" customHeight="1">
-      <c r="B80" s="100"/>
-[...33 lines deleted...]
-      <c r="AJ80" s="248"/>
+      <c r="B80" s="150"/>
+      <c r="C80" s="137"/>
+      <c r="D80" s="137"/>
+      <c r="E80" s="151"/>
+      <c r="F80" s="116"/>
+      <c r="G80" s="116"/>
+      <c r="H80" s="125"/>
+      <c r="I80" s="125"/>
+      <c r="J80" s="125"/>
+      <c r="K80" s="126"/>
+      <c r="L80" s="127"/>
+      <c r="M80" s="131"/>
+      <c r="N80" s="131"/>
+      <c r="O80" s="131"/>
+      <c r="P80" s="131"/>
+      <c r="Q80" s="131"/>
+      <c r="R80" s="131"/>
+      <c r="S80" s="131"/>
+      <c r="T80" s="131"/>
+      <c r="U80" s="131"/>
+      <c r="V80" s="131"/>
+      <c r="W80" s="131"/>
+      <c r="X80" s="131"/>
+      <c r="Y80" s="131"/>
+      <c r="Z80" s="131"/>
+      <c r="AA80" s="131"/>
+      <c r="AB80" s="131"/>
+      <c r="AC80" s="131"/>
+      <c r="AD80" s="131"/>
+      <c r="AE80" s="131"/>
+      <c r="AF80" s="131"/>
+      <c r="AG80" s="131"/>
+      <c r="AH80" s="131"/>
+      <c r="AI80" s="131"/>
+      <c r="AJ80" s="132"/>
     </row>
     <row r="81" spans="2:36" ht="31.5" hidden="1" customHeight="1">
-      <c r="B81" s="100"/>
-[...3 lines deleted...]
-      <c r="F81" s="220" t="s">
+      <c r="B81" s="150"/>
+      <c r="C81" s="137"/>
+      <c r="D81" s="137"/>
+      <c r="E81" s="151"/>
+      <c r="F81" s="133" t="s">
         <v>22</v>
       </c>
-      <c r="G81" s="220"/>
-[...3 lines deleted...]
-      <c r="K81" s="136" t="s">
+      <c r="G81" s="133"/>
+      <c r="H81" s="134"/>
+      <c r="I81" s="134"/>
+      <c r="J81" s="134"/>
+      <c r="K81" s="135" t="s">
         <v>20</v>
       </c>
-      <c r="L81" s="174"/>
-      <c r="M81" s="101" t="s">
+      <c r="L81" s="136"/>
+      <c r="M81" s="137" t="s">
         <v>81</v>
       </c>
-      <c r="N81" s="101"/>
-[...21 lines deleted...]
-      <c r="AJ81" s="250"/>
+      <c r="N81" s="137"/>
+      <c r="O81" s="137"/>
+      <c r="P81" s="137"/>
+      <c r="Q81" s="137"/>
+      <c r="R81" s="137"/>
+      <c r="S81" s="137"/>
+      <c r="T81" s="137"/>
+      <c r="U81" s="137"/>
+      <c r="V81" s="137"/>
+      <c r="W81" s="137"/>
+      <c r="X81" s="137"/>
+      <c r="Y81" s="137"/>
+      <c r="Z81" s="137"/>
+      <c r="AA81" s="137"/>
+      <c r="AB81" s="137"/>
+      <c r="AC81" s="137"/>
+      <c r="AD81" s="137"/>
+      <c r="AE81" s="137"/>
+      <c r="AF81" s="137"/>
+      <c r="AG81" s="137"/>
+      <c r="AH81" s="137"/>
+      <c r="AI81" s="137"/>
+      <c r="AJ81" s="138"/>
     </row>
     <row r="82" spans="2:36" ht="200.1" hidden="1" customHeight="1">
-      <c r="B82" s="100"/>
-[...33 lines deleted...]
-      <c r="AJ82" s="253"/>
+      <c r="B82" s="150"/>
+      <c r="C82" s="137"/>
+      <c r="D82" s="137"/>
+      <c r="E82" s="151"/>
+      <c r="F82" s="116"/>
+      <c r="G82" s="116"/>
+      <c r="H82" s="134"/>
+      <c r="I82" s="134"/>
+      <c r="J82" s="134"/>
+      <c r="K82" s="126"/>
+      <c r="L82" s="127"/>
+      <c r="M82" s="139"/>
+      <c r="N82" s="140"/>
+      <c r="O82" s="140"/>
+      <c r="P82" s="140"/>
+      <c r="Q82" s="140"/>
+      <c r="R82" s="140"/>
+      <c r="S82" s="140"/>
+      <c r="T82" s="140"/>
+      <c r="U82" s="140"/>
+      <c r="V82" s="140"/>
+      <c r="W82" s="140"/>
+      <c r="X82" s="140"/>
+      <c r="Y82" s="140"/>
+      <c r="Z82" s="140"/>
+      <c r="AA82" s="140"/>
+      <c r="AB82" s="140"/>
+      <c r="AC82" s="140"/>
+      <c r="AD82" s="140"/>
+      <c r="AE82" s="140"/>
+      <c r="AF82" s="140"/>
+      <c r="AG82" s="140"/>
+      <c r="AH82" s="140"/>
+      <c r="AI82" s="140"/>
+      <c r="AJ82" s="141"/>
     </row>
     <row r="83" spans="2:36" ht="200.1" hidden="1" customHeight="1">
-      <c r="B83" s="100"/>
-[...33 lines deleted...]
-      <c r="AJ83" s="256"/>
+      <c r="B83" s="150"/>
+      <c r="C83" s="137"/>
+      <c r="D83" s="137"/>
+      <c r="E83" s="151"/>
+      <c r="F83" s="116"/>
+      <c r="G83" s="116"/>
+      <c r="H83" s="134"/>
+      <c r="I83" s="134"/>
+      <c r="J83" s="134"/>
+      <c r="K83" s="126"/>
+      <c r="L83" s="127"/>
+      <c r="M83" s="142"/>
+      <c r="N83" s="143"/>
+      <c r="O83" s="143"/>
+      <c r="P83" s="143"/>
+      <c r="Q83" s="143"/>
+      <c r="R83" s="143"/>
+      <c r="S83" s="143"/>
+      <c r="T83" s="143"/>
+      <c r="U83" s="143"/>
+      <c r="V83" s="143"/>
+      <c r="W83" s="143"/>
+      <c r="X83" s="143"/>
+      <c r="Y83" s="143"/>
+      <c r="Z83" s="143"/>
+      <c r="AA83" s="143"/>
+      <c r="AB83" s="143"/>
+      <c r="AC83" s="143"/>
+      <c r="AD83" s="143"/>
+      <c r="AE83" s="143"/>
+      <c r="AF83" s="143"/>
+      <c r="AG83" s="143"/>
+      <c r="AH83" s="143"/>
+      <c r="AI83" s="143"/>
+      <c r="AJ83" s="144"/>
     </row>
     <row r="84" spans="2:36" ht="31.5" hidden="1" customHeight="1">
-      <c r="B84" s="261"/>
-[...3 lines deleted...]
-      <c r="F84" s="264" t="s">
+      <c r="B84" s="152"/>
+      <c r="C84" s="153"/>
+      <c r="D84" s="153"/>
+      <c r="E84" s="154"/>
+      <c r="F84" s="155" t="s">
         <v>43</v>
       </c>
-      <c r="G84" s="265"/>
-[...28 lines deleted...]
-      <c r="AJ84" s="269"/>
+      <c r="G84" s="156"/>
+      <c r="H84" s="156"/>
+      <c r="I84" s="156"/>
+      <c r="J84" s="156"/>
+      <c r="K84" s="156"/>
+      <c r="L84" s="156"/>
+      <c r="M84" s="156"/>
+      <c r="N84" s="156"/>
+      <c r="O84" s="156"/>
+      <c r="P84" s="156"/>
+      <c r="Q84" s="156"/>
+      <c r="R84" s="156"/>
+      <c r="S84" s="156"/>
+      <c r="T84" s="156"/>
+      <c r="U84" s="156"/>
+      <c r="V84" s="156"/>
+      <c r="W84" s="156"/>
+      <c r="X84" s="156"/>
+      <c r="Y84" s="156"/>
+      <c r="Z84" s="156"/>
+      <c r="AA84" s="156"/>
+      <c r="AB84" s="156"/>
+      <c r="AC84" s="156"/>
+      <c r="AD84" s="156"/>
+      <c r="AE84" s="157"/>
+      <c r="AF84" s="158"/>
+      <c r="AG84" s="159"/>
+      <c r="AH84" s="159"/>
+      <c r="AI84" s="159"/>
+      <c r="AJ84" s="160"/>
     </row>
     <row r="85" spans="2:36" ht="18.75" customHeight="1">
-      <c r="B85" s="234" t="s">
+      <c r="B85" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="C85" s="235"/>
-[...2 lines deleted...]
-      <c r="F85" s="257" t="s">
+      <c r="C85" s="118"/>
+      <c r="D85" s="118"/>
+      <c r="E85" s="119"/>
+      <c r="F85" s="145" t="s">
         <v>32</v>
       </c>
-      <c r="G85" s="257"/>
-[...28 lines deleted...]
-      <c r="AJ85" s="258"/>
+      <c r="G85" s="145"/>
+      <c r="H85" s="145"/>
+      <c r="I85" s="145"/>
+      <c r="J85" s="145"/>
+      <c r="K85" s="145"/>
+      <c r="L85" s="145"/>
+      <c r="M85" s="145"/>
+      <c r="N85" s="145"/>
+      <c r="O85" s="145"/>
+      <c r="P85" s="145"/>
+      <c r="Q85" s="145"/>
+      <c r="R85" s="145"/>
+      <c r="S85" s="145"/>
+      <c r="T85" s="145"/>
+      <c r="U85" s="145"/>
+      <c r="V85" s="145"/>
+      <c r="W85" s="145"/>
+      <c r="X85" s="145"/>
+      <c r="Y85" s="145"/>
+      <c r="Z85" s="145"/>
+      <c r="AA85" s="145"/>
+      <c r="AB85" s="145"/>
+      <c r="AC85" s="145"/>
+      <c r="AD85" s="145"/>
+      <c r="AE85" s="145"/>
+      <c r="AF85" s="145"/>
+      <c r="AG85" s="145"/>
+      <c r="AH85" s="145"/>
+      <c r="AI85" s="145"/>
+      <c r="AJ85" s="146"/>
     </row>
     <row r="86" spans="2:36" ht="409.5" customHeight="1" thickBot="1">
-      <c r="B86" s="237"/>
-[...33 lines deleted...]
-      <c r="AJ86" s="241"/>
+      <c r="B86" s="120"/>
+      <c r="C86" s="121"/>
+      <c r="D86" s="121"/>
+      <c r="E86" s="122"/>
+      <c r="F86" s="123"/>
+      <c r="G86" s="123"/>
+      <c r="H86" s="123"/>
+      <c r="I86" s="123"/>
+      <c r="J86" s="123"/>
+      <c r="K86" s="123"/>
+      <c r="L86" s="123"/>
+      <c r="M86" s="123"/>
+      <c r="N86" s="123"/>
+      <c r="O86" s="123"/>
+      <c r="P86" s="123"/>
+      <c r="Q86" s="123"/>
+      <c r="R86" s="123"/>
+      <c r="S86" s="123"/>
+      <c r="T86" s="123"/>
+      <c r="U86" s="123"/>
+      <c r="V86" s="123"/>
+      <c r="W86" s="123"/>
+      <c r="X86" s="123"/>
+      <c r="Y86" s="123"/>
+      <c r="Z86" s="123"/>
+      <c r="AA86" s="123"/>
+      <c r="AB86" s="123"/>
+      <c r="AC86" s="123"/>
+      <c r="AD86" s="123"/>
+      <c r="AE86" s="123"/>
+      <c r="AF86" s="123"/>
+      <c r="AG86" s="123"/>
+      <c r="AH86" s="123"/>
+      <c r="AI86" s="123"/>
+      <c r="AJ86" s="124"/>
     </row>
     <row r="87" spans="2:36" customFormat="1" ht="24" customHeight="1" thickBot="1">
       <c r="B87" s="96" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="88" spans="2:36" ht="43.5" customHeight="1">
-      <c r="B88" s="286" t="s">
+      <c r="B88" s="113" t="s">
         <v>97</v>
       </c>
-      <c r="C88" s="287"/>
-[...5 lines deleted...]
-      <c r="I88" s="287" t="s">
+      <c r="C88" s="114"/>
+      <c r="D88" s="114"/>
+      <c r="E88" s="114"/>
+      <c r="F88" s="114"/>
+      <c r="G88" s="114"/>
+      <c r="H88" s="114"/>
+      <c r="I88" s="114" t="s">
         <v>101</v>
       </c>
-      <c r="J88" s="287"/>
-[...5 lines deleted...]
-      <c r="P88" s="272" t="s">
+      <c r="J88" s="114"/>
+      <c r="K88" s="114"/>
+      <c r="L88" s="114"/>
+      <c r="M88" s="114"/>
+      <c r="N88" s="114"/>
+      <c r="O88" s="114"/>
+      <c r="P88" s="99" t="s">
         <v>102</v>
       </c>
-      <c r="Q88" s="272"/>
-[...18 lines deleted...]
-      <c r="AJ88" s="273"/>
+      <c r="Q88" s="99"/>
+      <c r="R88" s="99"/>
+      <c r="S88" s="99"/>
+      <c r="T88" s="99"/>
+      <c r="U88" s="99"/>
+      <c r="V88" s="99"/>
+      <c r="W88" s="99"/>
+      <c r="X88" s="99"/>
+      <c r="Y88" s="99"/>
+      <c r="Z88" s="99"/>
+      <c r="AA88" s="99"/>
+      <c r="AB88" s="99"/>
+      <c r="AC88" s="99"/>
+      <c r="AD88" s="99"/>
+      <c r="AE88" s="99"/>
+      <c r="AF88" s="99"/>
+      <c r="AG88" s="99"/>
+      <c r="AH88" s="99"/>
+      <c r="AI88" s="99"/>
+      <c r="AJ88" s="100"/>
     </row>
     <row r="89" spans="2:36" ht="43.5" customHeight="1">
-      <c r="B89" s="221" t="s">
+      <c r="B89" s="115" t="s">
         <v>98</v>
       </c>
-      <c r="C89" s="222"/>
-[...32 lines deleted...]
-      <c r="AJ89" s="282"/>
+      <c r="C89" s="116"/>
+      <c r="D89" s="116"/>
+      <c r="E89" s="116"/>
+      <c r="F89" s="116"/>
+      <c r="G89" s="116"/>
+      <c r="H89" s="116"/>
+      <c r="I89" s="101"/>
+      <c r="J89" s="102"/>
+      <c r="K89" s="102"/>
+      <c r="L89" s="102"/>
+      <c r="M89" s="102"/>
+      <c r="N89" s="102"/>
+      <c r="O89" s="103"/>
+      <c r="P89" s="107"/>
+      <c r="Q89" s="108"/>
+      <c r="R89" s="108"/>
+      <c r="S89" s="108"/>
+      <c r="T89" s="108"/>
+      <c r="U89" s="108"/>
+      <c r="V89" s="108"/>
+      <c r="W89" s="108"/>
+      <c r="X89" s="108"/>
+      <c r="Y89" s="108"/>
+      <c r="Z89" s="108"/>
+      <c r="AA89" s="108"/>
+      <c r="AB89" s="108"/>
+      <c r="AC89" s="108"/>
+      <c r="AD89" s="108"/>
+      <c r="AE89" s="108"/>
+      <c r="AF89" s="108"/>
+      <c r="AG89" s="108"/>
+      <c r="AH89" s="108"/>
+      <c r="AI89" s="108"/>
+      <c r="AJ89" s="109"/>
     </row>
     <row r="90" spans="2:36" ht="43.5" customHeight="1">
-      <c r="B90" s="221" t="s">
+      <c r="B90" s="115" t="s">
         <v>99</v>
       </c>
-      <c r="C90" s="222"/>
-[...32 lines deleted...]
-      <c r="AJ90" s="282"/>
+      <c r="C90" s="116"/>
+      <c r="D90" s="116"/>
+      <c r="E90" s="116"/>
+      <c r="F90" s="116"/>
+      <c r="G90" s="116"/>
+      <c r="H90" s="116"/>
+      <c r="I90" s="101"/>
+      <c r="J90" s="102"/>
+      <c r="K90" s="102"/>
+      <c r="L90" s="102"/>
+      <c r="M90" s="102"/>
+      <c r="N90" s="102"/>
+      <c r="O90" s="103"/>
+      <c r="P90" s="107"/>
+      <c r="Q90" s="108"/>
+      <c r="R90" s="108"/>
+      <c r="S90" s="108"/>
+      <c r="T90" s="108"/>
+      <c r="U90" s="108"/>
+      <c r="V90" s="108"/>
+      <c r="W90" s="108"/>
+      <c r="X90" s="108"/>
+      <c r="Y90" s="108"/>
+      <c r="Z90" s="108"/>
+      <c r="AA90" s="108"/>
+      <c r="AB90" s="108"/>
+      <c r="AC90" s="108"/>
+      <c r="AD90" s="108"/>
+      <c r="AE90" s="108"/>
+      <c r="AF90" s="108"/>
+      <c r="AG90" s="108"/>
+      <c r="AH90" s="108"/>
+      <c r="AI90" s="108"/>
+      <c r="AJ90" s="109"/>
     </row>
     <row r="91" spans="2:36" ht="43.5" customHeight="1">
-      <c r="B91" s="221" t="s">
+      <c r="B91" s="115" t="s">
         <v>100</v>
       </c>
-      <c r="C91" s="222"/>
-[...32 lines deleted...]
-      <c r="AJ91" s="282"/>
+      <c r="C91" s="116"/>
+      <c r="D91" s="116"/>
+      <c r="E91" s="116"/>
+      <c r="F91" s="116"/>
+      <c r="G91" s="116"/>
+      <c r="H91" s="116"/>
+      <c r="I91" s="101"/>
+      <c r="J91" s="102"/>
+      <c r="K91" s="102"/>
+      <c r="L91" s="102"/>
+      <c r="M91" s="102"/>
+      <c r="N91" s="102"/>
+      <c r="O91" s="103"/>
+      <c r="P91" s="107"/>
+      <c r="Q91" s="108"/>
+      <c r="R91" s="108"/>
+      <c r="S91" s="108"/>
+      <c r="T91" s="108"/>
+      <c r="U91" s="108"/>
+      <c r="V91" s="108"/>
+      <c r="W91" s="108"/>
+      <c r="X91" s="108"/>
+      <c r="Y91" s="108"/>
+      <c r="Z91" s="108"/>
+      <c r="AA91" s="108"/>
+      <c r="AB91" s="108"/>
+      <c r="AC91" s="108"/>
+      <c r="AD91" s="108"/>
+      <c r="AE91" s="108"/>
+      <c r="AF91" s="108"/>
+      <c r="AG91" s="108"/>
+      <c r="AH91" s="108"/>
+      <c r="AI91" s="108"/>
+      <c r="AJ91" s="109"/>
     </row>
     <row r="92" spans="2:36" ht="43.5" customHeight="1" thickBot="1">
-      <c r="B92" s="270" t="s">
+      <c r="B92" s="97" t="s">
         <v>110</v>
       </c>
-      <c r="C92" s="271"/>
-[...32 lines deleted...]
-      <c r="AJ92" s="285"/>
+      <c r="C92" s="98"/>
+      <c r="D92" s="98"/>
+      <c r="E92" s="98"/>
+      <c r="F92" s="98"/>
+      <c r="G92" s="98"/>
+      <c r="H92" s="98"/>
+      <c r="I92" s="104"/>
+      <c r="J92" s="105"/>
+      <c r="K92" s="105"/>
+      <c r="L92" s="105"/>
+      <c r="M92" s="105"/>
+      <c r="N92" s="105"/>
+      <c r="O92" s="106"/>
+      <c r="P92" s="110"/>
+      <c r="Q92" s="111"/>
+      <c r="R92" s="111"/>
+      <c r="S92" s="111"/>
+      <c r="T92" s="111"/>
+      <c r="U92" s="111"/>
+      <c r="V92" s="111"/>
+      <c r="W92" s="111"/>
+      <c r="X92" s="111"/>
+      <c r="Y92" s="111"/>
+      <c r="Z92" s="111"/>
+      <c r="AA92" s="111"/>
+      <c r="AB92" s="111"/>
+      <c r="AC92" s="111"/>
+      <c r="AD92" s="111"/>
+      <c r="AE92" s="111"/>
+      <c r="AF92" s="111"/>
+      <c r="AG92" s="111"/>
+      <c r="AH92" s="111"/>
+      <c r="AI92" s="111"/>
+      <c r="AJ92" s="112"/>
     </row>
     <row r="93" spans="2:36" ht="16.5" customHeight="1">
-      <c r="B93" s="124" t="s">
+      <c r="B93" s="236" t="s">
         <v>44</v>
       </c>
-      <c r="C93" s="124"/>
-[...32 lines deleted...]
-      <c r="AJ93" s="124"/>
+      <c r="C93" s="236"/>
+      <c r="D93" s="236"/>
+      <c r="E93" s="236"/>
+      <c r="F93" s="236"/>
+      <c r="G93" s="236"/>
+      <c r="H93" s="236"/>
+      <c r="I93" s="236"/>
+      <c r="J93" s="236"/>
+      <c r="K93" s="236"/>
+      <c r="L93" s="236"/>
+      <c r="M93" s="236"/>
+      <c r="N93" s="236"/>
+      <c r="O93" s="236"/>
+      <c r="P93" s="236"/>
+      <c r="Q93" s="236"/>
+      <c r="R93" s="236"/>
+      <c r="S93" s="236"/>
+      <c r="T93" s="236"/>
+      <c r="U93" s="236"/>
+      <c r="V93" s="236"/>
+      <c r="W93" s="236"/>
+      <c r="X93" s="236"/>
+      <c r="Y93" s="236"/>
+      <c r="Z93" s="236"/>
+      <c r="AA93" s="236"/>
+      <c r="AB93" s="236"/>
+      <c r="AC93" s="236"/>
+      <c r="AD93" s="236"/>
+      <c r="AE93" s="236"/>
+      <c r="AF93" s="236"/>
+      <c r="AG93" s="236"/>
+      <c r="AH93" s="236"/>
+      <c r="AI93" s="236"/>
+      <c r="AJ93" s="236"/>
     </row>
     <row r="94" spans="2:36" ht="20.100000000000001" customHeight="1"/>
     <row r="95" spans="2:36" ht="20.100000000000001" customHeight="1"/>
     <row r="96" spans="2:36" ht="20.100000000000001" customHeight="1"/>
     <row r="97" ht="20.100000000000001" customHeight="1"/>
     <row r="98" ht="20.100000000000001" customHeight="1"/>
     <row r="99" ht="20.100000000000001" customHeight="1"/>
     <row r="100" ht="20.100000000000001" customHeight="1"/>
     <row r="101" ht="20.100000000000001" customHeight="1"/>
     <row r="102" ht="20.100000000000001" customHeight="1"/>
     <row r="103" ht="20.100000000000001" customHeight="1"/>
     <row r="104" ht="20.100000000000001" customHeight="1"/>
     <row r="105" ht="20.100000000000001" customHeight="1"/>
     <row r="106" ht="20.100000000000001" customHeight="1"/>
     <row r="107" ht="20.100000000000001" customHeight="1"/>
     <row r="108" ht="20.100000000000001" customHeight="1"/>
     <row r="109" ht="20.100000000000001" customHeight="1"/>
     <row r="110" ht="20.100000000000001" customHeight="1"/>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="180">
-    <mergeCell ref="B92:H92"/>
-[...28 lines deleted...]
-    <mergeCell ref="AF84:AJ84"/>
+    <mergeCell ref="B67:G72"/>
+    <mergeCell ref="H67:M67"/>
+    <mergeCell ref="N67:AJ67"/>
+    <mergeCell ref="H68:I68"/>
+    <mergeCell ref="N68:AJ68"/>
+    <mergeCell ref="H69:I69"/>
+    <mergeCell ref="N69:AJ69"/>
+    <mergeCell ref="H70:I70"/>
+    <mergeCell ref="N70:AJ70"/>
+    <mergeCell ref="H71:I71"/>
+    <mergeCell ref="N71:AJ71"/>
+    <mergeCell ref="H72:I72"/>
+    <mergeCell ref="N72:AJ72"/>
+    <mergeCell ref="B60:G65"/>
+    <mergeCell ref="H60:M60"/>
+    <mergeCell ref="N60:AJ60"/>
+    <mergeCell ref="H61:I61"/>
+    <mergeCell ref="N61:AJ61"/>
+    <mergeCell ref="H62:I62"/>
+    <mergeCell ref="N62:AJ62"/>
+    <mergeCell ref="H63:I63"/>
+    <mergeCell ref="N63:AJ63"/>
+    <mergeCell ref="H64:I64"/>
+    <mergeCell ref="N64:AJ64"/>
+    <mergeCell ref="H65:I65"/>
+    <mergeCell ref="N65:AJ65"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="N57:AJ57"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="N58:AJ58"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="H55:I55"/>
+    <mergeCell ref="N55:AJ55"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="N56:AJ56"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="H53:I53"/>
+    <mergeCell ref="N53:AJ53"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="H54:I54"/>
+    <mergeCell ref="N54:AJ54"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="H51:I51"/>
+    <mergeCell ref="N51:AJ51"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="H52:I52"/>
+    <mergeCell ref="N52:AJ52"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="H49:I49"/>
+    <mergeCell ref="N49:AJ49"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="H50:I50"/>
+    <mergeCell ref="N50:AJ50"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="H47:I47"/>
+    <mergeCell ref="N47:AJ47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="H48:I48"/>
+    <mergeCell ref="N48:AJ48"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="N44:AJ44"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="N41:AJ41"/>
+    <mergeCell ref="N40:AJ40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="B93:AJ93"/>
+    <mergeCell ref="I31:K31"/>
+    <mergeCell ref="M31:P31"/>
+    <mergeCell ref="B23:F23"/>
+    <mergeCell ref="B27:F29"/>
+    <mergeCell ref="B24:F26"/>
+    <mergeCell ref="I25:AJ25"/>
+    <mergeCell ref="G26:AJ26"/>
+    <mergeCell ref="I24:K24"/>
+    <mergeCell ref="M24:P24"/>
+    <mergeCell ref="G27:J27"/>
+    <mergeCell ref="G28:J28"/>
+    <mergeCell ref="G29:J29"/>
+    <mergeCell ref="K28:O28"/>
+    <mergeCell ref="K29:U29"/>
+    <mergeCell ref="W29:AJ29"/>
+    <mergeCell ref="Q28:Z28"/>
+    <mergeCell ref="K27:O27"/>
+    <mergeCell ref="Q27:Z27"/>
+    <mergeCell ref="AB27:AJ27"/>
+    <mergeCell ref="B45:C45"/>
+    <mergeCell ref="H45:I45"/>
+    <mergeCell ref="N45:AJ45"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="AG12:AJ12"/>
+    <mergeCell ref="AH14:AJ14"/>
+    <mergeCell ref="AA14:AG14"/>
+    <mergeCell ref="B21:F21"/>
+    <mergeCell ref="B22:F22"/>
+    <mergeCell ref="B20:C20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="AD19:AI22"/>
+    <mergeCell ref="AB28:AJ28"/>
+    <mergeCell ref="B16:AJ16"/>
+    <mergeCell ref="G21:AA21"/>
+    <mergeCell ref="G22:AA22"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="L23:M23"/>
+    <mergeCell ref="O23:P23"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="X23:Y23"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="H35:I35"/>
+    <mergeCell ref="B30:C32"/>
+    <mergeCell ref="D30:F30"/>
+    <mergeCell ref="G30:AJ30"/>
+    <mergeCell ref="G32:AJ32"/>
+    <mergeCell ref="D31:F32"/>
+    <mergeCell ref="N35:AJ35"/>
+    <mergeCell ref="B34:G34"/>
+    <mergeCell ref="H34:M34"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="N34:AJ34"/>
     <mergeCell ref="B74:E74"/>
     <mergeCell ref="M78:AJ78"/>
     <mergeCell ref="B75:E75"/>
     <mergeCell ref="B76:E77"/>
     <mergeCell ref="F76:AJ76"/>
     <mergeCell ref="F77:AJ77"/>
     <mergeCell ref="F74:AJ74"/>
     <mergeCell ref="F75:AJ75"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="H36:I36"/>
     <mergeCell ref="B37:C37"/>
     <mergeCell ref="H37:I37"/>
     <mergeCell ref="N36:AJ36"/>
     <mergeCell ref="H38:I38"/>
     <mergeCell ref="N39:AJ39"/>
     <mergeCell ref="N38:AJ38"/>
     <mergeCell ref="N37:AJ37"/>
     <mergeCell ref="H46:I46"/>
     <mergeCell ref="N46:AJ46"/>
     <mergeCell ref="B43:G43"/>
     <mergeCell ref="H43:M43"/>
     <mergeCell ref="N43:AJ43"/>
-    <mergeCell ref="B35:C35"/>
-[...124 lines deleted...]
-    <mergeCell ref="N72:AJ72"/>
+    <mergeCell ref="B85:E86"/>
+    <mergeCell ref="F86:AJ86"/>
+    <mergeCell ref="F78:G80"/>
+    <mergeCell ref="H78:J80"/>
+    <mergeCell ref="K78:L80"/>
+    <mergeCell ref="M79:AJ80"/>
+    <mergeCell ref="F81:G83"/>
+    <mergeCell ref="H81:J83"/>
+    <mergeCell ref="K81:L83"/>
+    <mergeCell ref="M81:AJ81"/>
+    <mergeCell ref="M82:AJ83"/>
+    <mergeCell ref="F85:AJ85"/>
+    <mergeCell ref="B78:E84"/>
+    <mergeCell ref="F84:AE84"/>
+    <mergeCell ref="AF84:AJ84"/>
+    <mergeCell ref="B92:H92"/>
+    <mergeCell ref="P88:AJ88"/>
+    <mergeCell ref="I89:O89"/>
+    <mergeCell ref="I90:O90"/>
+    <mergeCell ref="I91:O91"/>
+    <mergeCell ref="I92:O92"/>
+    <mergeCell ref="P89:AJ89"/>
+    <mergeCell ref="P90:AJ90"/>
+    <mergeCell ref="P91:AJ91"/>
+    <mergeCell ref="P92:AJ92"/>
+    <mergeCell ref="B88:H88"/>
+    <mergeCell ref="I88:O88"/>
+    <mergeCell ref="B89:H89"/>
+    <mergeCell ref="B90:H90"/>
+    <mergeCell ref="B91:H91"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="D35:D41">
     <cfRule type="expression" dxfId="123" priority="18">
       <formula>D35&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D20:AJ34">
     <cfRule type="expression" dxfId="122" priority="9">
       <formula>D20&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D42:AJ72">
     <cfRule type="expression" dxfId="121" priority="11">
       <formula>D42&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D73:AJ83 D35:I35 E36:I36 D37:I41 D84:AF84 D85:AJ86 D93:AJ93">
     <cfRule type="expression" dxfId="120" priority="21">
       <formula>D35&lt;&gt;""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I89:I92">
     <cfRule type="expression" dxfId="119" priority="6">
       <formula>I89&lt;&gt;""</formula>
@@ -9227,105 +9227,105 @@
             <xm:f>プルダウン!$C$1</xm:f>
           </x14:formula1>
           <xm:sqref>H78:J80</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" imeMode="halfAlpha" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4AA960C7-416A-4821-ACC2-48833F4C4DE4}">
           <x14:formula1>
             <xm:f>プルダウン!$B$1:$B$3</xm:f>
           </x14:formula1>
           <xm:sqref>B35:C41 H35:I41 B44:C58 H44:I58 H61:I65 H68:I72</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AJ52"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="100" zoomScaleSheetLayoutView="85" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:X1"/>
+      <selection activeCell="T11" sqref="T11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelRow="1" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="1" width="3.125" style="17" customWidth="1"/>
     <col min="2" max="2" width="4.625" style="17" customWidth="1"/>
     <col min="3" max="9" width="3.125" style="17" customWidth="1"/>
     <col min="10" max="10" width="4.625" style="17" customWidth="1"/>
     <col min="11" max="15" width="3.125" style="17" customWidth="1"/>
     <col min="16" max="17" width="10.875" style="17" customWidth="1" outlineLevel="1"/>
     <col min="18" max="18" width="2.5" style="17" bestFit="1" customWidth="1" outlineLevel="1"/>
     <col min="19" max="19" width="10.875" style="17" bestFit="1" customWidth="1" outlineLevel="1"/>
     <col min="20" max="20" width="15.75" style="55" customWidth="1"/>
     <col min="21" max="21" width="19.125" style="17" customWidth="1"/>
     <col min="22" max="24" width="25.625" style="17" customWidth="1"/>
     <col min="25" max="25" width="20.375" style="17" customWidth="1"/>
     <col min="26" max="26" width="15.625" style="17" customWidth="1"/>
     <col min="27" max="27" width="14.375" style="17" customWidth="1"/>
     <col min="28" max="28" width="1.125" style="17" customWidth="1"/>
     <col min="29" max="30" width="28.25" style="17" hidden="1" customWidth="1"/>
     <col min="31" max="32" width="21.625" style="17" hidden="1" customWidth="1"/>
     <col min="33" max="33" width="15.875" style="17" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="20" style="17" hidden="1" customWidth="1"/>
     <col min="35" max="36" width="11.375" style="17" hidden="1" customWidth="1"/>
     <col min="37" max="37" width="0" style="17" hidden="1" customWidth="1"/>
     <col min="38" max="16384" width="9" style="17"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:36" ht="66" customHeight="1">
-      <c r="B1" s="296" t="s">
-[...23 lines deleted...]
-      <c r="X1" s="297"/>
+      <c r="B1" s="291" t="s">
+        <v>115</v>
+      </c>
+      <c r="C1" s="292"/>
+      <c r="D1" s="292"/>
+      <c r="E1" s="292"/>
+      <c r="F1" s="292"/>
+      <c r="G1" s="292"/>
+      <c r="H1" s="292"/>
+      <c r="I1" s="292"/>
+      <c r="J1" s="292"/>
+      <c r="K1" s="292"/>
+      <c r="L1" s="292"/>
+      <c r="M1" s="292"/>
+      <c r="N1" s="292"/>
+      <c r="O1" s="292"/>
+      <c r="P1" s="292"/>
+      <c r="Q1" s="292"/>
+      <c r="R1" s="292"/>
+      <c r="S1" s="292"/>
+      <c r="T1" s="292"/>
+      <c r="U1" s="292"/>
+      <c r="V1" s="292"/>
+      <c r="W1" s="292"/>
+      <c r="X1" s="292"/>
       <c r="Y1" s="43"/>
       <c r="Z1" s="43"/>
       <c r="AA1" s="43"/>
       <c r="AB1" s="44"/>
     </row>
     <row r="2" spans="1:36" s="18" customFormat="1" ht="9.9499999999999993" customHeight="1">
       <c r="T2" s="45"/>
       <c r="Y2" s="46"/>
       <c r="Z2" s="46"/>
       <c r="AD2" s="47" t="s">
         <v>47</v>
       </c>
       <c r="AE2" s="47" t="s">
         <v>48</v>
       </c>
       <c r="AF2" s="47" t="s">
         <v>49</v>
       </c>
       <c r="AG2" s="48"/>
       <c r="AI2" s="49" t="s">
         <v>65</v>
       </c>
       <c r="AJ2" s="50"/>
     </row>
     <row r="3" spans="1:36" s="18" customFormat="1" ht="9.9499999999999993" customHeight="1">
@@ -9394,52 +9394,52 @@
       <c r="AI4" s="49" t="s">
         <v>108</v>
       </c>
       <c r="AJ4" s="50" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="5" spans="1:36" s="18" customFormat="1" ht="20.25" customHeight="1" thickBot="1">
       <c r="B5" s="12"/>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
       <c r="M5" s="12"/>
       <c r="N5" s="12"/>
       <c r="O5" s="12"/>
       <c r="T5" s="45"/>
       <c r="W5" s="51"/>
       <c r="X5" s="51"/>
       <c r="Y5" s="60" t="s">
         <v>79</v>
       </c>
-      <c r="Z5" s="298"/>
-      <c r="AA5" s="299"/>
+      <c r="Z5" s="293"/>
+      <c r="AA5" s="294"/>
       <c r="AB5" s="61"/>
       <c r="AC5" s="46"/>
       <c r="AD5" s="46"/>
       <c r="AE5" s="17"/>
       <c r="AF5" s="56" t="s">
         <v>55</v>
       </c>
       <c r="AG5" s="62">
         <v>0.5</v>
       </c>
       <c r="AH5" s="17" t="s">
         <v>92</v>
       </c>
       <c r="AI5" s="49"/>
       <c r="AJ5" s="50"/>
     </row>
     <row r="6" spans="1:36" s="18" customFormat="1" ht="15.95" customHeight="1" thickBot="1">
       <c r="B6" s="12"/>
       <c r="C6" s="12"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
@@ -9450,278 +9450,278 @@
       <c r="AA6" s="46"/>
       <c r="AB6" s="46"/>
       <c r="AD6" s="63"/>
       <c r="AE6" s="17"/>
       <c r="AF6" s="17"/>
       <c r="AG6" s="17"/>
       <c r="AH6" s="17" t="s">
         <v>91</v>
       </c>
       <c r="AI6" s="49"/>
       <c r="AJ6" s="50"/>
     </row>
     <row r="7" spans="1:36" s="18" customFormat="1" ht="18.75" customHeight="1">
       <c r="B7" s="12"/>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
       <c r="M7" s="12"/>
       <c r="N7" s="12"/>
       <c r="O7" s="12"/>
       <c r="T7" s="45"/>
-      <c r="W7" s="300" t="s">
+      <c r="W7" s="295" t="s">
         <v>63</v>
       </c>
-      <c r="X7" s="301"/>
-      <c r="Y7" s="302" t="str">
+      <c r="X7" s="296"/>
+      <c r="Y7" s="297" t="str">
         <f>IF('身上申立書（様式１）'!G21=0,"",'身上申立書（様式１）'!G21)</f>
         <v/>
       </c>
-      <c r="Z7" s="303"/>
-      <c r="AA7" s="304"/>
+      <c r="Z7" s="298"/>
+      <c r="AA7" s="299"/>
       <c r="AB7" s="48"/>
       <c r="AC7" s="46"/>
       <c r="AD7" s="63"/>
       <c r="AE7" s="63"/>
       <c r="AF7" s="46"/>
       <c r="AG7" s="46"/>
       <c r="AH7" s="59" t="s">
         <v>71</v>
       </c>
       <c r="AI7" s="49"/>
       <c r="AJ7" s="50"/>
     </row>
     <row r="8" spans="1:36" s="18" customFormat="1" ht="15.95" customHeight="1">
       <c r="B8" s="12"/>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
       <c r="M8" s="12"/>
       <c r="N8" s="12"/>
       <c r="O8" s="12"/>
       <c r="T8" s="45"/>
-      <c r="W8" s="305" t="s">
+      <c r="W8" s="300" t="s">
         <v>56</v>
       </c>
-      <c r="X8" s="306"/>
-      <c r="Y8" s="309" t="str">
+      <c r="X8" s="301"/>
+      <c r="Y8" s="304" t="str">
         <f>IF('身上申立書（様式１）'!G22=0,"",'身上申立書（様式１）'!G22)</f>
         <v/>
       </c>
-      <c r="Z8" s="310"/>
-      <c r="AA8" s="311"/>
+      <c r="Z8" s="305"/>
+      <c r="AA8" s="306"/>
       <c r="AB8" s="64"/>
       <c r="AD8" s="63"/>
       <c r="AE8" s="63"/>
       <c r="AF8" s="46"/>
       <c r="AG8" s="46"/>
       <c r="AH8" s="59" t="s">
         <v>76</v>
       </c>
       <c r="AI8" s="49"/>
       <c r="AJ8" s="50"/>
     </row>
     <row r="9" spans="1:36" s="18" customFormat="1" ht="15.95" customHeight="1" thickBot="1">
       <c r="B9" s="12"/>
       <c r="C9" s="12"/>
       <c r="D9" s="12"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="12"/>
       <c r="T9" s="45"/>
-      <c r="W9" s="307"/>
-[...3 lines deleted...]
-      <c r="AA9" s="314"/>
+      <c r="W9" s="302"/>
+      <c r="X9" s="303"/>
+      <c r="Y9" s="307"/>
+      <c r="Z9" s="308"/>
+      <c r="AA9" s="309"/>
       <c r="AB9" s="64"/>
       <c r="AE9" s="17"/>
       <c r="AH9" s="59" t="s">
         <v>78</v>
       </c>
       <c r="AI9" s="49"/>
       <c r="AJ9" s="50"/>
     </row>
     <row r="10" spans="1:36" s="18" customFormat="1" ht="6.75" customHeight="1">
       <c r="B10" s="12"/>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="12"/>
       <c r="O10" s="12"/>
       <c r="T10" s="45"/>
-      <c r="W10" s="318"/>
-[...3 lines deleted...]
-      <c r="AA10" s="318"/>
+      <c r="W10" s="313"/>
+      <c r="X10" s="313"/>
+      <c r="Y10" s="313"/>
+      <c r="Z10" s="313"/>
+      <c r="AA10" s="313"/>
       <c r="AB10" s="64"/>
       <c r="AD10" s="17"/>
       <c r="AE10" s="17"/>
       <c r="AH10" s="59" t="s">
         <v>77</v>
       </c>
       <c r="AI10" s="49"/>
       <c r="AJ10" s="50"/>
     </row>
     <row r="11" spans="1:36" s="18" customFormat="1" ht="80.25" customHeight="1" thickBot="1">
       <c r="A11" s="17" t="s">
         <v>104</v>
       </c>
       <c r="B11" s="12"/>
       <c r="C11" s="12"/>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
       <c r="M11" s="12"/>
       <c r="N11" s="12"/>
       <c r="O11" s="12"/>
       <c r="T11" s="45"/>
       <c r="U11" s="65"/>
-      <c r="W11" s="318"/>
-[...3 lines deleted...]
-      <c r="AA11" s="318"/>
+      <c r="W11" s="313"/>
+      <c r="X11" s="313"/>
+      <c r="Y11" s="313"/>
+      <c r="Z11" s="313"/>
+      <c r="AA11" s="313"/>
       <c r="AB11" s="64"/>
       <c r="AD11" s="17"/>
       <c r="AE11" s="17"/>
       <c r="AH11" s="59" t="s">
         <v>95</v>
       </c>
       <c r="AI11" s="49"/>
       <c r="AJ11" s="50"/>
     </row>
     <row r="12" spans="1:36" s="18" customFormat="1" ht="42.75" customHeight="1" thickBot="1">
-      <c r="A12" s="293" t="s">
+      <c r="A12" s="319" t="s">
         <v>82</v>
       </c>
-      <c r="B12" s="294"/>
-[...12 lines deleted...]
-      <c r="O12" s="295"/>
+      <c r="B12" s="320"/>
+      <c r="C12" s="320"/>
+      <c r="D12" s="320"/>
+      <c r="E12" s="320"/>
+      <c r="F12" s="320"/>
+      <c r="G12" s="320"/>
+      <c r="H12" s="320"/>
+      <c r="I12" s="320"/>
+      <c r="J12" s="320"/>
+      <c r="K12" s="320"/>
+      <c r="L12" s="320"/>
+      <c r="M12" s="320"/>
+      <c r="N12" s="320"/>
+      <c r="O12" s="321"/>
       <c r="P12" s="88" t="str">
         <f>IFERROR(IF(SUM(P14:P38)=0,"",(SUM(P14:P38))),"")</f>
         <v/>
       </c>
       <c r="Q12" s="89" t="str">
         <f>IF(P12="","",ROUNDDOWN(P12/12,0))</f>
         <v/>
       </c>
       <c r="R12" s="90" t="s">
         <v>75</v>
       </c>
       <c r="S12" s="91" t="str">
         <f>IF(P12="","",P12-(Q12*12))</f>
         <v/>
       </c>
       <c r="T12" s="66"/>
       <c r="U12" s="65"/>
       <c r="V12" s="67" t="str">
         <f>IF(AND(COUNTA($Z$14:$Z$28)=0,SUMIFS($P$14:$P$28,$Z$14:$Z$28,"システム関係等")=0),"",IF(SUMIFS($P$14:$P$28,$Z$14:$Z$28,"システム関係等")&lt;1,"システム関係等の経験を有しないため応募要件を満たしません",""))</f>
         <v/>
       </c>
       <c r="Y12" s="66"/>
       <c r="AA12" s="46"/>
       <c r="AB12" s="46"/>
       <c r="AC12" s="17"/>
       <c r="AD12" s="17"/>
       <c r="AH12" s="59" t="s">
         <v>96</v>
       </c>
       <c r="AI12" s="49"/>
       <c r="AJ12" s="50"/>
     </row>
     <row r="13" spans="1:36" ht="48.75" customHeight="1" thickBot="1">
-      <c r="A13" s="315" t="s">
+      <c r="A13" s="310" t="s">
         <v>57</v>
       </c>
-      <c r="B13" s="316"/>
-[...12 lines deleted...]
-      <c r="O13" s="317"/>
+      <c r="B13" s="311"/>
+      <c r="C13" s="311"/>
+      <c r="D13" s="311"/>
+      <c r="E13" s="311"/>
+      <c r="F13" s="311"/>
+      <c r="G13" s="311"/>
+      <c r="H13" s="311"/>
+      <c r="I13" s="311"/>
+      <c r="J13" s="311"/>
+      <c r="K13" s="311"/>
+      <c r="L13" s="311"/>
+      <c r="M13" s="311"/>
+      <c r="N13" s="311"/>
+      <c r="O13" s="312"/>
       <c r="P13" s="68" t="s">
         <v>58</v>
       </c>
-      <c r="Q13" s="316" t="s">
+      <c r="Q13" s="311" t="s">
         <v>59</v>
       </c>
-      <c r="R13" s="316"/>
-      <c r="S13" s="317"/>
+      <c r="R13" s="311"/>
+      <c r="S13" s="312"/>
       <c r="T13" s="69" t="s">
         <v>60</v>
       </c>
       <c r="U13" s="70" t="s">
         <v>61</v>
       </c>
-      <c r="V13" s="319" t="s">
+      <c r="V13" s="314" t="s">
         <v>74</v>
       </c>
-      <c r="W13" s="320"/>
-[...1 lines deleted...]
-      <c r="Y13" s="321"/>
+      <c r="W13" s="315"/>
+      <c r="X13" s="315"/>
+      <c r="Y13" s="316"/>
       <c r="Z13" s="71" t="s">
         <v>106</v>
       </c>
       <c r="AA13" s="72" t="s">
         <v>73</v>
       </c>
       <c r="AB13" s="73"/>
       <c r="AC13" s="51"/>
       <c r="AD13" s="51"/>
       <c r="AE13" s="63"/>
       <c r="AH13" s="17" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:36" ht="199.5" customHeight="1" thickBot="1">
       <c r="A14" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B14" s="1"/>
       <c r="C14" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="75" t="s">
         <v>69</v>
@@ -9749,54 +9749,54 @@
       </c>
       <c r="N14" s="11" t="str">
         <f t="shared" ref="N14" si="1">IFERROR(DAY(EOMONTH(J14&amp;"/"&amp;L14&amp;"/"&amp;"1",0)),"")</f>
         <v/>
       </c>
       <c r="O14" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P14" s="92" t="str">
         <f t="shared" ref="P14:P38" si="2">IFERROR(IF(B14="","",DATEDIF(B14&amp;"/"&amp;D14&amp;"/"&amp;F14,J14&amp;"/"&amp;L14&amp;"/"&amp;N14,"M")+1),"期間に誤りがあります")</f>
         <v/>
       </c>
       <c r="Q14" s="80" t="str">
         <f>IF(P14="","",ROUNDDOWN(P14/12,0))</f>
         <v/>
       </c>
       <c r="R14" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S14" s="81" t="str">
         <f t="shared" ref="S14:S34" si="3">IF(P14="","",P14-(Q14*12))</f>
         <v/>
       </c>
       <c r="T14" s="4"/>
       <c r="U14" s="5"/>
-      <c r="V14" s="290"/>
-[...2 lines deleted...]
-      <c r="Y14" s="292"/>
+      <c r="V14" s="288"/>
+      <c r="W14" s="289"/>
+      <c r="X14" s="289"/>
+      <c r="Y14" s="290"/>
       <c r="Z14" s="6"/>
       <c r="AA14" s="7"/>
       <c r="AB14" s="82"/>
       <c r="AC14" s="51" t="str">
         <f>B14&amp;"/"&amp;D14&amp;"/"&amp;F14</f>
         <v>//</v>
       </c>
       <c r="AD14" s="51" t="e">
         <f>TEXT((J14&amp;"/"&amp;L14&amp;"/"&amp;N14)+1,"yyyy/m/d")</f>
         <v>#VALUE!</v>
       </c>
       <c r="AE14" s="51"/>
       <c r="AF14" s="51"/>
       <c r="AG14" s="51"/>
       <c r="AH14" s="17" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:36" ht="200.1" customHeight="1" thickBot="1">
       <c r="A15" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="75" t="s">
         <v>14</v>
@@ -9828,54 +9828,54 @@
       </c>
       <c r="N15" s="11" t="str">
         <f t="shared" ref="N15" si="5">IFERROR(DAY(EOMONTH(J15&amp;"/"&amp;L15&amp;"/"&amp;"1",0)),"")</f>
         <v/>
       </c>
       <c r="O15" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P15" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q15" s="80" t="str">
         <f>IF(P15="","",ROUNDDOWN(P15/12,0))</f>
         <v/>
       </c>
       <c r="R15" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S15" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T15" s="4"/>
       <c r="U15" s="5"/>
-      <c r="V15" s="290"/>
-[...2 lines deleted...]
-      <c r="Y15" s="292"/>
+      <c r="V15" s="288"/>
+      <c r="W15" s="289"/>
+      <c r="X15" s="289"/>
+      <c r="Y15" s="290"/>
       <c r="Z15" s="6"/>
       <c r="AA15" s="7"/>
       <c r="AB15" s="82"/>
       <c r="AC15" s="93" t="str">
         <f t="shared" ref="AC15:AC28" si="6">B15&amp;"/"&amp;D15&amp;"/"&amp;"1"</f>
         <v>//1</v>
       </c>
       <c r="AD15" s="51" t="e">
         <f t="shared" ref="AD15" si="7">TEXT((J15&amp;"/"&amp;L15&amp;"/"&amp;N15)+1,"yyyy/m/d")</f>
         <v>#VALUE!</v>
       </c>
       <c r="AE15" s="51"/>
       <c r="AF15" s="51"/>
       <c r="AG15" s="51"/>
     </row>
     <row r="16" spans="1:36" ht="200.1" customHeight="1" thickBot="1">
       <c r="A16" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="75" t="s">
@@ -9904,54 +9904,54 @@
       </c>
       <c r="N16" s="11" t="str">
         <f t="shared" ref="N16:N28" si="9">IFERROR(DAY(EOMONTH(J16&amp;"/"&amp;L16&amp;"/"&amp;"1",0)),"")</f>
         <v/>
       </c>
       <c r="O16" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P16" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q16" s="80" t="str">
         <f>IF(P16="","",ROUNDDOWN(P16/12,0))</f>
         <v/>
       </c>
       <c r="R16" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S16" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T16" s="4"/>
       <c r="U16" s="5"/>
-      <c r="V16" s="290"/>
-[...2 lines deleted...]
-      <c r="Y16" s="292"/>
+      <c r="V16" s="288"/>
+      <c r="W16" s="289"/>
+      <c r="X16" s="289"/>
+      <c r="Y16" s="290"/>
       <c r="Z16" s="6"/>
       <c r="AA16" s="7"/>
       <c r="AB16" s="82"/>
       <c r="AC16" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD16" s="51" t="e">
         <f t="shared" ref="AD16:AD28" si="10">TEXT((J16&amp;"/"&amp;L16&amp;"/"&amp;N16)+1,"yyyy/m/d")</f>
         <v>#VALUE!</v>
       </c>
       <c r="AE16" s="51"/>
       <c r="AF16" s="51"/>
       <c r="AG16" s="51"/>
       <c r="AH16" s="18"/>
     </row>
     <row r="17" spans="1:34" ht="200.1" customHeight="1" thickBot="1">
       <c r="A17" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="1"/>
@@ -9981,54 +9981,54 @@
       </c>
       <c r="N17" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O17" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P17" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q17" s="80" t="str">
         <f>IF(P17="","",ROUNDDOWN(P17/12,0))</f>
         <v/>
       </c>
       <c r="R17" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S17" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T17" s="4"/>
       <c r="U17" s="5"/>
-      <c r="V17" s="290"/>
-[...2 lines deleted...]
-      <c r="Y17" s="292"/>
+      <c r="V17" s="288"/>
+      <c r="W17" s="289"/>
+      <c r="X17" s="289"/>
+      <c r="Y17" s="290"/>
       <c r="Z17" s="6"/>
       <c r="AA17" s="7"/>
       <c r="AB17" s="82"/>
       <c r="AC17" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD17" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE17" s="51"/>
       <c r="AF17" s="51"/>
       <c r="AG17" s="51"/>
       <c r="AH17" s="18"/>
     </row>
     <row r="18" spans="1:34" ht="200.1" customHeight="1" thickBot="1">
       <c r="A18" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="1"/>
@@ -10058,54 +10058,54 @@
       </c>
       <c r="N18" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O18" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P18" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q18" s="80" t="str">
         <f>IF(P18="","",ROUNDDOWN(P18/12,0))</f>
         <v/>
       </c>
       <c r="R18" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S18" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T18" s="4"/>
       <c r="U18" s="5"/>
-      <c r="V18" s="290"/>
-[...2 lines deleted...]
-      <c r="Y18" s="292"/>
+      <c r="V18" s="288"/>
+      <c r="W18" s="289"/>
+      <c r="X18" s="289"/>
+      <c r="Y18" s="290"/>
       <c r="Z18" s="6"/>
       <c r="AA18" s="7"/>
       <c r="AB18" s="82"/>
       <c r="AC18" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD18" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE18" s="51"/>
       <c r="AF18" s="51"/>
       <c r="AG18" s="51"/>
       <c r="AH18" s="18"/>
     </row>
     <row r="19" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A19" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="1"/>
       <c r="C19" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="1"/>
@@ -10135,54 +10135,54 @@
       </c>
       <c r="N19" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O19" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P19" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q19" s="80" t="str">
         <f t="shared" ref="Q19:Q28" si="11">IF(P19="","",ROUNDDOWN(P19/12,0))</f>
         <v/>
       </c>
       <c r="R19" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S19" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T19" s="4"/>
       <c r="U19" s="5"/>
-      <c r="V19" s="290"/>
-[...2 lines deleted...]
-      <c r="Y19" s="292"/>
+      <c r="V19" s="288"/>
+      <c r="W19" s="289"/>
+      <c r="X19" s="289"/>
+      <c r="Y19" s="290"/>
       <c r="Z19" s="6"/>
       <c r="AA19" s="7"/>
       <c r="AB19" s="82"/>
       <c r="AC19" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD19" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE19" s="51"/>
       <c r="AF19" s="51"/>
       <c r="AG19" s="51"/>
       <c r="AH19" s="18"/>
     </row>
     <row r="20" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A20" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="1"/>
@@ -10212,54 +10212,54 @@
       </c>
       <c r="N20" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O20" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P20" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q20" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R20" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S20" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T20" s="4"/>
       <c r="U20" s="5"/>
-      <c r="V20" s="290"/>
-[...2 lines deleted...]
-      <c r="Y20" s="292"/>
+      <c r="V20" s="288"/>
+      <c r="W20" s="289"/>
+      <c r="X20" s="289"/>
+      <c r="Y20" s="290"/>
       <c r="Z20" s="6"/>
       <c r="AA20" s="7"/>
       <c r="AB20" s="82"/>
       <c r="AC20" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD20" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE20" s="51"/>
       <c r="AF20" s="51"/>
       <c r="AG20" s="51"/>
       <c r="AH20" s="18"/>
     </row>
     <row r="21" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A21" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D21" s="1"/>
@@ -10289,54 +10289,54 @@
       </c>
       <c r="N21" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O21" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P21" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q21" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R21" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S21" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T21" s="4"/>
       <c r="U21" s="5"/>
-      <c r="V21" s="290"/>
-[...2 lines deleted...]
-      <c r="Y21" s="292"/>
+      <c r="V21" s="288"/>
+      <c r="W21" s="289"/>
+      <c r="X21" s="289"/>
+      <c r="Y21" s="290"/>
       <c r="Z21" s="6"/>
       <c r="AA21" s="7"/>
       <c r="AB21" s="82"/>
       <c r="AC21" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD21" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE21" s="51"/>
       <c r="AF21" s="51"/>
       <c r="AG21" s="51"/>
     </row>
     <row r="22" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A22" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="75" t="s">
@@ -10365,54 +10365,54 @@
       </c>
       <c r="N22" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O22" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P22" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q22" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R22" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S22" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T22" s="4"/>
       <c r="U22" s="5"/>
-      <c r="V22" s="290"/>
-[...2 lines deleted...]
-      <c r="Y22" s="292"/>
+      <c r="V22" s="288"/>
+      <c r="W22" s="289"/>
+      <c r="X22" s="289"/>
+      <c r="Y22" s="290"/>
       <c r="Z22" s="6"/>
       <c r="AA22" s="7"/>
       <c r="AB22" s="82"/>
       <c r="AC22" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD22" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE22" s="51"/>
       <c r="AF22" s="51"/>
       <c r="AG22" s="51"/>
     </row>
     <row r="23" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A23" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B23" s="1"/>
       <c r="C23" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="75" t="s">
@@ -10441,54 +10441,54 @@
       </c>
       <c r="N23" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O23" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P23" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q23" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R23" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S23" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T23" s="4"/>
       <c r="U23" s="5"/>
-      <c r="V23" s="290"/>
-[...2 lines deleted...]
-      <c r="Y23" s="292"/>
+      <c r="V23" s="288"/>
+      <c r="W23" s="289"/>
+      <c r="X23" s="289"/>
+      <c r="Y23" s="290"/>
       <c r="Z23" s="6"/>
       <c r="AA23" s="7"/>
       <c r="AB23" s="82"/>
       <c r="AC23" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD23" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE23" s="51"/>
       <c r="AF23" s="51"/>
       <c r="AG23" s="51"/>
     </row>
     <row r="24" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A24" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="1"/>
       <c r="C24" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="75" t="s">
@@ -10517,54 +10517,54 @@
       </c>
       <c r="N24" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O24" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P24" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q24" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R24" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S24" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T24" s="4"/>
       <c r="U24" s="5"/>
-      <c r="V24" s="290"/>
-[...2 lines deleted...]
-      <c r="Y24" s="292"/>
+      <c r="V24" s="288"/>
+      <c r="W24" s="289"/>
+      <c r="X24" s="289"/>
+      <c r="Y24" s="290"/>
       <c r="Z24" s="6"/>
       <c r="AA24" s="7"/>
       <c r="AB24" s="82"/>
       <c r="AC24" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD24" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE24" s="51"/>
       <c r="AF24" s="51"/>
       <c r="AG24" s="51"/>
     </row>
     <row r="25" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A25" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="75" t="s">
@@ -10593,54 +10593,54 @@
       </c>
       <c r="N25" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O25" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P25" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q25" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R25" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S25" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T25" s="4"/>
       <c r="U25" s="5"/>
-      <c r="V25" s="290"/>
-[...2 lines deleted...]
-      <c r="Y25" s="292"/>
+      <c r="V25" s="288"/>
+      <c r="W25" s="289"/>
+      <c r="X25" s="289"/>
+      <c r="Y25" s="290"/>
       <c r="Z25" s="6"/>
       <c r="AA25" s="7"/>
       <c r="AB25" s="82"/>
       <c r="AC25" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD25" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE25" s="51"/>
       <c r="AF25" s="51"/>
       <c r="AG25" s="51"/>
     </row>
     <row r="26" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A26" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="75" t="s">
@@ -10669,54 +10669,54 @@
       </c>
       <c r="N26" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O26" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P26" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q26" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R26" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S26" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T26" s="4"/>
       <c r="U26" s="5"/>
-      <c r="V26" s="290"/>
-[...2 lines deleted...]
-      <c r="Y26" s="292"/>
+      <c r="V26" s="288"/>
+      <c r="W26" s="289"/>
+      <c r="X26" s="289"/>
+      <c r="Y26" s="290"/>
       <c r="Z26" s="6"/>
       <c r="AA26" s="7"/>
       <c r="AB26" s="82"/>
       <c r="AC26" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD26" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE26" s="51"/>
       <c r="AF26" s="51"/>
       <c r="AG26" s="51"/>
     </row>
     <row r="27" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A27" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B27" s="1"/>
       <c r="C27" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="75" t="s">
@@ -10745,54 +10745,54 @@
       </c>
       <c r="N27" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O27" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P27" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q27" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R27" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S27" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T27" s="4"/>
       <c r="U27" s="5"/>
-      <c r="V27" s="290"/>
-[...2 lines deleted...]
-      <c r="Y27" s="292"/>
+      <c r="V27" s="288"/>
+      <c r="W27" s="289"/>
+      <c r="X27" s="289"/>
+      <c r="Y27" s="290"/>
       <c r="Z27" s="6"/>
       <c r="AA27" s="7"/>
       <c r="AB27" s="82"/>
       <c r="AC27" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD27" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE27" s="51"/>
       <c r="AF27" s="51"/>
       <c r="AG27" s="51"/>
     </row>
     <row r="28" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A28" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B28" s="1"/>
       <c r="C28" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="75" t="s">
@@ -10821,54 +10821,54 @@
       </c>
       <c r="N28" s="11" t="str">
         <f t="shared" si="9"/>
         <v/>
       </c>
       <c r="O28" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P28" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q28" s="80" t="str">
         <f t="shared" si="11"/>
         <v/>
       </c>
       <c r="R28" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S28" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T28" s="4"/>
       <c r="U28" s="5"/>
-      <c r="V28" s="290"/>
-[...2 lines deleted...]
-      <c r="Y28" s="292"/>
+      <c r="V28" s="288"/>
+      <c r="W28" s="289"/>
+      <c r="X28" s="289"/>
+      <c r="Y28" s="290"/>
       <c r="Z28" s="6"/>
       <c r="AA28" s="7"/>
       <c r="AB28" s="82"/>
       <c r="AC28" s="93" t="str">
         <f t="shared" si="6"/>
         <v>//1</v>
       </c>
       <c r="AD28" s="51" t="e">
         <f t="shared" si="10"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE28" s="51"/>
       <c r="AF28" s="51"/>
       <c r="AG28" s="51"/>
     </row>
     <row r="29" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A29" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="75" t="s">
@@ -10897,54 +10897,54 @@
       </c>
       <c r="N29" s="11" t="str">
         <f t="shared" ref="N29:N38" si="13">IFERROR(DAY(EOMONTH(J29&amp;"/"&amp;L29&amp;"/"&amp;"1",0)),"")</f>
         <v/>
       </c>
       <c r="O29" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P29" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q29" s="80" t="str">
         <f t="shared" ref="Q29:Q37" si="14">IF(P29="","",ROUNDDOWN(P29/12,0))</f>
         <v/>
       </c>
       <c r="R29" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S29" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T29" s="4"/>
       <c r="U29" s="5"/>
-      <c r="V29" s="290"/>
-[...2 lines deleted...]
-      <c r="Y29" s="292"/>
+      <c r="V29" s="288"/>
+      <c r="W29" s="289"/>
+      <c r="X29" s="289"/>
+      <c r="Y29" s="290"/>
       <c r="Z29" s="6"/>
       <c r="AA29" s="7"/>
       <c r="AB29" s="82"/>
       <c r="AC29" s="93" t="str">
         <f t="shared" ref="AC29:AC38" si="15">B29&amp;"/"&amp;D29&amp;"/"&amp;"1"</f>
         <v>//1</v>
       </c>
       <c r="AD29" s="51" t="e">
         <f t="shared" ref="AD29:AD38" si="16">TEXT((J29&amp;"/"&amp;L29&amp;"/"&amp;N29)+1,"yyyy/m/d")</f>
         <v>#VALUE!</v>
       </c>
       <c r="AE29" s="51"/>
       <c r="AF29" s="51"/>
       <c r="AG29" s="51"/>
       <c r="AH29" s="18"/>
     </row>
     <row r="30" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A30" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B30" s="1"/>
       <c r="C30" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D30" s="1"/>
@@ -10974,54 +10974,54 @@
       </c>
       <c r="N30" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O30" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P30" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q30" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R30" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S30" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T30" s="4"/>
       <c r="U30" s="5"/>
-      <c r="V30" s="290"/>
-[...2 lines deleted...]
-      <c r="Y30" s="292"/>
+      <c r="V30" s="288"/>
+      <c r="W30" s="289"/>
+      <c r="X30" s="289"/>
+      <c r="Y30" s="290"/>
       <c r="Z30" s="6"/>
       <c r="AA30" s="7"/>
       <c r="AB30" s="82"/>
       <c r="AC30" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD30" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE30" s="51"/>
       <c r="AF30" s="51"/>
       <c r="AG30" s="51"/>
       <c r="AH30" s="18"/>
     </row>
     <row r="31" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A31" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B31" s="1"/>
       <c r="C31" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D31" s="1"/>
@@ -11051,54 +11051,54 @@
       </c>
       <c r="N31" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O31" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P31" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q31" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R31" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S31" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T31" s="4"/>
       <c r="U31" s="5"/>
-      <c r="V31" s="290"/>
-[...2 lines deleted...]
-      <c r="Y31" s="292"/>
+      <c r="V31" s="288"/>
+      <c r="W31" s="289"/>
+      <c r="X31" s="289"/>
+      <c r="Y31" s="290"/>
       <c r="Z31" s="6"/>
       <c r="AA31" s="7"/>
       <c r="AB31" s="82"/>
       <c r="AC31" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD31" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE31" s="51"/>
       <c r="AF31" s="51"/>
       <c r="AG31" s="51"/>
     </row>
     <row r="32" spans="1:34" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A32" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="75" t="s">
@@ -11127,54 +11127,54 @@
       </c>
       <c r="N32" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O32" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P32" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q32" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R32" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S32" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T32" s="4"/>
       <c r="U32" s="5"/>
-      <c r="V32" s="290"/>
-[...2 lines deleted...]
-      <c r="Y32" s="292"/>
+      <c r="V32" s="288"/>
+      <c r="W32" s="289"/>
+      <c r="X32" s="289"/>
+      <c r="Y32" s="290"/>
       <c r="Z32" s="6"/>
       <c r="AA32" s="7"/>
       <c r="AB32" s="82"/>
       <c r="AC32" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD32" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE32" s="51"/>
       <c r="AF32" s="51"/>
       <c r="AG32" s="51"/>
     </row>
     <row r="33" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A33" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="75" t="s">
@@ -11203,54 +11203,54 @@
       </c>
       <c r="N33" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O33" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P33" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q33" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R33" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S33" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T33" s="4"/>
       <c r="U33" s="5"/>
-      <c r="V33" s="290"/>
-[...2 lines deleted...]
-      <c r="Y33" s="292"/>
+      <c r="V33" s="288"/>
+      <c r="W33" s="289"/>
+      <c r="X33" s="289"/>
+      <c r="Y33" s="290"/>
       <c r="Z33" s="6"/>
       <c r="AA33" s="7"/>
       <c r="AB33" s="82"/>
       <c r="AC33" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD33" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE33" s="51"/>
       <c r="AF33" s="51"/>
       <c r="AG33" s="51"/>
     </row>
     <row r="34" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A34" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B34" s="1"/>
       <c r="C34" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="75" t="s">
@@ -11279,54 +11279,54 @@
       </c>
       <c r="N34" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O34" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P34" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q34" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R34" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S34" s="81" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
       <c r="T34" s="4"/>
       <c r="U34" s="5"/>
-      <c r="V34" s="290"/>
-[...2 lines deleted...]
-      <c r="Y34" s="292"/>
+      <c r="V34" s="288"/>
+      <c r="W34" s="289"/>
+      <c r="X34" s="289"/>
+      <c r="Y34" s="290"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="7"/>
       <c r="AB34" s="82"/>
       <c r="AC34" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD34" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE34" s="51"/>
       <c r="AF34" s="51"/>
       <c r="AG34" s="51"/>
     </row>
     <row r="35" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A35" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B35" s="1"/>
       <c r="C35" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="75" t="s">
@@ -11355,54 +11355,54 @@
       </c>
       <c r="N35" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O35" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P35" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q35" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R35" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S35" s="81" t="str">
         <f t="shared" ref="S35:S38" si="17">IF(P35="","",P35-(Q35*12))</f>
         <v/>
       </c>
       <c r="T35" s="4"/>
       <c r="U35" s="5"/>
-      <c r="V35" s="290"/>
-[...2 lines deleted...]
-      <c r="Y35" s="292"/>
+      <c r="V35" s="288"/>
+      <c r="W35" s="289"/>
+      <c r="X35" s="289"/>
+      <c r="Y35" s="290"/>
       <c r="Z35" s="6"/>
       <c r="AA35" s="7"/>
       <c r="AB35" s="82"/>
       <c r="AC35" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD35" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE35" s="51"/>
       <c r="AF35" s="51"/>
       <c r="AG35" s="51"/>
     </row>
     <row r="36" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A36" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="1"/>
       <c r="C36" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="75" t="s">
@@ -11431,54 +11431,54 @@
       </c>
       <c r="N36" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O36" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P36" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q36" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R36" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S36" s="81" t="str">
         <f t="shared" si="17"/>
         <v/>
       </c>
       <c r="T36" s="4"/>
       <c r="U36" s="5"/>
-      <c r="V36" s="290"/>
-[...2 lines deleted...]
-      <c r="Y36" s="292"/>
+      <c r="V36" s="288"/>
+      <c r="W36" s="289"/>
+      <c r="X36" s="289"/>
+      <c r="Y36" s="290"/>
       <c r="Z36" s="6"/>
       <c r="AA36" s="7"/>
       <c r="AB36" s="82"/>
       <c r="AC36" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD36" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE36" s="51"/>
       <c r="AF36" s="51"/>
       <c r="AG36" s="51"/>
     </row>
     <row r="37" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1" thickBot="1">
       <c r="A37" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B37" s="1"/>
       <c r="C37" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="75" t="s">
@@ -11507,54 +11507,54 @@
       </c>
       <c r="N37" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O37" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P37" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q37" s="80" t="str">
         <f t="shared" si="14"/>
         <v/>
       </c>
       <c r="R37" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S37" s="81" t="str">
         <f t="shared" si="17"/>
         <v/>
       </c>
       <c r="T37" s="4"/>
       <c r="U37" s="5"/>
-      <c r="V37" s="290"/>
-[...2 lines deleted...]
-      <c r="Y37" s="292"/>
+      <c r="V37" s="288"/>
+      <c r="W37" s="289"/>
+      <c r="X37" s="289"/>
+      <c r="Y37" s="290"/>
       <c r="Z37" s="6"/>
       <c r="AA37" s="7"/>
       <c r="AB37" s="82"/>
       <c r="AC37" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD37" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE37" s="51"/>
       <c r="AF37" s="51"/>
       <c r="AG37" s="51"/>
     </row>
     <row r="38" spans="1:36" ht="200.1" customHeight="1" outlineLevel="1">
       <c r="A38" s="74" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="75" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="75" t="s">
@@ -11583,54 +11583,54 @@
       </c>
       <c r="N38" s="11" t="str">
         <f t="shared" si="13"/>
         <v/>
       </c>
       <c r="O38" s="79" t="s">
         <v>16</v>
       </c>
       <c r="P38" s="92" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="Q38" s="80" t="str">
         <f>IF(P38="","",ROUNDDOWN(P38/12,0))</f>
         <v/>
       </c>
       <c r="R38" s="80" t="s">
         <v>75</v>
       </c>
       <c r="S38" s="81" t="str">
         <f t="shared" si="17"/>
         <v/>
       </c>
       <c r="T38" s="4"/>
       <c r="U38" s="5"/>
-      <c r="V38" s="290"/>
-[...2 lines deleted...]
-      <c r="Y38" s="292"/>
+      <c r="V38" s="288"/>
+      <c r="W38" s="289"/>
+      <c r="X38" s="289"/>
+      <c r="Y38" s="290"/>
       <c r="Z38" s="6"/>
       <c r="AA38" s="7"/>
       <c r="AB38" s="82"/>
       <c r="AC38" s="93" t="str">
         <f t="shared" si="15"/>
         <v>//1</v>
       </c>
       <c r="AD38" s="51" t="e">
         <f t="shared" si="16"/>
         <v>#VALUE!</v>
       </c>
       <c r="AE38" s="51"/>
       <c r="AF38" s="51"/>
       <c r="AG38" s="51"/>
     </row>
     <row r="39" spans="1:36" ht="8.25" customHeight="1">
       <c r="A39" s="59"/>
       <c r="B39" s="59"/>
       <c r="C39" s="59"/>
       <c r="D39" s="59"/>
       <c r="E39" s="59"/>
       <c r="F39" s="59"/>
       <c r="G39" s="59"/>
       <c r="H39" s="59"/>
       <c r="I39" s="59"/>
@@ -11819,95 +11819,95 @@
     <row r="46" spans="1:36" ht="17.100000000000001" customHeight="1">
       <c r="A46" s="59"/>
       <c r="B46" s="59"/>
       <c r="C46" s="59"/>
       <c r="D46" s="59"/>
       <c r="E46" s="59"/>
       <c r="F46" s="59"/>
       <c r="G46" s="59"/>
       <c r="H46" s="59"/>
       <c r="I46" s="59"/>
       <c r="J46" s="59"/>
       <c r="K46" s="59"/>
       <c r="L46" s="59"/>
       <c r="M46" s="59"/>
       <c r="N46" s="59"/>
       <c r="O46" s="59"/>
       <c r="P46" s="59"/>
       <c r="Q46" s="59"/>
       <c r="R46" s="59"/>
       <c r="S46" s="59"/>
       <c r="T46" s="83"/>
       <c r="U46" s="59"/>
     </row>
     <row r="47" spans="1:36" ht="14.25">
       <c r="A47" s="59"/>
-      <c r="B47" s="288"/>
-[...7 lines deleted...]
-      <c r="J47" s="288"/>
+      <c r="B47" s="317"/>
+      <c r="C47" s="317"/>
+      <c r="D47" s="317"/>
+      <c r="E47" s="317"/>
+      <c r="F47" s="317"/>
+      <c r="G47" s="317"/>
+      <c r="H47" s="317"/>
+      <c r="I47" s="317"/>
+      <c r="J47" s="317"/>
       <c r="K47" s="87"/>
       <c r="L47" s="87"/>
       <c r="M47" s="87"/>
       <c r="N47" s="87"/>
       <c r="O47" s="87"/>
       <c r="P47" s="87"/>
-      <c r="Q47" s="289"/>
-[...3 lines deleted...]
-      <c r="U47" s="289"/>
+      <c r="Q47" s="318"/>
+      <c r="R47" s="318"/>
+      <c r="S47" s="318"/>
+      <c r="T47" s="318"/>
+      <c r="U47" s="318"/>
       <c r="V47" s="63"/>
       <c r="W47" s="63"/>
     </row>
     <row r="48" spans="1:36" ht="14.25">
       <c r="A48" s="59"/>
-      <c r="B48" s="288"/>
-[...7 lines deleted...]
-      <c r="J48" s="288"/>
+      <c r="B48" s="317"/>
+      <c r="C48" s="317"/>
+      <c r="D48" s="317"/>
+      <c r="E48" s="317"/>
+      <c r="F48" s="317"/>
+      <c r="G48" s="317"/>
+      <c r="H48" s="317"/>
+      <c r="I48" s="317"/>
+      <c r="J48" s="317"/>
       <c r="K48" s="87"/>
       <c r="L48" s="87"/>
       <c r="M48" s="87"/>
       <c r="N48" s="87"/>
       <c r="O48" s="87"/>
       <c r="P48" s="87"/>
-      <c r="Q48" s="289"/>
-[...3 lines deleted...]
-      <c r="U48" s="289"/>
+      <c r="Q48" s="318"/>
+      <c r="R48" s="318"/>
+      <c r="S48" s="318"/>
+      <c r="T48" s="318"/>
+      <c r="U48" s="318"/>
       <c r="V48" s="63"/>
       <c r="W48" s="63"/>
     </row>
     <row r="49" spans="1:21">
       <c r="A49" s="59"/>
       <c r="B49" s="59"/>
       <c r="C49" s="59"/>
       <c r="D49" s="59"/>
       <c r="E49" s="59"/>
       <c r="F49" s="59"/>
       <c r="G49" s="59"/>
       <c r="H49" s="59"/>
       <c r="I49" s="59"/>
       <c r="J49" s="59"/>
       <c r="K49" s="59"/>
       <c r="L49" s="59"/>
       <c r="M49" s="59"/>
       <c r="N49" s="59"/>
       <c r="O49" s="59"/>
       <c r="P49" s="59"/>
       <c r="Q49" s="59"/>
       <c r="R49" s="59"/>
       <c r="S49" s="59"/>
       <c r="T49" s="83"/>
       <c r="U49" s="59"/>
@@ -11961,89 +11961,89 @@
     <row r="52" spans="1:21">
       <c r="A52" s="59"/>
       <c r="B52" s="59"/>
       <c r="C52" s="59"/>
       <c r="D52" s="59"/>
       <c r="E52" s="59"/>
       <c r="F52" s="59"/>
       <c r="G52" s="59"/>
       <c r="H52" s="59"/>
       <c r="I52" s="59"/>
       <c r="J52" s="59"/>
       <c r="K52" s="59"/>
       <c r="L52" s="59"/>
       <c r="M52" s="59"/>
       <c r="N52" s="59"/>
       <c r="O52" s="59"/>
       <c r="P52" s="59"/>
       <c r="Q52" s="59"/>
       <c r="R52" s="59"/>
       <c r="S52" s="59"/>
       <c r="T52" s="83"/>
       <c r="U52" s="59"/>
     </row>
   </sheetData>
   <mergeCells count="39">
-    <mergeCell ref="V35:Y35"/>
-[...21 lines deleted...]
-    <mergeCell ref="Q13:S13"/>
     <mergeCell ref="B47:J48"/>
     <mergeCell ref="Q47:U48"/>
     <mergeCell ref="V27:Y27"/>
     <mergeCell ref="V28:Y28"/>
     <mergeCell ref="A12:O12"/>
     <mergeCell ref="V22:Y22"/>
     <mergeCell ref="V23:Y23"/>
     <mergeCell ref="V24:Y24"/>
     <mergeCell ref="V25:Y25"/>
     <mergeCell ref="V26:Y26"/>
     <mergeCell ref="V17:Y17"/>
     <mergeCell ref="V18:Y18"/>
     <mergeCell ref="V19:Y19"/>
     <mergeCell ref="V20:Y20"/>
     <mergeCell ref="V21:Y21"/>
     <mergeCell ref="V29:Y29"/>
+    <mergeCell ref="B1:X1"/>
+    <mergeCell ref="Z5:AA5"/>
+    <mergeCell ref="V16:Y16"/>
+    <mergeCell ref="W7:X7"/>
+    <mergeCell ref="Y7:AA7"/>
+    <mergeCell ref="W8:X9"/>
+    <mergeCell ref="Y8:AA9"/>
+    <mergeCell ref="A13:O13"/>
+    <mergeCell ref="Y10:AA11"/>
+    <mergeCell ref="W10:X11"/>
+    <mergeCell ref="V15:Y15"/>
+    <mergeCell ref="V14:Y14"/>
+    <mergeCell ref="V13:Y13"/>
+    <mergeCell ref="Q13:S13"/>
+    <mergeCell ref="V35:Y35"/>
+    <mergeCell ref="V36:Y36"/>
+    <mergeCell ref="V37:Y37"/>
+    <mergeCell ref="V38:Y38"/>
+    <mergeCell ref="V30:Y30"/>
+    <mergeCell ref="V31:Y31"/>
+    <mergeCell ref="V32:Y32"/>
+    <mergeCell ref="V33:Y33"/>
+    <mergeCell ref="V34:Y34"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="B14:B38 D14 F14">
     <cfRule type="expression" dxfId="114" priority="534">
       <formula>OR(AND($B14="",$D14&lt;&gt;""),$T14&lt;&gt;"",$U14&lt;&gt;"",$V14&lt;&gt;"",$Z14&lt;&gt;"",$AA14&lt;&gt;"")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B14:B38">
     <cfRule type="expression" dxfId="113" priority="424">
       <formula>B14&lt;&gt;""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="112" priority="535">
       <formula>AND($J14&lt;&gt;"",$B14="")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B15:B38">
     <cfRule type="expression" dxfId="111" priority="4">
       <formula>B15&lt;&gt;""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="110" priority="5">
       <formula>OR(AND($B15="",$D15&lt;&gt;""),$T15&lt;&gt;"",$U15&lt;&gt;"",$V15&lt;&gt;"",$Z15&lt;&gt;"",$AA15&lt;&gt;"")</formula>
     </cfRule>
     <cfRule type="expression" dxfId="109" priority="6">
       <formula>AND($J15&lt;&gt;"",$B15="")</formula>
     </cfRule>
@@ -12529,91 +12529,100 @@
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{205DDCEA-E8A1-4024-BA12-F9310392B3BF}">
   <dimension ref="A1:E3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C19" sqref="C19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="28.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>33</v>
       </c>
       <c r="B1" t="s">
         <v>12</v>
       </c>
       <c r="C1" t="s">
         <v>109</v>
       </c>
       <c r="D1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E1" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>68</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="itemProps2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x010100E34EE949B6C9FF4287C828F62792419A" ma:contentTypeVersion="13" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="25c4814721890fca4de11e46c6b414c7">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fbe56ba4-4fcd-45ea-ae91-7dc5cff11c79" xmlns:ns3="d11a8bea-4ff0-41d9-af44-283744fa4fb1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5615252e807d07ed0753547cf2a47566" ns2:_="" ns3:_="">
     <xsd:import namespace="fbe56ba4-4fcd-45ea-ae91-7dc5cff11c79"/>
     <xsd:import namespace="d11a8bea-4ff0-41d9-af44-283744fa4fb1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12792,82 +12801,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA1DD085-BB22-41E9-984D-2EDF5287E3DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DD29C77-C578-4836-968A-60AD3C94D1B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fbe56ba4-4fcd-45ea-ae91-7dc5cff11c79"/>
     <ds:schemaRef ds:uri="d11a8bea-4ff0-41d9-af44-283744fa4fb1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>